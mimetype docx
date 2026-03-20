--- v0 (2026-01-08)
+++ v1 (2026-03-20)
@@ -15,348 +15,251 @@
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4665F463" w14:textId="237D730A" w:rsidR="00930BC8" w:rsidRPr="00930BC8" w:rsidRDefault="00777817" w:rsidP="00317FE0">
+    <w:p w14:paraId="4665F463" w14:textId="2B72B859" w:rsidR="00930BC8" w:rsidRPr="00930BC8" w:rsidRDefault="00930BC8" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AFB03BF" w14:textId="46D21431" w:rsidR="0035258E" w:rsidRDefault="0035258E" w:rsidP="0035258E">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035258E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v12i24.336</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC87115" w14:textId="2336DE4D" w:rsidR="00777817" w:rsidRPr="006875D3" w:rsidRDefault="00777817" w:rsidP="00777817">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006875D3">
         <w:rPr>
-          <w:noProof/>
-[...65 lines deleted...]
-    <w:p w14:paraId="252031A2" w14:textId="7A5ED77B" w:rsidR="00930BC8" w:rsidRPr="00930BC8" w:rsidRDefault="00930BC8" w:rsidP="00317FE0">
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Artículos científicos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70A107B0" w14:textId="186C9D47" w:rsidR="00930BC8" w:rsidRPr="00930BC8" w:rsidRDefault="00930BC8" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="720B85A9" w14:textId="16B4C2A3" w:rsidR="00930BC8" w:rsidRPr="00930BC8" w:rsidRDefault="00930BC8" w:rsidP="00317FE0">
+    <w:p w14:paraId="575C96BA" w14:textId="27330BB4" w:rsidR="00930BC8" w:rsidRPr="00930BC8" w:rsidRDefault="00930BC8" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EC87115" w14:textId="77777777" w:rsidR="00777817" w:rsidRPr="006875D3" w:rsidRDefault="00777817" w:rsidP="00777817">
-      <w:pPr>
+    <w:p w14:paraId="2B11FBD6" w14:textId="767F2CF8" w:rsidR="00317FE0" w:rsidRPr="0035258E" w:rsidRDefault="00317FE0" w:rsidP="0035258E">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:before="240" w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035258E">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Bienestar subjetivo: valor predictivo sobre el estrés y depresión en adolescentes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BF70B4B" w14:textId="273BB092" w:rsidR="00317FE0" w:rsidRPr="0035258E" w:rsidRDefault="00317FE0" w:rsidP="0035258E">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...63 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00930BC8">
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Subjective</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00930BC8">
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00930BC8">
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>well-being</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00930BC8">
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: predictive </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00930BC8">
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>value</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00930BC8">
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00930BC8">
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00930BC8">
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> stress and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00930BC8">
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>depression</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00930BC8">
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00930BC8">
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>adolescents</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="1E2DB836" w14:textId="6F842007" w:rsidR="00930BC8" w:rsidRPr="00930BC8" w:rsidRDefault="00930BC8" w:rsidP="00930BC8"/>
     <w:p w14:paraId="7F79322E" w14:textId="578367AA" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -384,159 +287,145 @@
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>marisol.morales@umich.mx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A4709B8" w14:textId="6EA2B648" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00930BC8">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0002-3829-4951</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="724CB653" w14:textId="572EC44C" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03FB903B" w14:textId="34D538CC" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Joanna </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Chávez López</w:t>
+        <w:t>Joanna Koral Chávez López</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D8E77F" w14:textId="5C4CA9FA" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t>Universidad Michoacana de San Nicolás de Hidalgo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7035D896" w14:textId="6FFDED8A" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>joanna.chavez@umich.mx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CC2F072" w14:textId="39BD40FB" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
+    <w:p w14:paraId="5CC2F072" w14:textId="39BD40FB" w:rsidR="00317FE0" w:rsidRPr="0035258E" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00930BC8">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D8F2C4B" w14:textId="17950FE5" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">El papel que juega el bienestar subjetivo en la salud mental durante la adolescencia es muy significativo y ha sido documentado desde diversos ángulos. El objetivo central del </w:t>
       </w:r>
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
@@ -575,120 +464,121 @@
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>análisis</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> descriptivos, de correlación y regresión lineal. Los resultados muestran una predominancia de niveles intermedios de estrés positivo, estrés negativo y depresión en los adolescentes. Se observa que el bienestar subjetivo se asocia negativamente con el estrés negativo y con la sintomatología depresiva, actuando como un factor protector de la salud mental. Además, el modelo de regresión lineal confirma que el bienestar subjetivo predice significativamente menores niveles de estrés negativo y depresión.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A2FBC8" w14:textId="0F55A2C4" w:rsidR="00317FE0" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="360" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="00930BC8">
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t>: Estrés, Depresión, Bienestar subjetivo, Adolescentes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C0B89F9" w14:textId="77777777" w:rsidR="00777817" w:rsidRPr="00930BC8" w:rsidRDefault="00777817" w:rsidP="00317FE0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="360" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FA20CE2" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
+    <w:p w14:paraId="5FA20CE2" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="0035258E" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00930BC8">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66D52326" w14:textId="5D2B38A1" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve">La adolescencia es una de las etapas del desarrollo marcada por profundas transformaciones en todos los ámbitos, implica un período que requiere prepararse para ingresar al mundo adulto con base en pautas de ajuste psicosocial. De acuerdo con Palacios (2019) es un periodo crítico del desarrollo debido a que el individuo enfrenta numerosos retos. Durante esta etapa, existen mayores exigencias por lo que es posible que el control emocional disminuya, es decir, que si el adolescente no se siente capaz  de  manejar  situaciones  cotidianas, incrementa la tensión emocional lo que puede generar altos niveles de estrés (Barraza-Sánchez et al., 2019). El estrés se asocia con una sensación de estar agobiado por sucesos o experiencias negativas. Sin </w:t>
       </w:r>
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
         <w:t>embargo,</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve"> es una respuesta que la persona pone en marcha ante una demanda o desafío del entorno que percibe como significativo, por</w:t>
       </w:r>
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve">lo que constituye un mecanismo esencial de adaptación. Desde la perspectiva de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00930BC8">
-        <w:t>Moadel-Robblee</w:t>
+        <w:t>Moadel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00930BC8">
-        <w:t xml:space="preserve"> et al., (2022) se concibe como la reacción que una persona presenta ante los cambios o exigencias de su vida. Todo ser humano puede presentar estrés cuando ocurre una demanda adicional; si la respuesta se mantiene en el tiempo, la salud y el funcionamiento general se ven afectados de manera negativa. </w:t>
+        <w:t xml:space="preserve">-Robblee et al., (2022) se concibe como la reacción que una persona presenta ante los cambios o exigencias de su vida. Todo ser humano puede presentar estrés cuando ocurre una demanda adicional; si la respuesta se mantiene en el tiempo, la salud y el funcionamiento general se ven afectados de manera negativa. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19B25BF9" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A7F19E6" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t>El estrés es entendido como un estado en el cual el individuo muestra una constante preocupación o tensión en el ámbito mental a raíz de una situación difícil que le genera conflicto (OMS, 2023). Este es contemplado como una respuesta natural ante la presencia de un estímulo o bien una amenaza; es adaptativa cuando permite enfrentar situaciones y mantener a salvo al adolescente; sin embargo, una exposición constante a estímulos amenazantes puede resultar en respuestas desadaptativas. En el caso particular de México, posterior a la pandemia, resultados mostraron que dicha condición generó efectos nocivos en el ámbito de la salud mental, aumentando los niveles de estrés en población adolescente, por lo que se destacó la necesidad de generar estrategias de regulación emocional (Orozco, 2023). Con lo anterior queda claro que el manejo ineficaz del estrés puede derivar en diversas afectaciones y síntomas afectivos, entre los que destaca la depresión.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29118078" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F7A555C" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
@@ -710,160 +600,150 @@
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve">, 2003), emerge como una variable fundamental para </w:t>
       </w:r>
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
         <w:t>contrarrestar</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve"> la presencia de conductas de riesgo; al relacionarse con una mayor resiliencia y mejor regulación emocional. Específicamente, se ha planteado que un nivel elevado de bienestar subjetivo podría modular la manera en que los adolescentes responden a las demandas cotidianas, favoreciendo el uso de estrategias más adaptativas para afrontar el estrés. De ahí que resulte pertinente explorar si el bienestar subjetivo actúa como un factor protector que atenúa el impacto negativo del estrés y la sintomatología depresiva.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="587F2A22" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="298E2429" w14:textId="77777777" w:rsidR="00777817" w:rsidRPr="00930BC8" w:rsidRDefault="00777817" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50664DDC" w14:textId="2FCBD0EA" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00930BC8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Así, el objetivo central del presente estudio se centró en determinar la influencia del bienestar subjetivo sobre la respuesta al estrés y síntomas de depresión en adolescentes, identificando los niveles de ocurrencia de las variables de estudio. Como respuesta tentativa, la hipótesis central plantea que el bienestar subjetivo predice la respuesta de estrés y las </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00930BC8">
         <w:t>manifestaciones  de</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve"> depresión en adolescentes escolarizados.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43CB97D6" w14:textId="77777777" w:rsidR="00930BC8" w:rsidRPr="00930BC8" w:rsidRDefault="00930BC8" w:rsidP="00930BC8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FC5CFED" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
+    <w:p w14:paraId="7FC5CFED" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="0035258E" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00930BC8">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Desarrollo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C6C396" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0"/>
     <w:p w14:paraId="7E4A4182" w14:textId="436723E2" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve">El modelo de vulnerabilidad-estrés ha puesto de manifiesto que el bajo bienestar subjetivo puede aumentar la vulnerabilidad al estrés y </w:t>
       </w:r>
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
         <w:t>viceversa</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
-        <w:t>. Un estudio longitudinal reveló que las construcciones psicológicas positivas, emociones positivas y el estrés pueden ser predictores significativos del bienestar; en esta línea, la vulnerabilidad psicológica es entendida como una consecuencia de la condición humana, de tal manera que dicha condición puede generar en los individuos malestar emocional al experimentar situaciones estresantes. La literatura ha resaltado la relación positiva entre esta y los afectos negativos como la depresión; a la vez, se han reportado correlaciones negativas entre la vulnerabilidad y el afecto positivo, la satisfacción con la vida y el optimismo; lo que sugiere un vínculo entre la vulnerabilidad psicológica y constructos adaptativos estrechamente relacionados con el bienestar subjetivo (</w:t>
-[...7 lines deleted...]
-        <w:t>, 2016). En el presente estudio se plantea la premisa a la inversa, esto es, el bienestar subjetivo como variable predictora sobre manejo del estrés y la presencia de depresión en adolescentes.</w:t>
+        <w:t>. Un estudio longitudinal reveló que las construcciones psicológicas positivas, emociones positivas y el estrés pueden ser predictores significativos del bienestar; en esta línea, la vulnerabilidad psicológica es entendida como una consecuencia de la condición humana, de tal manera que dicha condición puede generar en los individuos malestar emocional al experimentar situaciones estresantes. La literatura ha resaltado la relación positiva entre esta y los afectos negativos como la depresión; a la vez, se han reportado correlaciones negativas entre la vulnerabilidad y el afecto positivo, la satisfacción con la vida y el optimismo; lo que sugiere un vínculo entre la vulnerabilidad psicológica y constructos adaptativos estrechamente relacionados con el bienestar subjetivo (Ahmet, 2016). En el presente estudio se plantea la premisa a la inversa, esto es, el bienestar subjetivo como variable predictora sobre manejo del estrés y la presencia de depresión en adolescentes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01C00746" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EE3C366" w14:textId="596B7FA0" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve">El estrés se caracteriza como un proceso de adaptación y de supervivencia ante situaciones emergentes, que genera una diversidad de emociones; cabe destacar que hay una diferenciación entre el estrés crónico y el estrés cotidiano, este último surge de situaciones diarias que sumergen al individuo en sentimientos de frustración pero que puede ser adaptativo; pero cuando tiene un efecto acumulativo, produce un impacto psicológico negativo en la salud física y mental (Valiente-Barroso et al., 2021). El estrés crónico abarca una amplia gama de manifestaciones como nerviosismo, tensión, cansancio, agobio, inquietud y otras sensaciones similares, como la presión escolar o de otra condición (Armenta et al., 2020), ello lleva a alterar el funcionamiento general de la persona y durante la adolescencia son diversos los factores de riesgo asociados a la experiencia del estrés como factores académicos, familiares, presión de los iguales y aspectos personales. Estos factores vulneran la estabilidad del adolescente de tal forma, que el manejo ineficaz de este se ha convertido en una condición cada vez </w:t>
       </w:r>
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
         <w:t>más</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve"> frecuente. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42CBF806" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25F6D21A" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve">Diversos estudios han revelado que el estrés repercute en la salud en diferentes etapas críticas de la vida; en el caso de la adolescencia, los efectos son más pronunciados por considerarse una etapa en la que ocurren diversos cambios -físicos, psicológicos y sociales- (Gaete, 2015). Algunos estudios han revelado que los adolescentes tienden a mayor reacción emocional frente al estrés, por lo que la posibilidad de control emocional disminuye; es decir, si no se sienten capaces de manejar diversas situaciones de la vida cotidiana, incrementa la tensión emocional lo que puede generar altos niveles de estrés, llevando a una espiral de daños a la salud biopsicosocial, reflejado en la presencia de enfermedades físicas, alteraciones en los ciclos del sueño, cambios de ánimo, trastornos de ansiedad, depresión, problemas en las relaciones familiares y con el entorno (Urbano, 2022; Barraza-Sánchez et al., 2019). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08E6F3B5" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F202C71" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Con base en lo descrito, cabe destacar que se ha identificado el estrés como un factor de riesgo para el desarrollo de depresión ya que la presencia de eventos estresantes está estrechamente ligada a dicha patología. Los modelos cognitivos proponen la existencia de vulnerabilidades cognitivas que aumentarían la probabilidad de desarrollarla. La adolescencia es un periodo crítico en el que los trastornos en la salud mental se incrementan, en particular la depresión. Según la Organización Mundial de la Salud (OMS), la depresión es uno de los problemas de salud mental más debilitantes en los adolescentes del mundo occidental (Alba &amp; Calvete, 2019). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30559BAE" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F4237A1" w14:textId="41FAB771" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve">El impacto de la depresión en la vida de los adolescentes es contundente, ya que sus manifestaciones sintomatológicas tienen repercusiones a nivel familiar, escolar, comunitario y social; pueden generar comportamientos agresivos o asociarse con el consumo y abuso de sustancias psicoactivas. Además, un </w:t>
       </w:r>
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
         <w:t>dato preocupante</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve"> es que existe un riesgo elevado de presentar episodios depresivos recurrentes asociados </w:t>
       </w:r>
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
         <w:t>con comportamientos</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
@@ -959,179 +839,171 @@
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve"> como factor protector frente al estrés debido a que, cuando se posee un alto bienestar se tiene una mejor capacidad de </w:t>
       </w:r>
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
         <w:t>regulación</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve"> emocional, lo que favorece el uso de estrategias eficaces de afrontamiento frente al estrés.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F798A9B" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44C71ED8" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve">El bienestar subjetivo es un constructo psicológico que se caracteriza por una serie de valoraciones cognitivas y emocionales sobre la propia vida a partir de elementos objetivos (Diener, 1984). Posee tres componentes: uno cognitivo denominado satisfacción con la vida y dos componentes emocionales denominados emociones positivas y negativas. Es de destacar que se entiende de manera distinta en cada contexto cultural, demostrándose que dicho contexto influye en cada uno </w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">de sus componentes y la forma de conceptualizar los afectos y los elementos objetivos de la vida de las personas (Diener, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> et al., 2017, como se citan en Quiñonez &amp; Vargas, 2023).</w:t>
+        <w:t>de sus componentes y la forma de conceptualizar los afectos y los elementos objetivos de la vida de las personas (Diener, Heintzelman et al., 2017, como se citan en Quiñonez &amp; Vargas, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25F729B3" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16077AB7" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t>Aunque el estudio del bienestar subjetivo (BS) ha adquirido creciente relevancia en la investigación psicológica y su aplicación se ha extendido en los últimos años, los trabajos centrados específicamente en población adolescente siguen siendo menos numerosos que aquellos realizados con adultos. Algunos hallazgos han evidenciado una disminución del BS conforme avanza la edad adolescente -particularmente entre los 12 y los 18 años-. Asimismo, se ha observado que los adolescentes que presentan mayores niveles de satisfacción vital tienden a mostrar una mejor autorregulación, una visión más positiva del futuro y un bienestar general superior. En contraste, quienes reportan bajos niveles de satisfacción vital manifiestan con mayor frecuencia conductas agresivas y una mayor vulnerabilidad ante distintos problemas de índole social (Contreras et al., 2022).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37FB8B48" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="481B29F7" w14:textId="16B369E0" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
-        <w:t xml:space="preserve">Diversos estudios (Ryff &amp; Singer, 2008; Diener et al., 2020) muestran que las personas con mayor BS tienden a experimentar mejor funcionamiento psicológico y social, mayor coherencia vital, y un menor riesgo de presentar trastornos emocionales. En este sentido, actúa como factor protector ante la aparición de problemas de salud mental, especialmente el estrés y la depresión. Además amortigua el impacto de los pensamientos disfuncionales, como la desesperanza o la autoevaluación negativa, y favorece una visión más optimista del futuro, lo que reduce la vulnerabilidad ante la depresión (Seligman, 2011; </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> et al., 2009). Una baja satisfacción vital y la presencia frecuente de emociones negativas predicen el aumento de síntomas depresivos a lo largo del tiempo (Diener et al., 2018; Tales premisas sientas las bases para cuestionarnos acerca de ¿Cuál es la influencia del bienestar subjetivo sobre la percepción del estrés y sintomatología depresiva en </w:t>
+        <w:t xml:space="preserve">Diversos estudios (Ryff &amp; Singer, 2008; Diener et al., 2020) muestran que las personas con mayor BS tienden a experimentar mejor funcionamiento psicológico y social, mayor coherencia vital, y un menor riesgo de presentar trastornos emocionales. En este sentido, actúa como factor protector ante la aparición de problemas de salud mental, especialmente el estrés y la depresión. Además amortigua el impacto de los pensamientos disfuncionales, como la desesperanza o la autoevaluación negativa, y favorece una visión más optimista del futuro, lo que reduce la vulnerabilidad ante la depresión (Seligman, 2011; Cohn et al., 2009). Una baja satisfacción vital y la presencia frecuente de emociones negativas predicen el aumento de síntomas depresivos a lo largo del tiempo (Diener et al., 2018; Tales premisas sientas las bases para cuestionarnos acerca de ¿Cuál es la influencia del bienestar subjetivo sobre la percepción del estrés y sintomatología depresiva en </w:t>
       </w:r>
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
         <w:t>adolescentes?</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve"> Como preguntas secundarias se plantearon: ¿cuál es el nivel de prevalencia del estrés y de la depresión en los adolescentes participantes? ¿cuál es el nivel predominante de bienestar subjetivo que experimentan los </w:t>
       </w:r>
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
         <w:t>adolescentes?</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve"> A partir de lo cual se hipotetiza que el sentido del bienestar subjetivo predice el manejo del estrés y de la depresión en adolescentes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5525B648" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22CEC1EC" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
+    <w:p w14:paraId="22CEC1EC" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="0035258E" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00930BC8">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Método</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70F2456F" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="195EB733" w14:textId="209DA641" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t>El estudio se basó en una metodología cuantitativa, con un diseño no experimental, transversal, de alcance descriptivo-correlacional.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A6D7FB9" w14:textId="77777777" w:rsidR="00930BC8" w:rsidRPr="00930BC8" w:rsidRDefault="00930BC8" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61A6ED60" w14:textId="26A43433" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00777817" w:rsidP="00777817">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6000"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BED7183" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
+    <w:p w14:paraId="5BED7183" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="0035258E" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00930BC8">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Participantes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F288F2C" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="000C0800" w14:textId="0F956BA2" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00930BC8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve">Se empleó un muestreo no probabilístico intencional; la muestra estuvo conformada por 149 estudiantes adolescentes de una secundaria pública de la periferia de Morelia, Michoacán. Del total de la muestra, el 52.3% son mujeres y el 47.7% hombres. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57C3085D" w14:textId="77777777" w:rsidR="00930BC8" w:rsidRDefault="00930BC8" w:rsidP="00930BC8">
@@ -1184,69 +1056,72 @@
     </w:p>
     <w:p w14:paraId="401F9E08" w14:textId="77777777" w:rsidR="00777817" w:rsidRDefault="00777817" w:rsidP="00930BC8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="170F005D" w14:textId="77777777" w:rsidR="00777817" w:rsidRPr="00930BC8" w:rsidRDefault="00777817" w:rsidP="00930BC8">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="689BA9B6" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
+    <w:p w14:paraId="689BA9B6" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="0035258E" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00930BC8">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Instrumentos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36CA906C" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14135687" w14:textId="0096231B" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve">Se utilizaron tres instrumentos: Escala de percepción global de estrés (EPGE) validado por González y Landero (2007) es un instrumento que evalúa el nivel de estrés percibido de los últimos meses de vida; busca explicar la manera en la que la persona en contacto con su entorno, tiende a valorar las </w:t>
       </w:r>
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
         <w:t>demandas que</w:t>
       </w:r>
@@ -1258,119 +1133,107 @@
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve"> como amenazantes o difíciles de afrontar; está conformado por 14 ítems, dimensionados en dos factores: estrés positivo o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00930BC8">
         <w:t>eustrés</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve"> y estrés negativo o distrés. El índice de confiabilidad Alpha de Cronbach oscila entre el 0.84 y 0.86. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F89AD07" w14:textId="77777777" w:rsidR="00930BC8" w:rsidRPr="00930BC8" w:rsidRDefault="00930BC8" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44EB43F9" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
-        <w:t xml:space="preserve">El Inventario de Depresión de Beck (1961) es un cuestionario de autoinforme de 21 ítems diseñado para evaluar síntomas característicos de la depresión con rangos de puntuación que indican depresión leve, moderada a severa y severa. La consistencia interna del BDI oscila entre 0.73 y 0.92, con una media de 0,86 (Beck, </w:t>
-[...15 lines deleted...]
-        <w:t>, 1988). Se han encontrado fiabilidades similares para la versión abreviada de 13 ítems (Groth-</w:t>
+        <w:t>El Inventario de Depresión de Beck (1961) es un cuestionario de autoinforme de 21 ítems diseñado para evaluar síntomas característicos de la depresión con rangos de puntuación que indican depresión leve, moderada a severa y severa. La consistencia interna del BDI oscila entre 0.73 y 0.92, con una media de 0,86 (Beck, Steer y Garbin, 1988). Se han encontrado fiabilidades similares para la versión abreviada de 13 ítems (Groth-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00930BC8">
         <w:t>Marnat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00930BC8">
         <w:t>, 1990). El BDI presenta una alta consistencia interna, con coeficientes alfa de 0.86 y 0.81 para las poblaciones psiquiátrica y no psiquiátrica, respectivamente (Beck et al., 1988).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06918D25" w14:textId="77777777" w:rsidR="00930BC8" w:rsidRPr="00930BC8" w:rsidRDefault="00930BC8" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="109B7383" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve">Así mismo se utilizó la versión corta de la Escala de Bienestar Subjetivo (ebs-8), de Calleja y Mason (2020), la cual está integrada por ocho de los 20 reactivos originales de la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00930BC8">
         <w:t>la</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve"> ebs-20; cuatro de ellos conforman la dimensión de satisfacción con la vida y cuatro la dimensión de afecto positivo. Cuenta con seis opciones de respuesta que va desde 1=En desacuerdo, hasta  6=Totalmente de acuerdo. El índice de consistencia Alpha de Cronbach es de .957.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36AB2A14" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F7A11A9" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
+    <w:p w14:paraId="5F7A11A9" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="0035258E" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00930BC8">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Procedimiento</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69047CC6" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C33A5D9" w14:textId="661826F6" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve">La aplicación de los instrumentos se realizó de manera colectiva dentro de las aulas con previa autorización de los padres por medio del consentimiento informado, como parte de las consideraciones éticas. Para el análisis de los datos se empleó el programa SPSS </w:t>
       </w:r>
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
         <w:t>25.0 calculándose</w:t>
@@ -1379,144 +1242,148 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
         <w:t>inicialmente</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve"> los estadísticos descriptivos a fin de caracterizar la muestra. Con el propósito de examinar las relaciones entre variables de estudio, se calcularon coeficientes de correlación de Pearson y el análisis de regresión lineal. Finalmente, a fin de dar respuesta al objetivo principal del estudio y determinar el poder predictivo del bienestar subjetivo sobre </w:t>
       </w:r>
       <w:r w:rsidR="00930BC8" w:rsidRPr="00930BC8">
         <w:t>las variables dependientes</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t>, se ejecutó un análisis de regresión lineal. Se verificaron previamente los supuestos de normalidad, homocedasticidad y no multicolinealidad, además de los criterios complementarios de significancia estadística del modelo global, Coeficiente de determinación (R² y R² ajustado), significancia individual de los predictores (coeficientes β) y el Peso de los coeficientes estandarizados (β estandarizado).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="146E6195" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E9A2F13" w14:textId="77777777" w:rsidR="00930BC8" w:rsidRPr="00930BC8" w:rsidRDefault="00930BC8" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69A24C65" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
+    <w:p w14:paraId="69A24C65" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="0035258E" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00930BC8">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1259B289" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1622DE34" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Los datos descriptivos reportan que, en torno al estrés, como se observa en la Figura 1, tanto en el distrés como el </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>eustrés</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> el nivel dominante es el intermedio, lo que indica que quienes se ubican en esta categoría, perciben demandas moderadas de su entorno, lo que puede asociarse a la presencia de algunas manifestaciones de irritabilidad, un nivel moderado de preocupación ante las demandas externas sin que se sientan abrumados; esto significa que, aunque no hay una alteración grave en su funcionamiento, tampoco están libres de malestar, colocándose en una condición de </w:t>
+        <w:t xml:space="preserve"> el nivel dominante es el intermedio, lo que indica que quienes se ubican en esta categoría, perciben demandas moderadas de su entorno, lo que puede asociarse a la presencia de algunas manifestaciones de irritabilidad, un nivel moderado de preocupación ante las </w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>vulnerabilidad latente. Cabe destacar que una quinta parte de los adolescentes si están en riesgo,  al colocarse en un nivel alto de estrés, lo cual podría estar asociado al uso ineficaz de estrategias de afrontamiento.</w:t>
+        <w:t>demandas externas sin que se sientan abrumados; esto significa que, aunque no hay una alteración grave en su funcionamiento, tampoco están libres de malestar, colocándose en una condición de vulnerabilidad latente. Cabe destacar que una quinta parte de los adolescentes si están en riesgo,  al colocarse en un nivel alto de estrés, lo cual podría estar asociado al uso ineficaz de estrategias de afrontamiento.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52B33FB7" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41A02C9E" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0805B489" wp14:editId="5DEBA684">
             <wp:extent cx="4953000" cy="2597727"/>
             <wp:effectExtent l="0" t="0" r="12700" b="6350"/>
             <wp:docPr id="777586446" name="Gráfico 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FA71135-ACF6-2104-E8CC-E53389C003F3}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="38DC7AC5" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D5EBB71" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3649E320" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t>En relación con la sintomatología depresiva, como se observa en la Figura 2, predominan los niveles intermedios, lo que significa que la mayoría de los adolescentes presentan síntomas depresivos de intensidad leve a moderada, esto es, no se encuentran libres de sintomatología, pero tampoco en una fase clínica severa. Pero también, no puede dejarse de lado el porcentaje aunque sea bajo, de adolescentes que se encuentran en riesgo al presentan altos niveles de depresión.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B9B0CE1" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
@@ -1525,111 +1392,114 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1649EDCE" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="345FF002" wp14:editId="5F875404">
             <wp:extent cx="3781697" cy="1900646"/>
             <wp:effectExtent l="0" t="0" r="3175" b="4445"/>
             <wp:docPr id="1015199415" name="Gráfico 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E78D487-E466-4D32-CCA6-F4BA77EBB085}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D34B80D" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A8597BF" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve">Con respecto al bienestar subjetivo, llama la atención que la mayor de los participantes se ubican en un nivel medio, pero más de una tercera parte se posiciona en un nivel bajo, y, ningún participante se coloca en el nivel alto. Ello significa que ninguno de los </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00930BC8">
         <w:t>particpantes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00930BC8">
-        <w:t xml:space="preserve"> se sienten totalmente satisfechos con su vida y existen más afectos negativos que positivos. Existe una condición de alta vulnerabilidad ya que, a pesar de existir un predominio de niveles intermedios, lo cual podría ser esperado en esta etapa, dados los múltiples cambios que experimentan, un gran porcentaje ha desarrollado una evaluación global negativa de su vida (Figura 3).</w:t>
+        <w:t xml:space="preserve"> se sienten totalmente satisfechos con su vida y existen más afectos negativos que positivos. Existe una condición de alta vulnerabilidad ya que, a pesar de existir un predominio de niveles intermedios, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00930BC8">
+        <w:lastRenderedPageBreak/>
+        <w:t>lo cual podría ser esperado en esta etapa, dados los múltiples cambios que experimentan, un gran porcentaje ha desarrollado una evaluación global negativa de su vida (Figura 3).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="521B7019" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65AF0EBE" wp14:editId="07D58171">
             <wp:extent cx="4010891" cy="2258290"/>
             <wp:effectExtent l="0" t="0" r="2540" b="2540"/>
             <wp:docPr id="1081875617" name="Gráfico 1">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AEDE6D45-2781-16D6-F22E-9328DB6C1DC9}"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="01A856A3" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Respecto al objetivo general, se encontró que existe relación del </w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
@@ -2085,68 +1955,68 @@
     <w:p w14:paraId="5E4809D1" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t>Lo anterior, se confirma con el análisis de regresión lineal, donde se identifica la influencia del bienestar subjetivo sobre la depresión principalmente y en manejo del estrés. El modelo de regresión para el estrés negativo indica que casi el 28% de la varianza es explicada por el bienestar subjetivo (R</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t>=.276), lo cual es significativo (F =(1, 667=53.84), p= .001); esto demuestra que como variable predictora</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:eastAsia="Georgia"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
         </w:rPr>
         <w:t xml:space="preserve">logra explicar un buen porcentaje de las diferencias individuales en el manejo del distrés; en el caso del estrés positivo, el modelo muestra que </w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t>poco más de 12% de la varianza es explicada por el bienestar subjetivo (R² = 0.124). Este valor es más bajo que en el modelo anterior, lo que implica que el bienestar subjetivo tiene una menor capacidad explicativa sobre el estrés positivo, pero aun así es significativo (F</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00930BC8">
         <w:t>=(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00930BC8">
         <w:t>1, 336=20.80), p=.000).</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve">Los coeficientes de correlación se presentan en la Tabla 2, donde se muestra que, cuanto mayor bienestar subjetivo se experimenta, menor son los niveles de estrés. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17FED905" w14:textId="77777777" w:rsidR="00777817" w:rsidRDefault="00777817" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54A1BCAA" w14:textId="77777777" w:rsidR="00777817" w:rsidRDefault="00777817" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4835D63A" w14:textId="77777777" w:rsidR="00777817" w:rsidRDefault="00777817" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FBF0472" w14:textId="77777777" w:rsidR="00777817" w:rsidRDefault="00777817" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
@@ -2190,51 +2060,50 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="782A3A13" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00930BC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho"/>
                 <w:b/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Tabla 2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00930BC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>Coeficientes de regresión lineal de Estrés en torno al Bienestar subjetivo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00317FE0" w:rsidRPr="00930BC8" w14:paraId="49299CA8" w14:textId="77777777" w:rsidTr="00317FE0">
         <w:trPr>
           <w:trHeight w:val="345"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1866" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -3568,95 +3437,99 @@
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:bCs/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:bCs/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia (2025)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E49484A" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C673EC9" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
+    <w:p w14:paraId="5C673EC9" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="0035258E" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00930BC8">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FE08141" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62CB8B74" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Los hallazgos muestran que existe una predominancia de niveles medios en manejo del estrés y depresión. Primeramente, de estrés positivo indica que los adolescentes experimentan cierto grado de activación y motivación ante las demandas cotidianas, no obstante, al prevalecer niveles intermedios en estrés negativo sugiere que los adolescentes experimentan cierto grado de presión, tensión o preocupación, pero no alcanzan niveles clínicamente preocupantes. Con respecto a los niveles de depresión, indica la presencia de síntomas leves o moderados, como desánimo, irritabilidad, pérdida parcial de interés o fatiga, pero sin llegar a una depresión clínica severa, ello muestra que los adolescentes presentan ciertos indicadores de vulnerabilidad emocional, posiblemente relacionados con estrés. o conflictos propios de su etapa, tales indicadores no interfieren completamente con el funcionamiento diario, pero si afectan el bienestar general. Esta condición se considera una señal de alerta temprana, por lo que se requiere implementar acciones de índole psicosocial a fin de fortalecer factores protectores como medida de limitar que los </w:t>
+        <w:t xml:space="preserve">Los hallazgos muestran que existe una predominancia de niveles medios en manejo del estrés y depresión. Primeramente, de estrés positivo indica que los adolescentes experimentan cierto grado de activación y motivación ante las demandas cotidianas, no obstante, al prevalecer niveles intermedios en estrés negativo sugiere que los adolescentes experimentan cierto grado de presión, tensión o preocupación, pero no alcanzan niveles clínicamente preocupantes. Con respecto a los niveles de depresión, indica la presencia de síntomas leves o moderados, como desánimo, irritabilidad, pérdida parcial de interés o fatiga, pero sin llegar a una depresión clínica severa, ello muestra que los adolescentes presentan ciertos indicadores de vulnerabilidad emocional, posiblemente relacionados con estrés. o conflictos propios de su etapa, tales indicadores no interfieren completamente con el funcionamiento diario, pero si afectan el bienestar general. Esta </w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>síntomas se intensifiquen. Los adolescentes que se ubican en el extremo alto en estrés y depresión se encuentran en una condición de alta vulnerabilidad ya que, por un lado, el manejo ineficaz del estrés deteriora la salud mental, lo que a su vez puede generar otro tipo de problemáticas como los trastornos de ansiedad.</w:t>
+        <w:t>condición se considera una señal de alerta temprana, por lo que se requiere implementar acciones de índole psicosocial a fin de fortalecer factores protectores como medida de limitar que los síntomas se intensifiquen. Los adolescentes que se ubican en el extremo alto en estrés y depresión se encuentran en una condición de alta vulnerabilidad ya que, por un lado, el manejo ineficaz del estrés deteriora la salud mental, lo que a su vez puede generar otro tipo de problemáticas como los trastornos de ansiedad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35B1D043" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="018F5C22" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Durante la adolescencia las exigencias suelen ser abrumadoras, afectando la capacidad de regulación emocional, es decir, que, si el adolescente no se siente capaz de manejar cierta situación de la vida cotidiana, incrementa la tensión emocional lo que puede generar altos niveles de estrés (Barraza-Sánchez et al., 2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t>Se ha demostrado que entre más altos sean los niveles de estrés, mayores serán las posibilidades de desarrollar una adicción a las redes sociales; esto puede deberse a que la persona busca evadir las situaciones desagradables que experimenta, consumiendo contenido digital (Martínez et al., 2022).</w:t>
@@ -3731,73 +3604,77 @@
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t>En torno a los hallazgos relacionados con la sintomatología depresiva, los datos son evidentes, el bienestar subjetivo actúa como un factor protector frente a la posible presencia de depresión, afectando de manera significativa las diversas áreas del desarrollo, el bienestar subjetivo reduce significativamente la probabilidad de que una persona desarrolle síntomas depresivos. En este sentido, el bienestar subjetivo se convierte en un predictor significativo y relevante.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12A8A1B1" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A4FBFD7" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t xml:space="preserve">Existen trastornos que pueden afectar la salud mental como la depresión, ansiedad, el manejo ineficaz del estrés, haciendo que los individuos, en particular los adolescentes experimenten una pérdida en la satisfacción con la vida; los hallazgos recientes sobre depresión muestran muchas repercusiones para el propio adolescente, su familia  y sus contextos inmediatos. La depresión está relacionada con el bienestar subjetivo por su componente emocional (Linares et al., 2022). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="107F9252" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">De igual manera, García et al. (2024)  han confirmado que los individuos que presentan un menor bienestar subjetivo tienen una mayor prevalencia de depresión y viceversa, quienes presentan mayor bienestar, menor prevalencia de depresión.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="091D06E5" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="399E2E06" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
+    <w:p w14:paraId="399E2E06" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="0035258E" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00930BC8">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0035258E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="045863D1" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DF9EEEA" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
       </w:pPr>
@@ -3885,87 +3762,88 @@
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t>Estos hallazgos reafirman la necesidad de intervenciones tempranas que promuevan el bienestar subjetivo, la regulación emocional y las habilidades de afrontamiento, especialmente en contextos escolares y familiares. Prevenir la intensificación del estrés negativo y la progresión de síntomas depresivos no solo favorece la salud mental, sino que optimiza el desarrollo psicosocial y académico de los adolescentes. En suma, los resultados evidencian que el bienestar psicológico constituye un eje central en la promoción de la salud mental juvenil, al funcionar como un amortiguador frente a la vulnerabilidad emocional derivada de las tensiones propias de esta etapa del ciclo vital.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FD014C5" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CB9B576" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B735F48" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
+    <w:p w14:paraId="23865A9B" w14:textId="77777777" w:rsidR="0035258E" w:rsidRDefault="0035258E" w:rsidP="0035258E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B735F48" w14:textId="5644ABF9" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="0035258E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00930BC8">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Referencias</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="141B5142" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00930BC8">
-[...14 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="77090D71" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, S. (2016). Vulnerabilidad psicológica, resiliencia y bienestar subjetivo: El papel mediador de la esperanza. </w:t>
+      <w:r w:rsidRPr="00930BC8">
+        <w:t xml:space="preserve">Ahmet, S. (2016). Vulnerabilidad psicológica, resiliencia y bienestar subjetivo: El papel mediador de la esperanza. </w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Personalidad y diferencias </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>indiviuales</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>, 102</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
@@ -4022,135 +3900,117 @@
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Alzuri-Falcato</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> M, Hernández-Muñoz N, Calzada-Urquiola Y. (2017). Depresión en la adolescencia: consideraciones necesarias para su diagnóstico y tratamiento. </w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Revista </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Revista Finlay,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00930BC8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7(3). http://revfinlay.sld.cu/index.php/finlay/article/view/541</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C3C49F0" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00930BC8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Armenta, L., Quiroz, C., Abundis, F. y Zea, A. (2020). Influencia del estrés en el rendimiento académico de estudiantes universitarios. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Finlay</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Revista Espacios, 41</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00930BC8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(48), 402-425. DOI: https://doi.org/10.48082/espacios-a20v41n48p30</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FED6577" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00930BC8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Barraza-Sánchez, B. E., Pelcastre-Neri, A., Martínez Mario, D., Iglesias Hermenegildo, A. Y., &amp; Ruvalcaba Ledezma, J. C. (2019). El estrés como problema de salud durante la adolescencia. </w:t>
+      </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>,</w:t>
-[...56 lines deleted...]
-        </w:rPr>
         <w:t>Educación y Salud Boletín Científico Instituto de Ciencias de la Salud Universidad Autónoma Del Estado de Hidalgo, 8</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">(15), 273-276. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00930BC8">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:bCs/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/10.29057/icsa.v8i15.4804</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="215A4193" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:t>Contreras, M., Hernández, O. y Fresno, A. (2022). Oportunidades de medir el bienestar subjetivo en la adolescencia.</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Revista Cubana de Pediatría, 94</w:t>
       </w:r>
@@ -4262,51 +4122,51 @@
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Tesis Psicológica,</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 30-46. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00930BC8">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:bCs/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/10.37511/tesis.v14n1a2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="694D9449" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Linares, S., Orantes, K., Linares, G., Muñoz, H. y González, D. (2022). Bienestar subjetivo, depresión y ansiedad en estudiantes de la Ciudad de Guatemala. </w:t>
@@ -4327,58 +4187,58 @@
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="603E9E9E" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>Moadel-Robblee</w:t>
+        <w:t>Moadel</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">, A, Christie, A. y Powers-James, C. (2022) Manejo del estrés, efectos del estrés y cómo sobrellevarlo. </w:t>
+        <w:t xml:space="preserve">-Robblee, A, Christie, A. y Powers-James, C. (2022) Manejo del estrés, efectos del estrés y cómo sobrellevarlo. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Leukemia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
@@ -4508,51 +4368,51 @@
           <w:iCs/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5-8.                                                                                                                             </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16841AE2" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00930BC8">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:bCs/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>http://www.scielo.org.co/scielo.php?script=sci_arttext&amp;pid=S1692-72732019000100005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="650806DF" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00930BC8">
         <w:t>Quiñone,F</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00930BC8">
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -4655,164 +4515,163 @@
       <w:r w:rsidRPr="00930BC8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00930BC8">
         <w:t>(65), 117-125. https://saludpublica.mx/index.php/spm/article/view/1482</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AD9DECC" w14:textId="77777777" w:rsidR="00317FE0" w:rsidRPr="00930BC8" w:rsidRDefault="00317FE0" w:rsidP="00317FE0">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0344F8B4" w14:textId="77777777" w:rsidR="00000000" w:rsidRPr="00930BC8" w:rsidRDefault="00000000" w:rsidP="00317FE0">
-[...6 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId17"/>
+    <w:p w14:paraId="0344F8B4" w14:textId="77777777" w:rsidR="00B65195" w:rsidRPr="00930BC8" w:rsidRDefault="00B65195" w:rsidP="00317FE0">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B65195" w:rsidRPr="00930BC8">
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="851" w:footer="851" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E06D784" w14:textId="77777777" w:rsidR="00A6398C" w:rsidRDefault="00A6398C" w:rsidP="00317FE0">
+    <w:p w14:paraId="442C553C" w14:textId="77777777" w:rsidR="00A72AAD" w:rsidRDefault="00A72AAD" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="666A5066" w14:textId="77777777" w:rsidR="00A6398C" w:rsidRDefault="00A6398C" w:rsidP="00317FE0">
+    <w:p w14:paraId="5E572253" w14:textId="77777777" w:rsidR="00A72AAD" w:rsidRDefault="00A72AAD" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans Symbols">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
@@ -4913,95 +4772,162 @@
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E0137AE" w14:textId="77777777" w:rsidR="00A6398C" w:rsidRDefault="00A6398C" w:rsidP="00317FE0">
+    <w:p w14:paraId="7C89E2D6" w14:textId="77777777" w:rsidR="00A72AAD" w:rsidRDefault="00A72AAD" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="241FB9B4" w14:textId="77777777" w:rsidR="00A6398C" w:rsidRDefault="00A6398C" w:rsidP="00317FE0">
+    <w:p w14:paraId="5BA60682" w14:textId="77777777" w:rsidR="00A72AAD" w:rsidRDefault="00A72AAD" w:rsidP="00317FE0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="21036EB3" w14:textId="77777777" w:rsidR="00000000" w:rsidRDefault="00000000">
+  <w:p w14:paraId="21036EB3" w14:textId="4739FA4A" w:rsidR="00B65195" w:rsidRDefault="0035258E">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="7F7F7F"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="006875D3">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1643BEC1" wp14:editId="4361DCB2">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-518160</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7762875" cy="868680"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="7620"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1497151469" name="Imagen 4"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 13"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7762875" cy="868680"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05931364"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="14BE200C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -5749,57 +5675,61 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00317FE0"/>
     <w:rsid w:val="00317FE0"/>
+    <w:rsid w:val="0035258E"/>
     <w:rsid w:val="00674927"/>
     <w:rsid w:val="00777817"/>
     <w:rsid w:val="007A4667"/>
     <w:rsid w:val="00930BC8"/>
     <w:rsid w:val="009506FB"/>
     <w:rsid w:val="00A51C0B"/>
     <w:rsid w:val="00A6398C"/>
+    <w:rsid w:val="00A72AAD"/>
+    <w:rsid w:val="00A94B61"/>
+    <w:rsid w:val="00B65195"/>
     <w:rsid w:val="00F6052F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -6343,51 +6273,50 @@
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo6Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00317FE0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -6976,51 +6905,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle01">
     <w:name w:val="fontstyle01"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:qFormat/>
     <w:rsid w:val="00317FE0"/>
     <w:rPr>
       <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:hint="default"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00317FE0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00317FE0"/>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00317FE0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
@@ -7049,62 +6978,78 @@
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00317FE0"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="p1">
     <w:name w:val="p1"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00317FE0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
       <w:color w:val="262626"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0035258E"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29057/icsa.v8i15.4804" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.co/scielo.php?script=sci_arttext&amp;pid=S1692-72732019000100005" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3829-4951" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37511/tesis.v14n1a2" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3829-4951" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37511/tesis.v14n1a2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29057/icsa.v8i15.4804" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.co/scielo.php?script=sci_arttext&amp;pid=S1692-72732019000100005" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///\\Users\marisolmoralesrodriguez\Desktop\INVESTIGACIONES\VERANO_2023\RESULTADOS\Graficas_Redes%20sociales_Verano23.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="Libro1" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///\\Users\marisolmoralesrodriguez\Desktop\INVESTIGACIONES\VERANO_2023\RESULTADOS\Graficas_Redes%20sociales_Verano23.xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
@@ -10411,72 +10356,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C33BF433-2B8E-4D6D-AB34-A989B4F0C1AE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>5671</Words>
-  <Characters>31192</Characters>
+  <Words>5678</Words>
+  <Characters>31229</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>259</Lines>
+  <Lines>260</Lines>
   <Paragraphs>73</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36790</CharactersWithSpaces>
+  <CharactersWithSpaces>36834</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Cuenta Microsoft</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>