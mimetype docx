--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,243 +1,233 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1FBED973" w14:textId="29CFE59A" w:rsidR="00FB3F3A" w:rsidRDefault="00AD3F4C">
-[...71 lines deleted...]
-    <w:p w14:paraId="49233CBC" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00D65C70" w:rsidP="00B1648F">
+    <w:p w14:paraId="1FBED973" w14:textId="22B97B79" w:rsidR="00FB3F3A" w:rsidRDefault="00FB3F3A"/>
+    <w:p w14:paraId="4FF3D5D5" w14:textId="08CC1BC9" w:rsidR="008B7A43" w:rsidRPr="008B7A43" w:rsidRDefault="008B7A43" w:rsidP="008B7A43">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7A43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="008B7A43">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/cagi.v12i24.334</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D65C70" w:rsidRPr="008B7A43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD65E2" w:rsidRPr="008B7A43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49233CBC" w14:textId="4BC14152" w:rsidR="00B1648F" w:rsidRDefault="00307396" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD65E2" w:rsidRPr="00DE0C7F">
-[...12 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00B1648F" w:rsidRPr="003F3177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67DDD009" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="67DDD009" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="008B7A43" w:rsidRDefault="00B1648F" w:rsidP="008B7A43">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C839A4">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7A43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Acercamiento a las ciencias naturales en el preescolar. Una experiencia en la formación de docentes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4382DE02" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4382DE02" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="008B7A43" w:rsidRDefault="00B1648F" w:rsidP="008B7A43">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C839A4">
+      <w:r w:rsidRPr="008B7A43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Approach to natural sciences in preschool. An experience in teacher training</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E8BCC6B" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="0E8BCC6B" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="008B7A43" w:rsidRDefault="00B1648F" w:rsidP="008B7A43">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="242DE89C" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="242DE89C" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="008B7A43" w:rsidRDefault="00B1648F" w:rsidP="008B7A43">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="104163F2" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
-[...2 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="104163F2" w14:textId="48313730" w:rsidR="00B1648F" w:rsidRDefault="008B7A43" w:rsidP="008B7A43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3384"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="37A3E207" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Marcos Oliver </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -422,296 +412,294 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71D7D9F0" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00D0C68D" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="645DB429" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+    <w:p w14:paraId="645DB429" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="008B7A43" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C839A4">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7A43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79D577C9" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004A3B0C">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>El presente documento relata la experiencia vivida durante un semestre por docentes y estudiantes de la Licenciatura en Educación Preescolar de la Escuela Normal de Tejupilco, en el marco del curso “Acercamiento a las Ciencias Naturales en el Preescolar”.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C839A4">
         <w:t>Comprender el contexto resulta fundamental para efectuar adecuaciones curriculares pertinentes. Asimismo, es necesario contar con un soporte teórico que permita confrontar ideas y resultados de la práctica docente en un ejercicio de reflexión y argumentación orientado a mejorar los procesos educativos.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C839A4">
         <w:t>Otro elemento indispensable es la planeación, entendida como el proceso de organización y sistematización de actividades. Esta debe considerar materiales, tiempos, estudiantes y condiciones específicas que propicien un ambiente de aprendizaje idóneo. De esta forma, se favorece el desarrollo de competencias genéricas y profesionales contempladas en los planes de estudio y se contribuye al logro del perfil de egreso.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C839A4">
         <w:t>La mejora de la práctica docente se origina al reflexionar sobre las acciones cotidianas, identificando aciertos y errores a la luz de una teoría que respalde el actuar pedagógico. En este proceso se configura un “</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C839A4">
         <w:t>hábitus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C839A4">
-        <w:t xml:space="preserve">”, entendido —según Bourdieu (1972, citado en </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> como “esquemas de actuación docente que permiten engendrar infinidad de prácticas adaptadas a situaciones siempre renovadas”, los cuales contribuyen a la configuración del ser docente.</w:t>
+        <w:t xml:space="preserve">”, entendido —según Bourdieu (1972, citado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C839A4">
+        <w:lastRenderedPageBreak/>
+        <w:t>en Perrenoud, 2011, p. 38)— como “esquemas de actuación docente que permiten engendrar infinidad de prácticas adaptadas a situaciones siempre renovadas”, los cuales contribuyen a la configuración del ser docente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D615F18" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B89E5F8" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C839A4">
+      <w:r w:rsidRPr="008B7A43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Palabras clave: </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Palabras clave</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C839A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Formación docente, aprendizaje experiencial, ambientes de aprendizaje</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24485B86" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06EBE40C" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="06EBE40C" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="008B7A43" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7A43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229854F6" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C839A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This document describes the experiences of teachers and students of the Bachelor's Degree in Preschool Education at the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C839A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Tejupilco</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C839A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Teacher Training School, who spent a semester participating in the course "Approaching Natural Sciences in Preschool."</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C839A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Understanding the context is essential for making relevant curricular adjustments. It is also necessary to have a theoretical foundation that allows for comparing ideas and results from teaching practice in an exercise of reflection and argumentation aimed at improving educational processes.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C839A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Another essential element is planning, understood as the process of organizing and systematizing activities. This must consider materials, time, students, and specific conditions that foster an ideal learning environment. This promotes the development of generic and professional competencies contemplated in the curricula and contributes to achieving the graduate profile.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C839A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Improving teaching practice begins by reflecting on everyday actions, identifying successes and errors in light of a theory that supports pedagogical action. This process creates a "habitus," understood—according to Bourdieu (1972, cited in Perrenoud, 2011, p. 38)—as "teaching patterns that allow for the generation of countless practices adapted to constantly changing situations." These patterns contribute to shaping the teaching profession.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49002879" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="261D9242" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7A43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Key words</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...123 lines deleted...]
-        <w:t>Key words:</w:t>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Teacher training, experiential learning, learning environments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5780C1D2" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00DC6F14" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:pStyle w:val="Cuerpo"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -738,63 +726,67 @@
         <w:t>Fecha Recepción: Enero 2025                                                   Fecha Aceptación: Mayo 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5164A5B8" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00DC6F14" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:pStyle w:val="Cuerpo"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D365A77" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49394545" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+    <w:p w14:paraId="49394545" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="008B7A43" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C839A4">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7A43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35235131" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26EE9893" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -841,97 +833,103 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5893A9B3" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">El presente documento expone la labor realizada con un grupo de estudiantes de segundo grado de la Licenciatura en Educación Preescolar de la Escuela Normal de Tejupilco. Su objetivo es describir las actividades implementadas para fortalecer las competencias profesionales relacionadas con la enseñanza de las Ciencias Naturales en el nivel preescolar. </w:t>
+        <w:t xml:space="preserve">El presente documento expone la labor realizada con un grupo de estudiantes de segundo grado de la Licenciatura en Educación Preescolar de la Escuela Normal de Tejupilco. Su objetivo es describir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C839A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">las actividades implementadas para fortalecer las competencias profesionales relacionadas con la enseñanza de las Ciencias Naturales en el nivel preescolar. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33E21790" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Inicialmente, se presenta una contextualización de la práctica profesional, desde una perspectiva global hasta su aplicación concreta en el ámbito docente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03AEB97F" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="610EE9DE" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Posteriormente, se describe el proceso metodológico implementado durante la experiencia de trabajo, en el cual se detallan las formas de organización y recuperación de la información.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Finalmente, se analiza la práctica desarrollada, contrastándola con referentes teóricos para identificar logros y dificultades experimentadas. Este ejercicio de reconstrucción busca propiciar una mejora continua. Se exponen también algunas conclusiones que abren nuevas líneas de reflexión. Todo ello con el propósito de documentar una experiencia profesional situada en un contexto específico, cuyos resultados contribuyeron al fortalecimiento de las competencias y saberes de los docentes en formación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="142ED459" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="639526FB" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
@@ -1123,316 +1121,314 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EFFED86" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
-        <w:t>Resulta necesario profundizar en la reflexión sobre la práctica docente. Para ello, es fundamental identificar cómo, cuándo y con qué recursos los actores educativos llevan a cabo este proceso, así como los instrumentos metodológicos y los referentes teóricos utilizados. Esta reflexión constituye un componente clave en la profesionalización de la labor educativa, independientemente del nivel en que se ejerza.</w:t>
+        <w:t xml:space="preserve">Resulta necesario profundizar en la reflexión sobre la práctica docente. Para ello, es fundamental identificar cómo, cuándo y con qué recursos los actores educativos llevan a cabo este proceso, así como los instrumentos metodológicos y los referentes teóricos utilizados. Esta reflexión constituye </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C839A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>un componente clave en la profesionalización de la labor educativa, independientemente del nivel en que se ejerza.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B47DFBB" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F5EEFA8" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>La educación en el marco del neoliberalismo y la globalización.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="281D015C" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Los procesos sociales y las relaciones históricamente construidas han dado lugar a lo que se denomina globalización, entendida como la configuración de una sociedad planetaria que trasciende </w:t>
+        <w:t>Los procesos sociales y las relaciones históricamente construidas han dado lugar a lo que se denomina globalización, entendida como la configuración de una sociedad planetaria que trasciende fronteras nacionales, diferencias étnicas, credos religiosos, ideologías políticas y condiciones socioeconómicas o culturales. Este fenómeno responde a la creciente internacionalización de los procesos económicos, los conflictos sociales y las dinámicas político-culturales. En consecuencia, la globalización puede generar beneficios significativos, como mejoras en la salud, las comunicaciones y un mayor acceso a la información y al conocimiento, los cuales se manifiestan en las comunidades a través de diversos medios digitales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BC9EDAD" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CAFFC17" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C839A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Inicialmente, el concepto de globalización se empleó para describir los cambios en las economías nacionales, cada vez más integradas en sistemas sociales abiertos e interdependientes, condicionados por la liberalización de los mercados, las fluctuaciones monetarias y los movimientos especulativos de capital. Los ámbitos donde más se evidencia este fenómeno son la economía y la innovación tecnológica. En este contexto, muchos países enfrentan un entorno volátil y desigual, caracterizado por el incremento de las brechas socioeconómicas, lo cual profundiza la concentración de la riqueza en determinados sectores sociales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5666A3BE" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AA4A25D" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C839A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>En el marco del neoliberalismo entendido como una doctrina política que limita la intervención del Estado, los esfuerzos en materia educativa han resultado insuficientes. Las políticas actuales tienden a reproducir discursos pedagógicos desvinculados de la realidad, reflejándose en desigualdades estructurales entre centros escolares. Estas diferencias en términos de materiales, infraestructura o formación docente contribuyen a generar brechas académicas que afectan el cumplimiento de los objetivos formativos establecidos en los perfiles de egreso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58F5AAAB" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63A136A3" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C839A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>En este contexto de lógica empresarial, la educación tiende a concebirse como una inversión orientada a obtener rendimientos, lo que ha promovido una visión instrumental de la escuela como empresa y del estudiante como producto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ABA0739" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DB3E0CA" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C839A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>En consecuencia, la educación responde a los lineamientos de una política educativa en constante transformación, orientada a fines utilitarios. Esta orientación promueve que los estudiantes desarrollen habilidades prácticas, lo que conduce a actuaciones automatizadas y fragmentadas. En este marco, las oportunidades para fomentar una conciencia crítica y reflexiva se ven considerablemente reducidas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C35902" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="093A8157" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C839A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Según Rockwell (1985, citado en Sandoval, 2002, p. 131), “el maestro como trabajador de la educación es, además de un sujeto, un ser humano que ordena sus propios conocimientos, recursos y estrategias para hacer frente, cotidianamente, a las exigencias concretas que se le presentan en su quehacer”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24809164" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7356784D" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C839A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No obstante, la autonomía del docente se encuentra condicionada por múltiples factores. Las prácticas educativas mantienen una relación directa o indirecta con discursos institucionales, contextos culturales, escuelas de pensamiento y teorías pedagógicas. Esto evidencia que la realidad educativa frecuentemente responde a las expectativas de los grupos de poder antes que a procesos </w:t>
       </w:r>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>fronteras nacionales, diferencias étnicas, credos religiosos, ideologías políticas y condiciones socioeconómicas o culturales. Este fenómeno responde a la creciente internacionalización de los procesos económicos, los conflictos sociales y las dinámicas político-culturales. En consecuencia, la globalización puede generar beneficios significativos, como mejoras en la salud, las comunicaciones y un mayor acceso a la información y al conocimiento, los cuales se manifiestan en las comunidades a través de diversos medios digitales.</w:t>
-[...158 lines deleted...]
-        <w:t>, “todo es política”, y la educación, lejos de ser ajena a ello, se convierte en uno de sus principales instrumentos de influencia.</w:t>
+        <w:t>emancipadores. Parafraseando a Gramsci, “todo es política”, y la educación, lejos de ser ajena a ello, se convierte en uno de sus principales instrumentos de influencia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57520D0B" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Actualmente, factores como el contexto familiar, las condiciones socioeconómicas, el entorno escolar y el rol del docente resultan determinantes para garantizar una educación que incida efectivamente en la mejora de la calidad de vida del estudiantado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01CB4E92" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F91D5E8" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+    <w:p w14:paraId="6F91D5E8" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="008B7A43" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7A43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        </w:rPr>
+        <w:t>Metodología</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C81F31" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="40617996" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Este estudio se enmarca en un enfoque cualitativo, orientado a documentar el trabajo realizado por un grupo de sujetos en su contexto social. Dado el carácter complejo de dicha realidad, el análisis se centra en las estrategias didácticas empleadas por el docente y su impacto en la formación inicial.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="768240B6" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1571,105 +1567,77 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Como punto de partida, se empleó la observación directa, concebida como “un proceso de búsqueda” (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Postic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y De </w:t>
-[...13 lines deleted...]
-        <w:t>, 1992). Según los autores, “para observar, no basta mirar, es preciso escudriñar”. Esta técnica permite registrar la realidad en su escenario natural, sin mediaciones ni informantes, lo que garantiza una captación directa de los fenómenos.</w:t>
+        <w:t xml:space="preserve"> y De Ketele, 1992). Según los autores, “para observar, no basta mirar, es preciso escudriñar”. Esta técnica permite registrar la realidad en su escenario natural, sin mediaciones ni informantes, lo que garantiza una captación directa de los fenómenos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3882A4CA" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06F8B64C" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">El diario del docente constituye una herramienta valiosa para el diagnóstico del desarrollo profesional, ya que permite la expresión de vivencias y reflexiones vinculadas al ejercicio de la docencia. En este sentido, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (2011) afirma:</w:t>
+        <w:t>El diario del docente constituye una herramienta valiosa para el diagnóstico del desarrollo profesional, ya que permite la expresión de vivencias y reflexiones vinculadas al ejercicio de la docencia. En este sentido, Zabalza (2011) afirma:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E763E14" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69384F25" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -1677,50 +1645,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="30411C07" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CDD0D5D" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Este instrumento favorece la reflexión crítica, al permitir la exteriorización de emociones y experiencias significativas vinculadas a la práctica docente. En ciertos casos, puede adquirir incluso un carácter terapéutico, al facilitar la expresión del sentir profesional.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="575673F0" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>La fotografía representa otro instrumento valioso para documentar la práctica educativa, dado que permite registrar aspectos visuales que complementan la observación directa. Según Santos Guerra (1995):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AAA9F25" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1729,51 +1698,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EA829ED" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="445D60FC" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Puede ser un instrumento rico para recoger la realidad, ya que capta muchos detalles que sería difícil describir a través del registro manual. Además, permite interpretar con los protagonistas el sentido de algunos comportamientos. El profesor puede estudiar lo que dicen las fotografías y, además, puede trabajar dichos documentos con los alumnos. (p. 32)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D5E6F00" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="-2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AD52978" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="900"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1938,91 +1906,78 @@
         </w:rPr>
         <w:t>Como señala Zabala (2002), “una estrategia diferenciadora tiene sentido básicamente desde el análisis del aprendizaje, y no de la enseñanza” (p. 38), lo que evidencia la necesidad de reorientar las prácticas pedagógicas hacia el estudiante.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78A20CF9" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BD8AB02" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">En esta lógica, el aprendizaje situado retoma los principios de los ambientes de aprendizaje. Según </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (2004), “una situación de aprendizaje no se produce al azar, sino que la genera un dispositivo que sitúa a los alumnos ante una tarea que cumplir, un proyecto que realizar o un problema que resolver” (p. 25). En este proceso, resulta esencial fomentar la reflexión en el alumnado.</w:t>
+        <w:t>En esta lógica, el aprendizaje situado retoma los principios de los ambientes de aprendizaje. Según Perrenoud (2004), “una situación de aprendizaje no se produce al azar, sino que la genera un dispositivo que sitúa a los alumnos ante una tarea que cumplir, un proyecto que realizar o un problema que resolver” (p. 25). En este proceso, resulta esencial fomentar la reflexión en el alumnado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="422563FD" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F79A8EB" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Las competencias no se limitan al saber teórico, sino que también abarcan los ámbitos práctico, técnico, metodológico y social, mediante el desarrollo articulado de habilidades, conocimientos, actitudes y valores.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69520833" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B117BA6" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2054,51 +2009,50 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B50CBA0" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6663"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Ferreira (2011) identifica diversas razones que justifican la emergencia de nuevos ambientes de aprendizaje, entre las cuales destacan:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15A0A506" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6663"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EE7A03C" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6663"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="49"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2201,65 +2155,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>6. La aceleración de las transformaciones sociales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B83F22" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6663"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="49"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">7. La diversidad humana expresada en enfoques </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> e interdisciplinarios. (p. 3</w:t>
+        <w:t>7. La diversidad humana expresada en enfoques multi e interdisciplinarios. (p. 3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="745AEF0A" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6663"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="49"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F913DDB" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6663"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="49"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2310,65 +2250,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="376DCA4B" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Por otro lado, como señala </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (2004), conducir la progresión de los aprendizajes moviliza cinco competencias más específicas:</w:t>
+        <w:t>Por otro lado, como señala Perrenoud (2004), conducir la progresión de los aprendizajes moviliza cinco competencias más específicas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09F676B1" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F3416CD" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2548,50 +2474,51 @@
     </w:p>
     <w:p w14:paraId="715461BF" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="899"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Un conocimiento teórico sólido y pertinente sobre el aprendizaje, el desarrollo y el comportamiento humano.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D36CDFB" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="899"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>La manifestación de valores y actitudes que favorezcan tanto el aprendizaje como las relaciones humanas auténticas.</w:t>
@@ -2663,51 +2590,50 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>La posesión de conocimientos prácticos adquiridos a través de la experiencia docente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FA3B468" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">En una línea similar, Gil, Carrascosa, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Furió</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> y Martínez-Torregrosa (1991) sostienen que tanto la actividad docente como los procesos de formación del profesorado deben orientarse hacia la construcción de un conocimiento didáctico integrador. Este saber debe trascender el análisis crítico y teórico, y traducirse en propuestas concretas y viables que favorezcan la transformación positiva de la práctica educativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="064CD08D" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2944,63 +2870,67 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Maruny</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1989, citado en Díaz, 2002), enseñar no implica únicamente transmitir información, sino facilitar el aprendizaje. Para ello, el docente debe conocer profundamente a sus estudiantes. La clase debe trascender el modelo unidireccional y convertirse en un espacio interactivo, donde la relación entre docente y alumnos —y entre los propios estudiantes— constituya un componente esencial de la calidad educativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45551955" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CB99875" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+    <w:p w14:paraId="6CB99875" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="008B7A43" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C839A4">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B7A43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="271AC4C1" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48FAEA84" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -3063,50 +2993,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72DE3D09" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Esta afirmación resalta la importancia del vínculo afectivo y pedagógico entre docentes y estudiantes como factor determinante en el proceso de enseñanza-aprendizaje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52D874E9" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5509E530" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -3684,50 +3615,51 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1393D43E" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Existen múltiples experiencias valiosas en el ámbito de la docencia. Esta investigación representa una de ellas, desarrollada desde una perspectiva reflexiva y comprometida con la formación permanente del profesorado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29420C6A" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65E319B2" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -3807,143 +3739,125 @@
     </w:p>
     <w:p w14:paraId="3CBF8A67" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="545D9DAD" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2676D1C9" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
+    <w:p w14:paraId="2676D1C9" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="008B7A43">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="375AE0FD" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EF3DEBD" w14:textId="77777777" w:rsidR="001F16D5" w:rsidRDefault="001F16D5" w:rsidP="001F16D5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:t xml:space="preserve">Acevedo, I. A., &amp; López, A. F. (2000). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>El proceso de la entrevista: Concepto y modelos</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>. Limusa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CB4B7FA" w14:textId="77777777" w:rsidR="001F16D5" w:rsidRDefault="001F16D5" w:rsidP="001F16D5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Avanzini</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, G. (1994). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>El fracaso escolar</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (5</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ed.). Herder.</w:t>
+        <w:t xml:space="preserve"> (5.ª ed.). Herder.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C02B7F5" w14:textId="77777777" w:rsidR="001F16D5" w:rsidRDefault="001F16D5" w:rsidP="001F16D5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Díaz-Barriga, F. (2007). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Estrategias docentes para un aprendizaje significativo: Una interpretación constructivista</w:t>
       </w:r>
       <w:r>
         <w:t>. McGraw Hill.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F57E614" w14:textId="77777777" w:rsidR="001F16D5" w:rsidRDefault="001F16D5" w:rsidP="001F16D5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
@@ -3995,331 +3909,281 @@
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Furió</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, C., &amp; Martínez-Torregrosa, J. (1991). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>La enseñanza de las ciencias en la educación secundaria</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (Cuadernos de educación núm. 5). ICE/HORSORI.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60F0509F" w14:textId="77777777" w:rsidR="001F16D5" w:rsidRDefault="001F16D5" w:rsidP="001F16D5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Perrenoud</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, P. (2004). </w:t>
+        <w:t xml:space="preserve">Perrenoud, P. (2004). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Diez nuevas competencias para enseñar</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>. Graó.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E51E010" w14:textId="77777777" w:rsidR="001F16D5" w:rsidRDefault="001F16D5" w:rsidP="001F16D5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Perrenoud</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, P. (2011). </w:t>
+        <w:t xml:space="preserve">Perrenoud, P. (2011). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Desarrollar la práctica reflexiva en el oficio de enseñar</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (3</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. Recuperado el 13 de junio de 2025 en </w:t>
+        <w:t xml:space="preserve"> (3.ª reimpresión). Graó. Recuperado el 13 de junio de 2025 en </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://josedominguezblog.wordpress.com/wp-content/uploads/2015/06/desarrollar-la-practica-reflexiva-en-el-oficio-de-ensenar.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="260DD321" w14:textId="77777777" w:rsidR="001F16D5" w:rsidRDefault="001F16D5" w:rsidP="001F16D5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Postic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">, M., &amp; De </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, J. (1992). </w:t>
+        <w:t xml:space="preserve">, M., &amp; De Ketele, J. (1992). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Observar las situaciones educativas</w:t>
       </w:r>
       <w:r>
         <w:t>. Narcea.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B6962A4" w14:textId="77777777" w:rsidR="001F16D5" w:rsidRDefault="001F16D5" w:rsidP="001F16D5">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Rodríguez, G., Gil, J., &amp; García, E. (1996). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Metodología de la investigación cualitativa</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (2</w:t>
-[...10 lines deleted...]
-    <w:bookmarkEnd w:id="0"/>
+        <w:t xml:space="preserve"> (2.ª ed.). Aljibe.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="3F6BFD6F" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00C839A4" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6682"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C839A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CE65115" w14:textId="77777777" w:rsidR="00B1648F" w:rsidRPr="00AD3F4C" w:rsidRDefault="00B1648F" w:rsidP="00B1648F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6330"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F7A5C54" w14:textId="1AC17097" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00307396">
       <w:pPr>
         <w:spacing w:before="240" w:after="200" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CD65E2" w:rsidSect="00B1648F">
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1041" w:bottom="1417" w:left="1701" w:header="680" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13673B70" w14:textId="77777777" w:rsidR="00106DAE" w:rsidRDefault="00106DAE" w:rsidP="00AD3F4C">
+    <w:p w14:paraId="38A695B7" w14:textId="77777777" w:rsidR="00615C20" w:rsidRDefault="00615C20" w:rsidP="00AD3F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B5AAC9D" w14:textId="77777777" w:rsidR="00106DAE" w:rsidRDefault="00106DAE" w:rsidP="00AD3F4C">
+    <w:p w14:paraId="1637F776" w14:textId="77777777" w:rsidR="00615C20" w:rsidRDefault="00615C20" w:rsidP="00AD3F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26D560E3" w14:textId="41E041BB" w:rsidR="00AD3F4C" w:rsidRDefault="00AD3F4C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">             </w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>Vol. 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
@@ -4327,90 +4191,184 @@
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">, Núm. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>24</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
-      <w:t>Julio – Diciembre 2025</w:t>
+      <w:t xml:space="preserve">Julio – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                        ISSN: 2448 – 6280</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02748414" w14:textId="77777777" w:rsidR="00106DAE" w:rsidRDefault="00106DAE" w:rsidP="00AD3F4C">
+    <w:p w14:paraId="03F8C18A" w14:textId="77777777" w:rsidR="00615C20" w:rsidRDefault="00615C20" w:rsidP="00AD3F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30E2B399" w14:textId="77777777" w:rsidR="00106DAE" w:rsidRDefault="00106DAE" w:rsidP="00AD3F4C">
+    <w:p w14:paraId="2DA521C9" w14:textId="77777777" w:rsidR="00615C20" w:rsidRDefault="00615C20" w:rsidP="00AD3F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2E8D5C80" w14:textId="7E1AFACC" w:rsidR="008B7A43" w:rsidRDefault="008B7A43">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00F052B3">
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C1464AF" wp14:editId="47DEC419">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>center</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-450215</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7762875" cy="914400"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1497151469" name="Imagen 4"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 13"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7762875" cy="914400"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05582864"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8BEFD7E"/>
     <w:lvl w:ilvl="0" w:tplc="60806686">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8439,387 +8397,391 @@
     <w:lvl w:ilvl="7" w:tplc="080A0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="295071079">
     <w:abstractNumId w:val="27"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2036956789">
     <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="113594733">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1290697322">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="601256135">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1895042726">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1575624905">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1878156641">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1469008351">
     <w:abstractNumId w:val="25"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="595094824">
     <w:abstractNumId w:val="8"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1289433422">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="49815149">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="741373420">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1937522160">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1695686924">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1971401265">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="87773254">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1150974855">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1123042410">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="2125226343">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="834960315">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="402992978">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1327586524">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1336418871">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="972563934">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="2041084713">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1145662641">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="2026049629">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="459962392">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1105930476">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1866599696">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1444416869">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1749502487">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="7222835">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="395780875">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="22487287">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="634680247">
     <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A724B0"/>
     <w:rsid w:val="00084408"/>
     <w:rsid w:val="00106DAE"/>
     <w:rsid w:val="00134351"/>
     <w:rsid w:val="00191E57"/>
     <w:rsid w:val="001D2136"/>
     <w:rsid w:val="001F16D5"/>
     <w:rsid w:val="00284765"/>
     <w:rsid w:val="00307396"/>
     <w:rsid w:val="00326F3B"/>
     <w:rsid w:val="00361A4E"/>
     <w:rsid w:val="00402192"/>
     <w:rsid w:val="004916D8"/>
     <w:rsid w:val="004A3B0C"/>
     <w:rsid w:val="00557262"/>
     <w:rsid w:val="0056544E"/>
     <w:rsid w:val="00567ED5"/>
     <w:rsid w:val="005E6E08"/>
+    <w:rsid w:val="00615C20"/>
     <w:rsid w:val="0064338F"/>
     <w:rsid w:val="00753C17"/>
     <w:rsid w:val="007C4380"/>
     <w:rsid w:val="008901AD"/>
     <w:rsid w:val="00892CEF"/>
+    <w:rsid w:val="008B7A43"/>
     <w:rsid w:val="009129CA"/>
     <w:rsid w:val="00960259"/>
     <w:rsid w:val="00A724B0"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00A95075"/>
     <w:rsid w:val="00AD3F4C"/>
     <w:rsid w:val="00B0444E"/>
     <w:rsid w:val="00B1648F"/>
     <w:rsid w:val="00B40C40"/>
     <w:rsid w:val="00B555B4"/>
     <w:rsid w:val="00CA0863"/>
     <w:rsid w:val="00CD496E"/>
     <w:rsid w:val="00CD65E2"/>
     <w:rsid w:val="00D65C70"/>
     <w:rsid w:val="00D963D2"/>
     <w:rsid w:val="00DF66F0"/>
     <w:rsid w:val="00DF7DA2"/>
     <w:rsid w:val="00E847D1"/>
     <w:rsid w:val="00F52381"/>
     <w:rsid w:val="00FB3F3A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1DC1FF2B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3B4E9FCC-CD6E-424A-B4F3-3A659B50D9FE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9147,50 +9109,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A724B0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
@@ -9354,51 +9321,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A724B0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -9497,74 +9463,74 @@
     <w:name w:val="Título 8 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00A724B0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
     <w:name w:val="Título 9 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00A724B0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Puesto">
+  <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="PuestoCar"/>
+    <w:link w:val="TtuloCar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00A724B0"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PuestoCar">
-    <w:name w:val="Puesto Car"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloCar">
+    <w:name w:val="Título Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Puesto"/>
+    <w:link w:val="Ttulo"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00A724B0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subttulo">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubttuloCar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00A724B0"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -9821,52 +9787,52 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver2">
+    <w:name w:val="Mención sin resolver2"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009129CA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nfasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="009129CA"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textoindependiente">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextoindependienteCar"/>
@@ -9893,51 +9859,51 @@
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00CD65E2"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="0"/>
       <w:lang w:val="es-ES"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CD65E2"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="es-MX"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00CD65E2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00B1648F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
@@ -9951,77 +9917,93 @@
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
         <w:bar w:val="nil"/>
       </w:pBdr>
       <w:suppressAutoHyphens/>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Arial Unicode MS" w:hAnsi="Calibri" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
       <w:lang w:eastAsia="es-MX"/>
       <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
         <w14:noFill/>
         <w14:prstDash w14:val="solid"/>
         <w14:bevel/>
       </w14:textOutline>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008B7A43"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1147551334">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://josedominguezblog.wordpress.com/wp-content/uploads/2015/06/desarrollar-la-practica-reflexiva-en-el-oficio-de-ensenar.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.slideshare.net/slideshow/hacia-nuevos-ambientes-de-aprendizaje/10050797?utm_source=chatgpt.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/cagi.v12i24.334" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://josedominguezblog.wordpress.com/wp-content/uploads/2015/06/desarrollar-la-practica-reflexiva-en-el-oficio-de-ensenar.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://es.slideshare.net/slideshow/hacia-nuevos-ambientes-de-aprendizaje/10050797?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10293,57 +10275,57 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21625660-5EE4-4C2C-9CE0-8AB0CF4FA2FE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>3999</Words>
-  <Characters>21995</Characters>
+  <Words>4014</Words>
+  <Characters>22078</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>183</Lines>
-  <Paragraphs>51</Paragraphs>
+  <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25943</CharactersWithSpaces>
+  <CharactersWithSpaces>26040</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Francisco Santillán Campos</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>