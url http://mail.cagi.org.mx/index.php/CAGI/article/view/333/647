--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,245 +1,438 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1FBED973" w14:textId="29CFE59A" w:rsidR="00FB3F3A" w:rsidRPr="00E87D0C" w:rsidRDefault="00AD3F4C" w:rsidP="00E87D0C">
-[...75 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="1FBED973" w14:textId="2EBDEC0D" w:rsidR="00FB3F3A" w:rsidRPr="00E87D0C" w:rsidRDefault="00FB3F3A" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="402C9A9F" w14:textId="77777777" w:rsidR="00AD3F4C" w:rsidRPr="00E87D0C" w:rsidRDefault="00AD3F4C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D46865D" w14:textId="77777777" w:rsidR="00AD3F4C" w:rsidRPr="00E87D0C" w:rsidRDefault="00AD3F4C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DF2DC16" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRDefault="00AD3F4C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E14B22A" w14:textId="04A8773C" w:rsidR="00AD3F4C" w:rsidRDefault="00AD3F4C" w:rsidP="00E87D0C">
+    <w:p w14:paraId="73CDB2C5" w14:textId="6476BA96" w:rsidR="00A9269F" w:rsidRDefault="00A9269F" w:rsidP="00A9269F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E87D0C">
+      <w:r w:rsidRPr="00A9269F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v12i24.333</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E14B22A" w14:textId="6752EFFD" w:rsidR="00AD3F4C" w:rsidRDefault="00AD3F4C" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CD06573" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C76D5F6" w14:textId="79D03237" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="4C76D5F6" w14:textId="79D03237" w:rsidR="009129CA" w:rsidRPr="00A9269F" w:rsidRDefault="009129CA" w:rsidP="00A9269F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00E87D0C">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A9269F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Competitividad de Cuerpos Académicos de las IES: Aplicación de la metodología participativa ECAES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05FB154A" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="05FB154A" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00A9269F" w:rsidRDefault="009129CA" w:rsidP="00A9269F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E87D0C">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A9269F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Competitiveness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>group</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>HEIs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Application</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ECAES </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>participatory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>methodology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C6C5FF9" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00A9269F" w:rsidRDefault="009129CA" w:rsidP="00A9269F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CDE07C1" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34AA8DC1" w14:textId="5A38B754" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -251,71 +444,71 @@
     </w:p>
     <w:p w14:paraId="0E0CE4BB" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Universidad Autónoma de Nayarit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FAF9594" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00E87D0C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="EE0000"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>nadia.espinoza@uan.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2E0A18B9" w14:textId="385F69B4" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00E87D0C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0002-5311-5253</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54632F66" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
@@ -341,78 +534,78 @@
     </w:p>
     <w:p w14:paraId="2CA7B3A4" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Universidad Autónoma de Nayarit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A37804" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00E87D0C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="EE0000"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>perla.carrillo@uan.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="723FF855" w14:textId="6945A405" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00E87D0C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0005-6986-416X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B26CEA4" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
@@ -440,78 +633,78 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk193798353"/>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Universidad Autónoma de Nayarit</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="235A4577" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00E87D0C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="EE0000"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>amada.saenz@uan.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5927AE4F" w14:textId="67429601" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00E87D0C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0001-5304-1311</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="053A86E4" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
@@ -537,51 +730,51 @@
     </w:p>
     <w:p w14:paraId="70805A42" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Universidad Autónoma de Nayarit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B31CBE6" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00E87D0C">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="EE0000"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>claudia.rodriguez@uan.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0067F8F2" w14:textId="31558C4E" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -593,769 +786,4182 @@
         <w:t>https://orcid.org/0000-0002-5488-4441</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BE78566" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28F84AE3" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BF5747E" w14:textId="7CDC42B6" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+    <w:p w14:paraId="5BF5747E" w14:textId="7CDC42B6" w:rsidR="009129CA" w:rsidRPr="00A9269F" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E87D0C">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A9269F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7282E8D3" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Los Cuerpos Académicos (CA) son una figura importante dentro de las Instituciones de Educación Superior (IES) porque permite que estas se vinculen con problemáticas de su contexto. Representan una oportunidad de resolver desafíos desde una visión de responsabilidad social universitaria (RSU): por ende, es necesario crear metodologías que permitan su valoración. La Metodología ECAES (evaluación de cuerpos académicos de la educación superior), fue diseñada desde un enfoque cualitativo participativo, que permite evaluar la competitividad de los cuerpos académicos desde la perspectiva de sus participantes. La ECAES se aplicó en la Universidad Autónoma de Nayarit con la participación de 23 CA. Los resultados mostraron que las principales problemáticas identificadas correspondieron a las categorías de resultados de la práctica de la investigación, productividad del investigador y gasto. Por el contrario, las percepciones más favorables se encontraron en las categorías pertinencia de la investigación, calidad de la investigación y productividad del investigador.  A partir de estos resultados se definieron nuevas líneas de investigación, entre ellas como lo son la vinculación efectiva de los C.A., su colegialidad, y el diseño de políticas públicas educativas que favorezcan el financiamiento, la </w:t>
+        <w:t xml:space="preserve">Los Cuerpos Académicos (CA) son una figura importante dentro de las Instituciones de Educación Superior (IES) porque permite que estas se vinculen con problemáticas de su contexto. Representan una oportunidad de resolver desafíos desde una visión de responsabilidad social universitaria (RSU): por ende, es necesario crear metodologías que permitan su valoración. La Metodología ECAES (evaluación de cuerpos académicos de la educación superior), fue diseñada desde un enfoque cualitativo participativo, que permite evaluar la competitividad de los cuerpos académicos desde la perspectiva de sus participantes. La ECAES se aplicó en la Universidad Autónoma de Nayarit con la participación de </w:t>
       </w:r>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">estabilidad laboral de los docentes investigadores y la consolidación de estos grupos. Así mismo, se destaca la necesidad de planificar la investigación a nivel institucional como función sustantiva orientada a generar impactos significativos en la sociedad desde una perspectiva de responsabilidad universitaria. Se concluyó que la metodología ECAES es un instrumento adecuado para la valoración cualitativa de la competitividad de cuerpos académicos y que puede ser utilizada como herramienta para la gestión de la investigación universitaria. </w:t>
+        <w:t xml:space="preserve">23 CA. Los resultados mostraron que las principales problemáticas identificadas correspondieron a las categorías de resultados de la práctica de la investigación, productividad del investigador y gasto. Por el contrario, las percepciones más favorables se encontraron en las categorías pertinencia de la investigación, calidad de la investigación y productividad del investigador.  A partir de estos resultados se definieron nuevas líneas de investigación, entre ellas como lo son la vinculación efectiva de los C.A., su colegialidad, y el diseño de políticas públicas educativas que favorezcan el financiamiento, la estabilidad laboral de los docentes investigadores y la consolidación de estos grupos. Así mismo, se destaca la necesidad de planificar la investigación a nivel institucional como función sustantiva orientada a generar impactos significativos en la sociedad desde una perspectiva de responsabilidad universitaria. Se concluyó que la metodología ECAES es un instrumento adecuado para la valoración cualitativa de la competitividad de cuerpos académicos y que puede ser utilizada como herramienta para la gestión de la investigación universitaria. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="232AEBCD" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1182AA7B" w14:textId="4C636387" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E87D0C">
+      <w:r w:rsidRPr="00A9269F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
       <w:r w:rsidR="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Competitividad, Cuerpos Académicos, Metodología participativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CD2ED26" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22E0BB0D" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+    <w:p w14:paraId="22E0BB0D" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00A9269F" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E87D0C">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A9269F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="227498F2" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E87D0C">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E87D0C">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>group</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (RG) are </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E87D0C">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>important</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> figure </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Higher </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E87D0C">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Institutions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>HEIs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>because</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E87D0C">
-[...4 lines deleted...]
-        <w:t>It was concluded that the ECAES methodology is a suitable instrument for the qualitative assessment of the competitiveness of research groups and can be used as a tool for managing university research.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>allow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>them</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>connect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>issues</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>context</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. They </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>represent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>opportunity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>solve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>challenges</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>university</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> social </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>responsibility</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (USR) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>perspective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>therefore</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>necessary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>create</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>methodologies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>allow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>assessment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">The ECAES </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Methodology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Evaluation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Higher</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Academic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Bodies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>designed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>using</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>participatory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>qualitative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>approach</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>allowing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>evaluation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>competitiveness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>groups</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>perspective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>participants</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>methodology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>applied</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Autonomous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nayarit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>participation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>group</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>results</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>showed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>main</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>problems</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>identified</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>were</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>related</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>categories</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>practice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>results</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>researcher</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>productivity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>expenditure</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>contrast</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>most</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> favorable </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>perceptions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>were</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>found</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>categories</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>relevance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>quality</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>researcher</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>productivity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Based</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>these</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>results</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, new </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lines</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>were</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>defined</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>including</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>effective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>engagement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>academic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>groups</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>collegiality</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>design</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>policies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>promote</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>funding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>job</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>security</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>faculty</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>researchers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>consolidation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>these</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>groups</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Likewise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>need</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>institutional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>level</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>highlighted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a substantive </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>function</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>aimed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>generating</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>significant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>impacts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>society</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>university</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>responsibility</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>perspective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>It</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>concluded</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ECAES </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>methodology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>suitable</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>instrument</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>qualitative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>assessment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>competitiveness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>groups</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and can be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>used</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>tool</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>managing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>university</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E1C50BB" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18F4A7D0" w14:textId="4EE64A6F" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E87D0C">
+      <w:r w:rsidRPr="00A9269F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Key </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E87D0C">
-[...16 lines deleted...]
-        <w:t>, Participatory Methodology.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Competitiveness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>groups</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Participatory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Methodology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CD692A7" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EDC2487" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E71FF39" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Fecha Recepción: Enero 2025                                                   Fecha Aceptación: Mayo 2025</w:t>
+        <w:t xml:space="preserve">Fecha Recepción: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025                                                   Fecha Aceptación: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Mayo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C31E9D8" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6658FFAD" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B568C02" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EC5046E" w14:textId="77777777" w:rsidR="009129CA" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+    <w:p w14:paraId="4EC5046E" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00A9269F" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E87D0C">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A9269F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EB86EAB" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7747E239" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">La investigación universitaria constituye una actividad sustantiva fundamental que permite a las universidades convertirse en semilleros de conocimientos. A través de las políticas financieras de educación, se han instaurado prácticas investigativas orientadas exclusivamente a grupos colegidos especializados, como los Cuerpos Académicos (C.A.). los cuales contribuyen significativamente a la construcción de conocimiento en diversas áreas. Es necesario que estos grupos sean evaluados no solo en términos de productividad; sino, también considerando su contribución social. </w:t>
+        <w:t xml:space="preserve">La investigación universitaria constituye una actividad sustantiva fundamental que permite a las universidades convertirse en semilleros de conocimientos. A través de las políticas financieras de educación, se han instaurado prácticas investigativas orientadas exclusivamente a grupos colegidos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">especializados, como los Cuerpos Académicos (C.A.). los cuales contribuyen significativamente a la construcción de conocimiento en diversas áreas. Es necesario que estos grupos sean evaluados no solo en términos de productividad; sino, también considerando su contribución social. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BBEA4FD" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BCC302F" w14:textId="2941D67B" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Como mencionan Romero, F.A., Alfo</w:t>
+        <w:t xml:space="preserve">Como mencionan Romero, F.A., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Alfo</w:t>
       </w:r>
       <w:r w:rsidR="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>¡”</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>¡</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, I</w:t>
+      </w:r>
+      <w:r w:rsidR="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> y Latorre, T. L. (2020), los indicadores utilizados con este propósito deben permitir evaluar el desempeño de los cuerpos académicos más allá de la simple obtención de datos cuantitativos, buscando caracterizar las formas en que su influencia se manifiesta. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="636176B4" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D13CC81" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Según Lara, L., Sánchez, L., y Pérez, C.  (2017), “la investigación es un proceso central de la universidad, está orientada a ampliar los conocimientos teóricos y dar solución a problemas prácticos, no es posible concebir una universidad sin investigación” (p.35). En consecuencia, la posibilidad que tienen las universidades de ser proactivas en la solución de problemáticas contextuales, refuerza la importancia de los cuerpos académicos en este escenario. Como menciona Baena (2014), “El trabajo científico es una práctica social” (p. 8), por lo tanto, la colegialidad se convierte en un elemento esencial  para que los cuerpos académicos contribuyan de forma significativa. </w:t>
+        <w:t xml:space="preserve">Según Lara, L., Sánchez, L., y Pérez, C.  (2017), “la investigación es un proceso central de la universidad, está orientada a ampliar los conocimientos teóricos y dar solución a problemas prácticos, no es posible concebir una universidad sin investigación” (p.35). En consecuencia, la posibilidad que tienen las universidades de ser proactivas en la solución de problemáticas contextuales, refuerza la importancia de los cuerpos académicos en este escenario. Como menciona Baena (2014), “El trabajo científico es una práctica social” (p. 8), por lo tanto, la colegialidad se convierte en un elemento </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>esencial  para</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que los cuerpos académicos contribuyan de forma significativa. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B994707" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7246D366" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">La investigación desarrollada por los cuerpos académicos genera oportunidades para contribuir socialmente desde los espacios universitarios. En consecuencia, resulta necesario revisar el estado actual de la producción de conocimiento y los impactos que este tiene en el contexto. Este articulo presenta los resultados de la aplicación de una nueva metodología que busca involucrar a los propios actores de investigación en la identificación y análisis de los impactos sociales generados por su labor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2228D3A3" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="134BD721" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+    <w:p w14:paraId="134BD721" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00A9269F" w:rsidRDefault="009129CA" w:rsidP="00A9269F">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Cuerpos Académicos en la educación Superior.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF749B7" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E87D0C">
+    </w:p>
+    <w:p w14:paraId="1D7A3953" w14:textId="492AEDF2" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>La investigación realizada por grupos colegiados dentro de las universidades representa una mayor capacidad académica para la generación y aplicación de conocimiento (Ordorika, I., Rodríguez, R., Lozano, F., y Márquez, A., 2009). En México, esta actividad es considerada vital, ya que constituye una función sustantiva de las universidades públicas. Una de las figuras más importantes dentro de estos grupos colegiados, es la de los llamados Cuerpos Académicos (C.A.), los cuales, se identifican como actores con potencial para contribuir a la innovación tecnológica con impacto productivo (García, R.,2017).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F5F3D3" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Un C.A. se define como un grupo de profesores de tiempo completo que comparten Líneas de Generación o Aplicación Innovadora del Conocimiento (LGAC), ya sea en investigación o estudio, en temas disciplinares o multidisciplinares, así como un conjunto de objetivos y metas académicas. Adicionalmente sus integrantes atienden los Programas Educativos (PE) en varios niveles, con el fin de cumplir cabalmente las funciones institucionales (SEP, 2021, p. 4).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A97DB38" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EC1A6AB" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para la conformación de un C.A., es necesario que sus integrantes sean profesores de tiempo completo reconocidos por el Programa para el Desarrollo Profesional Docente (PRODEP) y que definan líneas de investigación o aplicación que estructuren un cuerpo temático común. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7623D837" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="582ABDF9" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Como parte de su proceso de formación, los C.A. atraviesan diversas etapas hasta alcanzar su consolidación. Para ello, es fundamental fortalecer la colaboración entre sus miembros, de manera que la investigación que desarrollan logre incidir significativamente en la resolución de problemas concretos. No obstante, Sin embargo, autores como Abramo, Cicero y D’Angelo (2012), señalan que en la investigación en educación superior predomina la “ventaja acumulativa”, es decir, una tendencia en la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">que los científicos mantienen su reconocimiento principalmente por las políticas de financiamiento que permiten la alta productividad. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC6ED5E" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C8D2F47" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arechavala y Sánchez (2017), destacan que la universidad debe desarrollar capacidades de investigación que transformen la visión docente, con el fin </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>de  renegociar</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el contrato social con la economía y la sociedad. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asimismo,  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>Dáher</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>, Panunzio y Hernández (2018</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>)  señalan</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la necesidad de contar con indicadores que valoren efectivamente la acción investigativa y su impacto en el desarrollo económico, social y político de una región. Esto implica establecer formas de evaluación orientadas específicamente a las prácticas investigativas de los C.A. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F5B81A6" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44898263" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En este contexto, valorar el trabajo de los C.A. constituye una oportunidad fundamental para que las universidades identifiquen el alcance y la profundidad con la que estos grupos inciden en su entorno y en sus actores.  Esta valoración permitirá avanzar en estrategias dirigidas a la creación de un programa de gestión de la investigación que favorezca el crecimiento y consolidación de los C.A. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A5BFBEF" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65DCF635" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00A9269F" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:eastAsia="es-MX"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A9269F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:eastAsia="es-MX"/>
-[...185 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Metodología</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="402E3EC5" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E87D0C">
-[...17 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="68DE4F28" w14:textId="5DCDEDF2" w:rsidR="009129CA" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>La investigación se desarrolló bajo un enfoque cualitativo de corte participativo, cuyo propósito fue comprender las percepciones de los cuerpos académicos (C.A.) respecto a su competitividad, desde sus propias trayectorias y experiencias situadas. El enfoque cualitativo resulta adecuado cuando se busca interpretar significados desde la perspectiva de los actores sociales (Denzin &amp; Lincoln, 2018), mientras que la metodología participativa permite involucrar activamente a los sujetos en la generación del conocimiento, reconociendo su rol como co-investigadores del proceso (Creswell &amp; Poth, 2021; Fals Borda, 2020).</w:t>
+        <w:t xml:space="preserve">La investigación se desarrolló bajo un enfoque cualitativo de corte participativo, cuyo propósito fue comprender las percepciones de los cuerpos académicos (C.A.) respecto a su competitividad, desde sus propias trayectorias y experiencias situadas. El enfoque cualitativo resulta adecuado cuando se busca interpretar significados desde la perspectiva de los actores sociales (Denzin &amp; Lincoln, 2018), mientras que la metodología participativa permite involucrar activamente a los sujetos en la generación del conocimiento, reconociendo su rol como </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>co-investigadores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del proceso (Creswell &amp; Poth, 2021; Fals Borda, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33F0ADBF" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="338F8DB2" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>La categoría central que orientó el estudio fue “Competitividad de las instituciones de educación superior basada en la investigación de los cuerpos académicos”, operacionalizada en ocho subcategorías analíticas:</w:t>
       </w:r>
@@ -1528,100 +5134,115 @@
         </w:rPr>
         <w:t>Agentes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27832926" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DCE5AD6" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Estas subcategorías emergieron de una revisión teórica e institucional y fueron validadas con expertos en evaluación de la educación superior. A partir de ellas, se diseñó la Metodología ECAES (Evaluación de Cuerpos Académicos de la Educación Superior), una herramienta diagnóstica que permite valorar la competitividad de los cuerpos académicos desde una perspectiva cualitativa, participativa y contextualizada (Benhumea, Arriaga &amp; Velazco, 2020; Cruz, 2023).</w:t>
+        <w:t>Estas subcategorías emergieron de una revisión teórica e institucional y fueron validadas con expertos en evaluación de la educación superior. A partir de ellas, se diseñó la Metodología ECAES (Evaluación de Cuerpos Académicos de la Educación Superior), una herramienta diagnóstica que permite valorar la competitividad de los cuerpos académicos desde una perspectiva cualitativa, participativa y contextualizada (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Benhumea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, Arriaga &amp; Velazco, 2020; Cruz, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="207FC140" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60257151" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Técnicas de recolección de datos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17790BB1" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19C241EC" w14:textId="77777777" w:rsidR="009129CA" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Para la recolección de datos se emplearon las siguientes técnicas cualitativas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CC4819F" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C67AC30" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
@@ -1956,98 +5577,98 @@
         </w:rPr>
         <w:t>La metodología ECAES fue sometida a un proceso de validación que incluyó una prueba piloto con tres cuerpos académicos no considerados en la muestra final, así como la revisión por expertos en investigación educativa y evaluación institucional, quienes valoraron la pertinencia conceptual, la claridad de las categorías y la aplicabilidad de los instrumentos. Posteriormente, se realizó una aplicación completa en la UAN, cuyos resultados permitieron ajustes metodológicos y conceptuales. Aunque su implementación ha sido local hasta ahora, la ECAES se concibe como una herramienta transferible y adaptable a otros contextos institucionales, siempre que se acompañe de procesos participativos y consensuados que atiendan las particularidades de cada institución (Sánchez et al., 2024).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="615B6A7D" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B112A46" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Como estrategia de síntesis, se construyó un Semáforo de Competitividad de los Cuerpos Académicos como se muestra en la figura 1, la cual permite visualizar de forma clara y dinámica los niveles de desarrollo alcanzados en cada una de las subcategorías. Esta representación facilita el análisis colectivo, la identificación de prioridades y la toma de decisiones institucionales, alineadas a los principios de mejora continua.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C8F8710" w14:textId="77777777" w:rsidR="009129CA" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="699F26A7" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6058E98D" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="193D3D2B" w14:textId="4A2A479F" w:rsidR="009129CA" w:rsidRDefault="009129CA" w:rsidP="00716BC5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura 1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Semáforo de competitividad de cuerpos académicos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="221B9BE2" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D60519E" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
@@ -2058,51 +5679,51 @@
           <w:iCs/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:noProof/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="271B2DD9" wp14:editId="58BAB14D">
             <wp:extent cx="4572000" cy="2144221"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="272" name="image75.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image75.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId14"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4572000" cy="2144221"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="532800AD" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00716BC5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2199,51 +5820,65 @@
         </w:rPr>
         <w:t>Resultados generales</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1053EBB7" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E869488" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">De acuerdo con la tabla 1, 14 de los cuerpos académicos evaluados se clasificaron como competitivos, seis presentaron elementos de competitividad aunque con limitaciones, y los tres restantes fueron considerados como no competitivos. </w:t>
+        <w:t xml:space="preserve">De acuerdo con la tabla 1, 14 de los cuerpos académicos evaluados se clasificaron como competitivos, seis presentaron elementos de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>competitividad</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aunque con limitaciones, y los tres restantes fueron considerados como no competitivos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BFD296F" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03FF5966" w14:textId="41FA34CE" w:rsidR="009129CA" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
@@ -2603,50 +6238,51 @@
       <w:tr w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w14:paraId="1D7862DA" w14:textId="77777777" w:rsidTr="000E42D8">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AF1BB57" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E87D0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>C.A. 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46ACAD21" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E87D0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
@@ -3082,51 +6718,50 @@
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E85936C" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E87D0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>C.A. 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="257570AD" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E87D0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
@@ -4854,51 +8489,141 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6147F151" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2001A58A" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E3871CB" w14:textId="77777777" w:rsidR="009129CA" w:rsidRDefault="009129CA" w:rsidP="00716BC5">
+    <w:p w14:paraId="1F738B0A" w14:textId="77777777" w:rsidR="00A9269F" w:rsidRDefault="00A9269F" w:rsidP="00716BC5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40229956" w14:textId="77777777" w:rsidR="00A9269F" w:rsidRDefault="00A9269F" w:rsidP="00716BC5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53B074A0" w14:textId="77777777" w:rsidR="00A9269F" w:rsidRDefault="00A9269F" w:rsidP="00716BC5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78B9F1E1" w14:textId="77777777" w:rsidR="00A9269F" w:rsidRDefault="00A9269F" w:rsidP="00716BC5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4827FB5A" w14:textId="77777777" w:rsidR="00A9269F" w:rsidRDefault="00A9269F" w:rsidP="00716BC5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E07007C" w14:textId="77777777" w:rsidR="00A9269F" w:rsidRDefault="00A9269F" w:rsidP="00716BC5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CCBFEE4" w14:textId="77777777" w:rsidR="00A9269F" w:rsidRDefault="00A9269F" w:rsidP="00716BC5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C053081" w14:textId="77777777" w:rsidR="00A9269F" w:rsidRDefault="00A9269F" w:rsidP="00716BC5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="603DBBED" w14:textId="77777777" w:rsidR="00A9269F" w:rsidRDefault="00A9269F" w:rsidP="00716BC5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E3871CB" w14:textId="0E229869" w:rsidR="009129CA" w:rsidRDefault="009129CA" w:rsidP="00716BC5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia (2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DA14755" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
@@ -6180,50 +9905,51 @@
       <w:tr w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w14:paraId="545A6863" w14:textId="77777777" w:rsidTr="000E42D8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F5891E8" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E87D0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>C.A. 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="389" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
           </w:tcPr>
           <w:p w14:paraId="53E2340B" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
@@ -7812,51 +11538,50 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w14:paraId="7FCD7724" w14:textId="77777777" w:rsidTr="000E42D8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4757" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B90C2F0" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E87D0C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">C.A. 15 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="389" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
           </w:tcPr>
           <w:p w14:paraId="4B932AE2" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
@@ -9658,50 +13383,51 @@
     </w:p>
     <w:p w14:paraId="1A6F1EB0" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33F909B6" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Una fortaleza destacada es que la mayoría de los trabajos de investigación buscan generar un impacto social. No obstante, se identifican vacíos normativos a nivel institucional que dificultan el desarrollo de nuevas iniciativas y líneas de investigación. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73F65D0C" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D5C9A52" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9712,51 +13438,50 @@
     </w:p>
     <w:p w14:paraId="74990EE2" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EDCDECD" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>3. Calidad de la investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A5C2B1F" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CEF3D7E" w14:textId="530A7261" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9956,50 +13681,51 @@
     </w:p>
     <w:p w14:paraId="1A329D69" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22CD8450" w14:textId="00289ADE" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Se observa que los informes no hacen mención </w:t>
       </w:r>
       <w:r w:rsidR="00716BC5" w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>explícita</w:t>
       </w:r>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la actualización en temas de investigación. Esto podría interpretarse como una integración implícita de la formación investigativa dentro de la profesionalización en el área disciplinar, la cual contempla, entre otras, competencias metodológicas y analíticas necesarias para el ejercicio de la investigación. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4159A942" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
@@ -10024,59 +13750,51 @@
     </w:p>
     <w:p w14:paraId="6BFAAE56" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AFEFF13" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">En esta categoría se identificó como una oportunidad la existencia de espacio institucionales destinados a la capacitación docente en diversas modalidades. En este sentido, los C.A. interpretan la formación de </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">investigadores como una necesidad que puede ser atendida aprovechando los recursos y programas ya disponibles en la institución. </w:t>
+        <w:t xml:space="preserve">En esta categoría se identificó como una oportunidad la existencia de espacio institucionales destinados a la capacitación docente en diversas modalidades. En este sentido, los C.A. interpretan la formación de investigadores como una necesidad que puede ser atendida aprovechando los recursos y programas ya disponibles en la institución. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="738C29AE" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6327F7BD" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
@@ -10351,50 +14069,51 @@
     </w:p>
     <w:p w14:paraId="280F95CF" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78F2E0F1" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Con base en lo anterior, se identificó un nuevo indicador en esta categoría: la gestión del financiamiento a nivel institucional. Este fue percibido como una amenaza debido a la lentitud en los procesos para ejercer recurso dentro de la universidad. No obstante, también se reconoció una oportunidad en la posible revisión y mejora de los procesos académico – administrativos por parte de la Secretaría de Investigación y Posgrado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18AC66FA" w14:textId="77777777" w:rsidR="009129CA" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7620C402" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14480162" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
@@ -10408,51 +14127,50 @@
     </w:p>
     <w:p w14:paraId="5BA99207" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28F74E2D" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>8. Agentes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="327EE785" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4984A49E" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -10512,105 +14230,141 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Se han identificado convenios de colaboración con la industria, así como con gobiernos municipales y estatales, lo que representa una posibilidad para fortalecer su difusión y aprovechamiento.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CDC803C" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se mantienen alianzas con organizaciones de distintos niveles, lo que amplia el potencial de interacción y cooperación. </w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">Se mantienen alianzas con organizaciones de distintos niveles, lo que </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>amplia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E87D0C">
+        <w:t xml:space="preserve"> el potencial de interacción y cooperación. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7230498C" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Las actividades realizadas con agentes incluyen la capacitación técnica, la formación de nuevos actores, la celebración de convenios, la prestación de asesorías, la solución de problemas específicos y la elasboración de productos académicos.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4463EF8F" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41827233" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="48EA2368" w14:textId="77777777" w:rsidR="009129CA" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Las actividades realizadas con agentes incluyen la capacitación técnica, la formación de nuevos actores, la celebración de convenios, la prestación de asesorías, la solución de problemas específicos y la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>elasboración</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de productos académicos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4463EF8F" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48EA2368" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00A9269F" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E87D0C">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A9269F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1661EE2A" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="595D1A2E" w14:textId="189B3C38" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
@@ -10632,106 +14386,114 @@
         <w:t xml:space="preserve"> (2024), “las IES enfrentan varios desafíos, incluidos la falta de financiamiento adecuado, la presión para publicar y la necesidad de equilibrar la investigación con la enseñanza” (p.198). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63C248E6" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F7398DD" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>La categoría “el investigador como actor institucional” trasciende los parámetros  que proponen los indicadores bibliométricos. Como señalan Fernández, C.A., López, P.A. y Gómez, A. M. (2020), la medición del impacto de las investigaciones científicas realizadas en proyectos de I+D+i, constituye un tema emergente, que genera la necesidad de estandarizar criterios para prever, diseñar y evaluar sus resultados a corto, mediano y largo plazo (p.51).</w:t>
+        <w:t xml:space="preserve">La categoría “el investigador como actor institucional” trasciende los </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>parámetros  que</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> proponen los indicadores bibliométricos. Como señalan Fernández, C.A., López, P.A. y Gómez, A. M. (2020), la medición del impacto de las investigaciones científicas realizadas en proyectos de I+D+i, constituye un tema emergente, que genera la necesidad de estandarizar criterios para prever, diseñar y evaluar sus resultados a corto, mediano y largo plazo (p.51).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00BC330D" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EFF2841" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Como menciona Flecha (2017), “el impacto social se da cuando el conocimiento científico que ha sido producido, publicado, y transferido a la sociedad y a sus instituciones tiene un efecto positivo sobre el cambio de las mismas” (p.487). Por ello, se debe enfatizar que el trabajo investigativo debe propiciar un reconocimiento crítico del entorno y generar iniciativa orientadas a su transformación. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DB817BD" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A736F9A" w14:textId="3ABDF26E" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">La categoría agente, se incorpora como un eje fundamental para la evaluación de la investigación, bajo el marco del modelo de la triple hélice, el cual propone relaciones múltiples y recíprocas entre tres sectores clave: gobierno, universidad e industria. Este modelo plantea que dichas esferas pueden asumir funciones complementarias a través del liderazgo en acciones públicas concretas en respuesta a los intereses comunes (Beltrán y Lagarda, 2015). Como señala Rochin, F. (2024), “la investigación universitaria desempeña un papel fundamental en el avance del conocimiento, la innovación y el </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">desarrollo socioeconómico” (p.9). En este sentido la investigación desarrollada desde las universidades debe orientarse a objetivos con impacto social. </w:t>
+        <w:t xml:space="preserve">La categoría agente, se incorpora como un eje fundamental para la evaluación de la investigación, bajo el marco del modelo de la triple hélice, el cual propone relaciones múltiples y recíprocas entre tres sectores clave: gobierno, universidad e industria. Este modelo plantea que dichas esferas pueden asumir funciones complementarias a través del liderazgo en acciones públicas concretas en respuesta a los intereses comunes (Beltrán y Lagarda, 2015). Como señala Rochin, F. (2024), “la investigación universitaria desempeña un papel fundamental en el avance del conocimiento, la innovación y el desarrollo socioeconómico” (p.9). En este sentido la investigación desarrollada desde las universidades debe orientarse a objetivos con impacto social. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="098D146E" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04557D42" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Durante la aplicación de la metodología, se identificaron múltiples relaciones con la industria, gobierno y otras institucionales de educación superior del país, lo que constata la importancia del trabajo con agentes externos y evidencia la capacidad de los C.A. para establecer colaboraciones estratégicas.</w:t>
       </w:r>
@@ -10788,89 +14550,117 @@
         </w:rPr>
         <w:t>2019, p. 186).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15D7D27A" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13B25070" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">En este contexto Vences y Flores (2017), afirman que se debe superar “el individualismo del profesorado y la concepción mecanicista de los centros educativos y de las estructuras institucionales, a fin de propiciar actitudes colaborativas y modalidades de organización  flexibles” (p.9). Por su parte </w:t>
+        <w:t xml:space="preserve">En este contexto Vences y Flores (2017), afirman que se debe superar “el individualismo del profesorado y la concepción mecanicista de los centros educativos y de las estructuras institucionales, a fin de propiciar actitudes colaborativas y modalidades de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>organización  flexibles</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” (p.9). Por su parte </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Hlk196922997"/>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Cruz, G. (2023), argumenta que </w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">es posible mantener un equilibrio entre el trabajo individual y el colaborativo, siempre que existan mecanismos institucionales que faciliten la articulación entre ambos enfoques, ya que pueden complementarse mutuamente. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AC4A26B" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2497B286" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Por ello, es fundamental recordar que el principal activo de las instituciones de educación superior es el conocimiento, el cual debe orientarse al mejoramiento de las condiciones sociales de bienestar. Como señala Benhumea, Arriaga y Velazco, </w:t>
+        <w:t xml:space="preserve">Por ello, es fundamental recordar que el principal activo de las instituciones de educación superior es el conocimiento, el cual debe orientarse al mejoramiento de las condiciones sociales de bienestar. Como señala </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Benhumea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E87D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Arriaga y Velazco, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AA87560" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(2020) a través del conocimiento es posible dar respuesta a los problemas que afectan tanto a las personas como a su entorno y a los propios procesos de producción del saber.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BABD4A4" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
@@ -10909,126 +14699,130 @@
         <w:t>Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FCBC639" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37804104" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Si bien la metodología ECAES está diseñada para ser aplicada en cualquiera institución de educación superior (IES), es necesario contar con una base normativa que permita el trabajar directamente con los cuerpos académicos. No basta con que exista la figura formalmente reconocida; también se requiere un plan de trabajo que los integre, de modo que la metodología pueda asumirse como una estrategia válida para al diagnóstico institucional. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E4AF4CB" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C9DEE62" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">La participación en esta metodología es voluntaria, aunque se espera que los cuerpos académicos reconozcan su importancia. Para lograrlo es indispensable implementar una campaña de sensibilización previa y establecer una comunicación efectiva entre la administración central y los cuerpos académicos, ya que, de lo contrario, la participación podría ser limitada. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41CEE8E3" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39C92AA7" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>La metodología ECAES contribuye a la evaluación de la investigación realizada por los cuerpos académicos, aunque su alcance de limita al diagnóstico. La intervención posterior o la toma de decisiones dependerá de los fines específicos que se planteen en cada aplicación. La utilidad principal de esta metodología radica en identificar espacios de intervención que permita diseñar estrategias institucionales para consolidar el trabajo de estos grupos colegiados.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75760881" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C3133C6" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+    <w:p w14:paraId="4C3133C6" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00A9269F" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E87D0C">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A9269F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Futuras líneas de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="169C16F6" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D29A1A6" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00386EF7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
@@ -11115,126 +14909,134 @@
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Planificación de la investigación a nivel institucional como función sustantiva prioritaria, con énfasis en su responsabilidad social e impacto transformador de la comunidad. </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_heading=h.1ci93xb"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="3322B9A1" w14:textId="77777777" w:rsidR="009129CA" w:rsidRPr="00E87D0C" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56381B78" w14:textId="77777777" w:rsidR="009129CA" w:rsidRDefault="009129CA" w:rsidP="00E87D0C">
+    <w:p w14:paraId="56381B78" w14:textId="77777777" w:rsidR="009129CA" w:rsidRDefault="009129CA" w:rsidP="00A9269F">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E87D0C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33858BAB" w14:textId="77777777" w:rsidR="00E87D0C" w:rsidRPr="00E87D0C" w:rsidRDefault="00E87D0C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A0F8CA9" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Abramo, G., Cicero, T., &amp; D’Angelo, C. (2012). ¿Cómo define y mide la productividad de la investigación? </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Scientometrics, 101</w:t>
+        <w:t>Scientometrics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>, 101</w:t>
       </w:r>
       <w:r>
         <w:t>(2), 1129–1144.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08984F6F" w14:textId="71942614" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Arechavala, R., &amp; Sánchez, C. (2017). Las universidades públicas mexicanas: los retos de las transformaciones institucionales hacia la investigación y la transferencia de conocimiento. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista de Educación Superior, 46</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(184), 21–37. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId15" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://doi.org/10.1016/j.resu.2017.09.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="562C1A68" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Asociación Nacional de Universidades e Instituciones de Educación Superior. (2018). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Visión y acción 2030: Propuesta de la ANUIES para renovar la educación superior en México</w:t>
       </w:r>
@@ -11266,592 +15068,1150 @@
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Beltrán, A., &amp; Lagarda, E. (2015). Propuesta de un modelo de vinculación para una universidad basada en la triple hélice. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista Global de Negocios, 3</w:t>
       </w:r>
       <w:r>
         <w:t>(06), 45–62.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FEE2F41" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t xml:space="preserve">Benhumea, C., Arriaga, J., &amp; Velasco, J. (2020). ¿Promover el desarrollo humano en la universidad? El caso de la Universidad Autónoma del Estado de México y su modelo de Innovación Curricular. </w:t>
+        <w:t>Benhumea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, C., Arriaga, J., &amp; Velasco, J. (2020). ¿Promover el desarrollo humano en la universidad? El caso de la Universidad Autónoma del Estado de México y su modelo de Innovación </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Curricular. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista de Educación Superior, 49</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, 21–37. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId16" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://doi.org/10.36857/resu.2020.196.1405</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7F97ACC6" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Carreto, F., Ramírez, A., &amp; Platas, F. (2019). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>La Red de Cuerpos Académicos en Investigación Educativa, un espacio de convergencia para las IES en la sociedad del conocimiento</w:t>
       </w:r>
       <w:r>
-        <w:t>. RedCA-UAEM.</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>RedCA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>-UAEM.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78CC11CD" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Creswell, J. W., &amp; Poth, C. N. (2021). </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Qualitative inquiry and research design: Choosing among five approaches</w:t>
-      </w:r>
+        <w:t>Qualitative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>inquiry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>design</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Choosing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>among</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>five</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>approaches</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (4th ed.). Sage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47D3D8A3" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Cruz, G. (2023). Trazos para el COMIE del futuro desde el presente: Retos y tensiones para la investigación educativa. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista Mexicana de Investigación Educativa, 28</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(99), 1293–1300. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId17" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://www.scielo.org.mx/pdf/rmie/v28n99/1405-6666-rmie-28-99-1293.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="252AC619" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Dáher, J., Panunzio, A., &amp; Hernández, M. (2018). La investigación científica: una función universitaria a considerar en el contexto ecuatoriano. </w:t>
+        <w:t>Dáher</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, J., Panunzio, A., &amp; Hernández, M. (2018). La investigación científica: una función universitaria a considerar en el contexto ecuatoriano. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista EDUMECENTRO, 10</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(4), 1–14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId18" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>http://scielo.sld.cu/pdf/edu/v10n4/edu11418.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="74FE8199" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Denzin, N. K., &amp; Lincoln, Y. S. (2018). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>The SAGE handbook of qualitative research</w:t>
-      </w:r>
+        <w:t xml:space="preserve">The SAGE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>handbook</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>qualitative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (5th ed.). Sage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62BEC696" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Fernández, C. A., López, P. A., &amp; Gómez, A. M. (2020). Sistema de indicadores para prever, diseñar y medir el impacto de los proyectos de investigación. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista Ingeniería Agrícola, 10</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(2). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId19" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://www.redalyc.org/journal/5862/586263256008/html/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4BD55A02" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Flecha, R. (2017). Evaluación del impacto social de la investigación. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista de Fomento Social, 73</w:t>
       </w:r>
       <w:r>
         <w:t>, 485–502. https://repositorio.uloyola.es/bitstream/handle/20.500.12412/3578/jfperez%</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52EADFAF" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Flores Galicia, M., &amp; Surdez Pérez, E. (2019). Los Cuerpos Académicos en México: Revisión de literatura. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista Educación y Ciencia, 8</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(52), 77–86. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId20" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>http://educacionyciencia.org/index.php/educacionyciencia/article/view/511/pdf_97</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="17941811" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">García, R. (2017). Patentamiento universitario e innovación en México, país en desarrollo: Teoría y política. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista Educación Superior, 46</w:t>
       </w:r>
       <w:r>
         <w:t>(104), 76–96.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="276BEF56" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Hall, B. L. (2021). Participatory research: An approach for change. </w:t>
+        <w:t xml:space="preserve">Hall, B. L. (2021). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Participatory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>An</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>approach</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>change</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Canadian Journal of Action Research, 22</w:t>
+        <w:t xml:space="preserve">Canadian </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Action</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>, 22</w:t>
       </w:r>
       <w:r>
         <w:t>(1), 30–42.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72C981B1" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Lara, L., Sánchez, L., &amp; Pérez, C. (2017). Evaluación del impacto social de las investigaciones educativas. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista Cooperación, 13</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, 35–44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId21" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://revistadecooperacion.com/numero13/013-04.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="37816022" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Merriam, S. B., &amp; Tisdell, E. J. (2016). </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Qualitative research: A guide to design and implementation</w:t>
-      </w:r>
+        <w:t>Qualitative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: A guide </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>design</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>implementation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (4th ed.). Jossey-Bass.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7951C380" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Nowell, L. S., Norris, J. M., White, D. E., &amp; Moules, N. J. (2017). Thematic analysis: Striving to meet the trustworthiness criteria. </w:t>
+        <w:t xml:space="preserve">Nowell, L. S., Norris, J. M., White, D. E., &amp; Moules, N. J. (2017). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Thematic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>analysis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Striving</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>meet</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trustworthiness</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>criteria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>International Journal of Qualitative Methods, 16</w:t>
+        <w:t xml:space="preserve">International </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Qualitative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>Methods</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>, 16</w:t>
       </w:r>
       <w:r>
         <w:t>(1). https://doi.org/10.1177/1609406917733847</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50C60CD2" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ordorika, I., Rodríguez, R., Lozano, F., &amp; Márquez, A. (2009). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Desempeño de universidades mexicanas en la función de investigación: Estudio comparativo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (1.ª ed., Vol. 2). Universidad Nacional Autónoma de México.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58E6AFED" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Patton, M. Q. (2015). </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Qualitative research and evaluation methods</w:t>
-      </w:r>
+        <w:t>Qualitative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>evaluation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:t>methods</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> (4th ed.). Sage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24F7F68F" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Rochin, F. (2024). El papel de la investigación en la Universidad Autónoma de Zacatecas para elevar los indicadores de calidad durante el periodo 2021–2024. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista Iberoamericana para la Investigación y Desarrollo Educativo, 15</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, 1–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId22" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://doi.org/10.23913/ride.v15i29.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="57BA8F29" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Romero, F. A., Alfonso, I., &amp; Latorre, T. L. (2020). Indicadores de gestión para medir el desempeño del proceso de investigación en las universidades ecuatorianas. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista Conrado</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId23" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S1990-86442020000400334</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2B12EF1D" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Sánchez, L., Cárdenas, L., Paltín, M., &amp; Contreras, S. (2024). El rol de la investigación en la Educación Superior. </w:t>
+        <w:t xml:space="preserve">Sánchez, L., Cárdenas, L., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Paltín</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, M., &amp; Contreras, S. (2024). El rol de la investigación en la Educación Superior. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista RECIAMUC.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> https://doi.org/10.26820/reciamuc/8</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="106BEF80" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Secretaría de Educación Pública. (2021, julio 15). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Reglas de operación e indicadores del Programa de Mejoramiento del Profesorado (PROMEP)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId24" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://sep.gob.mx/work/models/sep1/Resource/7aa2c3ff-aab8-479f-ad93-db49d0a1108a/a453.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="17CFAB50" w14:textId="77777777" w:rsidR="003F26E7" w:rsidRDefault="003F26E7" w:rsidP="003F26E7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vences, A., &amp; Flores, I. (2017). La consolidación de los cuerpos académicos. Un análisis de los factores que intervienen en su evolución. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Congreso Nacional de Investigación Educativa (COMIE), México.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId25" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://www.comie.org.mx/congreso/memoriaelectronica/v14/doc/0657.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="73429AF8" w14:textId="7B03FAA0" w:rsidR="00AD3F4C" w:rsidRPr="00E87D0C" w:rsidRDefault="00AD3F4C" w:rsidP="00E87D0C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6330"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AD3F4C" w:rsidRPr="00E87D0C" w:rsidSect="00E87D0C">
+      <w:headerReference w:type="default" r:id="rId26"/>
       <w:footerReference w:type="default" r:id="rId27"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1041" w:bottom="1417" w:left="1276" w:header="680" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63EE7B2F" w14:textId="77777777" w:rsidR="00E66A9E" w:rsidRDefault="00E66A9E" w:rsidP="00AD3F4C">
+    <w:p w14:paraId="736C6993" w14:textId="77777777" w:rsidR="00F734EE" w:rsidRDefault="00F734EE" w:rsidP="00AD3F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3221203D" w14:textId="77777777" w:rsidR="00E66A9E" w:rsidRDefault="00E66A9E" w:rsidP="00AD3F4C">
+    <w:p w14:paraId="2A740917" w14:textId="77777777" w:rsidR="00F734EE" w:rsidRDefault="00F734EE" w:rsidP="00AD3F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -11926,86 +16286,181 @@
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">, Núm. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>24</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
-      <w:t>Julio – Diciembre 2025</w:t>
+      <w:t xml:space="preserve">Julio – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                        ISSN: 2448 – 6280</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70627AB6" w14:textId="77777777" w:rsidR="00E66A9E" w:rsidRDefault="00E66A9E" w:rsidP="00AD3F4C">
+    <w:p w14:paraId="563E3835" w14:textId="77777777" w:rsidR="00F734EE" w:rsidRDefault="00F734EE" w:rsidP="00AD3F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67A274A4" w14:textId="77777777" w:rsidR="00E66A9E" w:rsidRDefault="00E66A9E" w:rsidP="00AD3F4C">
+    <w:p w14:paraId="74F80CA4" w14:textId="77777777" w:rsidR="00F734EE" w:rsidRDefault="00F734EE" w:rsidP="00AD3F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="534B8EDB" w14:textId="05A3BA38" w:rsidR="00A9269F" w:rsidRDefault="00A9269F">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00E87D0C">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:noProof/>
+        <w:lang w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="752BB73B" wp14:editId="1B6D09FE">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>647700</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-477519</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7762875" cy="944880"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="7620"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1497151469" name="Imagen 4"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 13"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7762875" cy="944880"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05582864"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8BEFD7E"/>
     <w:lvl w:ilvl="0" w:tplc="60806686">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -14041,109 +18496,113 @@
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1057971958">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="36663696">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1817255367">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1101335030">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="725644232">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1094590571">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A724B0"/>
     <w:rsid w:val="00084408"/>
     <w:rsid w:val="00134351"/>
     <w:rsid w:val="00284765"/>
     <w:rsid w:val="00326F3B"/>
     <w:rsid w:val="00361A4E"/>
     <w:rsid w:val="00386EF7"/>
     <w:rsid w:val="003F26E7"/>
     <w:rsid w:val="00402192"/>
     <w:rsid w:val="004903BB"/>
     <w:rsid w:val="004916D8"/>
     <w:rsid w:val="00557262"/>
     <w:rsid w:val="00567ED5"/>
     <w:rsid w:val="00585958"/>
     <w:rsid w:val="005E6E08"/>
     <w:rsid w:val="0064338F"/>
     <w:rsid w:val="00716BC5"/>
     <w:rsid w:val="00716EE4"/>
     <w:rsid w:val="00753C17"/>
     <w:rsid w:val="007C4380"/>
     <w:rsid w:val="008901AD"/>
     <w:rsid w:val="008C68B1"/>
     <w:rsid w:val="009129CA"/>
     <w:rsid w:val="00930F80"/>
     <w:rsid w:val="00936873"/>
     <w:rsid w:val="00960259"/>
     <w:rsid w:val="00A724B0"/>
+    <w:rsid w:val="00A9269F"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00A95075"/>
     <w:rsid w:val="00AD3F4C"/>
     <w:rsid w:val="00B0444E"/>
     <w:rsid w:val="00B40C40"/>
     <w:rsid w:val="00B555B4"/>
     <w:rsid w:val="00CD496E"/>
     <w:rsid w:val="00D963D2"/>
     <w:rsid w:val="00DB1543"/>
     <w:rsid w:val="00DF7DA2"/>
     <w:rsid w:val="00E66A9E"/>
     <w:rsid w:val="00E847D1"/>
     <w:rsid w:val="00E87D0C"/>
+    <w:rsid w:val="00F734EE"/>
     <w:rsid w:val="00FB3F3A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -14734,51 +19193,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A724B0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -15240,50 +19698,62 @@
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="009129CA"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003F26E7"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A9269F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="187109121">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1237014787">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -15292,51 +19762,55 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136822805">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nadia.espinoza@uan.edu.mx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-5304-1311" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.org.mx/pdf/rmie/v28n99/1405-6666-rmie-28-99-1293.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.comie.org.mx/congreso/memoriaelectronica/v14/doc/0657.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://educacionyciencia.org/index.php/educacionyciencia/article/view/511/pdf_97?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amada.saenz@uan.edu.mx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.36857/resu.2020.196.1405?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sep.gob.mx/work/models/sep1/Resource/7aa2c3ff-aab8-479f-ad93-db49d0a1108a/a453.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.resu.2017.09.001?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/journal/5862/586263256008/html/?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-6986-416X" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S1990-86442020000400334&amp;utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/ride.v15i29.2005?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perla.carrillo@uan.edu.mx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/pdf/edu/v10n4/edu11418.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5311-5253" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.rodriguez@uan.edu.mx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistadecooperacion.com/numero13/013-04.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5311-5253" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.rodriguez@uan.edu.mx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/pdf/edu/v10n4/edu11418.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistadecooperacion.com/numero13/013-04.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nadia.espinoza@uan.edu.mx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-5304-1311" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.org.mx/pdf/rmie/v28n99/1405-6666-rmie-28-99-1293.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.comie.org.mx/congreso/memoriaelectronica/v14/doc/0657.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.36857/resu.2020.196.1405?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://educacionyciencia.org/index.php/educacionyciencia/article/view/511/pdf_97?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amada.saenz@uan.edu.mx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sep.gob.mx/work/models/sep1/Resource/7aa2c3ff-aab8-479f-ad93-db49d0a1108a/a453.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.resu.2017.09.001?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S1990-86442020000400334&amp;utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-6986-416X" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/journal/5862/586263256008/html/?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:perla.carrillo@uan.edu.mx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/ride.v15i29.2005?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15592,57 +20066,57 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>14</Pages>
-[...1 lines deleted...]
-  <Characters>33270</Characters>
+  <Pages>15</Pages>
+  <Words>6057</Words>
+  <Characters>33315</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>277</Lines>
   <Paragraphs>78</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39240</CharactersWithSpaces>
+  <CharactersWithSpaces>39294</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Francisco Santillán Campos</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>