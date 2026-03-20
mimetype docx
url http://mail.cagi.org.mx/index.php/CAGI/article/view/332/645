--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,199 +1,167 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1FBED973" w14:textId="29CFE59A" w:rsidR="00FB3F3A" w:rsidRDefault="00AD3F4C">
-[...73 lines deleted...]
-        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="5CC24F42" w14:textId="77777777" w:rsidR="00CE0607" w:rsidRDefault="00CE0607" w:rsidP="00CE0607">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5556"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A0CCF00" w14:textId="0545AB1E" w:rsidR="00CE0607" w:rsidRPr="00CE0607" w:rsidRDefault="00CE0607" w:rsidP="00CE0607">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5556"/>
+        </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003F3177">
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v12i24.332</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E14B22A" w14:textId="577C63C8" w:rsidR="00AD3F4C" w:rsidRDefault="00AD3F4C" w:rsidP="00AD3F4C">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003F3177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="143510A8" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DE0C7F" w:rsidRDefault="00CD65E2" w:rsidP="00CD65E2">
+    <w:p w14:paraId="143510A8" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00CE0607">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
+        <w:spacing w:before="240"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52CCC689" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00CE0607">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00DC5F8B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Currículo de Equidad de Género: Una Estrategia para Prevenir la Violencia de Género</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E956E1" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="14E956E1" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00CE0607">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC5F8B">
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Gender Equity Curriculum: A Strategy to Prevent Gender Violence</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56B6B8CC" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3ADC59C1" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="255"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="242" w:right="1105"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -221,62 +189,62 @@
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">María Elena Pineda Solorio </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3698925A" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Universidad Michoacana de San Nicolás de Hidalgo  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16335D8A" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="009A13C2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="16335D8A" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00DC5F8B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:color w:val="EE0000"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>maria.pineda@umich.mx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4B983E9D" w14:textId="1271973C" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
@@ -315,75 +283,75 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Magdalena Vega Campos  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="109B96CA" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="945"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Universidad Michoacana de San Nicolás de Hidalgo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BF47B94" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="009A13C2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="3BF47B94" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="945"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00DC5F8B">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:color w:val="EE0000"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>magdalena.vega@umich.mx</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B">
+      <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D35BF73" w14:textId="77B83CB8" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">https://orcid.org/0000-0001-6522-4492 </w:t>
       </w:r>
     </w:p>
@@ -394,67 +362,71 @@
         <w:ind w:left="945" w:right="225"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15EB2AAD" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:right="7931"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79D0DC8E" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="79D0DC8E" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="-284" w:right="7931"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC5F8B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Resumen </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F85C0B" w14:textId="14560EF4" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="-284" w:right="375"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>El currículo de equidad de género es una herramienta educativa orientada a fomentar la igualdad, prevenir la violencia basada en género, eliminar estereotipos y actitudes discriminatorias en los distintos espacios sociales, especialmente en el ámbito escolar. Su objetivo principal es promover valores como el respeto, la equidad y los derechos humanos, fortaleciendo una cultura de convivencia justa.</w:t>
@@ -521,55 +493,57 @@
         </w:tabs>
         <w:ind w:right="7931"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AB5FFD6" w14:textId="77777777" w:rsidR="009C344F" w:rsidRDefault="00CD65E2" w:rsidP="009C344F">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="-284" w:right="659"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DC5F8B">
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Palabras clave:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Equidad de género, prevención, educación, violencia de género</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-MX"/>
@@ -585,170 +559,184 @@
         </w:tabs>
         <w:ind w:left="-284" w:right="659"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FA2D330" w14:textId="77777777" w:rsidR="00B51C91" w:rsidRDefault="00B51C91" w:rsidP="009C344F">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="-284" w:right="659"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35156396" w14:textId="6DD68B97" w:rsidR="00CD65E2" w:rsidRPr="009C344F" w:rsidRDefault="00CD65E2" w:rsidP="009C344F">
+    <w:p w14:paraId="35156396" w14:textId="6DD68B97" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="009C344F">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="-284" w:right="659"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F789CE" w14:textId="530D5185" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="009C344F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC5F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The gender equity curriculum is an educational tool designed to promote equality, prevent gender-based violence, and eliminate stereotypes and discriminatory attitudes in various social spaces, particularly in schools. Its primary objective is to foster values such as respect, equity, and human rights, strengthening a culture of fair coexistence.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Among its key goals are raising awareness about equity, developing socioemotional skills, preventing violence, and promoting egalitarian relationships in educational settings, involving the main stakeholders—students and teachers. To achieve this, the curriculum integrates a gender perspective across all subjects, promotes workshops, practical activities, teacher training, and diverse role model </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC5F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>materials.Additionally</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC5F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, it encourages student participation in projects that advance equality, respect, and effective communication, while emphasizing the importance of identifying and eliminating violent behaviors in school environments, the home, and the workplace.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C2ACDB6" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC5F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Its implementation yields positive social effects, such as reducing sexism, rejecting violence, and empowering women, thereby contributing to a fairer and more equitable society. The curriculum stands as a key strategy to transform education and society, educating generations that value gender equity and non-discrimination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5212B5" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="553B5106" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...97 lines deleted...]
-        <w:t>Keywords: </w:t>
+        <w:t>: </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Gender equity, prevention, education, gender-based violence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77FC7E64" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DA851C8" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
@@ -820,64 +808,68 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D53B255" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EED370E" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A4A3BA8" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="5A4A3BA8" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC5F8B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FD88584" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A13BDCE" w14:textId="7B147144" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284" w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
@@ -901,132 +893,96 @@
     </w:p>
     <w:p w14:paraId="55ADE72E" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284" w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="326533D2" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-284" w:right="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">A lo largo de la historia, pensadoras y activistas como Mary </w:t>
+        <w:t xml:space="preserve">A lo largo de la historia, pensadoras y activistas como Mary Wollstonecraft, Olympe de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Wollstonecraft</w:t>
+        <w:t>Gouges</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> y Concepción Arenal,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> en la promoción de la equidad de género</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. Wollstonecraft, en </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Vindicación de los derechos de la mujer</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1792), sostuvo que las mujeres no son inferiores por naturaleza, sino que la falta de acceso a la educación genera desigualdad. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00DC5F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Olympe </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Gouges</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, en su </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -1080,67 +1036,73 @@
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>referentes diversos</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. Durante mucho tiempo, los materiales educativos han reflejado una </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>visión androcéntrica</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>, excluyendo las contribuciones de las mujeres. Por ello, es fundamental incorporar figuras femeninas relevantes, utilizar lenguaje inclusivo y abordar temas de derechos humanos y prevención de la violencia.</w:t>
+        <w:t xml:space="preserve">, excluyendo las </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>contribuciones de las mujeres. Por ello, es fundamental incorporar figuras femeninas relevantes, utilizar lenguaje inclusivo y abordar temas de derechos humanos y prevención de la violencia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6148D19E" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Los contenidos curriculares por sí solos no son suficientes</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">; también es necesario transformar la práctica pedagógica. Los docentes juegan un papel crucial en este proceso, ya que sus creencias y metodologías pueden reforzar o cuestionar los estereotipos de género. Sin embargo, muchos docentes no han recibido formación en perspectiva de género, por lo que es esencial incluir </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>componentes curriculares especializados</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> en sus programas de formación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E6B9F88" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
@@ -1191,165 +1153,175 @@
     <w:p w14:paraId="4A0F2D37" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2356E551" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">En definitiva, el currículo de equidad de género es una estrategia transformadora inspirada en pensadoras como </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Wollstonecraft</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, De </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Gouges</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>y Arenal. Su objetivo es garantizar que la educación sea un espacio donde todas las personas, independientemente de su género, tengan las mismas oportunidades para desarrollarse plenamente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="167084BB" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57A813E4" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="57A813E4" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC5F8B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Marco teórico</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63FB674D" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="660FE5E5" w14:textId="56670CA4" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="660FE5E5" w14:textId="56670CA4" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                           </w:t>
       </w:r>
-      <w:r w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B">
+      <w:r w:rsidR="00CD65E2" w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Objetivos del Currículo de equidad de Género</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45050446" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="45050446" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00CE0607" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AF37AC1" w14:textId="7E5604D9" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>La implementación de un currículo de equidad de género en las instituciones educativas mexicanas es esencial para fomentar una sociedad más justa e igualitaria. A través de la educación, se pueden transformar las estructuras que perpetúan la desigualdad y</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> promover relaciones interpersonales fundadas en</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
@@ -1411,58 +1383,52 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="093982A7" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08974E55" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Otro aspecto central es la prevención de la violencia de género. Lydia Cacho (2005) ha documentado la violencia contra las mujeres en México, subrayando la necesidad de educar sobre relaciones interpersonales igualitarias y libres de violencia desde la infancia. Raquel Guereca Torres (2016) resalta la importancia de una educación integral, integrada al currículo formal, para reconocer y </w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>confrontar las actitudes violentas, incluyendo sus manifestaciones sutiles, como microagresiones y discriminación. Este enfoque no solo aborda la violencia estructural, sino que también fortalece la prevención desde el ámbito educativo, sensibilizando a la comunidad escolar para evitar la reproducción de estos patrones.</w:t>
+        <w:t>Otro aspecto central es la prevención de la violencia de género. Lydia Cacho (2005) ha documentado la violencia contra las mujeres en México, subrayando la necesidad de educar sobre relaciones interpersonales igualitarias y libres de violencia desde la infancia. Raquel Guereca Torres (2016) resalta la importancia de una educación integral, integrada al currículo formal, para reconocer y confrontar las actitudes violentas, incluyendo sus manifestaciones sutiles, como microagresiones y discriminación. Este enfoque no solo aborda la violencia estructural, sino que también fortalece la prevención desde el ámbito educativo, sensibilizando a la comunidad escolar para evitar la reproducción de estos patrones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4544772C" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FA4BAE4" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -1561,77 +1527,83 @@
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>El currículo de equidad de género es una herramienta clave para la transformación social en México. Inspirado en las aportaciones de especialistas, busca no solo generar conciencia sobre la</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> justicia de género</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, sino también prevenir la violencia, desarrollar habilidades socioemocionales y promover una cultura institucional inclusiva. Por ello su implementación en la educación representa un paso fundamental para construir una sociedad más equitativa para las nuevas generaciones.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3157393D" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
-[...8 lines deleted...]
-    <w:p w14:paraId="47C1445B" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="3157393D" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00CE0607" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47C1445B" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC5F8B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Estrategias para implementar el currículo de género para prevenir la violencia en las instituciones educativas </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B48B035" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C682488" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1672,101 +1644,107 @@
     <w:p w14:paraId="224E6E91" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Además de la adaptación curricular, el desarrollo de talleres y actividades prácticas sobre igualdad de género es crucial. Estas iniciativas fomentan la reflexión y el diálogo, ayudando a cuestionar estereotipos y roles de género tradicionales. La tutoría entre iguales </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ha demostrado ser eficaz</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en la prevención del acoso escolar y la creación de un ambiente inclusivo. En Asturias, España, este programa se implementó obligatoriamente en todos los centros educativos para mejorar la convivencia y fomentar buenas relaciones entre estudiantes (García, 2025, "La tutoría entre iguales como estrategia contra el acoso en las aulas", </w:t>
+        <w:t xml:space="preserve"> en la prevención del acoso escolar y la creación de un ambiente inclusivo. En Asturias, España, este </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>programa se implementó obligatoriamente en todos los centros educativos para mejorar la convivencia y fomentar buenas relaciones entre estudiantes (García, 2025, "La tutoría entre iguales como estrategia contra el acoso en las aulas", </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>El País</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50A1373E" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="189EA51B" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35F47F80" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">La capacitación de docentes en equidad de género y prevención de violencia es también </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>imprescindible</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>. Los docentes desempeñan un papel esencial en la transmisión de valores y actitudes, por lo que su formación es vital. Rebollo Catalán et al. (2012) destacan la importancia de la implicación positiva de la comunidad educativa en el éxito de las prácticas coeducativas. Estas prácticas, entendidas como estrategias pedagógicas que fomentan la igualdad de género de manera integral (Subirats, 2013), requieren de docentes capacitados para identificar y deconstruir estereotipos, así como para implementar metodologías inclusivas en el aula (Tomé, 2018).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC9A629" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1882,142 +1860,137 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:t>La experiencia de Navarra, con su Plan de Coeducación para prevenir violencias sexistas y eliminar desigualdades de género, evidencia que las políticas educativas tienen el potencial de fomentar la equidad de género en las escuelas (Instituto Navarro para la Igualdad, 2024). Este plan ha sido evaluado positivamente por su capacidad de incidir en el entorno escolar desde una perspectiva transversal, con resultados como la reducción del acoso escolar y un mayor reconocimiento del liderazgo femenino en los centros educativos (Instituto Navarro para la Igualdad, 2023; Subirats, 2013). Estas experiencias internacionales ofrecen lecciones valiosas para fortalecer la implementación del currículo de género en México, especialmente en lo relativo al diseño de políticas públicas sostenibles, formación docente sistemática y evaluación continua de impacto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CA65CD3" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="218218D7" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:t xml:space="preserve">En países como </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Suecia</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Canadá</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:t xml:space="preserve"> la implementación de programas educativos con perspectiva de género ha mostrado impactos significativos en la reducción de estereotipos de género y en el aumento de la participación femenina en áreas tradicionalmente masculinizadas, como las ciencias y la tecnología (UNESCO, 2021; OECD, 2015). En </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Finlandia</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
-        <w:t xml:space="preserve"> el enfoque coeducativo está integrado desde la educación básica, y las capacitaciones continuas para docentes en temas de igualdad de género son obligatorias, lo que ha derivado en mejoras en la convivencia escolar y en la percepción del alumnado sobre la equidad (</w:t>
-[...7 lines deleted...]
-        <w:t>, 2020).</w:t>
+        <w:t xml:space="preserve"> el enfoque coeducativo está integrado desde la educación básica, y las capacitaciones continuas para docentes en temas de igualdad de género son </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5F8B">
+        <w:lastRenderedPageBreak/>
+        <w:t>obligatorias, lo que ha derivado en mejoras en la convivencia escolar y en la percepción del alumnado sobre la equidad (Käyhkö, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02C7EAD4" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16FFA947" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:t>Incluir estas buenas prácticas internacionales permite contrastar enfoques, identificar áreas de oportunidad y diseñar estrategias contextualizadas que se beneficien del aprendizaje global sin perder de vista las particularidades nacionales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="690DD2F8" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Promover la igualdad de género en la educación es un proceso integral que incluye la revisión curricular, la formación docente, la representación diversa en materiales y la participación activa del alumnado. Estas estrategias, respaldadas por investigaciones y experiencias exitosas, son esenciales para construir una sociedad más equitativa e inclusiva.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1188B4D1" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52636D8D" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2383,50 +2356,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Identificar y modificar prácticas sexistas en el aula.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F610332" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Generar ambientes educativos inclusivos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17C457DA" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Fomentar la participación equitativa del alumnado.</w:t>
       </w:r>
@@ -2468,66 +2442,69 @@
     </w:p>
     <w:p w14:paraId="7F4DEEE1" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AE874E5" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40C4A172" w14:textId="6BD2392D" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="40C4A172" w14:textId="6BD2392D" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC5F8B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Recursos y sostenibilidad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A390ED1" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52725FF7" w14:textId="49277825" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2819,63 +2796,67 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Solo mediante estos elementos –contenidos pertinentes, metodologías activas, duración suficiente, recursos adecuados y políticas de sostenibilidad– es posible lograr una capacitación con impacto real en la transformación de las dinámicas escolares.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53139D1E" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="327F7346" w14:textId="551B8AEC" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="327F7346" w14:textId="551B8AEC" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="837"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC5F8B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Metodología</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08A6F687" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:right="375"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70609DAE" w14:textId="3EB6DF72" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:right="375"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
@@ -2921,59 +2902,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">También es fundamental en este apartado considerar diversos indicadores para evaluar la efectividad del currículo de equidad de género, para ello se </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">propone desarrollar un sistema de indicadores cuantitativos y cualitativos, alineados con los objetivos centrales del currículo. Esta propuesta se fundamenta en lineamientos establecidos por el </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Sistema de Indicadores para la Igualdad de Género en Instituciones de Educación Superior</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (INMUJERES, PUEG &amp; ANUIES, 2009), así como en las recomendaciones metodológicas de Subirats (2013) y Rebollo Catalán et al. </w:t>
-[...7 lines deleted...]
-        <w:t>(2013), quienes destacan la necesidad de contar con mecanismos de evaluación confiables para las prácticas coeducativas y los avances en equidad.</w:t>
+        <w:t xml:space="preserve"> (INMUJERES, PUEG &amp; ANUIES, 2009), así como en las recomendaciones metodológicas de Subirats (2013) y Rebollo Catalán et al. (2013), quienes destacan la necesidad de contar con mecanismos de evaluación confiables para las prácticas coeducativas y los avances en equidad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="612E4E67" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:right="375"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77CB017E" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:right="375"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3322,126 +3295,140 @@
           <w:bCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Percepción de las familias sobre los cambios en actitudes y comportamientos de hijas/os respecto a la igualdad de género.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BE96418" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:right="375" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73B1D3E4" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="73B1D3E4" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="837"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC5F8B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="081AD6AE" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="837"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08AA86A3" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="08AA86A3" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC5F8B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Datos de la violencia de Género en México</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4174AC86" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="4174AC86" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00CE0607" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="10FBE240" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10FBE240" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC5F8B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Asesinatos de mujeres</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="334795E8" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A236C38" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
@@ -3455,149 +3442,153 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>fueron tipificadas jurídicamente</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> como feminicidios según datos del periódico el País (Barragán, 2025). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BFB7850" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Durante el primer semestre de 2024, se registraron 15,243 homicidios en el país, con una tasa de 11.7 homicidios por cada 100,000 habitantes. De estos, la tasa específica para mujeres fue de 2.6 por cada 100,000, mientras que para hombres fue de 21.2 por cada 100,000 habitantes (INEGI, 2025).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5154F8F9" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="694351FA" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>En el periodo de enero a agosto de 2024, se reportaron 74 homicidios dolosos y 54 feminicidios de niñas y adolescentes (0 a 17 años), sumando un total de 128 asesinatos en este grupo de edad. Esto representa una disminución del 15.2% en comparación con el mismo periodo de 2023, cuando se registraron 151 casos (Blog de datos e incidencia política de REDIM, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56ACD782" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Es importante destacar que, aunque se han implementado leyes específicas para tipificar y sancionar el feminicidio en México, estudios recientes sugieren que estas legislaciones no han logrado una reducción significativa en la incidencia de estos crímenes. La persistencia de altos niveles de impunidad y la falta de aplicación efectiva de las leyes son factores que contribuyen a esta problemática (Monárrez Fragoso, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="269FB34A" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FD48173" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Estos datos reflejan la gravedad de la violencia de género en México, subrayando la necesidad de fortalecer las políticas públicas y las acciones de prevención, atención y sanción de la violencia contra las mujeres.​</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4658F926" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5676EFD8" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="5676EFD8" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC5F8B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Violaciones de mujeres</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="642BEC00" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BDC0DDB" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
@@ -3687,118 +3678,126 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Estos datos reflejan la persistencia y el incremento de la violencia sexual contra las mujeres en México, subrayando la urgencia de implementar políticas públicas efectivas y reforzar las medidas de prevención y atención a las víctimas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CA45B53" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5242EDBD" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="5242EDBD" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC5F8B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Maltrato a niñas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57754EF1" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CA753F5" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>​En 2024, la violencia contra niñas y adolescentes en México continuó siendo una problemática alarmante. A continuación, se presentan algunos datos relevantes:​ (Blog de datos e incidencia política de REDIM, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37164459" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A4CD836" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="6A4CD836" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC5F8B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Atenciones hospitalarias por violencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="437D3C9F" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="210F7359" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
@@ -3807,51 +3806,50 @@
         </w:rPr>
         <w:t>Violencia familiar:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> La violencia familiar representa una de las formas más persistentes de agresión hacia las niñas y adolescentes, y suele estar invisibilizada dentro de los núcleos más íntimos. Lydia Cacho (2005) ha documentado cómo la violencia ejercida dentro del hogar forma parte de un sistema de opresión que se normaliza y perpetúa desde la infancia, dificultando su identificación y denuncia. De acuerdo con estas reflexiones, es alarmante que, en 2023, se atendieron en hospitales a 18,093 mujeres de 1 a 17 años por violencia familiar, lo que representó el 87,9% de las víctimas en ese rango de edad. Este número disminuyó un 10,3% en comparación con 2022, cuando se registraron 20,162 casos (Blog de datos e incidencia política de REDIM, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68C8EE1A" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Violencia sexual: La violencia sexual constituye una de las expresiones más graves de la desigualdad de género, al atentar contra la integridad y autonomía de las víctimas. Graciela Hierro (1992), desde la ética feminista, subraya cómo la subordinación de las mujeres está históricamente asociada con el control de sus cuerpos y su sexualidad. Esta perspectiva permite comprender la magnitud de la problemática. En 2023, 9,045 mujeres de 1 a 17 años fueron atendidas por violencia sexual, lo que represento el 92,3% de las víctimas en ese rango de edad. Hubo una disminución del 2% en comparación con 2022, que registró 9,227 casos (Blog de datos e incidencia política de REDIM, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="208851D3" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F63544D" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
@@ -3890,66 +3888,70 @@
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Violencia psicológica:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> La violencia psicológica es una de las formas más sutiles pero persistentes de agresión, pues socava la autoestima y la identidad desde edades tempranas. Tania Sánchez Rocha (2018) destaca la importancia del desarrollo emocional en la infancia y cómo el entorno puede convertirse en un espacio de agresión simbólica que deja secuelas duraderas en la percepción de uno mismo y de los demás. En 2023, 9,409 mujeres de 1 a 17 años fueron atendidas por violencia psicológica, lo que represento el 90,3% de las víctimas en ese rango de edad. Hubo una disminución del 13,5% en comparación con 2022, que registró 10,880 casos (Blog de datos e incidencia política de REDIM, 2023). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="568830DF" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="261"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D6686ED" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="1D6686ED" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC5F8B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Homicidios y feminicidios</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D7043DE" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="015301FA" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="545"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3989,138 +3991,138 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="13C10893" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="545"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D5418DA" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="403"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Estos datos reflejan la persistencia de la violencia en sus diversas formas contra niñas y adolescentes en México, destacando la necesidad urgente de fortalecer las políticas públicas y las acciones de prevención, atención y sanción de la violencia contra este grupo vulnerable, </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>en concordancia con los marcos normativos nacionales e internacionales de protección de la infancia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E22F1BC" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E4A57C9" w14:textId="4141CDDB" w:rsidR="00CD65E2" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="1E4A57C9" w14:textId="4141CDDB" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3121"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
-      <w:r w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B">
+      <w:r w:rsidR="00CD65E2" w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BDF636A" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="3121"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="251685C6" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="403"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>La implementación de un currículo educativo con perspectiva de género es clave para prevenir la violencia de género y promover una sociedad más equitativa. Esta estrategia busca</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> estructuras sociales que reproducen la discriminación y distintas formas de violencia</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, fomentando valores de igualdad, respeto y empatía desde la educación temprana. Al incorporar la equidad de género en el </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ámbito educativo, se establece la base para una transformación cultural que beneficia a toda la sociedad (Instituto </w:t>
+        <w:t xml:space="preserve">, fomentando valores de igualdad, respeto y empatía desde la educación temprana. Al incorporar la equidad de género en el ámbito educativo, se establece la base para una transformación cultural que beneficia a toda la sociedad (Instituto </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Serca</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02E4F397" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="403"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
@@ -4387,99 +4389,105 @@
         <w:t>, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="460F92DC" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="403"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64856BE5" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Un aspecto que requiere mayor desarrollo es el análisis de las barreras institucionales, culturales y políticas que dificultan la implementación efectiva del currículo de equidad de género. Aunque la propuesta curricular se fundamenta en principios éticos y pedagógicos sólidos, su concreción en las aulas enfrenta una serie de resistencias estructurales que no pueden ser ignoradas.</w:t>
+        <w:t xml:space="preserve">Un aspecto que requiere mayor desarrollo es el análisis de las barreras institucionales, culturales y políticas que dificultan la implementación efectiva del currículo de equidad de género. Aunque la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5F8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>propuesta curricular se fundamenta en principios éticos y pedagógicos sólidos, su concreción en las aulas enfrenta una serie de resistencias estructurales que no pueden ser ignoradas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="583A64F2" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D890C47" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Desde el plano institucional, Paredes Gómez (2017) señala que muchas instituciones carecen de protocolos específicos para integrar la perspectiva de género en sus políticas internas, lo que genera vacíos normativos que impiden avanzar en acciones concretas. Además, la formación inicial y continua del profesorado no siempre contempla contenidos sobre igualdad de género ni herramientas para identificar y combatir prácticas discriminatorias en el aula. Esta carencia de capacitación genera inseguridad docente y, en algunos casos, abierta resistencia por parte del personal, que interpreta la transversalización del enfoque de género como una imposición ideológica ajena a su práctica pedagógica.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="595F998A" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DA8E2B3" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">En el ámbito </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>cultural</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, Rebollo (2013) advierte que los estereotipos de género están profundamente arraigados tanto en los materiales didácticos como en las prácticas escolares cotidianas. La coeducación enfrenta obstáculos como el lenguaje sexista, la distribución desigual de la palabra en el aula, las expectativas diferenciadas hacia niñas y niños, y la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>invisibilización</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DC5F8B">
@@ -4520,65 +4528,69 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Serca</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2023) enfatiza que, sin voluntad política firme y compromiso institucional, las acciones a favor de la equidad de género quedan reducidas a buenas intenciones sin impacto real.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="113A13D8" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C17F44C" w14:textId="24618C1F" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="7C17F44C" w14:textId="24618C1F" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="839"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-4"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DC5F8B">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1191FF98" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="403"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E03F59B" w14:textId="023049F5" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="403"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
@@ -4652,50 +4664,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="34392BE2" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="403"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="381CBBC2" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="403"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Además, esta </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>currícula</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> impulsa una convivencia escolar y social más armónica. Cuando las niñas y los niños aprenden a interactuar desde la igualdad, se generan ambientes en los que todas las personas pueden expresarse libremente sin temor a la discriminación. La promoción de valores como el respeto, la solidaridad y la cooperación contribuye a la formación de ciudadanía con un fuerte compromiso hacia la equidad. En este sentido, la educación con perspectiva de género no solo transforma la dinámica escolar, sino que también influye en las relaciones interpersonales y en la manera en que las sociedades construyen sus normas de convivencia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35DE02C0" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="403"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -4730,58 +4743,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>modelos positivos de liderazgo femenino en espacios tradicionalmente masculinizados</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> y la eliminación de </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>barreras institucionales, culturales y socioeconómicas</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, se abren caminos para que las niñas y jóvenes puedan desarrollarse plenamente en cualquier ámbito que elijan. La educación con perspectiva de género fomenta la autoconfianza y el reconocimiento de las capacidades </w:t>
-[...6 lines deleted...]
-        <w:t>individuales sin limitaciones impuestas por el género. Este proceso es esencial para alcanzar una sociedad más equitativa, en la que las mujeres puedan participar activamente en la toma de decisiones y en el acceso a recursos y oportunidades en igualdad de condiciones.</w:t>
+        <w:t>, se abren caminos para que las niñas y jóvenes puedan desarrollarse plenamente en cualquier ámbito que elijan. La educación con perspectiva de género fomenta la autoconfianza y el reconocimiento de las capacidades individuales sin limitaciones impuestas por el género. Este proceso es esencial para alcanzar una sociedad más equitativa, en la que las mujeres puedan participar activamente en la toma de decisiones y en el acceso a recursos y oportunidades en igualdad de condiciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="538C96BB" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="403"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7816F0D7" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="403"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -4789,125 +4795,145 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>currícula</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> de género no es solo una herramienta pedagógica, sino un instrumento clave para transformar estructuras de opresión y construir una sociedad más justa e igualitaria. La educación con enfoque de género es una de las estrategias más efectivas para prevenir la violencia de género y garantizar que todas las personas, sin importar su identidad de género, tengan las mismas oportunidades de desarrollo. Apostar por este modelo educativo significa comprometerse con un futuro más equitativo, en el que la igualdad de derechos y oportunidades sea una realidad para todas las personas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23226E4E" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AEE6619" w14:textId="2F137D6F" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="7AEE6619" w14:textId="2F137D6F" w:rsidR="00CD65E2" w:rsidRPr="00CE0607" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2717"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="2"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B">
+      <w:r w:rsidR="00CD65E2" w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Futuras</w:t>
       </w:r>
-      <w:r w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B">
+      <w:r w:rsidR="00CD65E2" w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B">
+      <w:r w:rsidR="00CD65E2" w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>líneas</w:t>
       </w:r>
-      <w:r w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B">
+      <w:r w:rsidR="00CD65E2" w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-5"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B">
+      <w:r w:rsidR="00CD65E2" w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
-      <w:r w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B">
+      <w:r w:rsidR="00CD65E2" w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B">
+      <w:r w:rsidR="00CD65E2" w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>investigación</w:t>
       </w:r>
-      <w:r w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B">
+      <w:r w:rsidR="00CD65E2" w:rsidRPr="00CE0607">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26CFBD07" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2717"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A937769" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
@@ -4926,473 +4952,376 @@
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> la exploración de las resistencias culturales o institucionales que obstaculizan su aplicación. También sería importante investigar el papel de la educación no formal y comunitaria en la promoción de la igualdad de género, </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">así como el desarrollo de indicadores específicos para medir el cambio en actitudes y prácticas dentro de los contextos escolares, considerando la relevancia estratégica del tema para las políticas educativas con enfoque de equidad. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="604B8AF0" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56589DA8" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
+    <w:p w14:paraId="56589DA8" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRDefault="00CD65E2" w:rsidP="00CE0607">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:ind w:left="3540" w:right="4231" w:firstLine="708"/>
+        <w:ind w:right="4231"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FE463A7" w14:textId="77777777" w:rsidR="00DC5F8B" w:rsidRPr="00DC5F8B" w:rsidRDefault="00DC5F8B" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="3540" w:right="4231" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A3A09DD" w14:textId="48296E9A" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:t xml:space="preserve">Arenal, C. (2024). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>La mujer del porvenir</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Cervantes Virtual. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> March 3, 2025, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId10" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId9" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://www.cervantesvirtual.com/obra/la-mujer-del-porvenir--1/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2F99446E" w14:textId="7884DB64" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Barragán, A. (2025, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 2). México cierra 2024 con 70 asesinatos diarios. </w:t>
+        <w:t xml:space="preserve">Barragán, A. (2025, January 2). México cierra 2024 con 70 asesinatos diarios. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>El País</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> March 20, 2025, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId11" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId10" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://elpais.com/mexico/2025-01-02/mexico-cierra-2024-con-70-asesinatos-diarios.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="25E309BA" w14:textId="1BE1762E" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Blog de datos e incidencia política de REDIM. (2023, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">). </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Blog de datos e incidencia política de REDIM. (2023, September). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Feminicidio de niñas y adolescentes en México (a agosto de 2024)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. REDIM. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> March 20, 2025, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId12" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId11" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://blog.derechosinfancia.org.mx/2024/09/23/feminicidio-de-ninas-y-adolescentes-en-mexico-a-agosto-de-2024/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="11F8EF47" w14:textId="337F7716" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Braga </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 7). </w:t>
+        <w:t xml:space="preserve">Braga Orillard, G. (2025, March 7). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Universidades como motores de la igualdad entre hombres y mujeres: El ejemplo de la U. de Concepción</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. El País Chile. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> March 20, 2025, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId13" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId12" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://elpais.com/chile/2025-03-08/universidades-como-motores-de-la-igualdad-entre-hombres-y-mujeres-el-ejemplo-de-la-u-de-concepcion.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="16002DF1" w14:textId="3C085F8F" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Cacho, L. (2005). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Los demonios del Edén: El poder que protege a la pornografía infantil</w:t>
       </w:r>
       <w:r>
         <w:t>. Grijalbo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FEF4467" w14:textId="2846BF40" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Centro por la Justicia y el Derecho Internacional (CEJIL). (2024, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 22). </w:t>
+        <w:t xml:space="preserve">Centro por la Justicia y el Derecho Internacional (CEJIL). (2024, January 22). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Mujeres y niñas enfrentan mayor riesgo de violencia sexual debido a leyes frágiles y presupuesto insuficiente en México</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. CEJIL. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> March 20, 2025, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId14" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId13" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://cejil.org/comunicado-de-prensa/mujeres-y-ninas-enfrentan-mayor-riesgo-de-violencia-sexual-debido-a-leyes-fragiles-y-presupuesto-insuficiente-en-mexico/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="391FF2B1" w14:textId="3D23CCF9" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, O. (2024). </w:t>
+        <w:t xml:space="preserve">De Gouge, O. (2024). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Declaración de los Derechos de la Mujer y de la Ciudadana</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Gallica</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> March 21, 2025, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId15" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId14" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://gallica.bnf.fr/essentiels/anthologie/declaration-droits-femme-citoyenne-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="19AE50E3" w14:textId="217B3451" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Galeana, P. (2010). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Historia de la educación en México: La construcción de una cultura cívica y democrática</w:t>
@@ -5408,95 +5337,79 @@
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">García, L. (2022). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Educación, políticas públicas y resistencias conservadoras en América Latina</w:t>
       </w:r>
       <w:r>
         <w:t>. Editorial Nueva América.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7606914C" w14:textId="2F3594CA" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">García, A. (2025, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 15). </w:t>
+        <w:t xml:space="preserve">García, A. (2025, March 15). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>La tutoría entre iguales como estrategia contra el acoso en las aulas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. El País. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> March 20, 2025, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId16" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId15" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://www.elpais.com/url-del-articulo</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7501008D" w14:textId="3599CA6C" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Güereca</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Torres, R. (2016). </w:t>
       </w:r>
       <w:r>
@@ -5517,141 +5430,125 @@
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Hierro, G. (1992). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Ética y feminismo</w:t>
       </w:r>
       <w:r>
         <w:t>. UNAM.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E9A4DBB" w14:textId="17E51FD2" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">INEGI. (2025, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 21). </w:t>
+        <w:t xml:space="preserve">INEGI. (2025, January 21). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Comunicado de prensa: Defunciones por homicidio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. INEGI. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> March 21, 2025, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId17" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId16" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://www.inegi.org.mx/contenidos/saladeprensa/boletines/2025/edr/dh2024_en-Jn.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="20A4C751" w14:textId="4C028099" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">INMUJERES, PUEG &amp; ANUIES. (2009). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Sistema de indicadores para la igualdad de género en las instituciones de educación superior</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Instituto Nacional de las Mujeres, Programa Universitario de Estudios de Género y Asociación Nacional de Universidades e Instituciones de Educación Superior. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>from</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId17" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://www.gob.mx/cms/uploads/attachment/file/34784/SistemaIndicadoresIG.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6C7F33BB" w14:textId="170C4819" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Instituto Navarro para la Igualdad. (2023). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Evaluación del Plan de Coeducación en Navarra: Avances y retos</w:t>
@@ -5674,51 +5571,51 @@
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Informe de evaluación del II Plan de Coeducación 2022-2023</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Gobierno de Navarra. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>from</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId18" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://igualdad.navarra.es</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="357D2839" w14:textId="454115B0" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Instituto </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Serca</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
@@ -5736,152 +5633,130 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Serca</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>from</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId19" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://www.institutoserca.com/informes</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1D7CED5F" w14:textId="6CE9D288" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Instituto </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Serca</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. (2023, June 12). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>La prevención en violencia de género desde el ámbito educativo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Psicología y Mente. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> March 18, 2025, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId21" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId20" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://psicologiaymente.com/desarrollo/prevencion-violencia-de-genero-desde-ambito-educativo</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5CAB271B" w14:textId="613EA430" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t xml:space="preserve">Käyhkö, M. (2020). </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Gender</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Gender </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>equality</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Finnish</w:t>
       </w:r>
@@ -5971,111 +5846,102 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>for</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Education</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D082F98" w14:textId="3B2DBE26" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, M. (2005). </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Lagarde, M. (2005). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">Los cautiverios de las mujeres: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Madresposas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>, monjas, putas, presas y locas</w:t>
       </w:r>
       <w:r>
         <w:t>. UNAM.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E16AC91" w14:textId="64E4832E" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Fragoso, J. (2020). Los márgenes de la justicia frente al feminicidio. </w:t>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Monárrez Fragoso, J. (2020). Los márgenes de la justicia frente al feminicidio. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista Mexicana de Sociología, 82</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(3), 653–681. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId21" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://doi.org/10.22201/iis.01882503p.2020.3.58212</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="36E7020E" w14:textId="2D897193" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Organización de las Naciones Unidas para la Educación, la Ciencia y la Cultura (UNESCO). (2021). </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
@@ -6202,159 +6068,166 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>education</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>. UNESCO Publishing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5746A295" w14:textId="0CD6E388" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Organización para la Cooperación y el Desarrollo Económicos (OECD). (2015). </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>The</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">The ABC </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ABC of </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>gender</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>gender</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>equality</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>equality</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>education</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>education</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Aptitude</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Aptitude</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>behaviour</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>behaviour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
         <w:t>confidence</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. OECD Publishing. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId22" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://doi.org/10.1787/9789264229945-en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4BD8239E" w14:textId="2AE384B1" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Paredes Gómez, T. (2017). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Educación, género y diversidad: Una guía para docentes</w:t>
@@ -6370,402 +6243,336 @@
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Paredes Gómez, M. (2017). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Género y políticas institucionales en la educación superior</w:t>
       </w:r>
       <w:r>
         <w:t>. Universidad Nacional Autónoma de México.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DDB8840" w14:textId="6DF985D0" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Poncela, N. (2025, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 18). </w:t>
+        <w:t xml:space="preserve">Poncela, N. (2025, March 18). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Asturias, primera comunidad española que implantará de forma obligatoria la tutoría entre iguales contra el acoso escolar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. El País. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> March 20, 2025, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...16 lines deleted...]
-      <w:hyperlink r:id="rId24" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId23" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://elpais.com/espana/2025-03-19/asturias-primera-comunidad-espanola-que-implantara-de-forma-obligatoria-la-tutoria-entre-iguales-contra-el-acoso-escolar.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0A06BE45" w14:textId="188F73A0" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Rebollo, M. A. (2013). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Coeducación y escuela: Análisis de prácticas y discursos</w:t>
       </w:r>
       <w:r>
         <w:t>. Editorial Octaedro.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FBE0754" w14:textId="52538CBA" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Rebollo Catalán, A., García-Pérez, F. F., &amp; Sánchez Rivas, E. (2013). Evaluación de las prácticas </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> en centros de Educación Secundaria Obligatoria desde la perspectiva del profesorado. </w:t>
+        <w:t xml:space="preserve">Rebollo Catalán, A., García-Pérez, F. F., &amp; Sánchez Rivas, E. (2013). Evaluación de las prácticas coeducativas en centros de Educación Secundaria Obligatoria desde la perspectiva del profesorado. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista Electrónica Interuniversitaria de Formación del Profesorado, 16</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(1), 87–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId24" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://doi.org/10.6018/reifop.16.1.178431</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="782BE612" w14:textId="6A4A9FF9" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Rebollo Catalán, M. (2025, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 18). </w:t>
+        <w:t xml:space="preserve">Rebollo Catalán, M. (2025, March 18). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>La equidad de género en educación: Análisis y descripción de buenas prácticas educativas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Redined</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> March 20, 2025, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId26" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId25" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://redined.educacion.gob.es/xmlui/handle/11162/92382</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="47264875" w14:textId="4BE7FC95" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Rebollo Catalán, M. Á., García Pérez, R., Piedra de la Cuadra, J., &amp; Vega Caro, L. (2011). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t xml:space="preserve">Diagnóstico de la cultura de género en educación: Modelos de implementación de prácticas </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Diagnóstico de la cultura de género en educación: Modelos de implementación de prácticas coeducativas</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">. Ministerio de Educación. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId26" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://doi.org/xx.xxxx/xxxxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="22B69D87" w14:textId="1DD1B3E7" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Rebollo Catalán, M. Á., García Pérez, R., Piedra de la Cuadra, J., &amp; Vega Caro, L. (2013). La coeducación en los centros educativos: Estrategias y desafíos. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Revista de Educación, 354</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, 45-67. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId27" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://doi.org/xx.xxxx/xxxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="52C60288" w14:textId="10EF5B3F" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Rebollo, M. (2013). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>La innovación educativa con perspectiva de género: Retos y desafíos para el profesorado</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Universidad de Granada. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>from</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId28" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://digibug.ugr.es/handle/10481/24926</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="115C07FB" w14:textId="498C2773" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">REDIM. (2024, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 1). </w:t>
+        <w:t xml:space="preserve">REDIM. (2024, March 1). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Niñas y mujeres adolescentes en México (8 marzo, 2024)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. REDIM. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> March 20, 2025, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId30" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId29" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>https://blog.derechosinfancia.org.mx/2024/03/01/ninas-y-mujeres-adolescentes-en-mexico-8-marzo-2024/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="12AAE33B" w14:textId="20D23D06" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Salinas Díaz, M. (2019). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Empoderamiento y liderazgo femenino en México</w:t>
@@ -6780,375 +6587,323 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Sánchez Rocha, T. (2018). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Socialización y género: Claves para el desarrollo emocional</w:t>
       </w:r>
       <w:r>
         <w:t>. Paidós.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54059085" w14:textId="734C142D" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, M. (2013). </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Subirats, M. (2013). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Coeducación, apuesta por la libertad</w:t>
       </w:r>
       <w:r>
         <w:t>. Octaedro.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74863261" w14:textId="48AEE4F4" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, M. (2013). </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Subirats, M. (2013). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Educación y género: La coeducación en el sistema educativo</w:t>
       </w:r>
       <w:r>
         <w:t>. Editorial Morata.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B479AF0" w14:textId="78923FFA" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> &amp; I. Tomé (</w:t>
+      <w:r>
+        <w:t>Subirats, M. (2013). Educación y género: La coeducación en el sistema educativo. In M. Subirats &amp; I. Tomé (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Coords</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">.), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Educación y género: La coeducación en el sistema educativo</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (pp. 13–34). </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> (pp. 13–34). Graó.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="650FD203" w14:textId="1DAD43C5" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tomé, A. (2018). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Educar en igualdad: Coeducación y prevención de la violencia de género</w:t>
       </w:r>
       <w:r>
         <w:t>. Narcea Ediciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF89B5A" w14:textId="1B0DB06A" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tomé, A. (2018). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>La formación del profesorado en igualdad de género</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">. </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>. Graó.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E6C9281" w14:textId="77358FCC" w:rsidR="00633A83" w:rsidRDefault="00633A83" w:rsidP="00633A83">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">, M. (2020). </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Wollstonecraft, M. (2020). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
         <w:t>Vindicación de los derechos de la mujer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Jzb</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Retrieved</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
+        <w:t xml:space="preserve"> March 21, 2025, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:hyperlink r:id="rId31" w:tgtFrame="_new" w:history="1">
+      <w:hyperlink r:id="rId30" w:tgtFrame="_new" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           </w:rPr>
           <w:t>http://jzb.com.es/resources/vindicacion_derechos_mujer_1792.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="22BBF4EE" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="261" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F7A5C54" w14:textId="77777777" w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidRDefault="00CD65E2" w:rsidP="00DC5F8B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CD65E2" w:rsidRPr="00DC5F8B" w:rsidSect="00DC5F8B">
+      <w:headerReference w:type="default" r:id="rId31"/>
       <w:footerReference w:type="default" r:id="rId32"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1183" w:bottom="1417" w:left="1276" w:header="680" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CE117CB" w14:textId="77777777" w:rsidR="009A13C2" w:rsidRDefault="009A13C2" w:rsidP="00AD3F4C">
+    <w:p w14:paraId="1B70F32C" w14:textId="77777777" w:rsidR="00BE5C20" w:rsidRDefault="00BE5C20" w:rsidP="00AD3F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68A199BE" w14:textId="77777777" w:rsidR="009A13C2" w:rsidRDefault="009A13C2" w:rsidP="00AD3F4C">
+    <w:p w14:paraId="0F0CF45B" w14:textId="77777777" w:rsidR="00BE5C20" w:rsidRDefault="00BE5C20" w:rsidP="00AD3F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="26D560E3" w14:textId="41E041BB" w:rsidR="00AD3F4C" w:rsidRDefault="00AD3F4C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">             </w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>Vol. 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
@@ -7156,90 +6911,184 @@
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">, Núm. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>24</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
-      <w:t>Julio – Diciembre 2025</w:t>
+      <w:t xml:space="preserve">Julio – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+      </w:rPr>
+      <w:t>Diciembre</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                        ISSN: 2448 – 6280</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E039A48" w14:textId="77777777" w:rsidR="009A13C2" w:rsidRDefault="009A13C2" w:rsidP="00AD3F4C">
+    <w:p w14:paraId="051F5CC1" w14:textId="77777777" w:rsidR="00BE5C20" w:rsidRDefault="00BE5C20" w:rsidP="00AD3F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="314DEE2B" w14:textId="77777777" w:rsidR="009A13C2" w:rsidRDefault="009A13C2" w:rsidP="00AD3F4C">
+    <w:p w14:paraId="750EAC8E" w14:textId="77777777" w:rsidR="00BE5C20" w:rsidRDefault="00BE5C20" w:rsidP="00AD3F4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4EE52E6C" w14:textId="007D3CE8" w:rsidR="00CE0607" w:rsidRDefault="00CE0607">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00F052B3">
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="es-MX"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F964D32" wp14:editId="01232F1B">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>777240</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-424180</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7762875" cy="891540"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="3810"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1497151469" name="Imagen 4"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 13"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7762875" cy="891540"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05582864"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8BEFD7E"/>
     <w:lvl w:ilvl="0" w:tplc="60806686">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10816,373 +10665,377 @@
     <w:lvl w:ilvl="7" w:tplc="080A0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="948439956">
     <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1875540801">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1401946929">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1924874832">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1020089443">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1548756128">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1608150978">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="528641648">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="448861010">
     <w:abstractNumId w:val="21"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="131216710">
     <w:abstractNumId w:val="5"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1966963331">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1210342608">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1041828549">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="71977443">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="420950707">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1649818266">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1087464360">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="895893735">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="15548806">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1443764064">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="562640589">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="351689696">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="233857420">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="34084631">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="710614529">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1951158971">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1207714960">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1298224449">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1150445273">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1889998162">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="477264372">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1659188546">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1839228988">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A724B0"/>
     <w:rsid w:val="00084408"/>
     <w:rsid w:val="00134351"/>
     <w:rsid w:val="00284765"/>
     <w:rsid w:val="0029611A"/>
     <w:rsid w:val="00326F3B"/>
     <w:rsid w:val="00361A4E"/>
     <w:rsid w:val="00402192"/>
     <w:rsid w:val="004916D8"/>
     <w:rsid w:val="00557262"/>
     <w:rsid w:val="0056544E"/>
     <w:rsid w:val="00567ED5"/>
     <w:rsid w:val="005E6E08"/>
     <w:rsid w:val="00633A83"/>
     <w:rsid w:val="0064338F"/>
     <w:rsid w:val="00753C17"/>
     <w:rsid w:val="007C4380"/>
     <w:rsid w:val="007E08B5"/>
     <w:rsid w:val="008901AD"/>
     <w:rsid w:val="009129CA"/>
     <w:rsid w:val="009516B5"/>
     <w:rsid w:val="00960259"/>
     <w:rsid w:val="009A13C2"/>
     <w:rsid w:val="009C344F"/>
     <w:rsid w:val="009D72DF"/>
     <w:rsid w:val="00A724B0"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00A95075"/>
     <w:rsid w:val="00AD3F4C"/>
     <w:rsid w:val="00B0444E"/>
     <w:rsid w:val="00B40C40"/>
     <w:rsid w:val="00B51C91"/>
     <w:rsid w:val="00B555B4"/>
+    <w:rsid w:val="00BE5C20"/>
     <w:rsid w:val="00CD496E"/>
     <w:rsid w:val="00CD65E2"/>
+    <w:rsid w:val="00CE0607"/>
     <w:rsid w:val="00D66CC9"/>
     <w:rsid w:val="00D963D2"/>
     <w:rsid w:val="00DC5F8B"/>
     <w:rsid w:val="00DF7DA2"/>
     <w:rsid w:val="00E847D1"/>
     <w:rsid w:val="00FB3F3A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1DC1FF2B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3B4E9FCC-CD6E-424A-B4F3-3A659B50D9FE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -11510,50 +11363,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A724B0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
@@ -11717,51 +11575,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A724B0"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -11860,74 +11717,74 @@
     <w:name w:val="Título 8 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00A724B0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo9Car">
     <w:name w:val="Título 9 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00A724B0"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Puesto">
+  <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="PuestoCar"/>
+    <w:link w:val="TtuloCar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00A724B0"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PuestoCar">
-    <w:name w:val="Puesto Car"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloCar">
+    <w:name w:val="Título Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Puesto"/>
+    <w:link w:val="Ttulo"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00A724B0"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subttulo">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubttuloCar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00A724B0"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -12184,52 +12041,52 @@
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver2">
+    <w:name w:val="Mención sin resolver2"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009129CA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nfasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="009129CA"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textoindependiente">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextoindependienteCar"/>
@@ -12256,114 +12113,130 @@
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00CD65E2"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="0"/>
       <w:lang w:val="es-ES"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CD65E2"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="es-MX"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00CD65E2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE0607"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="23675156">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="688869233">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="756635004">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.pineda@umich.mx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elpais.com/chile/2025-03-08/universidades-como-motores-de-la-igualdad-entre-hombres-y-mujeres-el-ejemplo-de-la-u-de-concepcion.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/34784/SistemaIndicadoresIG.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redined.educacion.gob.es/xmlui/handle/11162/92382?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://psicologiaymente.com/desarrollo/prevencion-violencia-de-genero-desde-ambito-educativo?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.derechosinfancia.org.mx/2024/09/23/feminicidio-de-ninas-y-adolescentes-en-mexico-a-agosto-de-2024/?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/contenidos/saladeprensa/boletines/2025/edr/dh2024_en-Jn.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6018/reifop.16.1.178431?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elpais.com/url-del-articulo?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institutoserca.com/informes?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digibug.ugr.es/handle/10481/24926?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elpais.com/mexico/2025-01-02/mexico-cierra-2024-con-70-asesinatos-diarios.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elpais.com/espana/2025-03-19/asturias-primera-comunidad-espanola-que-implantara-de-forma-obligatoria-la-tutoria-entre-iguales-contra-el-acoso-escolar.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/essentiels/anthologie/declaration-droits-femme-citoyenne-0?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1787/9789264229945-en?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/xx.xxxx/xxxx?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cervantesvirtual.com/obra/la-mujer-del-porvenir--1/?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://igualdad.navarra.es?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jzb.com.es/resources/vindicacion_derechos_mujer_1792.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:magdalena.vega@umich.mx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cejil.org/comunicado-de-prensa/mujeres-y-ninas-enfrentan-mayor-riesgo-de-violencia-sexual-debido-a-leyes-fragiles-y-presupuesto-insuficiente-en-mexico/?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22201/iis.01882503p.2020.3.58212?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/xx.xxxx/xxxxxx?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.derechosinfancia.org.mx/2024/03/01/ninas-y-mujeres-adolescentes-en-mexico-8-marzo-2024/?utm_source=chatgpt.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cejil.org/comunicado-de-prensa/mujeres-y-ninas-enfrentan-mayor-riesgo-de-violencia-sexual-debido-a-leyes-fragiles-y-presupuesto-insuficiente-en-mexico/?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://igualdad.navarra.es?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/xx.xxxx/xxxxxx?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22201/iis.01882503p.2020.3.58212?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.pineda@umich.mx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elpais.com/chile/2025-03-08/universidades-como-motores-de-la-igualdad-entre-hombres-y-mujeres-el-ejemplo-de-la-u-de-concepcion.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gob.mx/cms/uploads/attachment/file/34784/SistemaIndicadoresIG.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redined.educacion.gob.es/xmlui/handle/11162/92382?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/contenidos/saladeprensa/boletines/2025/edr/dh2024_en-Jn.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://psicologiaymente.com/desarrollo/prevencion-violencia-de-genero-desde-ambito-educativo?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.derechosinfancia.org.mx/2024/03/01/ninas-y-mujeres-adolescentes-en-mexico-8-marzo-2024/?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.derechosinfancia.org.mx/2024/09/23/feminicidio-de-ninas-y-adolescentes-en-mexico-a-agosto-de-2024/?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.6018/reifop.16.1.178431?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elpais.com/url-del-articulo?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elpais.com/espana/2025-03-19/asturias-primera-comunidad-espanola-que-implantara-de-forma-obligatoria-la-tutoria-entre-iguales-contra-el-acoso-escolar.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digibug.ugr.es/handle/10481/24926?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elpais.com/mexico/2025-01-02/mexico-cierra-2024-con-70-asesinatos-diarios.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institutoserca.com/informes?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cervantesvirtual.com/obra/la-mujer-del-porvenir--1/?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr/essentiels/anthologie/declaration-droits-femme-citoyenne-0?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1787/9789264229945-en?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/xx.xxxx/xxxx?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jzb.com.es/resources/vindicacion_derechos_mujer_1792.pdf?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:magdalena.vega@umich.mx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -12619,72 +12492,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>42447</Characters>
+  <Pages>16</Pages>
+  <Words>7720</Words>
+  <Characters>42463</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>353</Lines>
   <Paragraphs>100</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50064</CharactersWithSpaces>
+  <CharactersWithSpaces>50083</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Francisco Santillán Campos</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>