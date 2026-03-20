--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,57 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w14:paraId="08598097" w14:textId="172B8802" w:rsidR="001550D8" w:rsidRDefault="001550D8" w:rsidP="001550D8">
+    <w:p w14:paraId="6D0877A6" w14:textId="312835E4" w:rsidR="00371C3C" w:rsidRDefault="00371C3C" w:rsidP="00371C3C">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00371C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00371C3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>https://doi.org/10.23913/cagi.v12i23.328</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08598097" w14:textId="568CA7A6" w:rsidR="001550D8" w:rsidRDefault="001550D8" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F3177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77A56ED5" w14:textId="13CA9F63" w:rsidR="008B4615" w:rsidRPr="001550D8" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
@@ -580,76 +624,76 @@
         </w:rPr>
         <w:t>desconocen la posibilidad de vincularse</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> con otras empresas, el gobierno y </w:t>
       </w:r>
       <w:r w:rsidR="00702608" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">las </w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">universidades de la región como un medio para potenciar el crecimiento a través del intercambio de información, recursos y aplicación de diferentes estrategias empresariales que beneficien a todos los actores participantes. El objetivo de la investigación es conocer los procesos de colaboración entre el sector privado, público y educativo del municipio de Angostura, Sinaloa, mediante el análisis de estrategias organizacionales para el desarrollo de las redes empresariales. El estudio se llevó a cabo bajo el método cuantitativo, con la aplicación de encuestas dirigidas a los propietarios y administradores de las empresas, las cuales fueron seleccionadas de forma aleatoria. </w:t>
+        <w:t xml:space="preserve">universidades de la región como un medio para potenciar el crecimiento a través del intercambio de información, recursos y aplicación de diferentes estrategias empresariales que beneficien a todos los actores participantes. El objetivo de la investigación es conocer los procesos de colaboración entre el sector privado, público y educativo del municipio de Angostura, Sinaloa, mediante el análisis de estrategias organizacionales para el desarrollo de las redes empresariales. El </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">estudio se llevó a cabo bajo el método cuantitativo, con la aplicación de encuestas dirigidas a los propietarios y administradores de las empresas, las cuales fueron seleccionadas de forma aleatoria. </w:t>
       </w:r>
       <w:r w:rsidR="005F29CE" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Los resultados obtenidos, basados en la colaboración existente entre la triple hélice en el municipio, mostraron que la mayoría de las empresas </w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">no tienen contacto con otras </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">instituciones y por lo tanto no realizan colaboraciones ni alianzas con fines empresariales, </w:t>
+        <w:t xml:space="preserve">no tienen contacto con otras instituciones y por lo tanto no realizan colaboraciones ni alianzas con fines empresariales, </w:t>
       </w:r>
       <w:r w:rsidR="00702608" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aunque </w:t>
       </w:r>
       <w:r w:rsidR="005F29CE" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>muestran interés en establecer este tipo de vinculaciones con empresas, gobierno y universidades</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -934,56 +978,70 @@
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003F3177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Junio</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003F3177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2023    </w:t>
       </w:r>
       <w:r w:rsidRPr="003F3177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="003F3177">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Diciembre 2023</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003F3177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Diciembre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003F3177">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:pict w14:anchorId="0ABF4B52">
           <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="23438421" w14:textId="2B4F1548" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
@@ -1004,75 +1062,75 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Contexto del sector empresarial</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7030B4F6" w14:textId="4F23796E" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>En el municipio de Angostura</w:t>
       </w:r>
       <w:r w:rsidR="000507B1" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> el sector empresarial está conformado principalmente por micro, pequeñas y medianas empresas, las cuales son la base de la economía de la región. Estas empresas pertenecen a diferentes sectores económicos, principalmente del sector primario, donde prevalecen las actividades de agricultura, pesca, acuicultura y ganadería; del sector terciario también se cuenta con diversas empresas dedicadas a actividades de comercio y prestación de servicios y en una menor proporción se encuentran las empresas del sector secundario, dedicadas a la transformación de materias primas en productos terminados. </w:t>
       </w:r>
       <w:r w:rsidR="00E75964" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Según</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> el H. Ayuntamiento de Angostura (2021)</w:t>
       </w:r>
       <w:r w:rsidR="00E75964" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> “A nivel municipal, el sector primario es el que más población ocupada tuvo en el municipio con un 43.81%, en segundo lugar, se ubicó el sector comercio y servicios con un 42.55%, el secundario con 11.98% y no especificado 1.66%” (p. 111). La mayor parte de estas empresas ha tenido un desarrollo con el paso del tiempo, al utilizar diferentes estrategias administrativas que las han hecho crecer; mientras que otras empresas se han mantenido sin crecimiento o incluso algunas han cerrado sus puertas por la falta de innovaciones y aplicación de estrategias empresariales. </w:t>
@@ -1297,50 +1355,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41518987" w14:textId="1547E347" w:rsidR="00E40B97" w:rsidRPr="00D92B78" w:rsidRDefault="00C3488D" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>El modelo de triple hélice es sin duda, un</w:t>
       </w:r>
       <w:r w:rsidR="00DE36D7" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> estrategia innovadora que permite el acceso a grandes ventajas competitivas. </w:t>
       </w:r>
       <w:r w:rsidR="00E75964" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Según</w:t>
@@ -1455,60 +1514,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> ‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>innovación abiert</w:t>
       </w:r>
       <w:r w:rsidR="00E40B97" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a’</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ha ocurrido durante decenios. No es ninguna novedad que las empresas colaboran con socios externos. Sin embargo, es evidente que a medida que empresas de todos los sectores intentan innovar mediante la colaboración con un conjunto de socios más amplio y diverso, </w:t>
-[...8 lines deleted...]
-        <w:t>también intentan estructurar esas colaboraciones en formas más abiertas y flexibles para brindar acceso rápido a tecnología e ideas nuevas</w:t>
+        <w:t xml:space="preserve"> ha ocurrido durante decenios. No es ninguna novedad que las empresas colaboran con socios externos. Sin embargo, es evidente que a medida que empresas de todos los sectores intentan innovar mediante la colaboración con un conjunto de socios más amplio y diverso, también intentan estructurar esas colaboraciones en formas más abiertas y flexibles para brindar acceso rápido a tecnología e ideas nuevas</w:t>
       </w:r>
       <w:r w:rsidR="00E40B97" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3704B442" w14:textId="11D01F37" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -1709,50 +1759,51 @@
         </w:rPr>
         <w:t>3. Mejorar la reputación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B8E039" w14:textId="77777777" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="11" w:color="000000"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Hay alianzas empresariales que no tienen por qué ser lucrativas desde el punto de vista económico, sino que su beneficio puede ser aprovechar la buena reputación del otro socio para llegar a otro tipo de público gracias a algún proyecto común relevante.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="347EBB2E" w14:textId="77777777" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:pStyle w:val="Ttulo3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="7" w:color="000000"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_heading=h.k89sp92ag0s1" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00D92B78">
@@ -1821,51 +1872,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37DDEFDF" w14:textId="2858EAB1" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="00945800">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="11" w:color="000000"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabla 1</w:t>
       </w:r>
       <w:r w:rsidR="001550D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="001550D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Principales ventajas de los acuerdos cooperativos</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabladelista3-nfasis5"/>
         <w:tblW w:w="0" w:type="auto"/>
@@ -1968,51 +2018,50 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001550D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Acceso a recursos y capacidades complementarias</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49A54BE8" w14:textId="77777777" w:rsidR="00C04BC5" w:rsidRPr="001550D8" w:rsidRDefault="00C04BC5" w:rsidP="00D14693">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001550D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mejora de transferencia de conocimiento</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C04BC5" w:rsidRPr="001550D8" w14:paraId="7BBFE679" w14:textId="77777777" w:rsidTr="001550D8">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -2025,51 +2074,50 @@
           <w:p w14:paraId="5FB34081" w14:textId="77777777" w:rsidR="00C04BC5" w:rsidRPr="001550D8" w:rsidRDefault="00C04BC5" w:rsidP="00D14693">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001550D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reducción de costes y aumento de la eficiencia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7ABE90A4" w14:textId="77777777" w:rsidR="00C04BC5" w:rsidRPr="001550D8" w:rsidRDefault="00C04BC5" w:rsidP="00D14693">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001550D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mejorar satisfacción del cliente</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C04BC5" w:rsidRPr="001550D8" w14:paraId="2DBD7F92" w14:textId="77777777" w:rsidTr="001550D8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -2091,51 +2139,50 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001550D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Aumento poder competitivo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06CAD0EB" w14:textId="77777777" w:rsidR="00C04BC5" w:rsidRPr="001550D8" w:rsidRDefault="00C04BC5" w:rsidP="00D14693">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001550D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Entrada a nuevos mercados o negocios</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C04BC5" w:rsidRPr="001550D8" w14:paraId="7F7CE69C" w14:textId="77777777" w:rsidTr="001550D8">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -2148,51 +2195,50 @@
           <w:p w14:paraId="59D3C05B" w14:textId="77777777" w:rsidR="00C04BC5" w:rsidRPr="001550D8" w:rsidRDefault="00C04BC5" w:rsidP="00D14693">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001550D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Desarrollo de nuevas estrategias</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B87455E" w14:textId="77777777" w:rsidR="00C04BC5" w:rsidRPr="001550D8" w:rsidRDefault="00C04BC5" w:rsidP="00D14693">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001550D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mejora del aprendizaje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C04BC5" w:rsidRPr="001550D8" w14:paraId="200260FC" w14:textId="77777777" w:rsidTr="001550D8">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -2214,51 +2260,50 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001550D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Obtención de economías de escala</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4414" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45A68328" w14:textId="77777777" w:rsidR="00C04BC5" w:rsidRPr="001550D8" w:rsidRDefault="00C04BC5" w:rsidP="00D14693">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001550D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Aumento en la calidad de la toma de decisiones</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F80269C" w14:textId="1E3910AD" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:pBdr>
@@ -2350,93 +2395,84 @@
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or ello</w:t>
       </w:r>
       <w:r w:rsidR="00442A18" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, es fundamental</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la colaboración entre empresas, universidades y gobierno. Los autores Ramírez, Osuna Garzón y </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Barrera (2012) señalan lo siguiente: </w:t>
+        <w:t xml:space="preserve"> la colaboración entre empresas, universidades y gobierno. Los autores Ramírez, Osuna Garzón y Suástegui Barrera (2012) señalan lo siguiente: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AEA4BBE" w14:textId="1566730F" w:rsidR="008B4615" w:rsidRDefault="00745406" w:rsidP="00E40B97">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="11" w:color="000000"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>El siglo XXI es impulsado por la sociedad y la economía del conocimiento. Los nuevos modelos de desarrollo sustentados en el enfoque de la triple hélice, exigen la incorporación decidida y coordinada del sector educativo, del aparato productivo y del sector gubernamental. En esa situación, el modelo de la Triple hélice pretende explicar la sinergia de la interrelación entre el gobierno, la universidad y el sector productivo. Se considera que la universidad, gobierno y mercado son tres entidades con motivaciones y objetivos diferentes, pero que se conjuntan con el propósito de promover la producción de conocimiento en la idea de hacer más competitivas las empresas, las regiones y los países</w:t>
+        <w:t xml:space="preserve">El siglo XXI es impulsado por la sociedad y la economía del conocimiento. Los nuevos modelos de desarrollo sustentados en el enfoque de la triple hélice, exigen la incorporación decidida y coordinada del sector educativo, del aparato productivo y del sector gubernamental. En esa situación, el modelo de la Triple hélice pretende </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>explicar la sinergia de la interrelación entre el gobierno, la universidad y el sector productivo. Se considera que la universidad, gobierno y mercado son tres entidades con motivaciones y objetivos diferentes, pero que se conjuntan con el propósito de promover la producción de conocimiento en la idea de hacer más competitivas las empresas, las regiones y los países</w:t>
       </w:r>
       <w:r w:rsidR="00E40B97" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (p.11).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CF521F6" w14:textId="77777777" w:rsidR="00BE135A" w:rsidRPr="00D92B78" w:rsidRDefault="00BE135A" w:rsidP="00BE135A">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="11" w:color="000000"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -2499,122 +2535,122 @@
     <w:p w14:paraId="46D96E3F" w14:textId="77777777" w:rsidR="00E40B97" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="00BE135A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La presente investigación busca determinar si las empresas contemplan dentro de sus estrategias organizacionales, la búsqueda de la colaboración con otras empresas para el intercambio de información, formación de redes empresariales, acceso a nuevos mercados, diversificación de productos, entre otras ventajas competitivas que ofrecen este tipo de colaboraciones. </w:t>
       </w:r>
       <w:r w:rsidR="00E410DE" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dichas ventajas y beneficios han sido demostrados en casos exitosos de la </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E410DE" w:rsidRPr="00D92B78">
+        <w:t>Dichas ventajas y beneficios han sido demostrados en casos exitosos de la implementación del modelo Triple Hélice en diversas regiones del mundo, entr</w:t>
+      </w:r>
+      <w:r w:rsidR="00761FE6" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e ellas el caso de Querétaro en México, como lo menciona la página web de Noticias de Querétaro (2021)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40B97" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00761FE6" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554321F0" w14:textId="64F8953C" w:rsidR="00761FE6" w:rsidRPr="00D92B78" w:rsidRDefault="00761FE6" w:rsidP="00BE135A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mediante este modelo, promovido desde la Secretaría de Desarrollo Sustentable el gobierno cumple su papel de facilitador y generador de las condiciones para el desarrollo estatal, mientras que los empresarios y la academia trabajan de la mano para atender las necesidades de la industria local. La entidad ha apostado a la capacitación y la formación de recursos humanos capaces de innovar con estrategias para impulsar el crecimiento industrial. Querétaro cuenta con una industria automotriz fuerte, formada por 104 proveedores TR1, más de 200 TR, así como siete </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OEM’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; genera más de 65 mil empleos, representa 34.4 por ciento del Producto Interno Bruto de manufactura a nivel estatal, así como 28.5 por ciento de las exportaciones. En conjunto con el Instituto Mexicano del Transporte y la empresa Continental se desarrolló la Pista Experimental de Pruebas, en la que se podrán revisar condiciones de aceleración y frenado, neumáticos, estabilidad, ruido, así como el funcionamiento de vehículos de emergencia, lo que permitirá aumentar la capacidad tecnológica en innovación e investigación. La Universidad Politécnica de Querétaro </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>implementación del modelo Triple Hélice en diversas regiones del mundo, entr</w:t>
-[...61 lines deleted...]
-        <w:t>; genera más de 65 mil empleos, representa 34.4 por ciento del Producto Interno Bruto de manufactura a nivel estatal, así como 28.5 por ciento de las exportaciones. En conjunto con el Instituto Mexicano del Transporte y la empresa Continental se desarrolló la Pista Experimental de Pruebas, en la que se podrán revisar condiciones de aceleración y frenado, neumáticos, estabilidad, ruido, así como el funcionamiento de vehículos de emergencia, lo que permitirá aumentar la capacidad tecnológica en innovación e investigación. La Universidad Politécnica de Querétaro (UPQ) se convirtió en la Universidad Automotriz y prepara al talento queretano, en conjunto con la empresa Brose. Con el CONALEP y la Agencia de Cooperación Internacional del Japón (JICA) se impartió el seminario</w:t>
+        <w:t>(UPQ) se convirtió en la Universidad Automotriz y prepara al talento queretano, en conjunto con la empresa Brose. Con el CONALEP y la Agencia de Cooperación Internacional del Japón (JICA) se impartió el seminario</w:t>
       </w:r>
       <w:r w:rsidR="0047121D" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Retos de la Industria Automotriz y la aportación de CONALEP a su impulso</w:t>
       </w:r>
       <w:r w:rsidR="0047121D" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
@@ -2720,51 +2756,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, que viene a reforzar posibles debilidades, carencias y áreas de oportunidad que tiene cada una de ellas. Siendo un complemento entre sí mismas mediante el intercambio de información valiosa, recursos, formación y acceso a nuevas oportunidades. Pero cabe señalar, que es de suma importancia tener en cuenta ciertas recomendaciones para lograr que estas alianzas estratégicas sean exitosas y generen los resultados esperados, tal y como lo propone la Red de Educación Continua de Latinoamérica y Europa (2024). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C4FE43C" w14:textId="2B1C051B" w:rsidR="005D5988" w:rsidRPr="00D92B78" w:rsidRDefault="005D5988" w:rsidP="00BE135A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Guía paso a paso para abordar los problemas más comunes y fomentar una colaboración exitosa:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FF3C2A4" w14:textId="77777777" w:rsidR="005D5988" w:rsidRPr="00D92B78" w:rsidRDefault="005D5988" w:rsidP="00BE135A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2828,50 +2863,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Creación de un comité de vinculación: Formar un equipo dedicado que incluya miembros de ambas instituciones puede ayudar a facilitar la comunicación y asegurar que todos los participantes estén alineados. Este comité debe tener el poder de tomar decisiones y resolver conflictos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33E41C09" w14:textId="77777777" w:rsidR="005D5988" w:rsidRPr="00D92B78" w:rsidRDefault="005D5988" w:rsidP="00BE135A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Desarrollo de un plan de acción: Con las metas y el equipo establecidos, se debe elaborar un plan de acción detallado que describa cómo se alcanzarán los objetivos. Este plan debe incluir roles específicos, responsabilidades y cronogramas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51144A0E" w14:textId="77777777" w:rsidR="005D5988" w:rsidRPr="00D92B78" w:rsidRDefault="005D5988" w:rsidP="00BE135A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
@@ -2995,51 +3031,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Las instituciones del Estado a través de sus tres niveles de gobierno y las empresas de la iniciativa privada pueden establecer vínculos de cooperación con el objetivo de lograr un fin en común. Estas relaciones han significado avances a nivel nacional e internacional. De hecho, existen mecanismos recomendados por la ONU para optimizar los trabajos en conjunto del sector público y privado. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4938B8BF" w14:textId="77777777" w:rsidR="00E40B97" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="00BE135A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Así mismo, se busca encontrar respuestas sobre el vínculo que existe entre las empresas regionales y las universidades, para conocer si ambos actores utilizan la estrategia de ganar-ganar. Tal como lo argumentan Del Castillo Sánchez y Reyes Díaz (2015)</w:t>
       </w:r>
       <w:r w:rsidR="00E40B97" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C40567D" w14:textId="6DAA558F" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="00BE135A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3062,51 +3097,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s de nivel superior la formación de los técnicos y profesionales que demanda el mercado laboral, y que impulse en las empresas la inversión en investigación y desarrollo como una actividad estratégica para incorporar el conocimiento y el progreso científico a todos los procesos productivos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B42EAEE" w14:textId="3AA12FFB" w:rsidR="008B4615" w:rsidRDefault="00745406" w:rsidP="00BE135A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Actualmente, debido a los procesos de globalización y al predominio del conocimiento en el campo de la producción de bienes y servicios, se vuelve trascendental para los países fortalecer esta relación entre la educación superior y el sector productivo.</w:t>
+        <w:t xml:space="preserve">Actualmente, debido a los procesos de globalización y al predominio del conocimiento en el campo de la producción de bienes y servicios, se vuelve </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>trascendental para los países fortalecer esta relación entre la educación superior y el sector productivo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46A0E50A" w14:textId="77777777" w:rsidR="00BE135A" w:rsidRPr="00D92B78" w:rsidRDefault="00BE135A" w:rsidP="00BE135A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3273E167" w14:textId="3131D94E" w:rsidR="006F22DE" w:rsidRPr="00D92B78" w:rsidRDefault="006F22DE" w:rsidP="00BE135A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -3208,80 +3252,80 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Problemas organizacionales y culturales. Estas operaciones pueden tener repercusiones en la cultura y la organización de las empresas implicadas. Por ello, la preparación y la motivación del factor humano hacia el cambio que va a producirse son fundamentales para la afectación en el sentido pretendido. Además, no podemos olvidar que las alianzas estratégicas surgen, en la mayoría de las ocasiones, en contextos internacionales, donde la cultura, la manera de hacer negocios y la forma de negociar pueden llegar a ser muy diferentes. Imaginemos una alianza estratégica entre una empresa europea y una china, por ejemplo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153BD4CB" w14:textId="77777777" w:rsidR="00C10B0B" w:rsidRPr="00D92B78" w:rsidRDefault="00C10B0B" w:rsidP="00BE135A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2-</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Problemas legales. En cuanto a la problemática legal, es obvia la necesidad de seguir las formalidades que establece la legislación societaria y civil en general, así como la normativa fiscal. No podemos olvidar que muchas de estas operaciones tienen un trasfondo económico importante, debido a los incentivos y exenciones fiscales que obtienen las empresas implicadas si llevan a cabo algunas de estas operaciones cumpliendo los requisitos establecidos al efecto. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6768ED0C" w14:textId="21E83506" w:rsidR="00C10B0B" w:rsidRPr="00D92B78" w:rsidRDefault="00C10B0B" w:rsidP="00BE135A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3-</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Problemas económico-financieros. Se refieren, por una parte, a la valoración económica de las compañías implicadas. Se trata de elegir al</w:t>
       </w:r>
       <w:r w:rsidR="001D4A00" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ’</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3653,96 +3697,104 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EDADA4D" w14:textId="77777777" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>Materiales y métodos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="154561CE" w14:textId="25528302" w:rsidR="00E81BF1" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para obtener la información de las empresas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00915EF5" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>respecto a los vínculos que mantienen con otras empresas de los sectores privado, público y educativo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, se </w:t>
+      </w:r>
+      <w:r w:rsidR="00500F6D" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">utilizó el método </w:t>
+      </w:r>
+      <w:r w:rsidR="00500F6D" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Materiales y métodos</w:t>
-[...43 lines deleted...]
-        <w:t>utilizó el método cuantitativo, mediante la aplicación de</w:t>
+        <w:t>cuantitativo, mediante la aplicación de</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> una encuesta con preguntas de opción múltiple, la cual se aplicó a 35 micro, pequeñas y medianas empresas del municipio de Angostura, ubicado en el estado de Sinaloa, con coordenadas 25°21′54″N 108°09′43″O. </w:t>
       </w:r>
       <w:r w:rsidR="00E81BF1" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El cuestionario, diseñado con Formularios</w:t>
       </w:r>
       <w:r w:rsidR="00573109" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Google</w:t>
       </w:r>
@@ -4384,68 +4436,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0471F299" w14:textId="66EBADFD" w:rsidR="008B4615" w:rsidRDefault="009C563E" w:rsidP="00BE135A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Respecto al uso de redes sociales para la comercialización y promoción de</w:t>
       </w:r>
       <w:r w:rsidR="00745406" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> los productos y/o servicios, el 28.6% de las empresas encuestadas expresaron que las utilizan </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">con mucha frecuencia debido a que les han arrojado grandes resultados; así como el 25.7% manifestaron que las usan regularmente, y otro 25.7% del total de ellas expresaron que rara vez las utilizan para estos fines. Un 14.3% manifestaron utilizarlas con frecuencia y </w:t>
+        <w:t xml:space="preserve"> los productos y/o servicios, el 28.6% de las empresas encuestadas expresaron que las utilizan con mucha frecuencia debido a que les han arrojado grandes resultados; así como el 25.7% manifestaron que las usan regularmente, y otro 25.7% del total de ellas expresaron que rara vez las utilizan para estos fines. Un 14.3% manifestaron utilizarlas con frecuencia y </w:t>
       </w:r>
       <w:r w:rsidR="00732FDF" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>el 5.7%</w:t>
       </w:r>
       <w:r w:rsidR="00745406" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de empresas no hace uso de ellas. Estos datos están representados en la siguiente figura.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66B519E7" w14:textId="77777777" w:rsidR="001550D8" w:rsidRPr="00D92B78" w:rsidRDefault="001550D8" w:rsidP="00BE135A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4707,51 +4751,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3593AAD1" w14:textId="25D879A6" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 4</w:t>
       </w:r>
       <w:r w:rsidR="001550D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tipo de proveedores con los que adquiere productos y/o servicios para la operación de la empresa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D0CD915" w14:textId="25DB6F61" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -4954,50 +4997,51 @@
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="66C6EBB9" w14:textId="6E4C952E" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
       <w:r w:rsidR="009C563E" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="784E146F" w14:textId="4B5B025C" w:rsidR="008B4615" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5263,50 +5307,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apacitaciones recibidas por parte de las universidades de la región.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B2C201C" w14:textId="77777777" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3538A875" wp14:editId="59A36A44">
             <wp:extent cx="5612130" cy="1817777"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="62" name="image3.png" descr="Gráfico de respuestas de formularios. Título de la pregunta: 7.- ¿La empresa ha tenido capacitación a través de las universidades de la región del Évora?&#10;. Número de respuestas: 35 respuestas."/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image3.png" descr="Gráfico de respuestas de formularios. Título de la pregunta: 7.- ¿La empresa ha tenido capacitación a través de las universidades de la región del Évora?&#10;. Número de respuestas: 35 respuestas."/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17"/>
                     <a:srcRect t="22926"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5612130" cy="1817777"/>
                     </a:xfrm>
@@ -5400,60 +5445,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> llevado a cabo estos procesos, mientras que el 20% manifiestan que </w:t>
       </w:r>
       <w:r w:rsidR="00314287" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>esporádicamente</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y un 17.1% lo hace regularmente. </w:t>
       </w:r>
       <w:r w:rsidR="004A6892" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Este </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">dato indica que más de la mitad de estas empresas no han establecido un contacto con el sector educativo. </w:t>
+        <w:t xml:space="preserve">Este dato indica que más de la mitad de estas empresas no han establecido un contacto con el sector educativo. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Esta información está representada en la siguiente gráfica.</w:t>
       </w:r>
       <w:r w:rsidR="002A6E8D" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D3C6A8C" w14:textId="77777777" w:rsidR="001550D8" w:rsidRPr="00D92B78" w:rsidRDefault="001550D8" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5586,51 +5622,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="282A1FAC" w14:textId="77777777" w:rsidR="008B4615" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Así mismo, se les preguntó a las empresas si tenían interés en realizar convenios con universidades para que los estudiantes realicen sus prácticas profesionales o para ser contratados como colaboradores de su empresa, a lo que la mayoría de ellas le pareció una propuesta atractiva, destacando que el 48.6% respondió que le parece una propuesta interesante, el 28.6% expresaron que es una oferta muy interesante y el 20% mostró una postura neutral ante esta idea. Estos datos se pueden observar en la siguiente figura.</w:t>
+        <w:t xml:space="preserve">Así mismo, se les preguntó a las empresas si tenían interés en realizar convenios con universidades para que los estudiantes realicen sus prácticas profesionales o para ser contratados como colaboradores de su empresa, a lo que la mayoría de ellas le pareció una propuesta atractiva, destacando que el 48.6% respondió que le parece una propuesta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>interesante, el 28.6% expresaron que es una oferta muy interesante y el 20% mostró una postura neutral ante esta idea. Estos datos se pueden observar en la siguiente figura.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00876820" w14:textId="77777777" w:rsidR="001550D8" w:rsidRPr="00D92B78" w:rsidRDefault="001550D8" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74D15B9A" w14:textId="3654921D" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -5738,60 +5783,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="495207FB" w14:textId="02C3A4F6" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dando seguimiento a las alianzas y convenios con universidades, también se les preguntó a las empresas si tenían interés en acercarse a estas instituciones educativas para gestionar recursos tecnológicos como el desarrollo de softwares empresariales, instalación y </w:t>
-[...8 lines deleted...]
-        <w:t>mantenimiento de equipos de cómputo y otras herramientas tecnológicas. Con base a lo anterior, la mayoría de las empresas, representadas por un 48.6% expresaron que es un escenario interesante, el 25.7% también tuvo una aceptación ante esta propuesta, expresando que es una propuesta muy interesante y el 20% mantuvo una postura neutral ante dicho planteamiento. Lo cual destaca que es un área de oportunidad para las universidades buscar este tipo de colaboraciones. Dicha información se puede analizar en la siguiente figura.</w:t>
+        <w:t>Dando seguimiento a las alianzas y convenios con universidades, también se les preguntó a las empresas si tenían interés en acercarse a estas instituciones educativas para gestionar recursos tecnológicos como el desarrollo de softwares empresariales, instalación y mantenimiento de equipos de cómputo y otras herramientas tecnológicas. Con base a lo anterior, la mayoría de las empresas, representadas por un 48.6% expresaron que es un escenario interesante, el 25.7% también tuvo una aceptación ante esta propuesta, expresando que es una propuesta muy interesante y el 20% mantuvo una postura neutral ante dicho planteamiento. Lo cual destaca que es un área de oportunidad para las universidades buscar este tipo de colaboraciones. Dicha información se puede analizar en la siguiente figura.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B0906D1" w14:textId="77777777" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="008B4615" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="387A0ABD" w14:textId="31D676C7" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -5818,50 +5854,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Interés en realizar convenios con universidades para gestionar recursos tecnológicos como desarrollo de softwares, instalación de equipos, mantenimiento, entre otros.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CFAC270" w14:textId="77777777" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="332AA570" wp14:editId="06199494">
             <wp:extent cx="5612130" cy="1821883"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="63" name="image13.png" descr="Gráfico de respuestas de formularios. Título de la pregunta: 10.- La participación de realizar convenios con universidades para gestionar recursos tecnológicos como desarrollo de softwares, instalación de equipos, mantenimiento, etc., le parece:. Número de respuestas: 35 respuestas."/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image13.png" descr="Gráfico de respuestas de formularios. Título de la pregunta: 10.- La participación de realizar convenios con universidades para gestionar recursos tecnológicos como desarrollo de softwares, instalación de equipos, mantenimiento, etc., le parece:. Número de respuestas: 35 respuestas."/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20"/>
                     <a:srcRect t="28430"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5612130" cy="1821883"/>
                     </a:xfrm>
@@ -6024,89 +6061,89 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3704F2CA" w14:textId="19F7405B" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Figura 11</w:t>
+      </w:r>
+      <w:r w:rsidR="001550D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Interés en realizar convenios con universidades para realizar actividades de investigación y desarrollo como asesoría, capacitación y desarrollo de proyectos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E30D91" w14:textId="77777777" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Figura 11</w:t>
-[...36 lines deleted...]
-        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E65B1E8" wp14:editId="3E66D757">
             <wp:extent cx="5612130" cy="1829836"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="64" name="image17.png" descr="Gráfico de respuestas de formularios. Título de la pregunta: 11.- La idea de realizar convenios con universidades para realizar actividades de investigación y desarrollo como: asesoría, capacitación y desarrollo de proyectos, le parece:. Número de respuestas: 35 respuestas."/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image17.png" descr="Gráfico de respuestas de formularios. Título de la pregunta: 11.- La idea de realizar convenios con universidades para realizar actividades de investigación y desarrollo como: asesoría, capacitación y desarrollo de proyectos, le parece:. Número de respuestas: 35 respuestas."/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21"/>
                     <a:srcRect t="28118"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5612130" cy="1829836"/>
                     </a:xfrm>
@@ -6305,60 +6342,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A75B3A0" w14:textId="77777777" w:rsidR="008B4615" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aunado al tema anterior, también se les cuestionó a las organizaciones sobre las colaboraciones que han realizado con el gobierno para gestionar financiamiento a través de créditos y programas sociales que cada año son ofrecidos por parte del sector público, así como otro tipo de programas con fines culturales y ambientales. Con base a este cuestionamiento la mayor parte de las empresas, representadas por un 54.3% expresaron que </w:t>
+        <w:t xml:space="preserve">Aunado al tema anterior, también se les cuestionó a las organizaciones sobre las colaboraciones que han realizado con el gobierno para gestionar financiamiento a través de créditos y programas sociales que cada año son ofrecidos por parte del sector público, así como otro tipo de programas con fines culturales y ambientales. Con base a este </w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>nunca han gestionado este tipo de financiamiento; así mismo un 20% respondieron que rara vez; el 11.4% dijeron que regularmente y otro 11.4% realizan estas gestiones frecuentemente. Para analizar estas estadísticas, se puede observar la siguiente figura.</w:t>
+        <w:t>cuestionamiento la mayor parte de las empresas, representadas por un 54.3% expresaron que nunca han gestionado este tipo de financiamiento; así mismo un 20% respondieron que rara vez; el 11.4% dijeron que regularmente y otro 11.4% realizan estas gestiones frecuentemente. Para analizar estas estadísticas, se puede observar la siguiente figura.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58423A43" w14:textId="77777777" w:rsidR="001550D8" w:rsidRPr="00D92B78" w:rsidRDefault="001550D8" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1278C0D3" w14:textId="0283B287" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -6624,88 +6661,80 @@
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DD9A3BB" w14:textId="6C67D8C2" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
       <w:r w:rsidR="009C563E" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="016B1B92" w14:textId="77777777" w:rsidR="008B4615" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Como se pudo observar en las figuras anteriores, la mayoría de las empresas no ha gestionado apoyos gubernamentales y tampoco han recibido financiamiento; sin embargo, </w:t>
-[...8 lines deleted...]
-        <w:t>algunas de ellas tienen interés en hacerlo. Esta información se obtuvo después de preguntarles sobre su interés en gestionar créditos o participar en programas de carácter social, cultural o ambiental con el sector gubernamental, a lo que un 48.6% de estas empresas expresaron que les parecía interesante; el 25.7% muy interesante y el 22.9% neutral. Esta información se puede corroborar en la siguiente figura.</w:t>
+        <w:t>Como se pudo observar en las figuras anteriores, la mayoría de las empresas no ha gestionado apoyos gubernamentales y tampoco han recibido financiamiento; sin embargo, algunas de ellas tienen interés en hacerlo. Esta información se obtuvo después de preguntarles sobre su interés en gestionar créditos o participar en programas de carácter social, cultural o ambiental con el sector gubernamental, a lo que un 48.6% de estas empresas expresaron que les parecía interesante; el 25.7% muy interesante y el 22.9% neutral. Esta información se puede corroborar en la siguiente figura.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE275C1" w14:textId="77777777" w:rsidR="001550D8" w:rsidRPr="00D92B78" w:rsidRDefault="001550D8" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="700E1556" w14:textId="63CA90A8" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -6943,51 +6972,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32BA4F79" w14:textId="22591380" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 16</w:t>
       </w:r>
       <w:r w:rsidR="001550D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mejora en el desarrollo empresarial al tener vinculación con universidades y gobierno.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30879745" w14:textId="77777777" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -7134,50 +7162,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Importancia de contar con una relación de apoyo por parte de la universidad y el gobierno.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C90873E" w14:textId="77777777" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="404D0787" wp14:editId="6626AC9E">
             <wp:extent cx="5612130" cy="1821883"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="71" name="image6.png" descr="Gráfico de respuestas de formularios. Título de la pregunta: 17.- ¿Qué tan importante es para su empresa contar con la relación de apoyo de la universidad y gobierno?&#10;. Número de respuestas: 35 respuestas."/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image6.png" descr="Gráfico de respuestas de formularios. Título de la pregunta: 17.- ¿Qué tan importante es para su empresa contar con la relación de apoyo de la universidad y gobierno?&#10;. Número de respuestas: 35 respuestas."/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27"/>
                     <a:srcRect t="28430"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5612130" cy="1821883"/>
                     </a:xfrm>
@@ -7252,310 +7281,309 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05D5F635" w14:textId="77777777" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:t>Discusión</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D630F9" w14:textId="3B8DFF26" w:rsidR="00C10B0B" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Después de aplicar las encuestas a las empresas, </w:t>
+      </w:r>
+      <w:r w:rsidR="009A5560" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>se observó que un poco menos de la mitad no lleva a cabo colaboraciones con otras empresas, el gobierno o instituciones educativas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, lo cual nos dice que solo se concentran en sus actividades empresariales con un enfoque individual, buscando sobresalir de manera aislada. </w:t>
+      </w:r>
+      <w:r w:rsidR="009A5560" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Por otro lado, un poco más de la mitad de estas empresas participa con otras instituciones para distintos fines</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10B0B" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="175A7495" w14:textId="77777777" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Respecto al interés que tienen en formar alianzas y estrechar lazos con otras empresas, la mayoría se muestran interesadas, lo cual representa un área de oportunidad para estas empresas que pueden lograr un mejor desarrollo al aplicar este tipo de estrategias de colaboración.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04373D4B" w14:textId="0FB34AF5" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="009A5560" w:rsidP="001550D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Desde la perspectiva de la colaboración entre empresa y universidad, actualmente no existe una relación significativa ni comunicación fluida entre ambos actores. La mayoría de las empresas expresó no realizar procesos colaborativos </w:t>
+      </w:r>
+      <w:r w:rsidR="00745406" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">para desarrollo de proyectos, formación de recursos humanos, fomento tecnológico o capacitaciones; sin embargo, destacaron estar interesados en realizar convenios para recibir a estudiantes que realicen sus prácticas profesionales, para que </w:t>
+      </w:r>
+      <w:r w:rsidR="007336CB" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">las universidades ofrezcan servicios de mantenimiento de equipos de cómputo, instalación de software </w:t>
+      </w:r>
+      <w:r w:rsidR="00745406" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y que se puedan desarrollar proyectos en conjunto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56370C75" w14:textId="7BE2C301" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Discusión</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="73D630F9" w14:textId="3B8DFF26" w:rsidR="00C10B0B" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
+        <w:t xml:space="preserve">Por otro lado, el contacto que se tiene entre el sector público y las empresas es bajo, considerando que </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34947" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>existen programas y apoyos gubernamentales a los que podrían acceder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. En el ámbito de la gestión de financiamiento y participación en programas gubernamentales, la mayoría de las empresas no han tenido participación </w:t>
+      </w:r>
+      <w:r w:rsidR="00B34947" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ni han recibido apoyos ni capacitaciones para mejorar el empleo o fomentar el desarrollo empresarial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Sin embargo, sí existe el interés de tener este acercamiento con el sector público para poder acceder a programas sociales, culturales, ambientales y económicos, que vengan a aportar nuevos conocimientos, un mayor sentido de responsabilidad social empresarial </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sobre todo, crecimiento financiero que generen ventajas competitivas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BEDB215" w14:textId="5F4FBA46" w:rsidR="00E40B97" w:rsidRPr="00D92B78" w:rsidRDefault="008310EE" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Después de aplicar las encuestas a las empresas, </w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">Desde la perspectiva de la colaboración entre empresa y universidad, actualmente no existe una relación significativa ni comunicación fluida entre ambos actores. La mayoría de las empresas expresó no realizar procesos colaborativos </w:t>
+        <w:t>En cuanto a los beneficios de estas colaboraciones, la mayoría de las empresas considera que aportan mejoras significativas al desarrollo empresarial</w:t>
       </w:r>
       <w:r w:rsidR="00745406" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">para desarrollo de proyectos, formación de recursos humanos, fomento tecnológico o capacitaciones; sin embargo, destacaron estar interesados en realizar convenios para recibir a estudiantes que realicen sus prácticas profesionales, para que </w:t>
-[...112 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> y que es importante fomentar este tipo de relaciones entre empresas gobierno y universidades para mejorar procesos como capacitación de personal, gestión de financiamiento, recursos tecnológicos, intercambio de información, generación de proyectos, entre muchos otros más que propician la innovación y abren oportunidades en el mundo empresarial</w:t>
       </w:r>
       <w:r w:rsidR="008235E7" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Tal como lo argumenta Manene (2014)</w:t>
       </w:r>
       <w:r w:rsidR="00E40B97" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E103498" w14:textId="5C01A29D" w:rsidR="00242F56" w:rsidRPr="00D92B78" w:rsidRDefault="00242F56" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A medida </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de que</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se crea un mayor número de empresas y organizaciones, las firmas encuentran demasiado costoso desarrollar todas las capacidades que necesitan, por lo que se crean alianzas o vínculos del conocimiento, pudiendo ser esto táctico y estratégico. Cuando una empresa crea una variedad de vínculos con clientes, proveedores, universidades y otros órganos, fortaleciéndose entre sí y apoyan a los objetivos a largo plazo de la empresa, entonces los vínculos del conocimiento son evidentemente estratégicos. Las empresas deben esforzarse en encontrar socios con los que aprovechar sus puntos fuertes o reducir sus debilidades. Para ello, deben establecer alianzas o acuerdos bien desarrollados que permitan a las empresas obtener más ventas y disminuir sus costes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EBE9205" w14:textId="77777777" w:rsidR="00242F56" w:rsidRPr="00D92B78" w:rsidRDefault="00242F56" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="360"/>
@@ -7667,50 +7695,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Colaboraciones en precios. (p. 6).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2910D053" w14:textId="00AFE39A" w:rsidR="008B4615" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Analizando dicha información, se puede observar que las empresas del municipio de Angostura tienen grandes oportunidades de crecimiento, si deciden acercarse a otras instituciones para poder innovar y sobresalir en el mercado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E55CBE1" w14:textId="77777777" w:rsidR="001550D8" w:rsidRPr="00D92B78" w:rsidRDefault="001550D8" w:rsidP="001550D8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0514D56D" w14:textId="77777777" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -7821,159 +7850,151 @@
         </w:rPr>
         <w:t xml:space="preserve">e pudo observar que casi la mitad de las empresas realizan colaboraciones, mientras que un poco más de la mitad, no las llevan a cabo, pero surge una gran área de oportunidad al visualizar que la mayoría de las </w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>entidades</w:t>
       </w:r>
       <w:r w:rsidR="00745406" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> encuestadas sí están interesadas en formar alianzas y estrechar lazos con otras empresas, con universidades y con el gobierno para diferentes fines. </w:t>
       </w:r>
       <w:r w:rsidR="000B3968" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Considerando lo anterior, las universidades podrían aprovechar esta información como una oportunidad para generar propuestas y estrategias en beneficio de todos los actores involucrados. Esto incluye desarrollar proyectos conjuntos, vincular </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000B3968" w:rsidRPr="00D92B78">
+        <w:t>Considerando lo anterior, las universidades podrían aprovechar esta información como una oportunidad para generar propuestas y estrategias en beneficio de todos los actores involucrados. Esto incluye desarrollar proyectos conjuntos, vincular estudiantes para prácticas, visitas y asesorías, así como ofrecer capacitaciones y servicios tecnológicos como mantenimiento de equipos de cómputo, instalación de software y consultorías administrativas, agrícolas y tecnológicas.</w:t>
+      </w:r>
+      <w:r w:rsidR="00745406" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050ED132" w14:textId="0AE7EE3A" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Así mismo poder involucrar al gobierno para tener participación en programas en beneficio del medio ambiente, eventos que fomenten la cultura, el deporte, la paz, entre otros. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3639A" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Además, fomentar la </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB1EDD" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>colaboración</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3639A" w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con el gobierno como un medio de apoyo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en el financiamiento de ciertos proyectos productivos en el que participarán empresas y universidades.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD3CFEA" w14:textId="0E4D253C" w:rsidR="006B31FF" w:rsidRPr="00D92B78" w:rsidRDefault="006B31FF" w:rsidP="001550D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92B78">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Estas colaboraciones podrían fortalecerse mediante la creación de una red empresarial que fomente el intercambio de información, la mejora de estrategias, la optimización de recursos y la apertura a nuevos mercados nacionales e internacionales. Este enfoque también permitiría la diversificación de productos, la mejora de procesos y calidad, y otros beneficios que se traducirían en el logro de los objetivos empresariales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66894EF3" w14:textId="6684CC50" w:rsidR="00D93C4A" w:rsidRPr="00D92B78" w:rsidRDefault="00D93C4A" w:rsidP="001550D8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>estudiantes para prácticas, visitas y asesorías, así como ofrecer capacitaciones y servicios tecnológicos como mantenimiento de equipos de cómputo, instalación de software y consultorías administrativas, agrícolas y tecnológicas.</w:t>
-[...98 lines deleted...]
-        </w:rPr>
         <w:t>Por último, después de haber analizado los amplios beneficios que ofrecen las redes de colaboración, es importante buscar estrategias que ayuden a comunicar al sector productivo con el gobierno y las instituciones académicas, a través de actividades como exposiciones, congresos, foros, ferias, visitas, cursos, talleres, entre otras. Con el objetivo de lograr un acercamiento entre los actores antes mencionados y poder consolidar una relación donde se promuevan intereses comunes y se obtengan ventajas competitivas para todos</w:t>
       </w:r>
       <w:r w:rsidR="00E30358" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> los participantes</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. De lo contrario, </w:t>
       </w:r>
       <w:r w:rsidR="00E30358" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>operar en el mercado</w:t>
@@ -8145,51 +8166,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Estudio sobre la gestión y capacitación del talento humano en universidades, orientado a fortalecer los vínculos con el sector productivo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A0C9BAC" w14:textId="1B3DDD59" w:rsidR="00745406" w:rsidRDefault="00DC0761" w:rsidP="001550D8">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Evaluación del impacto de los proyectos universitarios en las comunidades circundantes y su contribución al desarrollo socioeconómico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45CE6166" w14:textId="77777777" w:rsidR="001550D8" w:rsidRPr="001550D8" w:rsidRDefault="001550D8" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="247C278F" w14:textId="2716A033" w:rsidR="008B4615" w:rsidRPr="001550D8" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001550D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8251,50 +8271,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Extendemos nuestro agradecimiento a las empresas que participaron respondiendo las encuestas, contribuyendo al desarrollo de esta investigación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75416B92" w14:textId="4909B96D" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="0096779D" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Asimismo, agradecemos </w:t>
       </w:r>
       <w:r w:rsidR="002330D7" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">profundamente </w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a nuestros familiares y amigos por su apoyo moral y por motivarnos a continuar con este proyecto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D3D4877" w14:textId="77777777" w:rsidR="001550D8" w:rsidRDefault="001550D8" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -8618,51 +8639,50 @@
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="300" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">López de Pedro, J. M. (2019). La cooperación empresarial. PID_00262895. </w:t>
       </w:r>
       <w:r w:rsidR="009961EB" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuperado el 03 de junio de 2024, de </w:t>
       </w:r>
       <w:hyperlink r:id="rId34">
         <w:r w:rsidRPr="00D92B78">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://openaccess.uoc.edu/bitstream/10609/147106/3/DireccionEstrategica_Modul9_LaCooperacionEmpresarial.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="37D9C577" w14:textId="6B7E4338" w:rsidR="00B57BEE" w:rsidRPr="00D92B78" w:rsidRDefault="00242F56" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -8722,50 +8742,51 @@
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="65E5BEC4" w14:textId="65ACE234" w:rsidR="00DE36D7" w:rsidRPr="00D92B78" w:rsidRDefault="00DE36D7" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Moreno Villaseñor, O. G. (2022). Interacciones y beneficios de proyectos de triple hélice impleme</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>ntados en México hasta 2022.</w:t>
       </w:r>
       <w:r w:rsidR="00C96335" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Recuperado el 06 de febrero de 2025, de </w:t>
       </w:r>
       <w:hyperlink r:id="rId36" w:history="1">
@@ -8809,69 +8830,51 @@
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://noticiasdequeretaro.com.mx/2021/02/22/queretaro-crece-con-la-articulacion-productiva-de-triple-helice/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="195869DF" w14:textId="3224FF57" w:rsidR="008B4615" w:rsidRPr="00D92B78" w:rsidRDefault="00745406" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ramírez, B. I., Osuna-Garzón J. R. y </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">-Barrera C. (2012). Vinculación Universidad-Sociedad y el Modelo de la Triple Hélice.  </w:t>
+        <w:t xml:space="preserve">Ramírez, B. I., Osuna-Garzón J. R. y Suástegui-Barrera C. (2012). Vinculación Universidad-Sociedad y el Modelo de la Triple Hélice.  </w:t>
       </w:r>
       <w:r w:rsidR="009961EB" w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Recuperado el 03 de junio de 2024, de </w:t>
       </w:r>
       <w:r w:rsidRPr="00D92B78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:hyperlink r:id="rId38">
         <w:r w:rsidRPr="00D92B78">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
@@ -9070,61 +9073,61 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00761FE6" w:rsidSect="001550D8">
       <w:headerReference w:type="default" r:id="rId42"/>
       <w:footerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="709" w:right="1701" w:bottom="709" w:left="1701" w:header="284" w:footer="258" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0EB100AD" w14:textId="77777777" w:rsidR="00477CCD" w:rsidRDefault="00477CCD" w:rsidP="001550D8">
+    <w:p w14:paraId="64826F10" w14:textId="77777777" w:rsidR="00210239" w:rsidRDefault="00210239" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6CA341C0" w14:textId="77777777" w:rsidR="00477CCD" w:rsidRDefault="00477CCD" w:rsidP="001550D8">
+    <w:p w14:paraId="3CA4C87A" w14:textId="77777777" w:rsidR="00210239" w:rsidRDefault="00210239" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -9192,139 +9195,192 @@
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>Vol. 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">, Núm. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
-      <w:t>2</w:t>
-[...6 lines deleted...]
-      <w:t>3</w:t>
+      <w:t>23</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                  </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>Enero</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
-      <w:t xml:space="preserve"> – Junio 202</w:t>
+      <w:t xml:space="preserve"> – </w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                        ISSN: 2448 – 6280</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="085427D4" w14:textId="77777777" w:rsidR="00477CCD" w:rsidRDefault="00477CCD" w:rsidP="001550D8">
+    <w:p w14:paraId="651FAEC3" w14:textId="77777777" w:rsidR="00210239" w:rsidRDefault="00210239" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56627C8D" w14:textId="77777777" w:rsidR="00477CCD" w:rsidRDefault="00477CCD" w:rsidP="001550D8">
+    <w:p w14:paraId="57A153A5" w14:textId="77777777" w:rsidR="00210239" w:rsidRDefault="00210239" w:rsidP="001550D8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="488B6F3B" w14:textId="0BCA7539" w:rsidR="001550D8" w:rsidRDefault="001550D8" w:rsidP="001550D8">
+  <w:p w14:paraId="488B6F3B" w14:textId="3F2A694B" w:rsidR="001550D8" w:rsidRDefault="00371C3C" w:rsidP="001550D8">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00F44F95">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:rStyle w:val="Hipervnculo"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
+        <w:bCs/>
         <w:i/>
+        <w:iCs/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59162E39" wp14:editId="67A0AF79">
+          <wp:extent cx="6972300" cy="967740"/>
+          <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+          <wp:docPr id="1746397834" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6972300" cy="967740"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10F65ACD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7BB8A1B2"/>
     <w:lvl w:ilvl="0" w:tplc="080A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
@@ -9791,90 +9847,93 @@
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B4615"/>
     <w:rsid w:val="0002412F"/>
     <w:rsid w:val="00027AD6"/>
     <w:rsid w:val="00032C64"/>
     <w:rsid w:val="000507B1"/>
     <w:rsid w:val="000B3968"/>
     <w:rsid w:val="001550D8"/>
     <w:rsid w:val="001D4A00"/>
+    <w:rsid w:val="00210239"/>
     <w:rsid w:val="002330D7"/>
     <w:rsid w:val="00242F56"/>
     <w:rsid w:val="002A6E8D"/>
     <w:rsid w:val="002F789B"/>
     <w:rsid w:val="00314287"/>
+    <w:rsid w:val="00371C3C"/>
     <w:rsid w:val="003A386F"/>
     <w:rsid w:val="00442A18"/>
     <w:rsid w:val="0047121D"/>
     <w:rsid w:val="00477CCD"/>
     <w:rsid w:val="004A6892"/>
     <w:rsid w:val="00500F6D"/>
     <w:rsid w:val="00573109"/>
     <w:rsid w:val="005D5988"/>
     <w:rsid w:val="005F29CE"/>
     <w:rsid w:val="0068520D"/>
     <w:rsid w:val="006B31FF"/>
     <w:rsid w:val="006F22DE"/>
     <w:rsid w:val="00702608"/>
     <w:rsid w:val="00732FDF"/>
     <w:rsid w:val="007336CB"/>
     <w:rsid w:val="0074007A"/>
     <w:rsid w:val="00745406"/>
     <w:rsid w:val="00761FE6"/>
     <w:rsid w:val="008235E7"/>
     <w:rsid w:val="008310EE"/>
     <w:rsid w:val="00875FCE"/>
     <w:rsid w:val="008B4615"/>
     <w:rsid w:val="008E6C2A"/>
     <w:rsid w:val="008F33E2"/>
     <w:rsid w:val="00915EF5"/>
     <w:rsid w:val="00945800"/>
     <w:rsid w:val="0096779D"/>
     <w:rsid w:val="009759BB"/>
     <w:rsid w:val="009961EB"/>
     <w:rsid w:val="009A5560"/>
     <w:rsid w:val="009B4FA1"/>
     <w:rsid w:val="009C563E"/>
     <w:rsid w:val="009F75D5"/>
     <w:rsid w:val="00A20502"/>
     <w:rsid w:val="00A34B3E"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00B34947"/>
     <w:rsid w:val="00B57BEE"/>
     <w:rsid w:val="00B8699D"/>
     <w:rsid w:val="00BB1EDD"/>
     <w:rsid w:val="00BC78A0"/>
     <w:rsid w:val="00BD3470"/>
     <w:rsid w:val="00BE135A"/>
     <w:rsid w:val="00C04BC5"/>
     <w:rsid w:val="00C04FEF"/>
     <w:rsid w:val="00C10B0B"/>
     <w:rsid w:val="00C3488D"/>
     <w:rsid w:val="00C961D8"/>
     <w:rsid w:val="00C96335"/>
     <w:rsid w:val="00CA10B6"/>
     <w:rsid w:val="00CC4F90"/>
     <w:rsid w:val="00CF1644"/>
     <w:rsid w:val="00D3639A"/>
     <w:rsid w:val="00D92B78"/>
     <w:rsid w:val="00D93C4A"/>
     <w:rsid w:val="00DC0761"/>
     <w:rsid w:val="00DE36D7"/>
     <w:rsid w:val="00E30358"/>
     <w:rsid w:val="00E40B97"/>
     <w:rsid w:val="00E410DE"/>
     <w:rsid w:val="00E75964"/>
@@ -10404,51 +10463,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
@@ -11240,50 +11298,54 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1891722267">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recla.org/blog/estrategias-de-vinculacion/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openaccess.uoc.edu/bitstream/10609/147106/3/DireccionEstrategica_Modul9_LaCooperacionEmpresarial.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eumed.net/rev/caribe/2015/07/universidad-empresa.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.beedigital.es/marketing/ventajas-de-las-alianzas-estrategicas/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://noticiasdequeretaro.com.mx/2021/02/22/queretaro-crece-con-la-articulacion-productiva-de-triple-helice/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wipo.int/wipo_magazine/es/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eumed.net/rev/caribe/2015/07/universidad-empresa.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ru.iiec.unam.mx/5876/1/3.%20207-Moreno.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eumed.net/rev/caribe/2015/07/universidad-empresa.html" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.harvard-deusto.com/alianzas-estrategicas-como-disminuir-el-riesgo-en-su-planteamiento" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dialnet.unirioja.es/descarga/articulo/2499441.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.egobiernoytp.tec.mx/alianzas-sector-publico-y-privado" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gc.scalahed.com/recursos/files/r161r/w25207w/Estrategias_empresariales.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lalfredo.andrade@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ang.gob.mx/s/wp-content/uploads/2023/01/Plan-Municipal-de-Desarrollo-Angostura-2022-2024-Final-Completo-Regidores.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorios.fca.unam.mx/alafec/docs/asambleas/xiii/ponencias/educacion/E_06.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wipo.int/wipo_magazine/es/2020/02/article_0005.html" TargetMode="External"/></Relationships>
 </file>
 
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg"/></Relationships>
+</file>
+
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
@@ -11524,66 +11586,66 @@
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mg4UTAcxwuQvFmTvLoW5cabEY+ltw==">CgMxLjAyDmgueG50ZDdmM2ZiZ3N4Mg5oLmEycGJvZTdyM21kdzIOaC5tdnRydHo5anU0ZGYyDmguazg5c3A5MmFnMHMxMghoLmdqZGd4czIOaC44a3dnYmY2d29sZnI4AHIhMUFwTUxzbGpMTmw4dWdoN3BNV1FFZ1JSd3VDdjZXUnVs</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>25</Pages>
-[...1 lines deleted...]
-  <Characters>41764</Characters>
+  <Pages>28</Pages>
+  <Words>7600</Words>
+  <Characters>41804</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>348</Lines>
   <Paragraphs>98</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>49259</CharactersWithSpaces>
+  <CharactersWithSpaces>49306</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>PTC-LAyGE</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>