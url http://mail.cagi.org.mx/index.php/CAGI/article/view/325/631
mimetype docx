--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,59 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7140707F" w14:textId="5380D4D6" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
+    <w:p w14:paraId="304C0A4A" w14:textId="5FF6D199" w:rsidR="00E6634D" w:rsidRDefault="00E6634D" w:rsidP="00E6634D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E6634D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E6634D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>https://doi.org/10.23913/cagi.v11i22.325</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B790A8" w14:textId="77777777" w:rsidR="00E6634D" w:rsidRDefault="00E6634D" w:rsidP="001444EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7140707F" w14:textId="1AD3BAF2" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Consecuenci</w:t>
       </w:r>
       <w:r w:rsidR="0063126C" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -341,69 +380,69 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>https://orcid.org/</w:t>
       </w:r>
       <w:r w:rsidR="00F96F52" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0000-0002-6543-2707</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C43BBC9" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D87D93F" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
+    <w:p w14:paraId="6D87D93F" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="00E6634D" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001444EB">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E6634D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Resumen </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FA62DD1" w14:textId="69500A50" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00343276" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t xml:space="preserve">El incesto </w:t>
       </w:r>
       <w:r w:rsidR="00F96F52" w:rsidRPr="001444EB">
         <w:rPr>
@@ -547,226 +586,226 @@
         </w:rPr>
         <w:t>, impacta en las diversas esferas de la vida acompañadas de cuadros patológicos graves, por lo que el tratamiento psicológico resulta indispensable en estos casos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75385C00" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E2E6B3B" w14:textId="3EA8966C" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001444EB">
+      <w:r w:rsidRPr="00E6634D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="009B4E7B" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Incesto, infancia, consecuencias psicológicas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25D47A65" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="636844DD" w14:textId="73AA4CC1" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
+    <w:p w14:paraId="636844DD" w14:textId="73AA4CC1" w:rsidR="00F96F52" w:rsidRPr="00E6634D" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001444EB">
+      <w:r w:rsidRPr="00E6634D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001444EB">
+      <w:r w:rsidRPr="00E6634D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D4F1FB0" w14:textId="1C060CE0" w:rsidR="008027A7" w:rsidRPr="001444EB" w:rsidRDefault="008027A7" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk180604988"/>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The purpose of this work is analyzing incest consequences in the childhood. In our society, there is a tendency to minimize, avoid and ignore the effect of these types of terrible acts, nevertheless the consequences of this traumatic experience can be observed in the behavior of the victims throughout their lives.</w:t>
       </w:r>
       <w:r w:rsidR="004B5E96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>This research begins by addressing the issue from different approaches and different authors who have studied the phenomenon. First of all pointing out the meaning incest, where the basic points to talk about s such are clarified. Later it is analyzed, notice how the victim responds to the traumatic event, given that faced with such an experience, the victim becomes destabilized. I</w:t>
+        <w:t xml:space="preserve">This research begins by addressing the issue from different approaches and different authors who have studied the phenomenon. First of all pointing out the meaning incest, where the basic points to talk about s such are clarified. Later it is analyzed, notice how the victim responds to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>the traumatic event, given that faced with such an experience, the victim becomes destabilized. I</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>n the case of father daughter incest, v</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rStyle w:val="y2iqfc"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>ictims often feel that they will not be loved by anyone. Others feel superior, that God has a special mission for them, as a way to cope.</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> When incest is experienced in until the adolescence, the victim has a lot anger toward her mother.</w:t>
       </w:r>
       <w:r w:rsidR="004B5E96">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Otherwise, two cases are analyzed in the office as a setting, both girls 14 years old. One of them was touched by her maternal uncle, violation constant, touching and she was threatened. The other case, she was touched and </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">raped by her father for several years. In both cases, the girls had several consequences in their behavior and personal relationships and the way that they perceive themselves. </w:t>
+        <w:t xml:space="preserve">Otherwise, two cases are analyzed in the office as a setting, both girls 14 years old. One of them was touched by her maternal uncle, violation constant, touching and she was threatened. The other case, she was touched and raped by her father for several years. In both cases, the girls had several consequences in their behavior and personal relationships and the way that they perceive themselves. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Finally</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> the discussion is made, the conclusions and how the victims can be helped, and the future lines of research</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -780,81 +819,91 @@
     <w:p w14:paraId="57A1F4FC" w14:textId="77777777" w:rsidR="009B4E7B" w:rsidRPr="001444EB" w:rsidRDefault="009B4E7B" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3581C1EA" w14:textId="6886E40D" w:rsidR="008027A7" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001444EB">
+      <w:r w:rsidRPr="00E6634D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Key </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001444EB">
+      <w:r w:rsidRPr="00E6634D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>words</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00232CDB" w:rsidRPr="001444EB">
+      <w:r w:rsidR="00232CDB" w:rsidRPr="00E6634D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00232CDB" w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008027A7" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Incest</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008027A7" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="008027A7" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -866,70 +915,66 @@
     </w:p>
     <w:p w14:paraId="3E0734CF" w14:textId="77777777" w:rsidR="008027A7" w:rsidRPr="001444EB" w:rsidRDefault="008027A7" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12B141C3" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35349A1A" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
+    <w:p w14:paraId="35349A1A" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="00E6634D" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001444EB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E6634D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FEA0D80" w14:textId="43CA9A05" w:rsidR="00F5330A" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FCFCFC"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dentro de nuestra sociedad, existen diversas problemáticas de índole sexual, sin embargo, es muy importante señalar el incesto, debido a que es un tema del que se prefiere no hablar, pero es un secreto a gritos, que se manifiesta en la etapa adulta por medio de patologías severas e incluso intentos de suicidio o suicidios consumados.</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
@@ -1198,233 +1243,201 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DB42B42" w14:textId="77777777" w:rsidR="0063126C" w:rsidRDefault="0063126C" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>El incesto contempla una amplia serie de actos como son el y relaciones, que incluyen el contacto con la boca, pechos, genitales, ano u otra parte del cuerpo del menor, cuando la finalidad del agresor es excitarse sexualmente. Él victimario puede ser consanguíneo o familiar político o que el niño lo considere parte de la familia. El hecho de que el agresor se masturbe o se exhiba delante del menor o que lo convenza de que le sean tomadas fotografías con poses sexuales, también es incesto. También lo es el espiar al menor cuando se baña o se viste, o decirle frases utilizando lenguaje seductor o sexual.</w:t>
+        <w:t xml:space="preserve">El incesto contempla una amplia serie de actos como son el y relaciones, que incluyen el contacto con la boca, pechos, genitales, ano u otra parte del cuerpo del menor, cuando la finalidad del agresor es excitarse sexualmente. Él victimario puede ser consanguíneo o familiar político o que el niño lo considere parte de la familia. El hecho de que el agresor se masturbe o se exhiba delante del menor o que lo convenza de que le sean tomadas fotografías con poses sexuales, también es incesto. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>También lo es el espiar al menor cuando se baña o se viste, o decirle frases utilizando lenguaje seductor o sexual.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AC51500" w14:textId="77777777" w:rsidR="00072643" w:rsidRPr="001444EB" w:rsidRDefault="00072643" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C5E7668" w14:textId="24C30271" w:rsidR="0063126C" w:rsidRPr="001444EB" w:rsidRDefault="00066CBA" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Las consecuencias del incesto han sido abordadas por varios autores; </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_30j0zll" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkStart w:id="4" w:name="_1fob9te" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkStart w:id="5" w:name="_tyjcwt" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0063126C" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kempe</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009F2916" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> y Kempe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1979), menciona que es común la</w:t>
+      </w:r>
+      <w:r w:rsidR="0063126C" w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pérdida de autoestima, prostitución, depresión crónica, aislamiento social, rebelión y fugas. En otros casos, se pueden observar chicas muy pacientes, que tienen sobre sí toda la carga de la estabilidad familiar, por lo que se sienten con la responsabilidad de no ponerla en situación de riesgo si llegan a delatar el secreto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0063126C" w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EF14EF8" w14:textId="77777777" w:rsidR="0063126C" w:rsidRDefault="0063126C" w:rsidP="001444EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Herman, (1981) menciona que en el caso de incesto padre-hija, las víctimas suelen sentir que no serán queridas por nadie. Otras se sienten superiores, que Dios les tiene una misión especial, como una manera de sobrellevar el hecho. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037B07C1" w14:textId="77777777" w:rsidR="00072643" w:rsidRPr="001444EB" w:rsidRDefault="00072643" w:rsidP="001444EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A6F5C1B" w14:textId="2031A41B" w:rsidR="0063126C" w:rsidRDefault="0063126C" w:rsidP="001444EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cuando el incesto se vive en o hasta la etapa de la adolescencia, Kempe</w:t>
+      </w:r>
       <w:r w:rsidR="009F2916" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Kempe</w:t>
-[...118 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> y Kempe </w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(1979) afirma que uno de los signos que se presentan es un enojo muy fuerte contra la madre, debido a que no la protegió</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Otro signo para tomar en cuenta, es el que la madre llega a delegar en la hija las funciones que le corresponden a ella.</w:t>
       </w:r>
@@ -1600,75 +1613,75 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Por lo anterior, se puede observar que el incesto es una situación que requiere de atención inmediata, ya que este tipo de problemática social que ocasiona graves secuelas y dolor para quien lo vive. Por lo que es de vital importancia el asegurar por derecho, ambientes seguros a la población más vulnerable, que es la infancia, para que ningún niño tenga que pasar por este tipo de vivencias, generando traumas e impactando en su desarrollo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D96B8ED" w14:textId="77777777" w:rsidR="0063126C" w:rsidRPr="001444EB" w:rsidRDefault="0063126C" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22C363E8" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
+    <w:p w14:paraId="22C363E8" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="00E6634D" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001444EB">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E6634D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Metodología</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71F33EBB" w14:textId="1D0F69DB" w:rsidR="00F96F52" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1912,60 +1925,58 @@
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Test del árbol</w:t>
       </w:r>
       <w:r w:rsidR="000E178A" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B87229" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000E178A" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Stora</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B87229" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2020</w:t>
       </w:r>
       <w:r w:rsidR="009F2916" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00CB357A" w:rsidRPr="001444EB">
@@ -2072,106 +2083,97 @@
         </w:rPr>
         <w:t>El procedimiento fue el siguiente: s</w:t>
       </w:r>
       <w:r w:rsidR="00CB357A" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e entrevistó a las </w:t>
       </w:r>
       <w:r w:rsidR="00072643" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>madres para</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> presentarles el proyecto y firmaran el consentimiento informado. Una vez aceptada la participación se les informó a las participantes quienes estuvieron de acuerdo en ser parte del estudio. Se les aplicó las técnicas e instrumentos de </w:t>
-[...8 lines deleted...]
-        <w:t>recolección de datos. Los datos obtenidos se categorizaron para posteriormente elaborar matrices de categorías para su análisis a dos niveles y elaborar el reporte de investigación.</w:t>
+        <w:t xml:space="preserve"> presentarles el proyecto y firmaran el consentimiento informado. Una vez aceptada la participación se les informó a las participantes quienes estuvieron de acuerdo en ser parte del estudio. Se les aplicó las técnicas e instrumentos de recolección de datos. Los datos obtenidos se categorizaron para posteriormente elaborar matrices de categorías para su análisis a dos niveles y elaborar el reporte de investigación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E7BB8E7" w14:textId="77777777" w:rsidR="00072643" w:rsidRPr="001444EB" w:rsidRDefault="00072643" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A9CEA23" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
+    <w:p w14:paraId="4A9CEA23" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="00E6634D" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001444EB">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E6634D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00CF2C64" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -2724,79 +2726,89 @@
           </w:p>
           <w:p w14:paraId="5A0C6259" w14:textId="4F4A8333" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00343276" w:rsidP="001444EB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001444EB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>El abuso se cometía en la casa de la abuela materna en donde vivía la familia de la participante. La situación del abuso se reveló hasta que la participante tenía 14 años.</w:t>
             </w:r>
             <w:r w:rsidR="00CF0640" w:rsidRPr="001444EB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> No hubo denuncia ante las autoridades, la única medida fue no volver a la casa en donde estaba el agresor.</w:t>
+              <w:t xml:space="preserve"> No hubo denuncia ante las autoridades, la única medida fue no volver a </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF0640" w:rsidRPr="001444EB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>la casa en donde estaba el agresor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001444EB" w:rsidRPr="001444EB" w14:paraId="1737CB4A" w14:textId="77777777" w:rsidTr="00B87229">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4FD1E8BD" w14:textId="1BCF6270" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001444EB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Caso 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="42DA73E6" w14:textId="56010644" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00343276" w:rsidP="001444EB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001444EB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
@@ -2960,51 +2972,50 @@
             <w:r w:rsidRPr="001444EB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="053A1BA0" w14:textId="425365D8" w:rsidR="00343276" w:rsidRPr="001444EB" w:rsidRDefault="00343276" w:rsidP="001444EB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001444EB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">La situación de abuso se prolongó hasta que la participante tenía </w:t>
             </w:r>
             <w:r w:rsidR="00CF0640" w:rsidRPr="001444EB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00C0192F" w:rsidRPr="001444EB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="001444EB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> años. La madre desconocía la situación hasta que la participante </w:t>
@@ -3041,51 +3052,50 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="527E9F50" w14:textId="21426AEB" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="00072643">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Fuente: Manzo, (2024)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1103EFD9" w14:textId="77777777" w:rsidR="00072643" w:rsidRDefault="00072643" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45F240C7" w14:textId="77777777" w:rsidR="00072643" w:rsidRDefault="00072643" w:rsidP="001444EB">
       <w:pPr>
@@ -3352,50 +3362,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3A1B9C6C" w14:textId="07DFA234" w:rsidR="00CF0640" w:rsidRDefault="00CF0640" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ambas participantes mostraron conductas sexuales y relaciones de pareja precoces; la participante 1, tenía muchos novios pasajeros. A la edad de 14 años se relacionó con un hombre mucho mayor que ella y casado, lo que agravó aún más la relación con su madre debido a que no estaba de acuerdo con dicha relación. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0339A53F" w14:textId="77777777" w:rsidR="00072643" w:rsidRPr="001444EB" w:rsidRDefault="00072643" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="681B92C8" w14:textId="03868B5C" w:rsidR="00CF0640" w:rsidRPr="001444EB" w:rsidRDefault="00CF0640" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
@@ -3511,60 +3522,69 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2,  se</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> relacionaba de manera erotizada con sus compañeros varones y no se relacionaba con las compañeras; sufrió de rechazo por parte de sus compañeros de escuela por su conducta erotizada</w:t>
       </w:r>
       <w:r w:rsidR="008E2568" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y  </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="008E2568" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>por tener múltiples novios pasajeros</w:t>
+        <w:t>y  por</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008E2568" w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tener múltiples novios pasajeros</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008E2568" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Asimismo, se mostraba seductora con los varones sin importar la edad, poniéndose en situación de riesgo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E2F9AB" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
@@ -3824,447 +3844,419 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="059173B7" w14:textId="77777777" w:rsidR="00B87229" w:rsidRPr="001444EB" w:rsidRDefault="00B87229" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B0F8D36" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
+    <w:p w14:paraId="5B0F8D36" w14:textId="77777777" w:rsidR="00F96F52" w:rsidRPr="00E6634D" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001444EB">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E6634D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33577508" w14:textId="062E0726" w:rsidR="00475662" w:rsidRDefault="00475662" w:rsidP="001444EB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Los dos casos presentados evidencian de manera contundente las </w:t>
       </w:r>
       <w:r w:rsidR="00B87229" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>graves</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> consecuencias psicológicas del incesto infantil. A pesar de las diferencias en los detalles de cada caso (agresor, duración del abuso, etc.), los resultados convergen en una serie de patrones comunes que reflejan el impacto traumático de estas experiencias</w:t>
       </w:r>
       <w:r w:rsidR="00B87229" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y que mencionó </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> y que mencionó Kempe </w:t>
       </w:r>
       <w:r w:rsidR="009F2916" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">y </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">y Kempe </w:t>
       </w:r>
       <w:r w:rsidR="00B87229" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>(1979):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="196339DA" w14:textId="77777777" w:rsidR="00072643" w:rsidRPr="001444EB" w:rsidRDefault="00072643" w:rsidP="001444EB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D317DB6" w14:textId="3B2A5D9A" w:rsidR="00475662" w:rsidRDefault="00B87229" w:rsidP="001444EB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r w:rsidR="00475662" w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Área familiar:</w:t>
       </w:r>
       <w:r w:rsidR="00475662" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> La ruptura de la confianza básica y la perversión de la relación familiar son evidentes en ambos casos. Las víctimas se convierten en cuidadoras de sus hermanos y desarrollan relaciones conflictivas con su madre, a quienes, en muchos casos, culpan por no protegerlas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FDA04E7" w14:textId="77777777" w:rsidR="00072643" w:rsidRPr="001444EB" w:rsidRDefault="00072643" w:rsidP="001444EB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EB085BC" w14:textId="54AA17DC" w:rsidR="00475662" w:rsidRPr="001444EB" w:rsidRDefault="00B87229" w:rsidP="001444EB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidR="00475662" w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Relaciones de pareja y conducta sexual:</w:t>
       </w:r>
       <w:r w:rsidR="00475662" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Las experiencias de abuso sexual en la infancia tienen un impacto profundo en la sexualidad de las víctimas. La sexualización temprana, las relaciones precoces y conflictivas, y la búsqueda de relaciones peligrosas son patrones comunes</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, así como el embarazo temprano. </w:t>
       </w:r>
       <w:r w:rsidR="00475662" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Estas conductas pueden interpretarse como una forma de buscar control sobre su sexualidad y sus cuerpos, después de haber sido víctimas de una profunda violación de su integridad.</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B6E6128" w14:textId="77777777" w:rsidR="00072643" w:rsidRDefault="00072643" w:rsidP="001444EB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4507563D" w14:textId="133D22D8" w:rsidR="00475662" w:rsidRPr="001444EB" w:rsidRDefault="00B87229" w:rsidP="001444EB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r w:rsidR="00475662" w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Área social:</w:t>
       </w:r>
       <w:r w:rsidR="00475662" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> El aislamiento social, las dificultades para relacionarse con pares y la tendencia a involucrarse en relaciones conflictiva</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>s, erotizadas</w:t>
       </w:r>
       <w:r w:rsidR="00475662" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> y abusivas son otras consecuencias frecuentes. Las víctimas pueden desarrollar una baja autoestima y dificultades para confiar en los demás.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="312B67A1" w14:textId="77777777" w:rsidR="00072643" w:rsidRDefault="00072643" w:rsidP="001444EB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45842CF0" w14:textId="44920735" w:rsidR="00475662" w:rsidRPr="001444EB" w:rsidRDefault="00B87229" w:rsidP="001444EB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">d) </w:t>
       </w:r>
       <w:r w:rsidR="00475662" w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Área escolar:</w:t>
       </w:r>
       <w:r w:rsidR="00475662" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> El bajo rendimiento académico, los problemas de conducta y el aislamiento en el entorno escolar son manifestaciones de las dificultades emocionales y psicológicas que experimentan estas jóvenes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ABCD7AA" w14:textId="41C73F84" w:rsidR="00475662" w:rsidRPr="001444EB" w:rsidRDefault="00B87229" w:rsidP="001444EB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">e) </w:t>
       </w:r>
       <w:r w:rsidR="00475662" w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Área psicológica:</w:t>
       </w:r>
       <w:r w:rsidR="00475662" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Los trastornos de ansiedad, depresión, trastornos de la conducta alimentaria y, en casos más severos, trastornos de la personalidad, son diagnósticos comunes en víctimas de incesto. La ideación suicida y las conductas autolesivas también son frecuentes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FDFA6A0" w14:textId="77777777" w:rsidR="00475662" w:rsidRPr="001444EB" w:rsidRDefault="00475662" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EA92D60" w14:textId="69334A20" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
+    <w:p w14:paraId="7EA92D60" w14:textId="69334A20" w:rsidR="00F96F52" w:rsidRPr="00E6634D" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001444EB">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E6634D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="355DF3AD" w14:textId="25EB9664" w:rsidR="00775924" w:rsidRPr="001444EB" w:rsidRDefault="00775924" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Las consecuencias del incesto infantil se extienden a lo largo de toda la vida, afectando múltiples áreas del desarrollo psicológico, social y emocional. </w:t>
       </w:r>
       <w:r w:rsidR="007A7D4D" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -4312,76 +4304,76 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> minimizar las consecuencias a largo plazo del abuso sexual infantil. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06025CB4" w14:textId="77777777" w:rsidR="00775924" w:rsidRPr="001444EB" w:rsidRDefault="00775924" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B3EB722" w14:textId="6FAFA821" w:rsidR="00F96F52" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
+    <w:p w14:paraId="3B3EB722" w14:textId="6FAFA821" w:rsidR="00F96F52" w:rsidRPr="00E6634D" w:rsidRDefault="00F96F52" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001444EB">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E6634D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Futuras líneas de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EAE80B7" w14:textId="02D240D6" w:rsidR="007A7D4D" w:rsidRDefault="007A7D4D" w:rsidP="001444EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -4398,303 +4390,304 @@
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E3EA773" w14:textId="77777777" w:rsidR="00775924" w:rsidRPr="001444EB" w:rsidRDefault="00775924" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Factores de riesgo y protección:</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Identificar los factores que aumentan o disminuyen el riesgo de sufrir las consecuencias más severas del incesto infantil.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14AAAB44" w14:textId="77777777" w:rsidR="00775924" w:rsidRPr="001444EB" w:rsidRDefault="00775924" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Efectividad de las intervenciones:</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Evaluar la eficacia de diferentes tipos de intervención psicológica y psicosocial para las víctimas de incesto y sus familias.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="727903ED" w14:textId="77777777" w:rsidR="00775924" w:rsidRPr="001444EB" w:rsidRDefault="00775924" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Impacto en la salud física:</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Explorar las posibles consecuencias físicas del incesto infantil a largo plazo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27988C17" w14:textId="77777777" w:rsidR="00775924" w:rsidRPr="001444EB" w:rsidRDefault="00775924" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Experiencias de las víctimas adultas:</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estudiar las experiencias de las víctimas de incesto en la edad adulta y cómo estas experiencias influyen en su vida.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04EB5D88" w14:textId="6E96DD17" w:rsidR="00775924" w:rsidRPr="001444EB" w:rsidRDefault="00775924" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Impacto intergeneracional:</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Analizar cómo el trauma del incesto se transmite a las siguientes generaciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60FC4BA7" w14:textId="77777777" w:rsidR="00775924" w:rsidRPr="001444EB" w:rsidRDefault="00775924" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prevención:</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Implementar programas de prevención del abuso sexual infantil en la escuela, la comunidad y la familia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49EF3948" w14:textId="77777777" w:rsidR="00775924" w:rsidRPr="001444EB" w:rsidRDefault="00775924" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
-[...3 lines deleted...]
-        </w:rPr>
+          <w:rStyle w:val="Fuerte"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Detección temprana:</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Desarrollar herramientas para identificar a las víctimas de incesto de manera temprana y ofrecerles ayuda especializada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79756368" w14:textId="77777777" w:rsidR="00775924" w:rsidRPr="001444EB" w:rsidRDefault="00775924" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Intervención:</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Proporcionar tratamientos psicológicos y psicosociales adaptados a las necesidades específicas de las víctimas de incesto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27738E56" w14:textId="77777777" w:rsidR="00775924" w:rsidRPr="001444EB" w:rsidRDefault="00775924" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Apoyo a las familias:</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ofrecer apoyo a las familias de las víctimas, ya que son un elemento clave en el proceso de recuperación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48AB637F" w14:textId="77777777" w:rsidR="00B84B4D" w:rsidRPr="001444EB" w:rsidRDefault="00775924" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
-          <w:rStyle w:val="Textoennegrita"/>
+          <w:rStyle w:val="Fuerte"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cambios legislativos:</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Promover cambios legislativos que protejan a las víctimas de incesto y garanticen su acceso a la justicia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66FE6883" w14:textId="77777777" w:rsidR="00072643" w:rsidRDefault="00072643" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4853,83 +4846,71 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="268FF682" w14:textId="2BA88DB1" w:rsidR="00B84B4D" w:rsidRPr="001444EB" w:rsidRDefault="00F96F52" w:rsidP="00072643">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7051FDF6" w14:textId="77777777" w:rsidR="00B84B4D" w:rsidRPr="001444EB" w:rsidRDefault="0063126C" w:rsidP="001444EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Barudy</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">, J. (1998). </w:t>
+        <w:t xml:space="preserve">Barudy, J. (1998). </w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>El dolor invisible de la infancia</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>. Paidós.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="049D13BA" w14:textId="77777777" w:rsidR="00072643" w:rsidRDefault="00B84B4D" w:rsidP="00072643">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -5018,78 +4999,67 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Buck, C. (1990). </w:t>
       </w:r>
       <w:r w:rsidR="0063126C" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Padres que odian. </w:t>
       </w:r>
       <w:r w:rsidR="0063126C" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bantam </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="0063126C" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>ooks</w:t>
-[...9 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>ooks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11E3EC01" w14:textId="77777777" w:rsidR="00072643" w:rsidRDefault="0063126C" w:rsidP="00072643">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Herman, J. (1981). </w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -5355,617 +5325,653 @@
         </w:rPr>
         <w:t xml:space="preserve">Maternal Incest: An Annotated Review </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The Literature On Mother-Daughter And Mother-Son Incest</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001444EB">
-[...203 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Literature </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>On</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mother-Daughter </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>And</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mother-Son Incest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B84B4D" w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:t xml:space="preserve">California State </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, Northridge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="060E9EA4" w14:textId="77777777" w:rsidR="00072643" w:rsidRDefault="00C86EBF" w:rsidP="00072643">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Portuondo, J. A. (2010).  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00D16654" w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a figura humana</w:t>
+      </w:r>
+      <w:r w:rsidR="00D16654" w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Test proyectivo de Karen Machover.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B84B4D" w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Biblioteca nueva</w:t>
+      </w:r>
+      <w:r w:rsidR="00D16654" w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F72CD6D" w14:textId="77777777" w:rsidR="00072643" w:rsidRDefault="000E178A" w:rsidP="00072643">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sacks, J., &amp; Levy, S. (2014). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Test de frases incompletas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paidós.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F9075E6" w14:textId="77777777" w:rsidR="00072643" w:rsidRDefault="0063126C" w:rsidP="00072643">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sullivan, D., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Everstine</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, L. (1997). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t>El sexo que se calla.</w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> México: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Pax</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E6D3AF0" w14:textId="1C3104C3" w:rsidR="00BD745D" w:rsidRPr="001444EB" w:rsidRDefault="000E178A" w:rsidP="00072643">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, R. (1978). </w:t>
+      <w:r w:rsidRPr="001444EB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stora, R. (1978). </w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El test del árbol</w:t>
       </w:r>
       <w:r w:rsidR="00B84B4D" w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="001444EB">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Paidós.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:sectPr w:rsidR="00BD745D" w:rsidRPr="001444EB" w:rsidSect="001444EB">
-      <w:headerReference w:type="even" r:id="rId13"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10B565BD" w14:textId="77777777" w:rsidR="00060C7F" w:rsidRDefault="00060C7F" w:rsidP="004B5E96">
+    <w:p w14:paraId="411CD540" w14:textId="77777777" w:rsidR="001D1248" w:rsidRDefault="001D1248" w:rsidP="004B5E96">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7824C57E" w14:textId="77777777" w:rsidR="00060C7F" w:rsidRDefault="00060C7F" w:rsidP="004B5E96">
+    <w:p w14:paraId="1915A2B9" w14:textId="77777777" w:rsidR="001D1248" w:rsidRDefault="001D1248" w:rsidP="004B5E96">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Play">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A20123A" w14:textId="77777777" w:rsidR="007B704D" w:rsidRPr="007B704D" w:rsidRDefault="007B704D" w:rsidP="007B704D">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007B704D">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. 11, Núm. 22                  Julio – </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="007B704D">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>Agosto</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="007B704D">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> 2024                         ISSN: 2448 – 6280</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="67323EDF" w14:textId="77777777" w:rsidR="004B5E96" w:rsidRPr="004B5E96" w:rsidRDefault="004B5E96" w:rsidP="004B5E96">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20EC5A86" w14:textId="77777777" w:rsidR="00060C7F" w:rsidRDefault="00060C7F" w:rsidP="004B5E96">
+    <w:p w14:paraId="19270423" w14:textId="77777777" w:rsidR="001D1248" w:rsidRDefault="001D1248" w:rsidP="004B5E96">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54C0DEE5" w14:textId="77777777" w:rsidR="00060C7F" w:rsidRDefault="00060C7F" w:rsidP="004B5E96">
+    <w:p w14:paraId="26E9D725" w14:textId="77777777" w:rsidR="001D1248" w:rsidRDefault="001D1248" w:rsidP="004B5E96">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1099B5AB" w14:textId="77777777" w:rsidR="004B5E96" w:rsidRDefault="004B5E96">
+  <w:p w14:paraId="39472582" w14:textId="4895AB39" w:rsidR="004B5E96" w:rsidRDefault="00E6634D">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
-  </w:p>
-[...10 lines deleted...]
-    <w:r w:rsidRPr="00F44F95">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-        <w:i/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46E45022" wp14:editId="2D39B7CF">
+          <wp:extent cx="6858000" cy="979805"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1923872300" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6858000" cy="979805"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
-  </w:p>
-[...13 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D530464"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3D9A891C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -6637,91 +6643,95 @@
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F96F52"/>
     <w:rsid w:val="00031090"/>
     <w:rsid w:val="00060C7F"/>
     <w:rsid w:val="00066CBA"/>
     <w:rsid w:val="00072643"/>
     <w:rsid w:val="000D3A7B"/>
     <w:rsid w:val="000E178A"/>
     <w:rsid w:val="00126F88"/>
     <w:rsid w:val="001444EB"/>
+    <w:rsid w:val="001D1248"/>
     <w:rsid w:val="00205C03"/>
     <w:rsid w:val="002318FD"/>
     <w:rsid w:val="00232CDB"/>
     <w:rsid w:val="00343276"/>
     <w:rsid w:val="00382D6F"/>
     <w:rsid w:val="00475662"/>
     <w:rsid w:val="004801EE"/>
     <w:rsid w:val="004B5E96"/>
     <w:rsid w:val="004E0EE9"/>
     <w:rsid w:val="0053723E"/>
     <w:rsid w:val="0054134C"/>
     <w:rsid w:val="0063126C"/>
     <w:rsid w:val="0070597B"/>
     <w:rsid w:val="00744254"/>
     <w:rsid w:val="0077413C"/>
     <w:rsid w:val="00775924"/>
     <w:rsid w:val="007A7D4D"/>
     <w:rsid w:val="007B704D"/>
     <w:rsid w:val="008027A7"/>
     <w:rsid w:val="00836BBF"/>
     <w:rsid w:val="00867BA9"/>
     <w:rsid w:val="00886C17"/>
     <w:rsid w:val="008E2568"/>
     <w:rsid w:val="009338E9"/>
     <w:rsid w:val="009B4E7B"/>
     <w:rsid w:val="009F2916"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00B368E5"/>
     <w:rsid w:val="00B40A8F"/>
     <w:rsid w:val="00B84B4D"/>
     <w:rsid w:val="00B867C5"/>
     <w:rsid w:val="00B87229"/>
     <w:rsid w:val="00BD745D"/>
     <w:rsid w:val="00C0192F"/>
     <w:rsid w:val="00C2352A"/>
     <w:rsid w:val="00C86EBF"/>
+    <w:rsid w:val="00C93F13"/>
     <w:rsid w:val="00CB357A"/>
     <w:rsid w:val="00CF0640"/>
     <w:rsid w:val="00D16654"/>
     <w:rsid w:val="00DB6CB9"/>
     <w:rsid w:val="00DF489C"/>
     <w:rsid w:val="00E20F8E"/>
+    <w:rsid w:val="00E6634D"/>
     <w:rsid w:val="00F21FC7"/>
     <w:rsid w:val="00F5330A"/>
     <w:rsid w:val="00F96F52"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -7440,51 +7450,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLconformatoprevioCar">
     <w:name w:val="HTML con formato previo Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="HTMLconformatoprevio"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00744254"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
     <w:name w:val="y2iqfc"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00744254"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00D16654"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="nfasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D16654"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
@@ -7674,51 +7684,55 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1269970004">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raindaynoangel@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com.mx/search?hl=es&amp;tbo=p&amp;tbm=bks&amp;q=inauthor:%22C.+Henry+Kempe%22" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/contenidos/saladeprensa/aproposito/2023/EAP_VCM_23.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alumbramx.org/wp-content/uploads/2023/05/Panorama-estadistico-VSI-Mexico.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.manzo@umich.mx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:raindaynoangel@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com.mx/search?hl=es&amp;tbo=p&amp;tbm=bks&amp;q=inauthor:%22C.+Henry+Kempe%22" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/contenidos/saladeprensa/aproposito/2023/EAP_VCM_23.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://alumbramx.org/wp-content/uploads/2023/05/Panorama-estadistico-VSI-Mexico.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.manzo@umich.mx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7956,72 +7970,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5693AE4C-7ED5-4EE9-B952-58998214A744}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>3004</Words>
-  <Characters>16522</Characters>
+  <Words>3011</Words>
+  <Characters>16562</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>137</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>138</Lines>
+  <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19488</CharactersWithSpaces>
+  <CharactersWithSpaces>19534</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>MaCarmen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>