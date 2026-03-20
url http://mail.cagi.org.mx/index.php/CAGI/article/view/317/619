--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -11,1987 +11,2053 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5BBB6562" w14:textId="3F2D3738" w:rsidR="00D34CD0" w:rsidRPr="00D34CD0" w:rsidRDefault="00D34CD0" w:rsidP="00D34CD0">
-[...1 lines deleted...]
-        <w:spacing w:before="1" w:after="240" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="07C115BA" w14:textId="7B92EF62" w:rsidR="00AA606F" w:rsidRPr="00AA606F" w:rsidRDefault="00AA606F" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="797"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v11i21.317</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBB6562" w14:textId="5675FEE9" w:rsidR="00D34CD0" w:rsidRPr="00AA606F" w:rsidRDefault="00D34CD0" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:right="797"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D34CD0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1562267E" w14:textId="5C7DA8A3" w:rsidR="000B6C78" w:rsidRPr="00D34CD0" w:rsidRDefault="000B6C78" w:rsidP="00D34CD0">
-[...1 lines deleted...]
-        <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="1562267E" w14:textId="5C7DA8A3" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="797"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D34CD0">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Evaluación 360° del desempeño docente en la universidad</w:t>
       </w:r>
-      <w:r w:rsidR="00244FD3" w:rsidRPr="00517C1E">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00244FD3" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="716B7F0B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00D34CD0" w:rsidRDefault="000B6C78" w:rsidP="00D34CD0">
-[...1 lines deleted...]
-        <w:spacing w:before="147" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="716B7F0B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="801"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D34CD0">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">360° </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A62988" w:rsidRPr="00D34CD0">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00A62988" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Teaching</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A62988" w:rsidRPr="00D34CD0">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00A62988" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> performance </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A62988" w:rsidRPr="00D34CD0">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00A62988" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>evaluation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D34CD0">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A62988" w:rsidRPr="00D34CD0">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00A62988" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A62988" w:rsidRPr="00D34CD0">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00A62988" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A62988" w:rsidRPr="00D34CD0">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00A62988" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A62988" w:rsidRPr="00D34CD0">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidR="00A62988" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D34CD0">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>niversity</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="48372FA2" w14:textId="77777777" w:rsidR="00000000" w:rsidRPr="000B6C78" w:rsidRDefault="00000000" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="082B46F3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="7F4D9DBB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00D34CD0" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F4D9DBB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00274087">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="242"/>
         </w:tabs>
         <w:spacing w:line="292" w:lineRule="exact"/>
         <w:ind w:left="242" w:right="945" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D34CD0">
+      <w:r w:rsidRPr="00AA606F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ángela Corengia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FA91DBF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00D34CD0" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="5FA91DBF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00274087">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="254"/>
         </w:tabs>
         <w:spacing w:line="292" w:lineRule="exact"/>
         <w:ind w:left="254" w:right="945" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Austral, Argentina</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75E70A51" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00D34CD0" w:rsidRDefault="000B6C78" w:rsidP="00D34CD0">
+    <w:p w14:paraId="75E70A51" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00274087">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="226"/>
         </w:tabs>
         <w:spacing w:line="292" w:lineRule="exact"/>
         <w:ind w:right="945"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D34CD0">
+      <w:r w:rsidRPr="00AA606F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ACorengia@austral.edu.ar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B83AEC7" w14:textId="2FAF1BE9" w:rsidR="000B6C78" w:rsidRPr="00D34CD0" w:rsidRDefault="00D34CD0" w:rsidP="00410BC3">
+    <w:p w14:paraId="3B83AEC7" w14:textId="2FAF1BE9" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="00D34CD0" w:rsidP="00274087">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:spacing w:before="4"/>
         <w:ind w:right="940"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>https://orcid.org/</w:t>
       </w:r>
-      <w:r w:rsidR="00410BC3" w:rsidRPr="00D34CD0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00410BC3" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>0009-0004-5205-3312</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45D4CAC1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...11 lines deleted...]
-    <w:p w14:paraId="0F732C60" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00D34CD0" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="3DA36910" w14:textId="77777777" w:rsidR="00AF6B3E" w:rsidRDefault="00AF6B3E" w:rsidP="00274087">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="242"/>
         </w:tabs>
         <w:spacing w:line="292" w:lineRule="exact"/>
         <w:ind w:left="242" w:right="945" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D34CD0">
+    </w:p>
+    <w:p w14:paraId="0F732C60" w14:textId="07E02977" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00274087">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="242"/>
+        </w:tabs>
+        <w:spacing w:line="292" w:lineRule="exact"/>
+        <w:ind w:left="242" w:right="945" w:firstLine="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Karina Brahim</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="507A25AE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00D34CD0" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="507A25AE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00274087">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="254"/>
         </w:tabs>
         <w:spacing w:line="292" w:lineRule="exact"/>
         <w:ind w:left="254" w:right="945" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Austral, Argentina</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="790476FF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00D34CD0" w:rsidRDefault="000B6C78" w:rsidP="00D34CD0">
+    <w:p w14:paraId="790476FF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00274087">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="226"/>
         </w:tabs>
         <w:spacing w:line="292" w:lineRule="exact"/>
         <w:ind w:right="945"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D34CD0">
+      <w:r w:rsidRPr="00AA606F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">KBrahim@austral.edu.ar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B561F54" w14:textId="7BD2BA1A" w:rsidR="000B6C78" w:rsidRPr="00D34CD0" w:rsidRDefault="00D34CD0" w:rsidP="000B6C78">
+    <w:p w14:paraId="3B561F54" w14:textId="7BD2BA1A" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="00D34CD0" w:rsidP="00274087">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:spacing w:before="4"/>
         <w:ind w:right="940"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>https://orcid.org/</w:t>
       </w:r>
-      <w:r w:rsidR="004256C1" w:rsidRPr="00D34CD0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004256C1" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>0009-0004-7044-5707</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71FCBBBE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...10 lines deleted...]
-    <w:p w14:paraId="07BB6D40" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00D34CD0" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="1121ABC5" w14:textId="77777777" w:rsidR="00AF6B3E" w:rsidRDefault="00AF6B3E" w:rsidP="00274087">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="242"/>
         </w:tabs>
         <w:spacing w:line="292" w:lineRule="exact"/>
         <w:ind w:left="242" w:right="945" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D34CD0">
+    </w:p>
+    <w:p w14:paraId="07BB6D40" w14:textId="41025272" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00274087">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="242"/>
+        </w:tabs>
+        <w:spacing w:line="292" w:lineRule="exact"/>
+        <w:ind w:left="242" w:right="945" w:firstLine="0"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Yamila Nazaret González</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C5AE23A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00D34CD0" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="3C5AE23A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00274087">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="254"/>
         </w:tabs>
         <w:spacing w:line="292" w:lineRule="exact"/>
         <w:ind w:left="254" w:right="945" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Universidad Austral, Argentina </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A5AAD5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00D34CD0" w:rsidRDefault="000B6C78" w:rsidP="00D34CD0">
+    <w:p w14:paraId="05A5AAD5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00274087">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="226"/>
         </w:tabs>
         <w:spacing w:line="292" w:lineRule="exact"/>
         <w:ind w:right="945"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D34CD0">
+      <w:r w:rsidRPr="00AA606F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">YGonzalez@austral.edu.ar </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F97661A" w14:textId="406130F4" w:rsidR="000B6C78" w:rsidRPr="00D34CD0" w:rsidRDefault="00D34CD0" w:rsidP="00546A92">
+    <w:p w14:paraId="3F97661A" w14:textId="406130F4" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="00D34CD0" w:rsidP="00274087">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
-        <w:spacing w:before="4"/>
         <w:ind w:right="940"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>https://orcid.org/</w:t>
       </w:r>
-      <w:r w:rsidR="00410BC3" w:rsidRPr="00D34CD0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00410BC3" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>0009-0002-3795-2913</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E34BA2E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="2E34BA2E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37D73C2C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="37D73C2C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="572C2612" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="53BD6252" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El aseguramiento de la calidad educativa demanda una colaboración estrecha entre estudiantes, coordinadores, docentes y gestores universitarios. Con el propósito de evaluar y mejorar constantemente los programas académicos y la calidad institucional, en la Escuela de Educación de la Universidad Austral se desarrolló el Sistema de Aseguramiento de la Calidad del Desempeño Docente (SACDD). Este artículo presenta los resultados de la Evaluación 360° diseñada e implementada dentro del marco de este sistema. La metodología empleada es de naturaleza cuantitativa-cualitativa y descriptiva-evaluativa, abordando múltiples dimensiones del desempeño docente. Se diseñó un dispositivo de evaluación el cual se nutre de varios instrumentos aplicados por los diversos actores involucrados en la calidad educativa. De los resultados del </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">dispositivo, se generan informes personalizados por docente, los cuales son discutidos en reuniones de retroalimentación con cada uno de ellos. Los resultados proporcionan evidencia basada en datos sobre la calidad percibida por diversos actores acerca del desempeño docente de todos los profesores de la Escuela de Educación de la Universidad Austral. Los docentes valoran más que positivamente esta evaluación, especialmente en cuanto a la dimensión de "retroalimentación o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>feedback</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00814C02" w14:textId="3C6F3A27" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-      </w:r>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Palabras Claves</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA606F" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Evaluación docente, calidad educativa, virtualidad, evaluación 360°</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B4D90E3" w14:textId="77777777" w:rsidR="000F75C6" w:rsidRPr="00AA606F" w:rsidRDefault="000F75C6" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69BC3C17" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B6C78">
-[...6 lines deleted...]
-        <w:t>feedback</w:t>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B6C78">
-[...9 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w14:paraId="60CCD57C" w14:textId="1185D063" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensuring educational quality demands close collaboration among students, coordinators, university professors and directors. The School of Education at Universidad Austral has developed the Professors Performance Quality Assurance System with the purpose of continuously evaluating and improving academic programs and institutional quality (SACDD- Sistema de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Aseguramiento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la Calidad del </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Desempeño</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Docente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>). This article presents the results of the 360-degree evaluation implemented within the framework of this system. The methodology employed was of a quantitative-qualitative and descriptive-evaluative nature, addressing multiple dimensions of teaching performance. A comprehensive evaluation tool was designed, drawing from input from various stakeholders involved in quality assurance. Customized reports for each professor were generated from the tool's results and discussed in feedback meetings. The findings provided data-driven evidence on the perceived quality of teaching performance for all professors from the School of Education at the Universidad Austral. Professors value this evaluation, more than positively, particularly regarding the "feedback" dimension.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D26D9B4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BA334B5" w14:textId="77777777" w:rsidR="00D34CD0" w:rsidRDefault="00D34CD0" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="367EAD99" w14:textId="67A9EB62" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Key </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Teaching Evaluation, Educational Quality, Virtuality, 360 Degree Evaluation</w:t>
+      </w:r>
+      <w:r w:rsidR="00D34CD0" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E8E037" w14:textId="57A555AF" w:rsidR="00D34CD0" w:rsidRPr="00AA606F" w:rsidRDefault="00D34CD0" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:br/>
+        <w:t>Fecha Recepción:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Junio</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...137 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:t>Fecha Aceptación:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...112 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Diciembre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="004A68F4">
-[...54 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00000000" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:pict w14:anchorId="42DD6141">
           <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26935AE7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="26935AE7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7E1319A5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="7E1319A5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DCBC4F4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...11 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="4D4FA1C7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El presente artículo aborda el tema de la evaluación del desempeño docente en el marco del sistema de aseguramiento de la calidad educativa en el nivel superior universitario. Dada la amplitud del abordaje se ha optado por denominar este trabajo “Evaluación 360° del Desempeño Docente”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02FE20AB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="02FE20AB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En las últimas décadas, se han ampliado y mejorado los mecanismos de aseguramiento de la calidad educativa en la mayoría de los países, quienes han establecido sus propios sistemas de acreditación a través de agencias conformadas por referentes de prestigiosa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">trayectoria junto a integrantes de organismos oficiales. Se busca así llegar a estándares de calidad reconocidos por la propia comunidad académica, contribuir con la regulación del sistema y promover una cultura de calidad entendida como mejora continua (Bellomo; Corengia; Brahim, 2019; Corengia y Brahim, 2023). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A37FDA3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Los sistemas de aseguramiento de la calidad pueden aplicarse tanto sobre programas formativos, como sobre instituciones educativas, variando así la unidad de análisis. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="010A34EE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="010A34EE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">En los diversos países, se ha generado un proceso de masificación de la educación universitaria. La expansión de la matrícula facilitó el acceso a la educación superior a una gran parte de la población, cuya heterogeneidad condujo a la diversificación de instituciones para responder a una amplia y variada demanda. En este contexto, en la Argentina, el Estado asume un rol evaluador de las universidades e institutos universitarios tanto de gestión estatal, como privada. De </w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En los diversos países, se ha generado un proceso de masificación de la educación universitaria. La expansión de la matrícula facilitó el acceso a la educación superior a una gran parte de la población, cuya heterogeneidad condujo a la diversificación de instituciones para responder a una amplia y variada demanda. En este contexto, en la Argentina, el Estado asume un rol evaluador de las universidades e institutos universitarios tanto de gestión estatal, como privada. De Vincenzi (2018, en </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B6C78">
-[...5 lines deleted...]
-        <w:t>Vincenzi</w:t>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Corengia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B6C78">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (2018, en </w:t>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Brahim 2023) encuentra evidencias respecto a que el sistema de aseguramiento de la calidad es percibido como una fortaleza de la política púbica, en tanto se reconoce el aporte que implican estos procesos en términos de capitalizarlos para la mejora institucional. Los mecanismos de aseguramiento de la calidad coordinados por el Estado han generado un impacto positivo en la mejora de las funciones de las instituciones universitarias, favoreciendo un cambio cultural que se evidencia en la construcción de sistemas internos de calidad (Corengia, 2015; Corengia y Brahim 2023). En cualquier caso, atravesar este tipo de procesos favorece una tendencia hacia una progresiva cultura de evaluación de la calidad que contribuye a la mejora continua de los programas y las instituciones en pos de mejores graduados para la sociedad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9D495A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El caso de estudio a presentar en este artículo fue implementado en una unidad académica de la Universidad Austral, conforme la necesidad de asegurar la calidad de la función docente, en gran medida debido al cambio en la modalidad de dictado de las carreras que se ofrecen bajo la modalidad virtual. Esto requiere del desarrollo de competencias tecno-pedagógicas por parte del profesorado. Se desarrolló un sistema de aseguramiento de la calidad del desempeño docente en el cual se tuvieron en consideración los lineamientos comunes para el diseño e implementación de carreras que contengan modalidad a distancia. Las dimensiones de análisis se han definido de manera endógena, es decir, han sido propuestas y consensuadas internamente por diversos actores institucionales de la propia unidad académica como ser directores de carreras, profesores y autoridades del Consejo de Dirección. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5013F90E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cabe señalar que los lineamientos académicos definidos por la propia universidad trascienden la enseñanza a distancia y se inspiran en una visión de la innovación centrada en la consolidación de una cultura institucional y en los procesos pedagógicos. Aspiran a capitalizar los aportes de las nuevas tecnologías en educación en un marco que exige repensar el modo en que se planifican las clases y programas, con independencia de la modalidad en que se dicten. El foco de la estrategia de innovación educativa está puesto en la promoción de una adecuada experiencia de aprendizaje del alumno, cuyos rasgos principales son: la cercanía a través de un seguimiento personal y personalizado; la innovación pedagógica con foco en el aprendizaje significativo y centrado en competencias; con docentes especializados que propongan contenidos de calidad y actualizados; con formación teórica sólida sumada a la orientación a la práctica; con una formación ética centrada en valores; una alta especialización en el marco de la formación humanística centrada en la persona; con tiempo de calidad para obtener lo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">mejor de cada campus, sea presencial o virtual, y con la posibilidad de generar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>networking</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> con pares nacionales e internacionales. Asimismo, la universidad considera que la transformación digital que conlleva el surgimiento de nuevos lenguajes y modalidades vinculares de los alumnos con sus pares, con los docentes y con el aprendizaje y, la incidencia de dicha transformación digital en la educación, requiere redoblar los esfuerzos vinculados con el aseguramiento de la calidad (Universidad Austral, 2022).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2946811A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En este marco, el foco de la evaluación que se realiza en la Escuela de Educación de la Universidad Austral está puesto en la medición del desempeño docente desde múltiples perspectivas. Se toman en consideración, por un lado, la voz de los propios estudiantes a través de encuestas de satisfacción; por otro lado, la mirada de las autoridades de las carreras a través de las observaciones de clases; además, la autoevaluación del mismo docente y la mirada de los pares llevada a cabo por profesores de la misma unidad académica. Asimismo, se toma en cuenta el estado de las aulas virtuales a través de una evaluación que realiza la Dirección de Innovación Educativa de la universidad y el área de asesoramiento </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tecnopedagógico</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la Escuela de Educación. El análisis de la información relevada permite obtener evidencias de buenas prácticas y, a su vez, identificar oportunidades de mejora en los procesos de enseñanza y aprendizaje; promueve en el profesorado un espacio de reflexión y la posibilidad de desarrollar planes de capacitación acorde a las necesidades de cada docente. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D39552" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tal como plantea Zabalza (2003; en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Corengia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B6C78">
-[...18 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y Brahim 2023) la universidad desarrolla una tarea de formación que se concreta en su oferta curricular y, la calidad de ella, depende en gran parte del desempeño de los profesores. Los procesos de enseñanza efectivos requieren del dominio de diversas competencias. En tal sentido, resulta imperioso evaluar el desempeño docente a fin de asegurar la calidad de la docencia e identificar oportunidades de mejora que permitan orientar al profesor y diseñar conjuntamente planes de capacitación docente a medida.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20141A39" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...146 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E3EAF5C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Objetivos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05DA2E2C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-[...11 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="1E2A07FB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El objetivo de este artículo es presentar el diseño, la implementación, los primeros resultados y los pasos a seguir de la Evaluación 360° del Sistema de Aseguramiento de la Calidad del Desempeño Docente (SACDD) desarrollado por la Secretaría Académica de la Escuela de Educación de la Universidad Austral durante los años académicos 2023-2024. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D80F24A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="1954B48C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Metodología</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="619F2B22" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-[...11 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="3246B41C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Se trata de un diseño metodológico cuantitativo y cualitativo, de naturaleza descriptiva – evaluativa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D785A35" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="5D785A35" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La unidad de análisis se define como “el desempeño docente de todas las carreras virtuales de grado y posgrado de la Escuela de Educación de la Universidad Austral”. La</w:t>
       </w:r>
-      <w:r w:rsidR="000212D1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="000212D1" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> cuatro carreras virtuales de esta unidad académica son:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D297A65" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="6D297A65" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Licenciatura en Organización y Gestión Educativa (LOGE).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B49580B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="6B49580B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Profesorado Universitario para el Nivel Medio y Superior (PU).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C398CD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="77C398CD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Maestría en Dirección de Instituciones Educativas (MDIE).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C9E596" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="25C9E596" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Doctorado en Educación (DE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D7981BC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="4D7981BC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4972E5C2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4972E5C2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Al mes de diciembre de 2023 (primer tramo del proyecto) se evaluaron 17 docentes de un total de 75 docentes (este total incluye claustro docente más docentes invitados). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E522DC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="57E522DC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El desempeño docente se evalúa a través de las siguientes dimensiones de análisis:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C773488" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="0C773488" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conocimiento de la disciplina</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5426FA61" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="5426FA61" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Capacidad didáctica y pedagógica</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7660452F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="7660452F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Competencias tecno-pedagógicas en entornos virtuales</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="664B1621" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="664B1621" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Empatía y disponibilidad hacia los estudiantes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699CEC24" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="699CEC24" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Calidad de las evaluaciones y de los </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>feedbacks</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> brindados a los estudiantes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="441C2075" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="441C2075" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Formación humanística</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0615FA41" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="0615FA41" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En cuanto a los instrumentos de recolección de la información podemos mencionar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="142E499C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="142E499C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Guía de observación de aulas virtuales</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ECAAFC6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="4ECAAFC6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Guía de observación de pares docentes y de directivos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C6316B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="50C6316B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Guía de autoevaluación de la clase</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E62C4B0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="5E62C4B0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Encuesta de estudiantes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E208695" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="0E208695" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A fin de asegurar consistencia interna entre todos los instrumentos elaborados se realizó un cruce de preguntas y dimensiones (ver Tabla 1: Cruce de preguntas, instrumentos y dimensiones).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10D7B229" w14:textId="77777777" w:rsidR="00481F8C" w:rsidRDefault="00481F8C" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="3DDA92EE" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A34ABDF" w14:textId="77777777" w:rsidR="00274087" w:rsidRDefault="00274087" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E5DD109" w14:textId="77777777" w:rsidR="00274087" w:rsidRDefault="00274087" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69594EF2" w14:textId="77777777" w:rsidR="00274087" w:rsidRDefault="00274087" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2410DF15" w14:textId="77777777" w:rsidR="00274087" w:rsidRDefault="00274087" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="716C23A8" w14:textId="77777777" w:rsidR="00274087" w:rsidRDefault="00274087" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22108997" w14:textId="77777777" w:rsidR="00AF6B3E" w:rsidRDefault="00AF6B3E" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65EE4558" w14:textId="77777777" w:rsidR="00AF6B3E" w:rsidRDefault="00AF6B3E" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ED3B3A9" w14:textId="77777777" w:rsidR="00AF6B3E" w:rsidRDefault="00AF6B3E" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5122E65C" w14:textId="77777777" w:rsidR="00AF6B3E" w:rsidRDefault="00AF6B3E" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C49F091" w14:textId="77777777" w:rsidR="00AF6B3E" w:rsidRDefault="00AF6B3E" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2443B967" w14:textId="77777777" w:rsidR="00274087" w:rsidRDefault="00274087" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="262E2493" w14:textId="77777777" w:rsidR="00274087" w:rsidRDefault="00274087" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C79CAEA" w14:textId="552C7916" w:rsidR="000212D1" w:rsidRDefault="00481F8C" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Tabla 1.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cruce de preguntas, instrumentos y dimensiones actualizado a mayo de 2024.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C79CAEA" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="176A67D3" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="176A67D3" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="681DC405" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-AR" w:eastAsia="es-AR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16101EC0" wp14:editId="037875A2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-196760</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6381679" cy="7911548"/>
             <wp:effectExtent l="19050" t="19050" r="19685" b="13335"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Imagen 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -2013,16717 +2079,17260 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6381679" cy="7911548"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F5E0C3" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="58F5E0C3" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BBC76B9" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="6BBC76B9" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="382387E6" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="382387E6" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46216396" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="46216396" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09F653F4" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="09F653F4" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49FF5EAE" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="49FF5EAE" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64E00509" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="64E00509" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="012E2395" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="012E2395" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6217C186" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="6217C186" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44682CF0" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="44682CF0" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B90D0C5" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="6B90D0C5" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DA610C0" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="2DA610C0" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56DD60E7" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="56DD60E7" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05DB5EE1" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="05DB5EE1" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BD392DD" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="4BD392DD" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EB5F9CF" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="0EB5F9CF" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="763D45A6" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="763D45A6" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27A5EE23" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="27A5EE23" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23AD7FDF" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="23AD7FDF" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="520F489B" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="520F489B" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F613DCC" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="2F613DCC" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="408C8CA2" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="408C8CA2" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AFBEE4D" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="6AFBEE4D" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DF1FCCD" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="5DF1FCCD" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="277C35FE" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="277C35FE" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63300BDE" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="63300BDE" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45441F23" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="45441F23" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="616B533C" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="616B533C" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D65169C" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="6D65169C" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A215B80" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="5A215B80" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CC02F04" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="4CC02F04" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03D88D6A" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="03D88D6A" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25B5D0A2" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="25B5D0A2" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B11A860" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="4B11A860" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F753653" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="7F753653" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4EB20AFB" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="4EB20AFB" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F5C30B4" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="1F5C30B4" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EC523FC" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="2EC523FC" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C025608" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="5C025608" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60AB68CA" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="60AB68CA" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2ADFFF33" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="2ADFFF33" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E4E1DFE" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="6E4E1DFE" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45E18AA4" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="45E18AA4" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="789088AC" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="789088AC" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BD8192E" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="5BD8192E" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C4AECBB" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="0E61BAD9" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31686E71" w14:textId="77777777" w:rsidR="000212D1" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
+    <w:p w14:paraId="5649C97C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Listadoajustado"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fuente: elaboración propia actualizada a mayo de 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67C36BCB" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F0B2B1A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>El Sistema de Aseguramiento de la Calidad del Desempeño Docente contempla siete etapas bien diferenciadas entre sí pero también muy interrelacionadas (Ver Figura 1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410DF170" w14:textId="77777777" w:rsidR="00AA606F" w:rsidRDefault="00AA606F" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="648B642B" w14:textId="2A6D6023" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="00481F8C" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...61 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Figura 1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B6C78" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Etapas del Sistema de Aseguramiento de la Calidad del Desempeño Docente de la Escuela de Educación de la Universidad Austral (años 2023-2024).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483FB8BB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-AR" w:eastAsia="es-AR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F457F13" wp14:editId="6828D0B8">
             <wp:extent cx="4552950" cy="3810000"/>
             <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
             <wp:docPr id="2" name="Diagrama 2"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                 <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId9" r:lo="rId10" r:qs="rId11" r:cs="rId12"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F9EC855" w14:textId="77777777" w:rsidR="00481F8C" w:rsidRPr="000B6C78" w:rsidRDefault="00481F8C" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="19783C06" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fuente: elaboración propia actualizada a mayo de 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A36F2C" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...32 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2172EDE6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">En lo que se refiere a la evaluación de las aulas virtuales, cabe mencionar que éstas fueran evaluadas por la Dirección de Innovación Educativa de la UA y por el área de asesoramiento </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tecnopedagógico</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la Escuela de Educación. Para ello se utilizaron los estándares del documento “</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lineamientos Académicos para la </w:t>
       </w:r>
-      <w:r w:rsidR="007E3EE7" w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="007E3EE7" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>re significación</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la enseñanza personalizada en el contexto de la pos</w:t>
       </w:r>
-      <w:r w:rsidR="00410BC3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00410BC3" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">t </w:t>
       </w:r>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pandemia</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>” de la Universidad Austral. Más concretamente los estándares del Anexo 1 de dicho documento: “</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Estándares mínimos obligatorios y comunes para el diseño e implementación de carreras que contengan modalidad a distancia en la Universidad Austral</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">” (Universidad Austral, 2022). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="511D41A2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="511D41A2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nivel 1: Requerido /obligatorio. Implica que se realizaron las modificaciones mínimas obligatorias requeridas para el proyecto</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A6BBCB7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="6A6BBCB7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">de intervención y mejora de las aulas virtuales. La información enviada por los docentes fue la mínima e indispensable para que la Gerencia de Innovación Educativa acondicione las aulas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4233A2A7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="061E3EC2" w14:textId="77777777" w:rsidR="00AA606F" w:rsidRPr="00AA606F" w:rsidRDefault="00AA606F" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4233A2A7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Nivel 2: Deseable. Implica que se realizaron las modificaciones en relación a lo obligatorio/ deseable. Se utilizó un </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>genially</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de presentación de la materia. Se realizó el trabajo de alineación de aspectos obligatorios y deseables. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51F3C944" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="51F3C944" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nivel 3: Óptima. Implica que además de los aspectos deseables y obligatorios se realizaron cambios en función al trabajo en colaboración con los profesores. Se utilizó un </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>genially</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de presentación de la materia y de hoja de ruta y, además, se incorporaron otros elementos innovadores y audiovisuales en las clases. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="107D256D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="107D256D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Además, también fue evaluada en tres niveles por esta misma área de Innovación Educativa la capacidad tecnológica de los docentes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C117368" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="2C117368" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Asimismo, la observación de clases se realiza entre los pares del cuerpo académico de la EEDU. La guía de observación contempla las siguientes preguntas y escala: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34852816" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="000B6C78" w:rsidRDefault="000212D1" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="34852816" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="735F9C85" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>OBSERVACIÓN:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="360493ED" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="000B6C78" w:rsidRDefault="000212D1" w:rsidP="000212D1">
-[...9 lines deleted...]
-    <w:p w14:paraId="68ABBD71" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="68ABBD71" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="40" w:after="120"/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="786"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conocimiento en la disciplina </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8F89CB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="1F8F89CB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="40" w:after="120"/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="786" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="4DA96815" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="4DA96815" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60A6003E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="60A6003E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B644002" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5B644002" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2FF885BD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2FF885BD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C2F648C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6C2F648C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7131343C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7131343C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07ADD8DD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="07ADD8DD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33653B87" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="33653B87" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="4D4BBBBE" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="4D4BBBBE" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="770AD6C0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="770AD6C0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75DD7DE1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="75DD7DE1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Demuestra conocimiento en los temas tratados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D3323F0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4D3323F0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DF68A20" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3DF68A20" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="361DC298" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="361DC298" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EBF1A4F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2EBF1A4F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74612169" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="74612169" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="0D7759AB" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="0D7759AB" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D6E58F0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6D6E58F0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D56E520" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3D56E520" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Explica con seguridad los contenidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49A0D2DE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="49A0D2DE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39C66B1C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="39C66B1C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C07F08F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0C07F08F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27A45A32" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="27A45A32" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6724E523" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6724E523" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36B7A274" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="3DE011DC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="36B7A274" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DE011DC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="40" w:after="120"/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="786"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Capacidad didáctica-pedagógica</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="3E72D7C5" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="3E72D7C5" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5819F6F8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5819F6F8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77245DF5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="77245DF5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4935865A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4935865A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="256FF866" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="256FF866" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="53992264" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="53992264" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34C93F27" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="34C93F27" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2788996E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2788996E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="7FC81570" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="7FC81570" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56CC6CFE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="56CC6CFE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B7E3099" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7B7E3099" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Al comenzar con la clase se toma un tiempo para recuperar saberes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="331B661A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="331B661A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D28CB7D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3D28CB7D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61133E4B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="61133E4B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A49B2D1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3A49B2D1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="385DC129" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="385DC129" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="0257CED3" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="0257CED3" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39EB57D5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="39EB57D5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="149560D2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="149560D2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Demuestra entusiasmo por lo que enseña</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41B014FB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="41B014FB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B21BFF8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1B21BFF8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78CE5E50" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="78CE5E50" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20051F5F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="20051F5F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F91402C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7F91402C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="50CEB648" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="50CEB648" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DA62B6C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7DA62B6C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6ADCC5F8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6ADCC5F8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fomenta la participación activa en clases</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32A3B60D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="32A3B60D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D8BED69" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4D8BED69" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C1FA313" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0C1FA313" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34BFBFC8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="34BFBFC8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B2D381E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3B2D381E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="04B6DBD4" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="04B6DBD4" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2533CAC4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2533CAC4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EF6762D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...13 lines deleted...]
-              <w:t>Administra adecuadamente el tiempo durante la clase</w:t>
+          <w:p w14:paraId="4EF6762D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Administra adecuadamente el tiempo </w:t>
             </w:r>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>durante la clase</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6020864B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6020864B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5ACCE54E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5ACCE54E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0185B70F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0185B70F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01CC6623" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="01CC6623" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1976FC39" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1976FC39" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="13112553" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="13112553" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="761C1949" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="761C1949" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F02EFBB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2F02EFBB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Los temas abordados son motivadores</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EB3B1E0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1EB3B1E0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EBBA927" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6EBBA927" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="305521A6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="305521A6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CF8A71C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4CF8A71C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A2FB3C9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7A2FB3C9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="423AA4FE" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="423AA4FE" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13D1AC02" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="13D1AC02" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DC08DCF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6DC08DCF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Las actividades propuestas en la clase sincrónicas son motivadoras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F0D2A2D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0F0D2A2D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0717AA16" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0717AA16" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31E4C823" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="31E4C823" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30DEBEC2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="30DEBEC2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C48DC5C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6C48DC5C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="4D5663DB" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="4D5663DB" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5ED86995" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5ED86995" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F5753A5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2F5753A5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>La clase es atractiva, con independencia de ser teórica o práctica</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4430A49A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4430A49A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1927829C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1927829C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BCA6C45" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1BCA6C45" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FA8657D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3FA8657D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A4A3EC2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3A4A3EC2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06419810" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="1D734693" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="06419810" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D734693" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="40" w:after="120"/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="786"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Formación humanística</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="5CFCF6DF" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="5CFCF6DF" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A67480C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6A67480C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1743DB9D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1743DB9D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="214CD50D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="214CD50D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B962459" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1B962459" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69FD2EE4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="69FD2EE4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="332" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30FCC263" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="30FCC263" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BBA1678" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6BBA1678" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="4279816B" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="4279816B" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F97BDD3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6F97BDD3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B5A2850" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2B5A2850" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Participo de la formación humanística que proporciona la Universidad (Por ejemplo, el Programa de Estudios Humanísticos PEH)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CC944D4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3CC944D4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10624299" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="10624299" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24A1A94C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="24A1A94C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="332" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68E8878C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="68E8878C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BA4F5E1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3BA4F5E1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="668743DF" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="668743DF" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A66C70E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4A66C70E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63EF2E1D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="63EF2E1D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Transmito valores éticos/humanos acorde al ideario de la Universidad Austral</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="303" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69C8FA0E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="69C8FA0E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E2DDE06" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5E2DDE06" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="323" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20AB7E73" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="20AB7E73" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="332" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E1EB553" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6E1EB553" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B1F3028" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2B1F3028" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6E43BDF1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="37DAB106" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="6E43BDF1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37DAB106" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="40" w:after="120"/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="786"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Empatía y disponibilidad hacían los estudiantes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="5040F75B" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="5040F75B" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BC6115D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5BC6115D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="589502FC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="589502FC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67A07475" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="67A07475" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11A09076" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="11A09076" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57D2BE2E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="57D2BE2E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AD6D735" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4AD6D735" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F0AE6B2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2F0AE6B2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="0AF55234" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="0AF55234" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="675E3CD7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="675E3CD7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2550FBB1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2550FBB1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tiene buena predisposición para atender consultas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2ED48B3F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2ED48B3F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AEEB07A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2AEEB07A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21F501D4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="21F501D4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F53DCC2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4F53DCC2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F48E7E6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5F48E7E6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="0FD91FDA" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="0FD91FDA" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="005F3ABC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="005F3ABC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="605CE75B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="605CE75B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Es amable en el trato</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67247C94" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="67247C94" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DCC1EEA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7DCC1EEA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1ACAFF74" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1ACAFF74" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78B6D623" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="78B6D623" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1941E41E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1941E41E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="17A7B694" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="18141114" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="17A7B694" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18141114" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="40" w:after="120"/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="786"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Calidad de las evaluaciones y del </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>feedback</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> brindado a los estudiantes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="56E63E4C" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="56E63E4C" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54DFE06A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="54DFE06A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BB12C88" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2BB12C88" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47063812" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="47063812" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54A1DC23" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="54A1DC23" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6086FD22" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6086FD22" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35A9FA10" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="35A9FA10" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54EB0330" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="54EB0330" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="5D18F377" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="5D18F377" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59F0DF18" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="59F0DF18" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08AB94BB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="08AB94BB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Da retroalimentación a los alumnos sobre sus intervenciones</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39758AD2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="39758AD2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D5B7FAA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6D5B7FAA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A3D93BE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6A3D93BE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5759CAF2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5759CAF2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2ACB8779" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2ACB8779" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2140F326" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="53BCC741" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="2140F326" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53BCC741" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="40" w:after="120"/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="786"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Competencias </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tecnopedagógicas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> en entornos virtuales</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="28BB04ED" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="28BB04ED" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C34E946" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0C34E946" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64E5E20B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="64E5E20B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="621DA200" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="621DA200" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25DCCA52" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="25DCCA52" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="224A69FB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="224A69FB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BD092E2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1BD092E2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B9FB3A1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2B9FB3A1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="0864908D" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="0864908D" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29B8BEFB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...13 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="29B8BEFB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F837695" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2F837695" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Utiliza los recursos de la plataforma Zoom de forma adecuada (sala de reuniones, chat, uso compartido de pantalla, otros)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6168EBF9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6168EBF9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="113191FE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="113191FE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35BA6B48" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="35BA6B48" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BB270DD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4BB270DD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17A0A19C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="17A0A19C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="5D10EEF0" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="5D10EEF0" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="150A3184" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="150A3184" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="431A4296" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="431A4296" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Se desempeña de manera efectiva en los entornos virtuales</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61793FB8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="61793FB8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="038E5DC6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="038E5DC6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07B025F0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="07B025F0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BAC13B9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0BAC13B9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="637D6823" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="637D6823" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="049069D3" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="049069D3" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DAB606D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6DAB606D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="629F1D5F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="629F1D5F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>La clase sincrónica por videoconferencia evidencia una planificación especial (uso de recursos de la plataforma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D36B562" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0D36B562" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06D92B59" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="06D92B59" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5460B864" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5460B864" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D8EC3F9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1D8EC3F9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0900F3AA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0900F3AA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="2161B843" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="2161B843" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33386572" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="33386572" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15989D2F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="15989D2F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Usa el campus virtual durante la clase o lo menciona para su uso durante los espacios asincrónicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AD2D497" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1AD2D497" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25326765" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="25326765" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19B54C8F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="19B54C8F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B46CCA2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5B46CCA2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46255604" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="46255604" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3CE6AFE4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...9 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="3CE6AFE4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78F69797" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tras realizar la observación y completar el formulario, se proporciona un espacio abierto para que el profesor par que observe la clase mencione aspectos a destacar sobre las fortalezas y oportunidades de mejora.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27226CED" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="27226CED" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Otro instrumento de recolección de la información es la autoevaluación docente que, tal como su nombre lo indica, la completa cada profesor al culminar su clase. Las preguntas y escalas –muy similares a la evaluación de pares- son: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB97751" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="000B6C78" w:rsidRDefault="000212D1" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="6EB97751" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C23599B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AUTOEVALUACIÓN:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="533180D3" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="000B6C78" w:rsidRDefault="000212D1" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="533180D3" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2D27FF9C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D27FF9C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="40" w:after="120"/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conocimiento en la disciplina </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="3E1FA276" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="3E1FA276" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7285DF28" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7285DF28" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14CEF96B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="14CEF96B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63434952" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="63434952" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2760CB9F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2760CB9F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47705DC4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="47705DC4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CC9FB39" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3CC9FB39" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BB79D70" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2BB79D70" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="39A31670" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="39A31670" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EA85B5D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="5EA85B5D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BC5D819" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7BC5D819" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Frecuentemente me actualizo en temas de mi campo disciplinar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="700024B3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="700024B3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="508CDD57" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="508CDD57" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47142540" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="47142540" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AE5EF80" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6AE5EF80" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1221E6E2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1221E6E2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="27B6ABE8" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="27B6ABE8" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40A09237" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="40A09237" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B16256A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6B16256A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Explico con seguridad los contenidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BA640C1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4BA640C1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="440EFFA9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="440EFFA9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E72BE2E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0E72BE2E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62F69EA2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="62F69EA2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A30A856" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2A30A856" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="36F222C4" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="36F222C4" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25EDB3C2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="25EDB3C2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B15D01A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2B15D01A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>El material que utilizo para el estudio es pertinente a los temas tratados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EDD38E1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7EDD38E1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07DBFBDD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="07DBFBDD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D5A04F6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1D5A04F6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="217D0346" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="217D0346" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53F346DB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="53F346DB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="022C7F91" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...26 lines deleted...]
-    <w:p w14:paraId="107C5519" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="022C7F91" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0026804C" w14:textId="77777777" w:rsidR="00410BC3" w:rsidRPr="00AA606F" w:rsidRDefault="00410BC3" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="601493F0" w14:textId="77777777" w:rsidR="00410BC3" w:rsidRPr="00AA606F" w:rsidRDefault="00410BC3" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="107C5519" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="40" w:after="120"/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Capacidad didáctica-pedagógica</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="1C07C572" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="1C07C572" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CD94D6B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0CD94D6B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="077BB13B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="077BB13B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F4AD01E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2F4AD01E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="641EE4C4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="641EE4C4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="103B1331" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="103B1331" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="455BE610" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="455BE610" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7195D48B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7195D48B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="62B5429D" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="62B5429D" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="712E5E15" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="712E5E15" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1ADC4A43" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1ADC4A43" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Al comenzar la clase, me tomo un tiempo para recuperar saberes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10199EEB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="10199EEB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41F26826" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="41F26826" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B925E49" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0B925E49" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0937E041" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0937E041" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FA2C6E6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3FA2C6E6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="52DD4B9E" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="52DD4B9E" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EC971CD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5EC971CD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="711FAD78" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="711FAD78" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fomento la participación activa en clases</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="674ED94A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="674ED94A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56F2E018" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="56F2E018" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E8BEE5B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3E8BEE5B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1943F9A5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1943F9A5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FCCE796" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5FCCE796" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="23AF87BA" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="23AF87BA" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EAADC58" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0EAADC58" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BD3DDAE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4BD3DDAE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Administro adecuadamente el tiempo durante la clase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19EC4184" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="19EC4184" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="179A2E9C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="179A2E9C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10FADF5B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="10FADF5B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="035760E2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="035760E2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A2C61C4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4A2C61C4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1FF6B726" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="56DCF8B5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="1FF6B726" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56DCF8B5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="40" w:after="120"/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Formación humanística</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="6BEB76B4" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="6BEB76B4" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="763E11AA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="763E11AA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4638A5C3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4638A5C3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="063BFF30" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="063BFF30" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46B983A4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="46B983A4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55FC150D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="55FC150D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42C071D5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="42C071D5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BDBD79C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6BDBD79C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="3F40D531" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="3F40D531" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4335BB1F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4335BB1F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F58651B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7F58651B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Participo de la formación humanística que proporciona la Universidad (Por ejemplo, el Programa de Estudios Humanísticos PEH)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D2BBCA2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7D2BBCA2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11F08E90" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="11F08E90" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5499D997" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5499D997" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D3D674C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2D3D674C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27B0A89A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="27B0A89A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="694D75C7" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="694D75C7" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="353F89F3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="353F89F3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="619BFE40" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="619BFE40" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Transmito valores éticos/humanos acorde al ideario de la Universidad Austral</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3875C853" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3875C853" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1992E149" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1992E149" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32D96BC9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="32D96BC9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A08D5AF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5A08D5AF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FFA8859" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1FFA8859" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5BAC3D04" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="79ADA79A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="5BAC3D04" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79ADA79A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="40" w:after="120"/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Empatía y disponibilidad hacían los estudiantes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="350F8317" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="350F8317" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1603C765" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1603C765" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A051854" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2A051854" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20830F8E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="20830F8E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EF88789" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5EF88789" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F748183" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7F748183" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33996A43" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="33996A43" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F8E66EE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1F8E66EE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="4E61915B" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="4E61915B" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F24DFE6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2F24DFE6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34AE4C87" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="34AE4C87" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tengo buena predisposición para atender consultas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DBAA5F2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1DBAA5F2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C7CF2A8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1C7CF2A8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0075E449" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0075E449" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45C38269" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="45C38269" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="786ED155" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="786ED155" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="3094E746" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="3094E746" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1012240E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1012240E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22FDF851" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="22FDF851" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Soy amable en el trato</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="042BFCFE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="042BFCFE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26954D47" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="26954D47" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48C26EB0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="48C26EB0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="661D443B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="661D443B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BCF73AA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0BCF73AA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5B7929D7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="52470CE6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="5B7929D7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52470CE6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="40" w:after="120"/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Calidad de las evaluaciones y del </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>feedback</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> brindado a los estudiantes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="6ECA55AD" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="6ECA55AD" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AC6ADB2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0AC6ADB2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03024CDA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="03024CDA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A4AE9BE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0A4AE9BE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76F5C762" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="76F5C762" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DEEF5A0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4DEEF5A0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6351CF91" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6351CF91" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5494E2B6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5494E2B6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="02020D24" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="02020D24" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6345CDD3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6345CDD3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07F5FAC9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="07F5FAC9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Doy </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>retroalimención</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> a los alumnos sobre sus intervenciones</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02A2B06A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="02A2B06A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3656793F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3656793F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E763C35" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2E763C35" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08F09154" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="08F09154" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1003EF5A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1003EF5A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="4D2D827C" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="4D2D827C" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23BECF75" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="23BECF75" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A2989E1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6A2989E1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Las consignas para resolver los desempeños parciales las presento de forma clara</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="569B6D6E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="569B6D6E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23C1F5FF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="23C1F5FF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6306F3BA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6306F3BA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CC11A56" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1CC11A56" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="371C2112" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="371C2112" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="54958846" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="54958846" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65F3ABCE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="65F3ABCE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5012F918" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5012F918" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Entrego las devoluciones parciales en el tiempo acordado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02EADFD8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="02EADFD8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="079A17F2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="079A17F2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D95546A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3D95546A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24D44B81" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="24D44B81" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F6158B8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7F6158B8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="178DE431" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="178DE431" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0799C1F8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0799C1F8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30B30715" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="30B30715" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Las devoluciones de los desempeños parciales están bien fundamentadas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F238F1D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5F238F1D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7236273F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7236273F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="228C8251" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="228C8251" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03701C98" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="03701C98" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F05AB69" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7F05AB69" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3977E7D2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="480529B9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="3977E7D2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="480529B9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:before="40" w:after="120"/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Competencias </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tecnopedagógicas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> en entornos virtuales</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="4853B830" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="4853B830" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="091E6E29" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="091E6E29" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F74C71A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6F74C71A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E0710BA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6E0710BA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20199926" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="20199926" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1114F7BC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1114F7BC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C70B239" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6C70B239" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A722720" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3A722720" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="21042ADD" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="21042ADD" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4ECDE0CE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4ECDE0CE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B3610BB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4B3610BB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Utilizo SIU para carga de notas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="742CC43A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="742CC43A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7470CD4B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7470CD4B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2680A990" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2680A990" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30F5C1C5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="30F5C1C5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F176ED8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5F176ED8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="02844169" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="02844169" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37ED2452" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="37ED2452" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F9734EF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1F9734EF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Utilizo los recursos de la plataforma Zoom de forma adecuada (sala de reuniones, chat, uso compartido de pantalla, otros)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06D671D2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="06D671D2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BD93338" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6BD93338" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="068ED273" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="068ED273" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="302C36DB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="302C36DB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B41486D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2B41486D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="6934FF77" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="6934FF77" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26CE1B62" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="26CE1B62" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BFD47F5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4BFD47F5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Me desempeño de manera efectiva en los entornos virtuales</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EBE6C2D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4EBE6C2D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A48E2F2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7A48E2F2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59374DA2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="59374DA2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39AA1319" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="39AA1319" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CAB785A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4CAB785A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="483F1EC4" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="483F1EC4" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31397237" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="31397237" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03DF76BC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="03DF76BC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Las clases sincrónicas por videoconferencia evidenciaron una planificación especial (uso de recursos de la plataforma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EDABA1A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2EDABA1A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18224CF1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="18224CF1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76EE76B0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="76EE76B0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="354C4688" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="354C4688" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A3AAE57" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4A3AAE57" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="66C55BEA" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="66C55BEA" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="388C12E8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="388C12E8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70BE0F9E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="70BE0F9E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mantengo actualizado el campus virtual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="466A0939" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="466A0939" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CF0AE0A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6CF0AE0A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6851A9C5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6851A9C5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FEAD963" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1FEAD963" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FA2773F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0FA2773F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="2245EB37" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="2245EB37" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C640A68" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3C640A68" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64F00EEC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="64F00EEC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Uso el campus virtual durante la clase o lo menciono para su uso durante los espacios asincrónicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68795716" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="68795716" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="120EE1A7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="120EE1A7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FF38468" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5FF38468" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C2B613A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1C2B613A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="473DA092" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="473DA092" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="52030E21" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="52030E21" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F5D5F37" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6F5D5F37" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C1AB0B2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6C1AB0B2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Las actividades del aula se integran con los temas propuestos para el estudio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56F99646" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="56F99646" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4006CDC7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4006CDC7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="601116AB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="601116AB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A9F93FD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0A9F93FD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26FCF9AC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="26FCF9AC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="4C8DBCAF" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="4C8DBCAF" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A41EF3D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5A41EF3D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4496" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E83DC8A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2E83DC8A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Utilizo los recursos del aula virtual de forma adecuada (foros de avisos, foros de consulta, entregas de TP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13B06AC2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="13B06AC2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71FC5909" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="71FC5909" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78F08FD3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="78F08FD3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FCA7EAC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3FCA7EAC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="328" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="566A7169" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="566A7169" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="748C62DB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...9 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="748C62DB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48B9713B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Por último, la encuesta que completan los estudiantes, contempla las preguntas y escala que se describen a continuación. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D39C013" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="000B6C78" w:rsidRDefault="000212D1" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="0D39C013" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B8A51FF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ENCUESTA A ESTUDIANTES:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04788D37" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="000B6C78" w:rsidRDefault="000212D1" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="04788D37" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FCE27E9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La escala utilizada es del 1 al 5 y cada número significa lo siguiente:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42DDE093" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="42DDE093" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1: Totalmente en desacuerdo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54FD3374" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="54FD3374" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2: En desacuerdo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10ABD0FF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="10ABD0FF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3: Ni de acuerdo ni en desacuerdo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A7D70AC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="2A7D70AC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4: De acuerdo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29584C81" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="29584C81" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5: Totalmente de acuerdo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7BB86C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="3B7BB86C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La encuesta se divide en las seis dimensiones de análisis. Posteriormente, se realiza una última pregunta para que se evalúe la materia de 1 a 10 y, por último, se deja un espacio abierto a comentarios. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="145ECC9F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13DCAAE2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>General</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13945FA5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="13945FA5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En líneas generales esta materia:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="5103"/>
         <w:gridCol w:w="760"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="11B488F0" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="11B488F0" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E25F19E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3E25F19E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50B30879" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="50B30879" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Superó mis expectativas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F58EE22" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7F58EE22" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="31B8B9F4" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="31B8B9F4" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55F618F5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="55F618F5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D284A91" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5D284A91" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alcanzó mis expectativas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC1752A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6DC1752A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="0706E8E5" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="0706E8E5" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16C29C7C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="16C29C7C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42FA0887" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="42FA0887" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Estuvo por debajo de mis expectativas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="760" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D2607D3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0D2607D3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F21585B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="2D47799F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="2F21585B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D47799F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conocimiento en la disciplina </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="3962CDA6" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="3962CDA6" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A118515" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2A118515" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk155423947"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D2B3291" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7D2B3291" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D3FF0DD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7D3FF0DD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="190848CC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="190848CC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6DDD6CFC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6DDD6CFC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62AAE632" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="62AAE632" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="514E06AC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="514E06AC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="56741AD9" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="56741AD9" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E7838FE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1E7838FE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="052F1A08" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="052F1A08" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Demuestra conocimiento en los temas tratados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B064965" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7B064965" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B3A9324" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3B3A9324" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="512B91D6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="512B91D6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F869CB5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0F869CB5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A3676B0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3A3676B0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="7376B80C" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="7376B80C" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F36D9AA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3F36D9AA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="364918A3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="364918A3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Explica con seguridad los contenidos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4302CD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2D4302CD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7ECF474A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7ECF474A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70EED366" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="70EED366" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1530D117" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1530D117" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CD21B87" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0CD21B87" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="427465FB" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="427465FB" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7F926E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2C7F926E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3521595B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3521595B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>El material sugerido para el estudio fue pertinente a los temas tratados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B6DD844" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5B6DD844" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="200E8B3C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="200E8B3C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6900512A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6900512A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C36A654" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4C36A654" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6797B7D5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6797B7D5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="00EB5002" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="00EB5002" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="067934D7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="067934D7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72ECC9BC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="72ECC9BC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>La cantidad de material provisto para el estudio fue suficiente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="010422E4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="010422E4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16BB4665" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="16BB4665" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="298841B3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="298841B3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B4D270F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6B4D270F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09E06765" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="09E06765" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="5E6906AF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="7E325CFC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="5E6906AF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E325CFC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Capacidad didáctica-pedagógica</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="72B8C14C" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="72B8C14C" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D262D0D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6D262D0D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C9B2F26" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6C9B2F26" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="186CC682" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="186CC682" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20082CE4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="20082CE4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74AEDB20" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="74AEDB20" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73195295" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="73195295" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D8216FD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2D8216FD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="014C1B43" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="014C1B43" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34DC7533" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="34DC7533" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0888F149" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0888F149" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Demuestra entusiasmo por lo que enseña</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="089D2323" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="089D2323" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F59B03D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0F59B03D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7ECAC250" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7ECAC250" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="438D7312" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="438D7312" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="248444B2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="248444B2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="1BFD128C" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="1BFD128C" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FBE8E76" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5FBE8E76" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C6C3CC1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2C6C3CC1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fomenta la participación activa en clases</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F638F08" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4F638F08" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3972F45B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3972F45B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1527B8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0A1527B8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68A17D75" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="68A17D75" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1656D383" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1656D383" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="3DE63EAB" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="3DE63EAB" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56BD430C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="56BD430C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35C21A6C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...13 lines deleted...]
-              <w:t>Administra adecuadamente el tiempo durante la clase</w:t>
+          <w:p w14:paraId="35C21A6C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Administra adecuadamente el tiempo </w:t>
             </w:r>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>durante la clase</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="727C6CC2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="727C6CC2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A655247" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2A655247" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C1234C1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0C1234C1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="317E841D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="317E841D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D9F289F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5D9F289F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="6584C78E" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="6584C78E" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44FEF6F8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="44FEF6F8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04556190" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="04556190" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Los temas abordados fueron motivadores</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A8C8024" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5A8C8024" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B1CD312" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5B1CD312" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BDA4C40" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7BDA4C40" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00AC36FA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="00AC36FA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69C5D4E2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="69C5D4E2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="440B9EAC" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="440B9EAC" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31E875A4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="31E875A4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DF5F35D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3DF5F35D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Las actividades propuestas en las clases sincrónicas son motivadoras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F860802" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1F860802" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73EE0AAB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="73EE0AAB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E1C2913" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0E1C2913" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6960878E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6960878E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="373D41A1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="373D41A1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="1CC7C871" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="1CC7C871" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CD2F684" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0CD2F684" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1447EB1D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1447EB1D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Las clases sincrónicas son atractivas, con independencia de ser teóricas o prácticas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2613841D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2613841D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55C01870" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="55C01870" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45765A9A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="45765A9A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="687E9E95" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="687E9E95" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C96B5C2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5C96B5C2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="05610F2F" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="05610F2F" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37615F48" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="37615F48" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D912AE5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2D912AE5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Las actividades propuestas de la materia favorecen mi comprensión de los temas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35274F96" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="35274F96" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4024F067" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4024F067" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6427811F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6427811F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A917D11" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5A917D11" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A77EA37" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1A77EA37" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="77903152" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="71C12048" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="77903152" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71C12048" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Formación humanística</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="550"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="520"/>
+        <w:gridCol w:w="4426"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="37524653" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="37524653" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19004FFD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="19004FFD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C094AB1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3C094AB1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B834177" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4B834177" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="057351EB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="057351EB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="341A5620" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="341A5620" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7166D47A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7166D47A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10F237C5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="10F237C5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="3A04CE03" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="3A04CE03" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A60BC1C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6A60BC1C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C1D75D6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1C1D75D6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Transmite valores éticos/humanos acorde al ideario de la Universidad Austral</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="313E494B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="313E494B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D8E7EB7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3D8E7EB7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E9FFC5D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1E9FFC5D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AA13301" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7AA13301" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="152EA88C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="152EA88C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="65602A0C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="3539E9D9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="65602A0C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3539E9D9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Empatía y disponibilidad hacían los estudiantes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="684"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="642"/>
+        <w:gridCol w:w="4304"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="4217940D" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="4217940D" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09CCFB5C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="09CCFB5C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17D39D84" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="17D39D84" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C4E810F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2C4E810F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AB9E773" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5AB9E773" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28F1202A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="28F1202A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="456BA8A0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="456BA8A0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E30D2E6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4E30D2E6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="57909EA0" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="57909EA0" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D97900A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1D97900A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A7D96E3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5A7D96E3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tiene buena predisposición para atender consultas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F1278B4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1F1278B4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22AD5CFF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="22AD5CFF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FD560AD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6FD560AD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67EAB5F8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="67EAB5F8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3253E54E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3253E54E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="616172C0" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="616172C0" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6222504A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6222504A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="596F23DD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="596F23DD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Es amable en el trato</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17BFAE3A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="17BFAE3A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F8BB1DA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2F8BB1DA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D32B650" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1D32B650" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D88E4CB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3D88E4CB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47BE0F65" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="47BE0F65" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="727C2084" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="1EF84FF5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="727C2084" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EF84FF5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Calidad de las evaluaciones y del </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>feedback</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> brindado a los estudiantes</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="684"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="642"/>
+        <w:gridCol w:w="4304"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="50D814E2" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="50D814E2" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="372021FA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="372021FA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66C44198" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="66C44198" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="121552E4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="121552E4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5719B32B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5719B32B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FFB5742" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0FFB5742" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="384F4243" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="384F4243" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53ADE286" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="53ADE286" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="523574B6" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="523574B6" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CA5F2A7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="0CA5F2A7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>11.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="555AAE42" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="555AAE42" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Las consignas para resolver los desempeños parciales se presentaron de forma clara</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12DBFFA8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="12DBFFA8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CEB962B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1CEB962B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14ECA3B3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="14ECA3B3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5550C6B8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5550C6B8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16E45FA2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="16E45FA2" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="0819CCF8" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="0819CCF8" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67CB400F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...13 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="67CB400F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>11.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B656666" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7B656666" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Recibí las devoluciones de los desempeños parciales en el tiempo acordado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C1646EB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7C1646EB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DABACEA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7DABACEA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E157D7A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3E157D7A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="597B7D85" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="597B7D85" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="718B4D1A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="718B4D1A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="37EE86D4" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="37EE86D4" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60D8F692" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="60D8F692" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E782CE1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7E782CE1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Las devoluciones de los desempeños parciales estuvieron bien fundamentadas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="635EBEE1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="635EBEE1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44CDA36A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="44CDA36A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20030602" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="20030602" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F0A2ECE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2F0A2ECE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34B25187" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="34B25187" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="54B7443D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="15C1AE1B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="54B7443D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15C1AE1B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
+        <w:spacing w:before="240" w:after="240"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Competencias </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tecnopedagógicas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> en entornos virtuales</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="6636" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="684"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="642"/>
+        <w:gridCol w:w="4304"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
+        <w:gridCol w:w="338"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="7A2D08EF" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="7A2D08EF" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42410266" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="42410266" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5305CC8F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5305CC8F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20856B0F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="20856B0F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3968E183" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3968E183" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07A027E0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="07A027E0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26266237" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="26266237" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2992A768" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2992A768" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="55AB5271" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="55AB5271" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CBCB5F5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2CBCB5F5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E9D38AA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5E9D38AA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Utiliza los recursos de la plataforma Zoom de forma adecuada (sala de reuniones, chat, uso compartido de pantalla, otros)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5093C898" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5093C898" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50834C34" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="50834C34" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="580F50B0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="580F50B0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E975C0F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5E975C0F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FB38968" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6FB38968" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="7AE0F4E0" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="7AE0F4E0" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2886960A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2886960A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E36C111" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4E36C111" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Se desempeña de manera efectiva en los entornos virtuales</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2599954D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2599954D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10016293" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="10016293" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="202F4C57" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="202F4C57" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51905C27" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="51905C27" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A2C2700" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2A2C2700" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="7F2CC4DA" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="7F2CC4DA" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="231F3953" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="231F3953" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE6FA0B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7FE6FA0B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Las clases sincrónicas por videoconferencia evidencian una planificación especial (uso de recursos de la plataforma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B13707B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5B13707B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13CEFB86" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="13CEFB86" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0693F92F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0693F92F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75CB27B5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="75CB27B5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DBF4E55" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0DBF4E55" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="02811AFE" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="02811AFE" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7388E550" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7388E550" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65D233A8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="65D233A8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>El campus virtual está actualizado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C14AF23" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4C14AF23" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="508FBC43" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="508FBC43" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35363B6B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="35363B6B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C9252FB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7C9252FB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14866298" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="14866298" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="7BAE9BA9" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="7BAE9BA9" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DF53779" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2DF53779" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="335DF573" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="335DF573" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Usa el campus virtual durante la clase o lo menciona para su uso durante los espacios asincrónicos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="369E1B1D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="369E1B1D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A82F54F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6A82F54F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D09C65E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3D09C65E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B0BE8DA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3B0BE8DA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52F0D1D4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="52F0D1D4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="7900EB8E" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="7900EB8E" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7496A6F1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7496A6F1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="528F51D4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="528F51D4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Las actividades del aula se integran con los temas propuestos para el estudio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F43099B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5F43099B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29D4661D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="29D4661D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="545E221A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="545E221A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A4F28CC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3A4F28CC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09DCDC6D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="09DCDC6D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="3C06AD34" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="3C06AD34" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33599C00" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="33599C00" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4546" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FC277C1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...13 lines deleted...]
-              <w:t>Utiliza los recursos del aula virtual de forma adecuada (foros de avisos, foros de consulta, entregas de TP)</w:t>
+          <w:p w14:paraId="0FC277C1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Utiliza los recursos del aula virtual de forma adecuada (foros de avisos, foros de </w:t>
             </w:r>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>consulta, entregas de TP)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="300" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3278F317" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3278F317" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65129A3C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="65129A3C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15B3EAAF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="15B3EAAF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="323EEADB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="323EEADB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="319" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32C49EA3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="32C49EA3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="672F837F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="672F837F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24D496A6" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>¿Cómo evaluaría esta materia del 1 al 10?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="656"/>
         <w:gridCol w:w="656"/>
         <w:gridCol w:w="656"/>
         <w:gridCol w:w="657"/>
         <w:gridCol w:w="657"/>
         <w:gridCol w:w="657"/>
         <w:gridCol w:w="657"/>
         <w:gridCol w:w="657"/>
         <w:gridCol w:w="657"/>
         <w:gridCol w:w="657"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="40F88CEF" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="40F88CEF" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AA42D48" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-            <w:pPr>
+          <w:p w14:paraId="0AA42D48" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5769E7DD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-            <w:pPr>
+          <w:p w14:paraId="5769E7DD" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14F0F8C8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-            <w:pPr>
+          <w:p w14:paraId="14F0F8C8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B84CEEB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-            <w:pPr>
+          <w:p w14:paraId="7B84CEEB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31030B67" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-            <w:pPr>
+          <w:p w14:paraId="31030B67" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CD935F9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-            <w:pPr>
+          <w:p w14:paraId="5CD935F9" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13F87D35" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-            <w:pPr>
+          <w:p w14:paraId="13F87D35" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EE8155F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-            <w:pPr>
+          <w:p w14:paraId="3EE8155F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6888C369" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-            <w:pPr>
+          <w:p w14:paraId="6888C369" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61BD948B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-            <w:pPr>
+          <w:p w14:paraId="61BD948B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="5B132FB0" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="5B132FB0" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A439102" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1A439102" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D1EA796" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2D1EA796" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="656" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C0FDF44" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0C0FDF44" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57F4E8E7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="57F4E8E7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6997BE68" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6997BE68" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D708979" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7D708979" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6156E429" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6156E429" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D7BE6D0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5D7BE6D0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7552A54E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7552A54E" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="657" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E9CA92D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7E9CA92D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0A195506" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="0A195506" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6567"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w14:paraId="7F1B4017" w14:textId="77777777" w:rsidTr="005C43E5">
+      <w:tr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w14:paraId="7F1B4017" w14:textId="77777777" w:rsidTr="005C43E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08DF71BE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="005C43E5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="08DF71BE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA606F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comentarios abiertos: …………………………………………….</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5376A9CA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...9 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="5376A9CA" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A5C98E8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La Evaluación 360° busca lograr una tasa de respuesta del 85% en la encuesta de estudiantes al aplicarse durante el último encuentro sincrónico de la materia. En cuanto a la dimensión de evaluación, se solicita a los estudiantes que evalúen los desempeños parciales en lugar del final, dado que este último ocurre después de la encuesta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D62ACB0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="1D62ACB0" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D879C73" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="6D879C73" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0689D0AE" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00C02E83" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...11 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="70176213" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En primer lugar, se muestran los resultados de la evaluación de las 35</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C02E83">
+      <w:r w:rsidRPr="00AA606F">
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
-      <w:r w:rsidRPr="00C02E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> aulas virtuales y de la capacidad tecnológica de los docentes. Luego, a través de un ejemplo, se muestran los resultados de las observaciones, de la autoevaluación y de las encuestas de los estudiantes, por dimensión. También se esboza el plan de mejora acorado con los docentes en la etapa de retroalimentación o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C02E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>feedback</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C02E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C1A5BF4" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00C02E83" w:rsidRDefault="000212D1" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="4C1A5BF4" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2A466C98" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="000212D1" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A466C98" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:numForm w14:val="oldStyle"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Resultados de las evaluaciones de aulas virtuales y de la capacidad tecnológica de los docentes</w:t>
       </w:r>
-      <w:r w:rsidR="000212D1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="000212D1" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:numForm w14:val="oldStyle"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC0CB99" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00C02E83" w:rsidRDefault="000B6C78" w:rsidP="00481F8C">
-      <w:pPr>
+    <w:p w14:paraId="6AC0CB99" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">De las 35 aulas virtuales evaluadas e intervenidas –cabe aclarar que durante la evaluación se fue trabajando con los docentes en la mejora de sus aulas virtuales- 22 resultaron “Nivel 3: óptimas”; 11 “Nivel 2: deseables” y 2 “Nivel 1: cumplen con lo mínimo requerido”. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="014F9842" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="014F9842" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En lo que se refiere a capacidad tecnológica de los docentes, 30 fueron evaluados en un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>nivel “bueno” y 5 en “básico” (Ver Figura 1).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6590D020" w14:textId="77777777" w:rsidR="000212D1" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F8D45A5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Figura 1.</w:t>
       </w:r>
-      <w:r w:rsidR="000B6C78" w:rsidRPr="00C02E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="000B6C78" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Evaluación de las 35 aulas virtuales</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69B5D76E" w14:textId="77777777" w:rsidR="00481F8C" w:rsidRPr="00C02E83" w:rsidRDefault="00481F8C" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="69B5D76E" w14:textId="77777777" w:rsidR="00481F8C" w:rsidRPr="00AA606F" w:rsidRDefault="00481F8C" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="001686FC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C02E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-AR" w:eastAsia="es-AR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00DC145D" wp14:editId="1EEF24C9">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00DC145D" wp14:editId="7FFC95CA">
             <wp:extent cx="4176395" cy="3188970"/>
             <wp:effectExtent l="19050" t="19050" r="14605" b="11430"/>
             <wp:docPr id="13" name="Imagen 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="13" name="FIGURA INNEDU CON VALORES.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4176395" cy="3188970"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="3175">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B4513DC" w14:textId="77777777" w:rsidR="00481F8C" w:rsidRDefault="00481F8C" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="7B4513DC" w14:textId="77777777" w:rsidR="00481F8C" w:rsidRPr="00AA606F" w:rsidRDefault="00481F8C" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2417E678" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00481F8C" w:rsidRDefault="000212D1" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="2417E678" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000212D1" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00481F8C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fuente: elaboración propia.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00481F8C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00481F8C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Evaluación de las 35 aulas virtuales</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F16156" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="43F16156" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E2FEE9F" w14:textId="77777777" w:rsidR="00E01157" w:rsidRDefault="00E01157" w:rsidP="000212D1">
+    <w:p w14:paraId="1E2FEE9F" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:numForm w14:val="oldStyle"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FE1FD17" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00C02E83" w:rsidRDefault="000B6C78" w:rsidP="000212D1">
+    <w:p w14:paraId="2FE1FD17" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:numForm w14:val="oldStyle"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C02E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:numForm w14:val="oldStyle"/>
         </w:rPr>
         <w:t>Resultados de las observaciones de pares, la autoevaluación y la encuesta de los estudiantes</w:t>
       </w:r>
-      <w:r w:rsidR="000212D1">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="000212D1" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:numForm w14:val="oldStyle"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BB71F18" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="00E01157">
-      <w:pPr>
+    <w:p w14:paraId="0BB71F18" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">En las Figuras 2-5 se muestra la síntesis de los resultados de las observaciones, evaluaciones de pares y encuesta de estudiantes para uno de los docentes. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F8B26B" w14:textId="77777777" w:rsidR="00D34CD0" w:rsidRDefault="00D34CD0" w:rsidP="00E01157">
-      <w:pPr>
+    <w:p w14:paraId="13F8B26B" w14:textId="77777777" w:rsidR="00D34CD0" w:rsidRPr="00AA606F" w:rsidRDefault="00D34CD0" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53B80C9E" w14:textId="77777777" w:rsidR="00D34CD0" w:rsidRPr="00AA606F" w:rsidRDefault="00D34CD0" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77490438" w14:textId="77777777" w:rsidR="00D34CD0" w:rsidRPr="00AA606F" w:rsidRDefault="00D34CD0" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C82B389" w14:textId="77777777" w:rsidR="00D34CD0" w:rsidRPr="00AA606F" w:rsidRDefault="00D34CD0" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68619AFD" w14:textId="77777777" w:rsidR="00D34CD0" w:rsidRPr="00AA606F" w:rsidRDefault="00D34CD0" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71E595A1" w14:textId="77777777" w:rsidR="00D34CD0" w:rsidRPr="00AA606F" w:rsidRDefault="00D34CD0" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...115 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="621D3562" w14:textId="77777777" w:rsidR="00780F6C" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Figura 2</w:t>
       </w:r>
-      <w:r w:rsidR="00E01157">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00E01157" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C02E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Resultados del sistema de aseguramiento de la calidad del desempeño docente de la Escuela de Educación de la Universidad Austral- PORTADA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1595E9C3" w14:textId="77777777" w:rsidR="00E01157" w:rsidRDefault="00E01157" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="1595E9C3" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-AR" w:eastAsia="es-AR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C96DAB9" wp14:editId="4251EE98">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>268605</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>151928</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4988459" cy="2321380"/>
             <wp:effectExtent l="19050" t="19050" r="22225" b="22225"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -18755,264 +19364,227 @@
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3335ACAA" w14:textId="77777777" w:rsidR="00E01157" w:rsidRDefault="00E01157" w:rsidP="000212D1">
-      <w:pPr>
+    <w:p w14:paraId="3335ACAA" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D2DD2E5" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52006C90" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7551B430" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A7A9A82" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C865DD8" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39CB0189" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...66 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CADB0A7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="000B6C78" w:rsidRPr="00C02E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="000B6C78" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fuente: elaboración propia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E5EF080" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00C02E83" w:rsidRDefault="000B6C78" w:rsidP="00E01157">
-      <w:pPr>
+    <w:p w14:paraId="5E5EF080" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Figura 3</w:t>
       </w:r>
-      <w:r w:rsidR="00E01157">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00E01157" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01157" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Resultados del sistema de aseguramiento de la calidad del desempeño docente de la Escuela de Educación de la Universidad Austral- Síntesis de dimensiones, profesor x.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B3D45D3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="7B3D45D3" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78AC9BFF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="78AC9BFF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C02E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-AR" w:eastAsia="es-AR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C3B175B" wp14:editId="61FBEB9A">
             <wp:extent cx="4176395" cy="2431532"/>
             <wp:effectExtent l="19050" t="19050" r="14605" b="26035"/>
             <wp:docPr id="3" name="Imagen 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId16"/>
                     <a:srcRect l="4116" t="22980" r="31914" b="15344"/>
                     <a:stretch/>
                   </pic:blipFill>
@@ -19024,287 +19596,176 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:sysClr val="windowText" lastClr="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E978A8" w14:textId="77777777" w:rsidR="00E01157" w:rsidRDefault="00E01157" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="10E978A8" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67C6719D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00C02E83" w:rsidRDefault="000B6C78" w:rsidP="00780F6C">
-      <w:pPr>
+    <w:p w14:paraId="67C6719D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fuente: elaboración propia a partir de los resultados obtenidos en las observaciones, las autoevaluaciones y la encuesta a los estudiantes. Se toman las frecuencias en los valores más altos de la escala: 4; 4+5.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="430170CC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="00780F6C">
-      <w:pPr>
+    <w:p w14:paraId="430170CC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49A12F0D" w14:textId="77777777" w:rsidR="00D34CD0" w:rsidRPr="00AA606F" w:rsidRDefault="00D34CD0" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26EC537D" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...136 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Figura 4</w:t>
       </w:r>
-      <w:r w:rsidR="00E01157">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00E01157" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01157" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Resultados del sistema de aseguramiento de la calidad del desempeño docente de la Escuela de Educación de la Universidad Austral- dimensión capacidad didáctica pedagógica, profesor x.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="534B98E2" w14:textId="77777777" w:rsidR="00780F6C" w:rsidRDefault="00780F6C" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="534B98E2" w14:textId="77777777" w:rsidR="00780F6C" w:rsidRPr="00AA606F" w:rsidRDefault="00780F6C" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1634F1F7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C02E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-AR" w:eastAsia="es-AR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="188A6237" wp14:editId="0FE6A7B5">
             <wp:extent cx="4176395" cy="2635260"/>
             <wp:effectExtent l="19050" t="19050" r="14605" b="12700"/>
             <wp:docPr id="6" name="Imagen 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId17"/>
                     <a:srcRect l="4233" t="22157" r="32032" b="6354"/>
                     <a:stretch/>
                   </pic:blipFill>
@@ -19312,293 +19773,424 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4176395" cy="2635260"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08335EBC" w14:textId="77777777" w:rsidR="00E01157" w:rsidRDefault="00E01157" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="08335EBC" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35C60925" w14:textId="77777777" w:rsidR="00E01157" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="35C60925" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuente: elaboración propia a partir de los resultados obtenidos en las observaciones, las autoevaluaciones y la encuesta a los estudiantes, profesor x. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0959A8C9" w14:textId="77777777" w:rsidR="007E3EE7" w:rsidRDefault="007E3EE7" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="4FACE06A" w14:textId="77777777" w:rsidR="007E3EE7" w:rsidRPr="00AA606F" w:rsidRDefault="007E3EE7" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E7A7818" w14:textId="1770DA80" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Figura 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01157" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01157" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Resultados del sistema de aseguramiento de la calidad del desempeño docente de la Escuela de Educación de la Universidad Austral- respuestas abiertas, profesor x.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B5E3F88" w14:textId="292850D6" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...30 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B2A7757" w14:textId="77777777" w:rsidR="00AA606F" w:rsidRDefault="00AA606F" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="071B5708" w14:textId="77777777" w:rsidR="00AA606F" w:rsidRDefault="00AA606F" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C7CD896" w14:textId="77777777" w:rsidR="00AA606F" w:rsidRDefault="00AA606F" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72A61B6F" w14:textId="77777777" w:rsidR="00AA606F" w:rsidRDefault="00AA606F" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23F534B1" w14:textId="77777777" w:rsidR="00AA606F" w:rsidRDefault="00AA606F" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CBE2AF3" w14:textId="77777777" w:rsidR="00AA606F" w:rsidRDefault="00AA606F" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29B82657" w14:textId="73666E0F" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="00AA606F" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-AR" w:eastAsia="es-AR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1EBC886C" wp14:editId="41CA5D84">
-            <wp:extent cx="4176395" cy="4043357"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EBC886C" wp14:editId="24674F14">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>center</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>19166</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="4176395" cy="4043045"/>
             <wp:effectExtent l="19050" t="19050" r="14605" b="14605"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="-99" y="-102"/>
+                <wp:lineTo x="-99" y="21576"/>
+                <wp:lineTo x="21577" y="21576"/>
+                <wp:lineTo x="21577" y="-102"/>
+                <wp:lineTo x="-99" y="-102"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
             <wp:docPr id="7" name="Imagen 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId18"/>
+                    <a:blip r:embed="rId18">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:srcRect l="20344" t="22366" r="43791" b="14297"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4176395" cy="4043357"/>
+                      <a:ext cx="4176395" cy="4043045"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+          </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="000B6C78" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fuente:</w:t>
+      </w:r>
+      <w:r w:rsidR="000B6C78" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elaboración</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000B6C78" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> propia a partir de los resultados de las respuestas abiertas obtenidos de las observaciones, las autoevaluaciones y la encuesta a los estudiantes, profesor x. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A39A98" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="576E7B87" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00274087">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Figura 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01157" w:rsidRPr="00274087">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01157" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Resultados globales del total de docentes evaluados</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4485E0BB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F0B34FB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-AR" w:eastAsia="es-AR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B727955" wp14:editId="222C7772">
             <wp:extent cx="4176395" cy="2533015"/>
             <wp:effectExtent l="19050" t="19050" r="14605" b="19685"/>
             <wp:docPr id="12" name="Imagen 12"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="12" name="FIGURA RESULTADOS GENERALES.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -19615,451 +20207,467 @@
                       <a:ext cx="4176395" cy="2533015"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="3175" cap="sq" cmpd="thickThin">
                       <a:solidFill>
                         <a:srgbClr val="000000"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:miter lim="800000"/>
                     </a:ln>
                     <a:effectLst>
                       <a:innerShdw blurRad="76200">
                         <a:srgbClr val="000000"/>
                       </a:innerShdw>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BFC7339" w14:textId="77777777" w:rsidR="00E01157" w:rsidRDefault="00E01157" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="4BFC7339" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EDD3D15" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00C02E83" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="2EDD3D15" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fuente: elaboración propia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787D0D44" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00C02E83" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
+    <w:p w14:paraId="787D0D44" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:numForm w14:val="oldStyle"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7072E435" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00C02E83" w:rsidRDefault="000B6C78" w:rsidP="00780F6C">
+    <w:p w14:paraId="7072E435" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:numForm w14:val="oldStyle"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C02E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:numForm w14:val="oldStyle"/>
         </w:rPr>
         <w:t xml:space="preserve">Resultados de los </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C02E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:numForm w14:val="oldStyle"/>
         </w:rPr>
         <w:t>feedbacks</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C02E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:numForm w14:val="oldStyle"/>
         </w:rPr>
         <w:t xml:space="preserve"> a los docentes y de la implementación de los planes de mejora</w:t>
       </w:r>
-      <w:r w:rsidR="00780F6C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00780F6C" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:numForm w14:val="oldStyle"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A9C4DC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00C02E83" w:rsidRDefault="000B6C78" w:rsidP="00E01157">
-      <w:pPr>
+    <w:p w14:paraId="02A9C4DC" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Los resultados fueron analizados con cada docente en una reunión individual en la que están presente –además del docente- el/la directora/a de la carrera y la Secretaria Académica de la Escuela de Educación. En esta reunión se conversa sobre fortalezas y aspectos a mejorar y se acuerda el plan de mejora (generalmente cursos de capacitación sobre algún aspecto concreto, por ejemplo: “evaluación de los aprendizajes en carreras virtuales”).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F1EC49" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00C02E83" w:rsidRDefault="000B6C78" w:rsidP="00780F6C">
-      <w:pPr>
+    <w:p w14:paraId="45F1EC49" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Se deja un minucioso registro escrito de lo que se conversa en esta reunión y –luego de la reunión- se envía a cada docente junto a sus resultados sistematizados. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D02877B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00C02E83" w:rsidRDefault="000B6C78" w:rsidP="00780F6C">
-      <w:pPr>
+    <w:p w14:paraId="6D02877B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A partir del mes de febrero del 2024 se comenzaron a diseñar e implementar los planes de mejora por docente. La idea es asegurar que los compromisos asumidos para la mejora de la calidad se cumplan en tiempo y forma.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15147E29" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00C02E83" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...8 lines deleted...]
-    <w:p w14:paraId="4E38A3C4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00C02E83" w:rsidRDefault="000B6C78" w:rsidP="00780F6C">
+    <w:p w14:paraId="15147E29" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E38A3C4" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
-        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:numForm w14:val="oldStyle"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C02E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:numForm w14:val="oldStyle"/>
         </w:rPr>
         <w:t>Hacia una nueva etapa de la evaluación del desempeño docente de la Escuela de Educación de la Universidad Austral</w:t>
       </w:r>
-      <w:r w:rsidR="00780F6C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00780F6C" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w14:numForm w14:val="oldStyle"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DEF6ADF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00C02E83" w:rsidRDefault="000B6C78" w:rsidP="00E01157">
-      <w:pPr>
+    <w:p w14:paraId="6DEF6ADF" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...30 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A partir de la experiencia acumulada en el diseño e implementación del modelo de evaluación 360°, en el mes de mayo del año 2024 se lanzó una segunda vuelta de evaluación. En esta oportunidad se evaluarán por segunda vez los profesores ya evaluados y por primera vez aquellos que aún no han pasado por este proceso. En la Figura 6 se presenta gráficamente las etapas e instrumentos de este nuevo proceso de evaluación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14E3D098" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02C61A22" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04E545B3" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AAF921C" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C8521D6" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A701251" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="487B85C4" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45C78FF6" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13EAAF74" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D59BBE0" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66BC07A8" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00274087">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Figura</w:t>
       </w:r>
-      <w:r w:rsidR="00E01157">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00E01157" w:rsidRPr="00274087">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E01157" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tapas e instrumentos de evaluación del desempeño docente 360°</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="567EAB7F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="567EAB7F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5485FD74" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="5485FD74" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C02E83">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-AR" w:eastAsia="es-AR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0153840E" wp14:editId="7BFDB0E6">
             <wp:extent cx="4064741" cy="5750091"/>
             <wp:effectExtent l="19050" t="19050" r="12065" b="22225"/>
             <wp:docPr id="8" name="Imagen 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="Visión EEDU 2028 (1).jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -20069,1019 +20677,746 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4066749" cy="5752932"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="3175">
                       <a:solidFill>
                         <a:srgbClr val="002060"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33592E92" w14:textId="77777777" w:rsidR="00E01157" w:rsidRDefault="00E01157" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="7F5C724C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fuente: elaboración propia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1899D6F5" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F5C724C" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00C02E83" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="5F4B0BB7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00274087" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00274087">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...19 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Discusión y conclusiones</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D0D634A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...11 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="65A6F8BB" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Este sistema interno de aseguramiento de la calidad del desempeño docente (evaluación 360°) permite generar evidencia basada en datos acerca la calidad percibida del desempeño docente de todos y cada uno de los profesores de la Escuela de Educación de la Universidad Austral. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A0F885" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="51A0F885" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">ción, especialmente en su etapa de “retroalimentación o </w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cada uno de los docentes valora positivamente esta evaluación, especialmente en su etapa de “retroalimentación o </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>feedback</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B6C78">
-[...25 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”. Cabe destacar que se está generando una autorregulación para la mejora del ejercicio docente cuyo impacto directo se da en el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mismo proceso de enseñanza-aprendizaje y, por lo tanto, en la calidad de los graduados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276AF74F" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Asimismo, se detecta la necesidad de elaborar un sistema informático ad-hoc que permita agilizar la implementación, el análisis y la trazabilidad de los datos de este modelo de evaluación de desempeño docente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE01840" w14:textId="77777777" w:rsidR="00274087" w:rsidRDefault="00274087" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2925975C" w14:textId="77777777" w:rsidR="00D34CD0" w:rsidRDefault="00D34CD0" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="5111E47F" w14:textId="2C1E34E6" w:rsidR="000B6C78" w:rsidRPr="00274087" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00274087">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Futuras líneas de investigación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3677AB0A" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-[...11 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="27E95C60" w14:textId="77777777" w:rsidR="000F75C6" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...86 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Esta investigación realizada en la Escuela de Educación de la Universidad Austral se escalará gradualmente a las carreras virtuales de las otras Unidades Académicas de la misma Universidad: Facultad de Comunicación, Facultad de Derecho, Facultad de Ciencias Biomédicas, Facultad de Ciencias Empresariales y Facultad de Ingeniería. </w:t>
+      </w:r>
+      <w:r w:rsidR="000F75C6" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">De esta línea de investigación surgirá un análisis comparado de la Evaluación de Desempeño Docente por disciplina. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E899C20" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidRDefault="000F75C6" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="3E899C20" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000F75C6" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En el mediano plazo</w:t>
       </w:r>
-      <w:r w:rsidR="000B6C78">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="000B6C78" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">se analizará la relación entre este Sistema de Evaluación de Desempeño Docente y la calidad de los aprendizajes en los estudiantes. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40375BE1" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
-      <w:pPr>
+    <w:p w14:paraId="10A622B6" w14:textId="77777777" w:rsidR="00274087" w:rsidRDefault="00274087" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="136CDD1D" w14:textId="390F07AC" w:rsidR="000B6C78" w:rsidRPr="00274087" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00274087">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Agradecimientos/Apoyos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF9A223" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agradecemos a cada uno de los profesores que forman parte de la Escuela de Educación y los/las directores/as y coordinadores de cada una de las carreras evaluadas: Dr. Juan Assirio, Mg Silvina Miceli, Dra. Mónica Prieto, Mag. Oscar Ghillione, Dr. Guillermo Luquez, Dra. Florencia Daura, Mg. Verónica Poenitz y Mg. Marcela Verzero.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55CE182B" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E820269" w14:textId="77777777" w:rsidR="000F75C6" w:rsidRPr="00AA606F" w:rsidRDefault="000F75C6" w:rsidP="00274087">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Referencias</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A7980D" w14:textId="77777777" w:rsidR="000F75C6" w:rsidRPr="00AA606F" w:rsidRDefault="000F75C6" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bellomo, S.; Corengia, A. y Brahim, K. (2018). “Evaluación de la calidad de la capacitación en la</w:t>
+      </w:r>
+      <w:r w:rsidR="00410BC3" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> administración pública” en For</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mación de competencias laborales en servidores públicos (pp.231-251). M. Iacoviello; N. Pulido y otros. Editorial CLAD. Colección Experiencias Escuela CLAD/ Número 3. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74D1D4DD" w14:textId="77777777" w:rsidR="000F75C6" w:rsidRPr="00AA606F" w:rsidRDefault="000F75C6" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Corengia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, A. (2015). El impacto de la CONEAU en universidades argentinas. Teseo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22839C8E" w14:textId="77777777" w:rsidR="000F75C6" w:rsidRPr="00AA606F" w:rsidRDefault="000F75C6" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Corengia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, A.; Brahim, K (2023). “Sistema de evaluación del desempeño docente en la Un</w:t>
+      </w:r>
+      <w:r w:rsidR="00410BC3" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iversidad”, IV Congreso Interna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cional de Formación Permanente Nodos del Conocimiento: Innovación, investigación y transferencias ante la era de las IAs, 23 y 24 de noviembre de 2023.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B3EAA90" w14:textId="77777777" w:rsidR="000F75C6" w:rsidRPr="00AA606F" w:rsidRDefault="000F75C6" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Corengia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, A.; Brahim, K (en prensa). “Sistema de asegura-miento de la calidad del d</w:t>
+      </w:r>
+      <w:r w:rsidR="00410BC3" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>esempeño docente en la universi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dad. Un caso de estudio”, en Empoderando la docencia en la era digital: innovación, tecnología y renovación pedagógica, ISBN: 978-84-1170-924-8, Dykinson S.L., Madrid.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E220E36" w14:textId="77777777" w:rsidR="00E01157" w:rsidRPr="00AA606F" w:rsidRDefault="00E01157" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B87F46D" w14:textId="77777777" w:rsidR="000F75C6" w:rsidRPr="00AA606F" w:rsidRDefault="000F75C6" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>De Vincenzi, A. (2018). Cambio</w:t>
+      </w:r>
+      <w:r w:rsidR="00410BC3" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s en el mejoramiento de la cali</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dad de las instituciones universitarias: un estudio de casos de universidades privadas argentinas. Prometeo Libros. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49B8C606" w14:textId="77777777" w:rsidR="000F75C6" w:rsidRPr="00AA606F" w:rsidRDefault="000F75C6" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>https://issuu.com/clad_org/docs/3.competencias_digital_191110</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5091B882" w14:textId="77777777" w:rsidR="000F75C6" w:rsidRPr="00AA606F" w:rsidRDefault="000F75C6" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Universidad Austral (2022). Estrategia de Innovación Educativa. Lineamientos académicos para l</w:t>
+      </w:r>
+      <w:r w:rsidR="00410BC3" w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a re significación de la enseñan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">za personalizada en el contexto de la postpandemia (Versión 2.0. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mayo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62ECC87E" w14:textId="77777777" w:rsidR="000F75C6" w:rsidRPr="00AA606F" w:rsidRDefault="000F75C6" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA606F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zabalza, M. A. (2003). Competencias docentes del profesorado universitario. Calidad y desarrollo profesional. Narcea.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D46616" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F5D36E7" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidRDefault="000B6C78" w:rsidP="00AA606F">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...469 lines deleted...]
-    <w:sectPr w:rsidR="000B6C78" w:rsidRPr="000B6C78" w:rsidSect="00D34CD0">
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000B6C78" w:rsidRPr="00AA606F" w:rsidSect="00D34CD0">
       <w:headerReference w:type="default" r:id="rId21"/>
       <w:footerReference w:type="default" r:id="rId22"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1701" w:bottom="426" w:left="1701" w:header="284" w:footer="124" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D87316D" w14:textId="77777777" w:rsidR="00557C04" w:rsidRDefault="00557C04" w:rsidP="000B6C78">
+    <w:p w14:paraId="1CBAD7B3" w14:textId="77777777" w:rsidR="00E0686E" w:rsidRDefault="00E0686E" w:rsidP="000B6C78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40FF6BAE" w14:textId="77777777" w:rsidR="00557C04" w:rsidRDefault="00557C04" w:rsidP="000B6C78">
+    <w:p w14:paraId="3F68DC8D" w14:textId="77777777" w:rsidR="00E0686E" w:rsidRDefault="00E0686E" w:rsidP="000B6C78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="405EFA2A" w14:textId="16B5AB00" w:rsidR="00D34CD0" w:rsidRDefault="00D34CD0" w:rsidP="00D34CD0">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>Vol. 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">, Núm. </w:t>
@@ -21092,74 +21427,90 @@
         <w:b/>
       </w:rPr>
       <w:t>21</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                  </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>Enero</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
-      <w:t xml:space="preserve"> – Junio 2024</w:t>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2024</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                         ISSN: 2448 – 6280</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76BB1900" w14:textId="77777777" w:rsidR="00557C04" w:rsidRDefault="00557C04" w:rsidP="000B6C78">
+    <w:p w14:paraId="02A7F422" w14:textId="77777777" w:rsidR="00E0686E" w:rsidRDefault="00E0686E" w:rsidP="000B6C78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5CFE4B16" w14:textId="77777777" w:rsidR="00557C04" w:rsidRDefault="00557C04" w:rsidP="000B6C78">
+    <w:p w14:paraId="32DC8B51" w14:textId="77777777" w:rsidR="00E0686E" w:rsidRDefault="00E0686E" w:rsidP="000B6C78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="23D9DC64" w14:textId="77777777" w:rsidR="00244FD3" w:rsidRPr="00714261" w:rsidRDefault="00244FD3" w:rsidP="00244FD3">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
@@ -21187,134 +21538,174 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="77E8B161" w14:textId="77777777" w:rsidR="00244FD3" w:rsidRPr="00714261" w:rsidRDefault="00244FD3" w:rsidP="00244FD3">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714261">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Á. V. CORENGIA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> – K. L</w:t>
       </w:r>
       <w:r w:rsidRPr="00714261">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">. BRAHIM, “Sistema de evaluación del desempeño docente en la Universidad”, IV Congreso Internacional de Formación Permanente Nodos del Conocimiento: Innovación, investigación y transferencias ante la era de las </w:t>
-[...13 lines deleted...]
-        <w:t>, 23 y 24 de noviembre de 2023.</w:t>
+        <w:t>. BRAHIM, “Sistema de evaluación del desempeño docente en la Universidad”, IV Congreso Internacional de Formación Permanente Nodos del Conocimiento: Innovación, investigación y transferencias ante la era de las IAs, 23 y 24 de noviembre de 2023.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34E9DA43" w14:textId="77777777" w:rsidR="00244FD3" w:rsidRPr="00244FD3" w:rsidRDefault="00244FD3" w:rsidP="00244FD3">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
         <w:rPr>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714261">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Á.V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>. CORENGIA – K.L</w:t>
       </w:r>
       <w:r w:rsidRPr="00714261">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>. BRAHIM, “Sistema de aseguramiento de la calidad del desempeño docente en la universidad. Un caso de estudio”, en Empoderando la docencia en la era digital: innovación, tecnología y renovación pedagógica, ISBN: 978-84-1170-924-8, Dykinson S.L., Madrid (en prensa).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="0A671848" w14:textId="77777777" w:rsidR="000B6C78" w:rsidRDefault="000B6C78" w:rsidP="000B6C78">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> El número de aulas virtuales evaluadas (34) es mayor al número de docentes evaluados (17) debido a los cronogramas posibles de ambas evaluaciones. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="3C2F19E0" w14:textId="7F3AFADC" w:rsidR="00D34CD0" w:rsidRDefault="00D34CD0" w:rsidP="00D34CD0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3C2F19E0" w14:textId="0D673D02" w:rsidR="00D34CD0" w:rsidRDefault="00AA606F" w:rsidP="00D34CD0">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00F44F95">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-        <w:i/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C9C2EE5" wp14:editId="459C43A9">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>left</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-180109</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6470015" cy="944006"/>
+          <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21367"/>
+              <wp:lineTo x="21496" y="21367"/>
+              <wp:lineTo x="21496" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="1435319474" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1435319474" name="Imagen 1435319474"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6470015" cy="944006"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06BE6938"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA34CCE8"/>
     <w:lvl w:ilvl="0" w:tplc="2C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -21508,132 +21899,138 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1937906932">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1365442931">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004C0152"/>
     <w:rsid w:val="000212D1"/>
     <w:rsid w:val="00062A80"/>
     <w:rsid w:val="000B6C78"/>
     <w:rsid w:val="000F75C6"/>
     <w:rsid w:val="001F1052"/>
     <w:rsid w:val="00231F90"/>
     <w:rsid w:val="00244FD3"/>
     <w:rsid w:val="00246E0D"/>
+    <w:rsid w:val="00274087"/>
     <w:rsid w:val="00410BC3"/>
     <w:rsid w:val="004256C1"/>
     <w:rsid w:val="004536CE"/>
     <w:rsid w:val="00481F8C"/>
     <w:rsid w:val="004C0152"/>
     <w:rsid w:val="00517C1E"/>
     <w:rsid w:val="00546A92"/>
     <w:rsid w:val="00557C04"/>
+    <w:rsid w:val="00564D26"/>
     <w:rsid w:val="00780F6C"/>
     <w:rsid w:val="007E3EE7"/>
     <w:rsid w:val="00A62988"/>
     <w:rsid w:val="00A741F6"/>
+    <w:rsid w:val="00AA606F"/>
+    <w:rsid w:val="00AF6B3E"/>
     <w:rsid w:val="00D34CD0"/>
     <w:rsid w:val="00D623AB"/>
     <w:rsid w:val="00E01157"/>
+    <w:rsid w:val="00E0686E"/>
+    <w:rsid w:val="00F25117"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-AR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="624EAC66"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FFD143B2-140F-463C-8EDA-DFFF29096958}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-AR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="5" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -22049,51 +22446,50 @@
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="5"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000B6C78"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="240" w:after="160" w:line="276" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
       <w:smallCaps/>
       <w:spacing w:val="1"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="26"/>
       <w14:numForm w14:val="lining"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textoindependiente">
     <w:name w:val="Body Text"/>
@@ -22339,62 +22735,89 @@
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D34CD0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D34CD0"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculo">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA606F"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA606F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent3_1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent3" pri="11100"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="accent3">
         <a:shade val="80000"/>
       </a:schemeClr>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst meth="repeat">
       <a:schemeClr val="dk1"/>
     </dgm:txFillClrLst>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
@@ -26533,51 +26956,51 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8A249A0-83AC-4A70-8034-E67F92142D0A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
+  <Pages>25</Pages>
   <Words>4499</Words>
   <Characters>24747</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>206</Lines>
   <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>29188</CharactersWithSpaces>