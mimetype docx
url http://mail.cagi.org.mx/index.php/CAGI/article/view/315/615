--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,78 +1,106 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xls" ContentType="application/vnd.ms-excel"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/theme/themeOverride1.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/theme/themeOverride2.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/theme/themeOverride3.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/theme/themeOverride4.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/word/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/theme/themeOverride5.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="51776702" w14:textId="38045A25" w:rsidR="004A68F4" w:rsidRPr="004A68F4" w:rsidRDefault="004A68F4" w:rsidP="004A68F4">
+    <w:p w14:paraId="0EC2874A" w14:textId="0704B40E" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="000C63F8">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C63F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v11i21.315</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51776702" w14:textId="0B6DCF9E" w:rsidR="004A68F4" w:rsidRPr="004A68F4" w:rsidRDefault="004A68F4" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52924B80" w14:textId="745A90F1" w:rsidR="00C27A1F" w:rsidRPr="004A68F4" w:rsidRDefault="00331A48" w:rsidP="004A68F4">
       <w:pPr>
@@ -142,190 +170,162 @@
       <w:r w:rsidR="00635F91" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Evaluation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00635F91" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Model </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00635F91" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Model</w:t>
+        <w:t>for</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00635F91" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00635F91" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>for</w:t>
+        <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00635F91" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Guanajuato </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00635F91" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>the</w:t>
+        <w:t>Community</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00635F91" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Guanajuato </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00635F91" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>Community</w:t>
+        <w:t>Baccalaureate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00635F91" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> at UVEG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B5D6F7" w14:textId="77777777" w:rsidR="00C52E9C" w:rsidRPr="00883064" w:rsidRDefault="00C52E9C" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="054E283E" w14:textId="57DC4027" w:rsidR="00883064" w:rsidRPr="00883064" w:rsidRDefault="00883064" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -382,104 +382,104 @@
       <w:r w:rsidR="001D5C82" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00883064" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="542E2E25" w14:textId="17D85F1C" w:rsidR="00DA7D55" w:rsidRPr="004A68F4" w:rsidRDefault="00000000" w:rsidP="00883064">
+    <w:p w14:paraId="542E2E25" w14:textId="17D85F1C" w:rsidR="00DA7D55" w:rsidRPr="004A68F4" w:rsidRDefault="00883064" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00883064" w:rsidRPr="004A68F4">
+        <w:r w:rsidRPr="004A68F4">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>jurzamora@uveg.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00974AEC" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43AA8ED9" w14:textId="0136EB9C" w:rsidR="00883064" w:rsidRPr="004A68F4" w:rsidRDefault="00000000" w:rsidP="00883064">
+    <w:p w14:paraId="43AA8ED9" w14:textId="0136EB9C" w:rsidR="00883064" w:rsidRPr="004A68F4" w:rsidRDefault="00883064" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00883064" w:rsidRPr="004A68F4">
+        <w:r w:rsidRPr="004A68F4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0005-5794-260X</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00883064" w:rsidRPr="004A68F4">
+      <w:r w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E0F05B2" w14:textId="77777777" w:rsidR="00883064" w:rsidRPr="00883064" w:rsidRDefault="00883064" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E407E04" w14:textId="4AC4947F" w:rsidR="00883064" w:rsidRPr="00883064" w:rsidRDefault="00DA7D55" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -507,119 +507,119 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>González</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BCD616A" w14:textId="77777777" w:rsidR="00883064" w:rsidRPr="004A68F4" w:rsidRDefault="00883064" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Universidad Virtual del Estado de Guanajuato   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D6B39F" w14:textId="18A861E9" w:rsidR="00883064" w:rsidRPr="00883064" w:rsidRDefault="00000000" w:rsidP="00883064">
+    <w:p w14:paraId="25D6B39F" w14:textId="18A861E9" w:rsidR="00883064" w:rsidRPr="00883064" w:rsidRDefault="00883064" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00883064" w:rsidRPr="004A68F4">
+        <w:r w:rsidRPr="004A68F4">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>mechao@uveg.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00883064" w:rsidRPr="00883064">
+      <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AAD1298" w14:textId="761885EC" w:rsidR="00DA7D55" w:rsidRPr="004A68F4" w:rsidRDefault="00000000" w:rsidP="00883064">
+    <w:p w14:paraId="0AAD1298" w14:textId="761885EC" w:rsidR="00DA7D55" w:rsidRPr="004A68F4" w:rsidRDefault="00883064" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00883064" w:rsidRPr="004A68F4">
+        <w:r w:rsidRPr="004A68F4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0002-7130-6635</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00623A74" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00107E88" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00883064" w:rsidRPr="004A68F4">
+      <w:r w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00107E88" w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BDE2883" w14:textId="77777777" w:rsidR="00883064" w:rsidRDefault="00883064" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -647,103 +647,103 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>José Antonio Hernández Ruiz</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D812D45" w14:textId="70BE1107" w:rsidR="00883064" w:rsidRPr="004A68F4" w:rsidRDefault="005D4678" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Universidad Virtual del Estado de Guanajuato </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CAEF9D5" w14:textId="46A02810" w:rsidR="005D4678" w:rsidRPr="004A68F4" w:rsidRDefault="00000000" w:rsidP="00883064">
+    <w:p w14:paraId="2CAEF9D5" w14:textId="46A02810" w:rsidR="005D4678" w:rsidRPr="004A68F4" w:rsidRDefault="005D4678" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="005D4678" w:rsidRPr="004A68F4">
+        <w:r w:rsidRPr="004A68F4">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>joshernandezr@uveg.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005D4678" w:rsidRPr="004A68F4">
+      <w:r w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653537FB" w14:textId="45B18907" w:rsidR="00883064" w:rsidRPr="004A68F4" w:rsidRDefault="00000000" w:rsidP="00883064">
+    <w:p w14:paraId="653537FB" w14:textId="45B18907" w:rsidR="00883064" w:rsidRPr="004A68F4" w:rsidRDefault="00883064" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00883064" w:rsidRPr="004A68F4">
+        <w:r w:rsidRPr="004A68F4">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0002-4728-1164</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00883064" w:rsidRPr="004A68F4">
+      <w:r w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FB32516" w14:textId="77777777" w:rsidR="00C52E9C" w:rsidRDefault="00C52E9C" w:rsidP="005B071A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26A2AC7D" w14:textId="77777777" w:rsidR="00D27D84" w:rsidRPr="00883064" w:rsidRDefault="00DA7D55" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -916,51 +916,60 @@
         </w:rPr>
         <w:t>Uno de los hallazgos más importantes es que el modelo de</w:t>
       </w:r>
       <w:r w:rsidR="00E63491" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> evaluación permite contar con una evaluación estandarizada, con protección de datos y trazabilidad, lo cual permite la toma de decisiones para dar cumplimiento al objetivo general de la evaluación del desempeño docente en los Telebachilleratos Comunitarios de Guanajuato es garantizar y mejorar la calidad de la educación al evaluar de manera sistemática y objetiva el desempeño del personal docente.</w:t>
       </w:r>
       <w:r w:rsidR="00990FCC" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DA6AD9" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Como conclusión se establece que el modelo de evaluación para el Telebachillerato Comunitario de Guanajuato de la UVEG</w:t>
+        <w:t xml:space="preserve">Como conclusión se establece que el modelo de evaluación para el </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA6AD9" w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Telebachillerato Comunitario de Guanajuato de la UVEG</w:t>
       </w:r>
       <w:r w:rsidR="00715962" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiende a mejorar el proceso de evaluación. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="207DE1D7" w14:textId="184DA86F" w:rsidR="004A68F4" w:rsidRDefault="004A68F4" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -991,1081 +1000,1016 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Evaluación, Modelo de evaluación,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6440C583" w14:textId="77777777" w:rsidR="00635F91" w:rsidRPr="00883064" w:rsidRDefault="00635F91" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E74473B" w14:textId="52D77BF0" w:rsidR="00DA7D55" w:rsidRPr="00883064" w:rsidRDefault="00635F91" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The</w:t>
+        <w:t>purpose</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>purpose</w:t>
+        <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>work</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>improve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>evaluation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>process</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>this</w:t>
+        <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>work</w:t>
+        <w:t>Community</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>is</w:t>
+        <w:t>Telebaccalaureate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Guanajuato at UVEG </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>through</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>generation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>application</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>evaluation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>model</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a virtual </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>platform</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>methodological</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>design</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>established</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>quantitative</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cohort</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>exploratory</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-descriptive </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>approach</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. A representative </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sample</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8,708 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>students</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 350 administrative </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>professors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and 655 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>professors</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taken</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>evaluation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>instrument</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>applied</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>improve</w:t>
+        <w:t>students-professors</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>the</w:t>
+        <w:t>professors</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">-administrative </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>evaluation</w:t>
+        <w:t>professor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>process</w:t>
+        <w:t>professors</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">-administrative </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>of</w:t>
+        <w:t>professors</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...791 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>results</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3733,160 +3677,131 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DDD8C28" w14:textId="77777777" w:rsidR="00AA1B8C" w:rsidRDefault="00AA1B8C" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Key </w:t>
+        <w:t>Key Words</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Guanajuato </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Words</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Community</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Guanajuato </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Community</w:t>
+        <w:t>Baccalaureate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Baccalaureate</w:t>
+        <w:t>Evaluation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Evaluation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...35 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Model.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B32EBFA" w14:textId="77777777" w:rsidR="004A68F4" w:rsidRPr="00277F61" w:rsidRDefault="004A68F4" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
@@ -3900,78 +3815,96 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2023    </w:t>
       </w:r>
       <w:r w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Diciembre 2023</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004A68F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Diciembre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004A68F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00000000">
         <w:pict w14:anchorId="748847AF">
           <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1756BFB0" w14:textId="77777777" w:rsidR="006000B5" w:rsidRPr="00883064" w:rsidRDefault="006000B5" w:rsidP="00883064">
+    <w:p w14:paraId="1756BFB0" w14:textId="77777777" w:rsidR="006000B5" w:rsidRPr="000C63F8" w:rsidRDefault="006000B5" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00883064">
+      <w:r w:rsidRPr="000C63F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76047EA7" w14:textId="77777777" w:rsidR="00C4267A" w:rsidRPr="00883064" w:rsidRDefault="00C4267A" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La Universidad Virtual del Estado de Guanajuato </w:t>
       </w:r>
       <w:r w:rsidR="00764576" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -4152,54 +4085,55 @@
       <w:r w:rsidR="004020C3" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. 17).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CEED1FA" w14:textId="77777777" w:rsidR="004020C3" w:rsidRPr="00883064" w:rsidRDefault="004020C3" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">El TBC de Guanajuato tiene como finalidad ofertar educción apegada a la realdad del contexto en el que se desenvuelve el alumnado.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10FA2BD4" w14:textId="77777777" w:rsidR="00C4267A" w:rsidRPr="00883064" w:rsidRDefault="00C4267A" w:rsidP="004A68F4">
+    <w:p w14:paraId="10FA2BD4" w14:textId="77777777" w:rsidR="00C4267A" w:rsidRDefault="00C4267A" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“El plan de estudios de Telebachillerato </w:t>
       </w:r>
       <w:r w:rsidR="00683C27" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Comunitario se</w:t>
       </w:r>
@@ -4351,69 +4285,79 @@
       </w:r>
       <w:r w:rsidR="00623A74" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>abla</w:t>
       </w:r>
       <w:r w:rsidR="00BD46D9" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="00623A74" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="52F9694D" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRPr="00883064" w:rsidRDefault="000C63F8" w:rsidP="004A68F4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="68702CD8" w14:textId="77777777" w:rsidR="00683C27" w:rsidRPr="00883064" w:rsidRDefault="00683C27" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tabla 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. División de zonas del TBC Guanajuato</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2938"/>
         <w:gridCol w:w="2938"/>
         <w:gridCol w:w="2952"/>
       </w:tblGrid>
       <w:tr w:rsidR="00683C27" w:rsidRPr="00883064" w14:paraId="5D1AF2BA" w14:textId="77777777" w:rsidTr="00683C27">
         <w:trPr>
           <w:trHeight w:val="410"/>
@@ -4654,87 +4598,51 @@
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="784F5F85" w14:textId="77777777" w:rsidR="00683C27" w:rsidRPr="00883064" w:rsidRDefault="00683C27" w:rsidP="00883064">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00883064">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acámbaro, Apaseo el Alto, Apaseo el Grande, Celaya, Comonfort, Coroneo, </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">Acámbaro, Apaseo el Alto, Apaseo el Grande, Celaya, Comonfort, Coroneo, Cortazar, Jaral del Progreso, Jerécuaro, Juventino Rosas, Moroleón, Salamanca, Salvatierra, Santiago Maravatio, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00883064">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tarandacuao</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00883064">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, Tarimoro, Uriangato, Valle de Santiago, Villagrán, y Yuriria.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="48AF1AC6" w14:textId="77777777" w:rsidR="00683C27" w:rsidRPr="00883064" w:rsidRDefault="00683C27" w:rsidP="00883064">
       <w:pPr>
@@ -4800,138 +4708,50 @@
         <w:t xml:space="preserve">Por otra parte, para dar atención a las distintas zonas del TBC de Guanajuato, cuenta con tres áreas de conocimiento: Humanidades, Ciencias Sociales y Ciencias Naturales, Experimentales y Tecnología (ver Figura 1). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52711819" w14:textId="77777777" w:rsidR="004A68F4" w:rsidRDefault="004A68F4" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0ABDE337" w14:textId="77777777" w:rsidR="004A68F4" w:rsidRDefault="004A68F4" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D757C6A" w14:textId="77777777" w:rsidR="004A68F4" w:rsidRDefault="004A68F4" w:rsidP="00883064">
-[...86 lines deleted...]
-    </w:p>
     <w:p w14:paraId="047B8F99" w14:textId="77777777" w:rsidR="00C4267A" w:rsidRPr="00883064" w:rsidRDefault="00BD46D9" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Figura 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5174,51 +4994,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FF25820" w14:textId="77777777" w:rsidR="00E150BA" w:rsidRPr="00883064" w:rsidRDefault="00E150BA" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura 2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sistema Modular del TBC</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F2B6B43" w14:textId="77777777" w:rsidR="00E150BA" w:rsidRPr="00883064" w:rsidRDefault="00525504" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
@@ -10181,123 +10000,131 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C1939" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de Guanajuato</w:t>
       </w:r>
       <w:r w:rsidR="00A82FB4" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>para que se lleve a cabo el sistema modular y se cumplan sus ámbitos son: El Aprendizaje Basado en Proyectos (ABP), Análisis de casos, Aula invertida, Aprendizaje cooperativo y el Aprendizaje Basado en Problemas. Cada una de estas metodologías contribuye a avanzar de manera progresiva en conocimientos o habilidades. Por mencionar un ejemplo, emplean su conocimiento para intervenir en la resolución de problemáticas de su contexto de acción poniendo en práctica lo aprendido de manera teórica, aplicando su habilidad de investigación de manera crítica respecto a la información que le servirá para la solución del problema detectado.</w:t>
+        <w:t xml:space="preserve">para que se lleve a cabo el sistema modular y se cumplan sus ámbitos son: El Aprendizaje Basado en Proyectos (ABP), Análisis de casos, Aula invertida, Aprendizaje cooperativo y el Aprendizaje Basado en Problemas. Cada una de estas metodologías contribuye a avanzar de manera progresiva en conocimientos o habilidades. Por mencionar un ejemplo, emplean su conocimiento para intervenir en la resolución de problemáticas de su contexto de acción poniendo en práctica lo aprendido de manera teórica, aplicando su habilidad de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>investigación de manera crítica respecto a la información que le servirá para la solución del problema detectado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CC48510" w14:textId="77777777" w:rsidR="00F204AB" w:rsidRPr="00883064" w:rsidRDefault="00A82FB4" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Por otro lado, </w:t>
       </w:r>
       <w:r w:rsidR="00C33DD4" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>el alumno emplea la metacognición</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> como</w:t>
       </w:r>
       <w:r w:rsidR="00C33DD4" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> elemento indispensable para que el alumno se enseñe a aprender de manera autónoma y regulada. Por otra parte, se promueve el estudio independiente que además de que ayuda en esa autonomía, vuelve a la persona crítica y preparada ante los retos de la vida. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A319334" w14:textId="77777777" w:rsidR="00C33DD4" w:rsidRPr="00883064" w:rsidRDefault="00AD42D0" w:rsidP="004A68F4">
+    <w:p w14:paraId="0A319334" w14:textId="77777777" w:rsidR="00C33DD4" w:rsidRPr="000C63F8" w:rsidRDefault="00AD42D0" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00883064">
+      <w:r w:rsidRPr="000C63F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Modelo de Evaluación</w:t>
       </w:r>
-      <w:r w:rsidR="00764576" w:rsidRPr="00883064">
+      <w:r w:rsidR="00764576" w:rsidRPr="000C63F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> para el TCB de Guanajuato</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AE8E3F2" w14:textId="77777777" w:rsidR="001D5C0D" w:rsidRPr="00883064" w:rsidRDefault="001D5C0D" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La evaluación anteriormente se concebía como una forma de valorar de manera numérica el aprendizaje. Sin embargo, si se reflexiona sobre este punto, lo que realmente se calificaba era la memoria y no un aprendizaje, pues no había tal al no comprenderse lo que se memorizó. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="437D7B47" w14:textId="77777777" w:rsidR="00FE4A25" w:rsidRPr="00883064" w:rsidRDefault="00FE4A25" w:rsidP="00883064">
       <w:pPr>
@@ -10454,51 +10281,60 @@
     </w:p>
     <w:p w14:paraId="03B65DCF" w14:textId="77777777" w:rsidR="009B311B" w:rsidRPr="00883064" w:rsidRDefault="001D5C0D" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La evaluación debe ser concebida como un proceso natural en el cual el alumnado aprenda de sus errores y los convierta en aprendizajes</w:t>
       </w:r>
       <w:r w:rsidR="00B43A0D" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, lo cual puede lograr a través de la retroalimentación recibida por parte del profesorado, por sus compañeros y mediante la propia autoevaluación. </w:t>
+        <w:t xml:space="preserve">, lo cual puede lograr a través de la </w:t>
+      </w:r>
+      <w:r w:rsidR="00B43A0D" w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">retroalimentación recibida por parte del profesorado, por sus compañeros y mediante la propia autoevaluación. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06398B7F" w14:textId="77777777" w:rsidR="009B311B" w:rsidRPr="00883064" w:rsidRDefault="009B311B" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2124"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A su vez, la docencia, como un ejercicio de responsabilidad social, tiene que ser revisada, examinada, sujetada a crítica, es decir, evaluada sistemática y periódicamente para disponer de evidencias sobre distintas aristas que la articulan y que resultan esenciales; como la formación del profesorado, su actualización, sus tareas institucionales, su desempeño en espacios educativos, su productividad pedagógica, entre otros aspectos (</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -10510,51 +10346,50 @@
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68A92A93" w14:textId="77777777" w:rsidR="00C33DD4" w:rsidRPr="00883064" w:rsidRDefault="00C33DD4" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">El objetivo general de la evaluación del desempeño docente en los </w:t>
       </w:r>
       <w:r w:rsidR="005A37AA" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TBC de</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Guanajuato es garantizar y mejorar la calidad de la educación al evaluar de manera sistemática y objetiva el desempeño del personal docente. </w:t>
       </w:r>
       <w:r w:rsidR="005A37AA" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
@@ -10800,51 +10635,60 @@
         </w:rPr>
         <w:t xml:space="preserve">Atendiendo a la necesidad de evaluación del TBC de Guanajuato, se presenta la propuesta de un Modelo de Evaluación, a fin </w:t>
       </w:r>
       <w:r w:rsidR="00441904" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">de atender </w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00441904" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a necesidad institucional de medir el desempeño docente para encontrar oportunidades que permitan la generación de acciones para la mejora continua del servicio educativo en los telebachilleratos comunitarios de Guanajuato, mediante un modelo que sea integral y transparente, que integre experiencias y opiniones de estudiantes, docentes, responsables y personal académico.</w:t>
+        <w:t xml:space="preserve">a necesidad institucional de medir el </w:t>
+      </w:r>
+      <w:r w:rsidR="00441904" w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>desempeño docente para encontrar oportunidades que permitan la generación de acciones para la mejora continua del servicio educativo en los telebachilleratos comunitarios de Guanajuato, mediante un modelo que sea integral y transparente, que integre experiencias y opiniones de estudiantes, docentes, responsables y personal académico.</w:t>
       </w:r>
       <w:r w:rsidR="000C1939" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Para lograrlo surgió la </w:t>
       </w:r>
       <w:r w:rsidR="005D07FB" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pregunta ¿</w:t>
       </w:r>
       <w:r w:rsidR="00502B43" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Qué tipo de modelo es el más adecuado para las necesidades del TBC</w:t>
       </w:r>
@@ -10860,88 +10704,69 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="374C9660" w14:textId="77777777" w:rsidR="00080AB9" w:rsidRPr="00883064" w:rsidRDefault="00080AB9" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Los modelos prescriptivos tienen el propósito de identificar una solución apropiada a un problema práctico, recomendando un método o modo de actuar para conseguir cierto fin en ciertas circunstancias determinadas. Así, pues, un modelo metodológico de evaluación es un modelo prescriptivo perteneciente a la “caja de herramientas” de los evaluadores. Así, consideramos con </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (2006, p.74) que “Un modelo [de evaluación] es un método particular de hacer la evaluación. (Uribe, 2020. P. 37)</w:t>
+        <w:t>Los modelos prescriptivos tienen el propósito de identificar una solución apropiada a un problema práctico, recomendando un método o modo de actuar para conseguir cierto fin en ciertas circunstancias determinadas. Así, pues, un modelo metodológico de evaluación es un modelo prescriptivo perteneciente a la “caja de herramientas” de los evaluadores. Así, consideramos con Stake (2006, p.74) que “Un modelo [de evaluación] es un método particular de hacer la evaluación. (Uribe, 2020. P. 37)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1031BC11" w14:textId="77777777" w:rsidR="00764576" w:rsidRPr="00883064" w:rsidRDefault="00764576" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Si bien es cierto, siempre ha existido desde la creación del TBC de Guanajuato un proceso de evaluación, empleando diversos medios como un cuestionario en papel y Google formularios</w:t>
       </w:r>
       <w:r w:rsidR="00C008A8" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, lo cual </w:t>
       </w:r>
       <w:r w:rsidR="002B32EB" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">representaba complejidad y una carga extra para el manejo y procesamiento de los datos </w:t>
       </w:r>
       <w:r w:rsidR="00C52E9C" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>recopilados.</w:t>
@@ -11001,67 +10826,67 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Una de ellas era si s</w:t>
       </w:r>
       <w:r w:rsidR="00080AB9" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ería posible llegar a contar con una evaluación estandarizada, con protección de datos y trazabilidad para que sirva para la toma de decisiones y garantizar y mejorar la calidad de la educación del TBC de Guanajuato. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F088DD3" w14:textId="77777777" w:rsidR="00C52E9C" w:rsidRPr="00883064" w:rsidRDefault="00C52E9C" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6635B396" w14:textId="77777777" w:rsidR="006000B5" w:rsidRPr="00883064" w:rsidRDefault="006000B5" w:rsidP="00883064">
+    <w:p w14:paraId="6635B396" w14:textId="77777777" w:rsidR="006000B5" w:rsidRPr="000C63F8" w:rsidRDefault="006000B5" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00883064">
+      <w:r w:rsidRPr="000C63F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Materiales y Métodos </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35377CD3" w14:textId="77777777" w:rsidR="00F204AB" w:rsidRPr="00883064" w:rsidRDefault="0054214D" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La metodología empleada corresponde a un enfoque exploratorio-descriptivo con cohorte </w:t>
       </w:r>
       <w:r w:rsidR="00E4769D" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -12945,51 +12770,60 @@
         </w:rPr>
         <w:t>𝑍𝛼</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E0DA1" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> &lt;&gt; y un margen de error (d) del 3%. Al ser una muestra aleatoria distribuida, nuestros “p” y “q” se distribuyen al 0.5. Con base en lo anterior, era necesario al menos la respuesta de 1,640 alumnos para considerarla muestra representativa al 99%. El volumen de respuesta fue de, 8,708 es decir, es una muestra representativa.</w:t>
+        <w:t xml:space="preserve"> &lt;&gt; y un margen de error (d) del 3%. Al ser una muestra aleatoria distribuida, nuestros “p” y “q” se distribuyen al 0.5. Con base en lo anterior, era necesario </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>al menos la respuesta de 1,640 alumnos para considerarla muestra representativa al 99%. El volumen de respuesta fue de, 8,708 es decir, es una muestra representativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="248BB6E1" w14:textId="77777777" w:rsidR="00E4769D" w:rsidRPr="00883064" w:rsidRDefault="00E4769D" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Responsables-Docentes:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EF39667" w14:textId="77777777" w:rsidR="00E4769D" w:rsidRPr="00883064" w:rsidRDefault="00E4769D" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -13101,91 +12935,82 @@
         </w:rPr>
         <w:t xml:space="preserve"> lo</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> siguiente: Nuestro Universo de población (N) fue de 661 participantes. Utilizamos un nivel de confianza del 99% (</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>𝑍𝛼</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2 y un margen de error (d) del 3%. Al ser una muestra aleatoria distribuida, nuestros “p” y “q” se distribuyen al 0.5. Con base en lo anterior, era necesario </w:t>
-[...8 lines deleted...]
-        <w:t>al menos la respuesta de 488 Docentes para considerarla muestra representativa al 99% con un margen de error del 3%. El volumen de respuesta fue de 655, es decir, es una muestra representativa.</w:t>
+        <w:t xml:space="preserve"> 2 y un margen de error (d) del 3%. Al ser una muestra aleatoria distribuida, nuestros “p” y “q” se distribuyen al 0.5. Con base en lo anterior, era necesario al menos la respuesta de 488 Docentes para considerarla muestra representativa al 99% con un margen de error del 3%. El volumen de respuesta fue de 655, es decir, es una muestra representativa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24EE055E" w14:textId="77777777" w:rsidR="00C52E9C" w:rsidRPr="00883064" w:rsidRDefault="00C52E9C" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A509D8C" w14:textId="77777777" w:rsidR="006000B5" w:rsidRPr="00883064" w:rsidRDefault="006000B5" w:rsidP="00883064">
+    <w:p w14:paraId="5A509D8C" w14:textId="77777777" w:rsidR="006000B5" w:rsidRPr="000C63F8" w:rsidRDefault="006000B5" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00883064">
+      <w:r w:rsidRPr="000C63F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Resultados </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B8D8C0" w14:textId="77777777" w:rsidR="00AF73A4" w:rsidRPr="00883064" w:rsidRDefault="00AF73A4" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Los resultados obtenidos en la presente investigación son los siguientes: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B60363D" w14:textId="77777777" w:rsidR="00AF73A4" w:rsidRPr="00883064" w:rsidRDefault="000C1939" w:rsidP="00883064">
       <w:pPr>
@@ -13200,67 +13025,176 @@
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Generación</w:t>
       </w:r>
       <w:r w:rsidR="00AF73A4" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> del Modelo de Evaluación del TBC de Guanajuato</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. En la siguiente figura se puede observar el esquema que representa dicho modelo. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BDCCC7A" w14:textId="77777777" w:rsidR="00926A09" w:rsidRPr="00883064" w:rsidRDefault="00AE5C47" w:rsidP="00883064">
+    <w:p w14:paraId="30772C38" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74D67CB6" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="00883064">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AB640B3" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="00883064">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B288684" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="00883064">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F7557EF" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="00883064">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44AE226F" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="00883064">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="314B60AD" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="00883064">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34BAD395" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="00883064">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="711B1FE4" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="00883064">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BDCCC7A" w14:textId="7E53D4E4" w:rsidR="00926A09" w:rsidRPr="00883064" w:rsidRDefault="00AE5C47" w:rsidP="00883064">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="70722F39" wp14:editId="678A973D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-621030</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>374650</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7112976" cy="3464169"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="213" name="Grupo 80"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7112976" cy="3464169"/>
                           <a:chOff x="0" y="-77097"/>
@@ -19912,227 +19846,151 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1008EE1B" w14:textId="77777777" w:rsidR="00926A09" w:rsidRPr="00883064" w:rsidRDefault="00926A09" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="771C6549" w14:textId="77777777" w:rsidR="004A68F4" w:rsidRDefault="004A68F4" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41A34D90" w14:textId="409A3628" w:rsidR="00926A09" w:rsidRPr="00883064" w:rsidRDefault="00AF73A4" w:rsidP="00883064">
+    <w:p w14:paraId="4D809B1A" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A34D90" w14:textId="72BCBBE1" w:rsidR="00926A09" w:rsidRPr="00883064" w:rsidRDefault="00AF73A4" w:rsidP="00883064">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuente: Elaboración propia. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CE54CC4" w14:textId="77777777" w:rsidR="000D58FC" w:rsidRPr="00883064" w:rsidRDefault="000D58FC" w:rsidP="00883064">
+    <w:p w14:paraId="7150B42F" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00883064">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="53BC518B" w14:textId="77777777" w:rsidR="004A68F4" w:rsidRDefault="004A68F4" w:rsidP="00883064">
+    <w:p w14:paraId="431AB5C9" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2ADE2EE9" w14:textId="77777777" w:rsidR="004A68F4" w:rsidRDefault="004A68F4" w:rsidP="00883064">
+    <w:p w14:paraId="1CE54CC4" w14:textId="401D678F" w:rsidR="000D58FC" w:rsidRPr="00883064" w:rsidRDefault="000D58FC" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...2 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...82 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Con la participación que se tuvo, es posible tomar decisiones que permitan garantizar una calidad educativa. </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="23BECFB9" w14:textId="145C6B17" w:rsidR="00AE5C47" w:rsidRPr="00883064" w:rsidRDefault="00AE5C47" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Malgun Gothic" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="595959"/>
           <w:kern w:val="24"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
           <w14:textFill>
             <w14:solidFill>
               <w14:srgbClr w14:val="595959">
                 <w14:lumMod w14:val="65000"/>
                 <w14:lumOff w14:val="35000"/>
               </w14:srgbClr>
             </w14:solidFill>
           </w14:textFill>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 5.</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4AD8F0FA" wp14:editId="7FA17D49">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
@@ -23547,55 +23405,55 @@
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="4AD8F0FA" id="Grupo 1" o:spid="_x0000_s1161" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:11.9pt;width:527.55pt;height:195.9pt;z-index:251663360;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-width-relative:margin;mso-height-relative:margin" coordorigin="6094" coordsize="109699,34353" o:gfxdata="UEsDBBQABgAIAAAAIQDQZhmHcQEAAEcHAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbMyVy26DMBBF&#10;95X6D8jbCpykD1VVSBYlXbZVlX6AZQ8BFWzL4xDy952QpGqqojzYsMECPHPPsS0YT+uyCCpwmBsd&#10;s2E0YAFoaVSuFzH7nL+EjyxAL7QShdEQszUgm06ur8bztQUMqFpjzDLv7RPnKDMoBUbGgqY3qXGl&#10;8HTrFtwK+SUWwEeDwQOXRnvQPvSbHmwyTiAVy8IHs5oeb0kcFMiC5+3ETVbMhLVFLoUnUl5p9Scl&#10;3CVEVNnMwSy3eEMYjP+bUBdYn5dg0jSXoIxclkQfoXUgFGYAviyiZmyLIoh2lx3iG+2CyxUE78L5&#10;V1GSMVcOOYxMYmS0mdXeY7MeJYZbwihxOGuq9vptvWVGWcibYXhCxOHG7uJ+FkQ5saJzQ4vRNDwW&#10;7umwAG+ue77uDAftjhH81h/1QL87w8X6tz3Q785wsf5dD/S7M1ysf98D/e4MZ+krs9IOqhPED76r&#10;CZV9QLX/svDmNzj5BgAA//8DAFBLAwQUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAF9yZWxzLy5y&#10;ZWxzpJDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69jODwTJ621G/0PeJf3/4TIta&#10;kSVSNrDrelCYHfmYg4H3y/HpBZRUm71dKKOBGwocxseH/RkXW9uRzLGIapQsBuZay6vW4mZMVjoq&#10;mNtmIk62tpGDLtZdbUA99P2z5t8MGDdMdfIG+OQHUJdbaeY/7BQdk9BUO0dJ0zRFd4+qPX3kM66N&#10;YjlgNeBZvkPGtWvPgb7v3f3TG9iWOboj24Rv5LZ+HKhlP3q96XL8AgAA//8DAFBLAwQUAAYACAAA&#10;ACEAfoO2GiMqAABJvwEADgAAAGRycy9lMm9Eb2MueG1s7F3rbyM3kv9+wP0Pgj4ekLjJfhtxFpPJ&#10;TrBALhtccsj4o0aWHzhZ0kmaGSd//f34qO4qdduqnt0dZA6cALFlslhkVbFYL1Lf/OXpcT37sNof&#10;Hrabq7n5OpvPVpvl9uZhc3c1/+9f33zVzGeH42Jzs1hvN6ur+e+rw/wv3/77v33zcXe5stv77fpm&#10;tZ9hkM3h8uPuan5/PO4uLy4Oy/vV4+Lw9Xa32qDxdrt/XBzxcX93cbNffMToj+sLm2XVxcft/ma3&#10;3y5XhwP++n1onH/rx7+9XS2Pf7+9PayOs/XVHHM7+v/v/f/fuf9ffPvN4vJuv9jdPyzjNBafMIvH&#10;xcMGSLuhvl8cF7P3+4fBUI8Py/32sL09fr3cPl5sb28fliu/BqzGZCer+WG/fb/za7m7/Hi368gE&#10;0p7Q6ZOHXf704Yf97pfdz3tQ4uPuDrTwn9xanm73j+4nZjl78iT7vSPZ6uk4W+KPVdW2VQvKLtFm&#10;i6axNg9EXd6D8g6uytqiMPNZD7y8/2sENxmg2yIP8HmRl3nhmXJB6C/EpMIHz603+8XjKswZi/h5&#10;P3u4gQC6oTZouJq/vl/sj7PaTcZBoc+bfbfKk6XVpiyKFqCYo6nrylQebnFJyzSmMq1bhFum+9AY&#10;60b2s6PBohhpxOC8XC/d9MH75aX/LfJ+OeC8dqQ4AET/RHRGBghi+f12+f5xtTmGfbZfrRdHbPLD&#10;/cPuMJ/tLx2593+7MZ4MQvBBlu5zJFEkDePZ8C+ci9WncLHNbFsVUDiei5C5rA2i+AIXvbAmLgZh&#10;7rjm1JeCi1DZh14rHQaiNUkr/XK/2K28sju4zdpt6JpE4Vew8bvt06wKW9r3coprdnzCn7Et6e8H&#10;/HFEf7WmqYs2iIdt2zxvovon8WiqykD7+D0O6WkrqYkWl7v94fjDavs4c79A+nG6YMKLy8WHHw9H&#10;pw36Lu7Pm+2bh/U6aInDZZjVx93h8vj07slrq6pbyrvtze9YyUccRFfzw/++X+xX2GPH9ettOLcW&#10;m+X9Fnt3edx7jJvtq/fH7e2Dx+rGDAP43ea54pTe52BPaU/ZEzXuZPbUeWmKpvS79zn21DXanQr+&#10;POzplvLlsqc7Dmn3eJXoZAN7bMruqbOstGURlKvJ2wanIUSbHZFFW7dV5E9ZNk32L98+De34M/wJ&#10;m/HPsmO6s41YYjyhPoEnTW2y3MYDDzwp62h7kUazJi9aiy3q9kxuS2P/5Tzp5OufxRNnkr5g8JXd&#10;+TDF4DNVUeUNCONNBfehOJHmZPA9Y/AFi2mqqXCOiy0dI1O4mJdZbaJrYWqY8NWpTkpcfIaLXtx7&#10;M11p8J3hIgymT3C+yryqWxwWvdnuzSJ2siQuPsPF0imtyVz8HHYhdmIUBTrlOlt3ouHhpKOogqq2&#10;bWPy5sQ3h9n+ee3Cujuvz5xxsz+t2e7oGcIkxJ7O1p3IHtMUeVGG3RvYc2KDfH72dI7gl8uegdne&#10;mboT2VMWZZvlIfo2untMBp+3/ZxuVe2DDb3T+gV6vRX8ILl9OrN3In+MbarMwiVwhig+ZPlpzKpu&#10;WzhTwYT/LG5VcCIU/PlTuVXO85Qs+WS3Ks8LHDPk6o7yxBam/qw88fbaF8eToavb6eaJ+6Q0SBNU&#10;8BLiPjFBizAjsULywIXwnav7efaJt76+OJ50/vJ/IXy52NytV7O8M2giV2BVunU9E0hFoKGwMexg&#10;TY2EyYnznIM7iL2HqIOpLBztYKdSpmT5PgRSnQah4Ck8ypsQRsXf7um35dOGfnXhVpfGW/s03hHx&#10;UYRg5zOk8d4F3323ODo4N6j7dfbRxTyKDP/ms3v3e56VOApd++P2w+rXre95dDkqzNd3g+zYCnGs&#10;oANhWfcdl+/fPSy/W/3BwaomszkUjwQDej8ochHdoHWe2cwf4qOtSIJ1KCUi+Wk4cJMBUg7MJoUo&#10;XRyY0PKV9q1YqUS03vB12pLRR0BRPwkdpmnLsq2dXnbk6aFoJrZs3aixebAM0VxPI5CEHZBeTKxn&#10;dz8xttq+eUCj5Xp7WEGwuZSElXMi53BPcgqa6MWpB6NpcXFC/LWtJNeZsBXwkTqUkjPy01Ccirpx&#10;ORK/qtjKxKk0WRyYJsVX2rcOSEViQoLBCCygqN/YNAXXeiiaieD5cBmyeRqBBOyQ9GJiQ76JzdM3&#10;D2ikE6csL12mOuhTvTj1YEQvLk4ZPGgodM51Jk5geo9SckZ+GoqTKWpbyoGZOBl49mEtNCkuTn3r&#10;gFQkJiPiJKCo39g0Bdd6KJqJ4PlwGbJ5GoEE7JD0YmJDvglx6psHNFKJk6mzwpaTxYmBEb2YOJk6&#10;xyfJ9V6cXH1Fj1JyRn4aiBOqLqrMyIF7cUIkookD06SYOLHWAalITIbiJKGo39g0OdcYFM2E83xk&#10;GaJ5IoEk7ID0YmI9u/uJ9bqYsXVAI5045bBzzHRx6sFoWlycCmQeUdYxrp1MgehTh1JyRn4ailPR&#10;FDXcOD4wE6cS5AgD06S4OPWtA1KRmIyIk4CifmPTFFzroWgmgufDZcjmaQSSsAPSi4kN+ca1k+mb&#10;BzTSiVMGN7uzi9WHnenBiF5cnKCss2dNcWMw6w6l5Iz8NBQnU6J87VlxMk0ZB6ZJcXHqWwekIjEZ&#10;EScBRf3Gpim41kPRTATPh8uQzdMIJGCHpBcTG/JNiFPfPKDR8+IU/At4fm04kQDaCxKRLJAWehkp&#10;dO+PiP7Ui34OehcojsjJx6VeY2xgGMq2tVRlGDnbVLXL1cNbgpqOAxKHClPS3PrGIRlGfFREgE37&#10;3LBVgehiWPJwQqxRrFCujNYbFsFgFDT02lZNcdbbz8fHkkADmoGcV5gPg/ELjKnF0NgifcwpHrPH&#10;oRGlFVUeaeNJTugkGvkpgpoKri+juRzY1jDbGNHFnAxrFauUiGjNESEDUpDdIHxTT5B01t1PiYpI&#10;aBJyanFKDMhT3kfLSJxNiQlw0vshu9aqrGh+nvSEUCKSnyLaunHY+l0kB27Ack56OSnWKtYpEdGq&#10;I0IGpCC9zYrc6EnPu7spWZ8dOCPzHMiTPobnwoQtnBlfExT1TBiSSA/BQDF0EE5H+g6hpIH8FAcu&#10;sipnpD8ZuMTRykkvJ8VaxTolIkl61DN1Q2pIX2E/TyA96+6n5E/2c6RnQJ703hbuiFtXTc6kXrrc&#10;tmlrmp8nPSGUNJCfAukR4UKWvJd6OXBuIHKc9GJSvFWsUyKSpOdACtJ3YVjI3NTuMWobAh40C/oZ&#10;lh/P+NGez1sG7Ej1sgjW9paBXHxAg+pUHKZetQjhLRFkJfJWhRHqnLUZW2UZYZLjy+UwGKBsQ6bj&#10;jOAxmBL/QukyyR2beGUQEPamStfYWxZ9I7DJGcpPUepQNhdTMj0kDQtp7ogymBBrFCuUWCRVGIyg&#10;JPWSsGGGDKY85Uzez15wc0Qs5NDPSxQ3GXROsDEwTKNMiV2JOybILEQjAVOXBxVr9LQgZHKiRJlA&#10;Cz6iJzrZM9RNAg+BnFyVMTtNrf3svQRIO4cZUH2rSrJaxMy5ZIlxW5CZKDOYEmsUi5SLoyWHZTAY&#10;QU3qJWEHME6yBHvY7CVPGUHGOfaCaDGTiDyNl7UVcnCoao3ZFx7jQOa6s/7c3IX080ZPDEImiUCk&#10;iXLARvRUJ3uNukngIZAXLeE589l74ZF2HKNG36oSLVOiaprLlhy4zHsD0c1KToq1inXK9dGq4zoZ&#10;kKAodZPAQ6Ahj9gShCqH29HZzeN8e17AuOFHmuFlAbPQoHUUMLFBkXPtbFw3ebEJeKMnByGTZCDi&#10;BHJwIEd48E/aAxJ4COQFLNYNxlY2eydCYcju9GJmcN+qEjBrIUFMwE4GNjBaufaSk2KtYp1yfSfE&#10;YUCCotRNAsflM6Ahj9gSJGcZWcb59oKAMfOW9MMZAWsrlHcHDSZ2KczdzpJ3kxebgDd6chAySQYi&#10;TiAHB/KEJ9ubukngIZAXMGH54S5iN3svQkKVwDLpjP2+VSdgUN9OXF2gqAftJNf5b1zA5KRYq1in&#10;XB+tOsoKAxIUpW4SeAg04BEqQrolCM5ysozzjQQMpHJFHuHSHRV+ePr1pSWH7frhxt3Bczn6w/7u&#10;3ev1fvZhgRqS1n6foWg1KBHRbb1xdSMuCgOvYumu493i4it+fdzhwuthczefLdZ3uOveX8WLt/ww&#10;IVwL/H5xuA84/LDh4H18OOKW+/rh8WruSkIwNKkvN7OVv6ceylxwFZXqblhl0X6L64aYz2G3fPMA&#10;JD8uDsefF3vcVMcfcfserbge+Md8Ji8Qrv+2waXMFikSdDv6D0WJqDNKZ3jLO96yef/oLx2iZBTY&#10;/K+uf38V8Xa/ffwNl+5fOaxo4jXO8cPrI0pz0IRr+8vVq1f+d1x3B79+3Pyywx3mUITjyPXr02+L&#10;/S5eqDzi3tJPW7oI2pcGOV53fR3F/jTXH1GDEasO+2oqfzY55qmKqWxW2cqxBLvZ4gBH7UaQGbrD&#10;lVsUvsW6tjxrisyfGCCJopjK0eruJs5wud1sDhDEt44zj2sIz39czJo8b/Ny9nGG6qgW/wLuAcw1&#10;h7F2do+aMUzMRttx0P8txKfDgfOuqrLqPBIOhNBTVhbnESHoMR0RByryDLdJzyMCC6Yj4kAlKssa&#10;BSIUnk5HxIEsiq5woJ1fEo7WDlNeN1WenecRh7Go7jCmPo8IdaA9IhQYmeY8Ig6jJR385Q4P5Bmv&#10;QZzHw2G0eLDrJ+MRMEjxFzY/Tzic8h0i9TbiQDDYdJhQLf0JqAQUcDVWI3eGb3SDkGneFucZJaD0&#10;uPhe1+PiUHoa8u2e45hvSo3W41B6XHzH63FxKK20I7rRi4ZFEDRrrIJdHEqNiu96XI0wCDAqUAko&#10;rVIyfOfrJYNDqTUtipZ6EupxcSg1Cfn216PiUNoj0ZktvXrS7mMBpT7mucpAOAD2hMJqsQJKcSK6&#10;5Ey3Iog6Lh8qjhAB1SKmm53X7HgmSWBCJZLi9BVQajbxTZ/jDQA82nR+U8G26ydYgBaag97yTa9H&#10;xaFQzY6wpYKAfNNH61WxKg6lRsX3vB6VgArmsmJZfM9rJIL3j0a5Agvf7hosvL+WbLhW0kuQyWAt&#10;1ucZJIDUmPg+V2PiQFoBR5lPv6a8QQ2DYisJIO2uRQE/x1TlVmFLCCClJnI33Tqdp/UHBZDGIeSy&#10;oEXCYTQ4OEPV1jIHUp9GjGJqRFxy1ELwKYi44GitBi4D6hVxILUpxHV9cjoRgtGyiCt6rXMrYLSu&#10;INf1alngQHonhu9wNarkdOJ5yy6ah/Rar771jiCH0vOL73g9Lg6llfbkdPY8vhauqlrTJqez2yXX&#10;yel0kX/hPsKlS05nTINoHQ33UkdnK+s9QQ6lRiXcx5CdOe8+WQGVnM7kdPo0n9rf4GZBjoxQcjpT&#10;plOVu+WCo7XxuF2otv45kNoUSk7ncXXNjwYti4QDqcyoCpjkdHb2gj4Zw2NScM6UWVUeYNLj4lB6&#10;R5Bvd70jyKH0uPiO1+PiUFppT05ncjpHS6aE+6jeWwJKHVsWmz9lOl2VmtZ8FTlLffqRqwptIihl&#10;OllwhVsW+hwktxM0OUjeX4+FB6Y1WHh/ra8ukpbq/CMPfqsxce2gxsSBtAIukpYp0xnKZTVZSM5W&#10;tVfDgfQWHwtGqQ8lLgtqTNxIVGPiQGprj5uIamOPA6kxca2vxsSBtFYldz7V5XMcSIuIhxnVxXMC&#10;SFs7xxW+Wh44kNpz50pfjYkDaYnH9b4aEQfSGikifanGJKC0tqQsmdXakhJKUTWHC1h9VFxdNSeg&#10;lLUqItmpTmAIKDWb+FZX25K4TduTQnvUCrdTj4qrCK39gNcJ+vmpExgCSo2K73c9KgGlTWCIVKfC&#10;yhP91bak4dtdg4X315JNOI1aC08AqTFxU0CNiQNpBVwUyGptSQGk3bUiw6lNYAggpSYSrqa2oE0A&#10;aWxJ4WWqjUkBpT0rRGpTj4rrEzWT+B7Xo+JQ2lPdPVPeB2C1F9EElNpUwYNHPS5taZsAUl+oEg5n&#10;rrxRJYC0BHTfHdIRUFt2JoDUmIQVocw1CC9VbfqLMlm1AAooPS5uEcDca7JCU8jLoWDL44ttFYYY&#10;9yLVy+JAWJUy2cCkQm/DMiA1Ji4VakwcSM8pNj21Q5hcT3+nmB8DyfWMVUVazcfPDbWIcyDtwSuc&#10;SDUmAaU1J6QTmVzPKWkM4UTq/UF+ZGgt8+R69mkMUWWrdwq5halxCnl/PRa+3TVYeH+1Q8hNAbVD&#10;yIHUmLhVqcbEgbQCLrzI5Hrq0xjCiVQbkwJKe1Yk17NXQsn17G62CC8yuZ69F66tqROXNGHuJdfT&#10;F0Mn1zP6J2onl1uWWqeGZydS1jOeu9qXmbiNqPbTOJCWS9xMVCPiQMn1DDpF+1ZIynrSM3TJ9eyt&#10;vuR6ci9S7RByoOR60qmuvLaVsp7uRiwPXOu9XA6lPQHF1Uw9qpT17B1Cvt9T1jPud31+i+eq1AKY&#10;sp7dMS1ftdW+d8ejlsn1pENK+zpmcj19fpWfAmo/jQOpq1i4F6nGxIGS60mKOWU9U9ZTlM7qq2C5&#10;gan1bKQTqX0xREKlglvdiyGp4DZ+mYDwIlPBrbusqv3mAr7H1ea4cFiT69nXpqaCW/pOD60BJmtn&#10;U8FtL0up4DaasGoHIBXchu/WSVlPTwfx1lByPUP2V72ZUsGte6xS3NpMdz3700ntD3IDM7mePk+f&#10;Cm7hoajzqzx0nQpugxZPdz0nvSiasp5d+ug63fWk2p/kerKH9kSZbnI9k+u5uk5Zz5T1ZBoiFdx6&#10;h1AEmVLBLcV7tZZ5KrjtTbGU9eS1dGqHkANpwxDiSzjVmJLr6U9A8WJQcj2T64mSZW4NpKwnnYIp&#10;69lHiJFpSHc9w70s7YNG3LZUJ2o4kL4MOz0z5I62a54q1W5entFIzwzFSImWePzcUIs4B9KWG4n8&#10;pRqTgNIWUaVnhvxeErlSNZt4lCk9M9Qfn1rPRjqRqeA2b/KiVHz5PPci1Q4hB9IyKLmeoUr3WlTp&#10;phduXQ5c/RYstzm0qjVlPftQm/BX0wu35K+qHzT6NCcj3fXsJZAfHeobmDwAqbdhmW+nxsQZrMbE&#10;gZLrGZ/Xacoya+z5b0lOrmeoVubXNtWSx4GS65nuevKTRmsfpRdu+9NJ3BDVejbJ9RRfxqIlm7i2&#10;mVzPqLy0u1Z4kemuZ7rryU0BvUPNodR3g4QXmbKe5EVqDbBUcMvK6VLBLdVhcy9S7QBwoOR6Jtcz&#10;PTPkS7VE/lK9mQRUynq6B4PSXc9PSEXyLEW665nuepKBqHZyebxbW1GevlwlvHYgqnTT93r63af3&#10;B7n9oPVnxNek6FEl15Ms//TlKvSs8HV64bYLRqcXbuP+uOZZDbWTKwrq0gu33pgvamtMfb4qjJ8C&#10;au+JA6lDifwQUGPiQNpDitfOqhFxIG1gXjiRakwCKrmeyfW8FjdEtTk1kb9MrmdyPZPruUoFt+7C&#10;vnirVu+k8VCW9gRMBbedDZ+eGSLP7m3Keqas5+XdzWyzeFz1lHjLE5hqa5kDqR1C7kWqv22TA6kx&#10;JdfTX4TjZ4f6rgH3ItXywIGS65leuOX6QXnDStzaTFnPlPWM36lheLApO3+dQfRPL9ymF277naTU&#10;RCKBmZ4Z8jGc5Hr2YpQKbimopY39J9ezd7iuU8Etpd25lah2NTiQ2iHkXmRyPYN/ot28wotsKpNX&#10;7XkrTAClrGcoAtJ+SW7KeqYXbnmM7lrcENXWI4r8pf5FI34dPGU9e6svuZ7KB4147WwquI23SpPr&#10;mZ4ZEmW66ih5uuvZVSFyzaK1XpPrmVzPlPVs2/nFt98shoRIX64SHv/hCUx1KIIDqfU5T2eoMXEg&#10;rebjXqQaEQfSxnxF6awak4BKBbep4DYV3PYn9VuRxUyuZ3I9QyV1U+W2Oh99FW8TJdczuZ7J9ezL&#10;YLkXqX53lgNpDbDkevYHWsp6dgLIE5hqa5kDpaxnemYouZ7pmSGmXQ3XD0qDLxXc9reERK40ZT1T&#10;1pMq3LSykL5cJX25SqdO0l1PdjQl17Oz/NMzQ0SKT3xmiH93ifoKNQeC69TYzJ5/gIX7+2onjQOp&#10;MXHLTY2JAyV3MLmDyR1M7iA7c5M7SFcMhGOXimB7x05/M5LXHqRMZMpEpkwkBQe0VSvp6Z/ONb5O&#10;7iD5QG+TO0ikSO4gUSI9x0PV3vwNH23Gnd9dwhMi6fsv3RdI1FWZa0Ie3M5TByI4kJZLvMZUjYgD&#10;pcJUb4NBwvOqzs+XgyV3MLmDg4ffruW3Zma5bW2hCIzyHZ/cweQOJncwuYP+fVuuGNTJmeQOdpZ/&#10;cgeJFMkdJEokdzC5g/wlkLc80af2nThQcgfT66y8eiAVi5L5lrKDKTt4S8KgfriGVxelYtH42k2e&#10;7ilezFJ2sN9NZV1VmebiKnci1aZKeiKHrGThQ2rj8f9P7ylyzayOR3AgdQknr/tUG+UcSI2JW25q&#10;TBwoFYumYtHkDqZi0VQsOnwL620qFu3rtFJ2kJsCyR2Mnp229EK8QJPcQdThJHcwuYP+rcHrnGsW&#10;tZMm/IW8NYWi8Oef4A7atjLN+RIj6UNWbVa1zflikpx/L4PaRxNQaoeGE12NigOpnTTOKbWTxoHU&#10;mLhnp8bEgdTU44yybWvy3CiEYt5HlG2dtXWhkAle96n+qg4OpN1RqVg0qKPkDiZ3MLmDyR3MW/x7&#10;7pno5A5yUyC5g8kd/ARvhlscyR38BAKm7CBdZBCe3Wd8xfSLdAcv3Bcf/Hg4um9AWNzjF/9dCMun&#10;TfwbfpstNndX82zuuuy2h9lTbxG9heb/vf94nbkzEkMCyvU+Awy/jgObScBw1TiwnQQMl40D55OA&#10;4VBx4GISMPQcBy4nAeObAzlwNQkYvgwHricBQ7tw4GYSMO6ncWBvSOmF5ETE8N0Ik2TsVMimSZm7&#10;Hsbnjs+TsJ8IGt6VnAR+Imr4rrtJ4CfChhzOJPATcTPT5M2ZxYJ00yTOvfIvwKfJnDkROnyesnZ7&#10;InX4PAn8ROrwBOIk8BOps9OkziUYOOnweRL2E6nDd35PAj+ROjtN6tyDEGLy06TOnkgdPk+a/InU&#10;4Q7OJPATqUP11RRwF/3ma8fnSeAnUgdDaBL4idQhbj0J/ETqEIpm4EHfR6Niv1oeZ+ur+Xo+O17N&#10;j/PZ/mq+n8/eXc3fORiYGYujs0Xo19nHq3kOS8454bN7/B5uZHqL5HH7YfXr1vc8OtMkxq89IWOw&#10;OM6j77l8/+5h+d3qj5fg6tbLLeYShg1fUBuHbW1Ve96MN/uH9Gj1Atd6I3CKQeuq6HYq9RubqTUN&#10;bu8HatsqKyt8a3agmp+pLYqiLAMvbZllZRMjF2EhMUIdF+IDz4qZxmizhwpB5AhEE6WfEUl4YOD5&#10;7qPrasra1GEDGlPjArcgMa50t7YOyzaNzVFRLJYdvn45rCt8q/LoukYxFw3ysGHv2tw0JuhrYq7N&#10;ShA1Nhd5WxZ+Y1FzzC5EivoXBUYxSxJxKAVFefeQaH6RAaJ7hgWQDqdJjJHBNG1VFEFyTNGeCo4x&#10;ZZMH5W5N5tUykcAWGWpYY1unNoTkjyG0ZV63TdDYX7XhoOiGrJqiLMJRZBsD7nAZD9f7Pcn9LY1R&#10;go+ibMoiyyMvs8IGk6pDitYiC0hzU+fh9OCtNfa909GCBxIRkThshXh1IgBBhg0dSNSNfg67h5r5&#10;F/ncaUVMaWJ3UqIgK5QzzYJ+htmEtep7KqYQ4oOeHNN6h+92fpkaTWldwfMpf2hRkk+R4FBVUPUO&#10;ZsjxHDoHWsg12oGwhNIN3zhNBsuyhIYOo55Kdo3N6l6fB8bTHdHkeUv7T7/HjLGFqeI+Otm2Ji/y&#10;sowad7Dh+UkaQnKju4yIG8gpgPKsCKryWQHj3TVaMBTLB9KFx1tOBGKMxcY0NR68CVBD/V2XlYmW&#10;14jyz2tc2CDY2uJgUlAhb4o2OjCKVYUYlZ+eprePM4XFhGICBQlq6LIimgxFVeE4c0Ck2EzWGCSg&#10;45iwKVqh3TmTYlZ8hAbgsTPbvDbp7Ddn9r0/HH9YbR8dusN2/XDz5mG99h/2d+9er/ezDwuYgub1&#10;q+//SoeU6LbeOPPPIEkOLiwXu6v57XoBm3H5uLu5mh82d/PZYn23QRTquPcW4WbrMITl7Q/H7xeH&#10;+4DDDxvW/Yhr+fvZ+uHxat5k7l9HQzez1e0tLNQQDLv4uDtcHnY/77/9xv32bnvz+8/72f64fr3F&#10;tDGlxWZ5v4UB69A7Xep6fTzsQnf8Mnt6XG/wp93han5/PO4uLy4Oy/vV4+Lw9ePDcr89bG+PXy+3&#10;jxfb29uH5eri43Z/cwElkPnfdvvtcnU4PGzufrlf7FZYoBt/+dMHTOIB63cH42yzcBdhX2MaN7Nw&#10;oMVOv2DemJP7FJawuHy63XtWAJszl8sK5y6xPsvcC9CBQqun42zpOhhbufNyCY1UFRA4cmloIM7f&#10;xYdAtBhU9Dw4jSr6P36KB2CNzdoGFIcHAPu7KnFQO271dn1QQQ2skTIYFda0DcyWyNy+o9RZHADn&#10;R9a529SNfobx6xJKII4/sXtpsrxz6mhU+jmc/dTuhYFZHBdLo9LPqJ4tCBKPSPB9Yv/zszd5bSBF&#10;QZMopi/6K4iJuffzn9pfCAPRZbneHlZeJnvxiLRq8xyHol+LOynroRyNnjZNbQsoUHeEG9tAUsOG&#10;ioPilXVY2YFAWWWquN1ia4Vzqg0WeG6w77rwg7Clae5DoLqyZUNuP3Wjn1130wCtm99o99FFVQWc&#10;2jDtpshh7otFVTkM+XC8tNa5ArIVNkgVCNK2FkdoFFGJSH4iauVwtYNFZ7KiNo08txpH33A4tw3c&#10;Z+myN20JavuFthncEz8rfyJx938UL1gEq8CDNgZugPQ+MlPVRVgQjtK8ETyE6q6KNkyqqEo8HaVe&#10;LpRvXkXRsXh0Cj6nl8xIjLYtbfSWDFQc5idan5FWub4XxL2BCTBd2i1OkOiUD+bU1hYM89bzcDWw&#10;DT+NShAEi5CHG3ZIfVNWRYz9jjDOlu58c5ATBQJcbKMzCkGDjuOkhwDARfLDOiEtwSPGGJwWWQxq&#10;ojiwLkiLnPBFbPDA8KLBPg0HDXYVvHM+bFHjvyBl2JAmxPrIoCvqrIHlPdjiEqfUCwVCWlH1jKqF&#10;Z3vDbSqK02NHYgrryQsLhednBSWB2Bdfjy2ayh3uUWvCJGE0hAE/KpsSywuyXePgCBzKQ9gIaqDX&#10;93KYMFnobZNFEsJ25rPJmxzqME4VZ6LQOoyMpkEtMhFG4niWmLBz4TU5bJgh9ZKwUTiKCrZEnAR+&#10;k8KRG+IljmPMl08f0kKNNfbu+BEzirIHhCoOZlUncQg5UgQNpBbcA+sIIY7sZxDSWsPqcPZ10shh&#10;qNfY9BDzqlp3Twki1MHQ/GAnd6seTJ43TiMJhxxSGsdEZcogRDBeT5hk2GEv2C4XR0smwvQWAqKg&#10;CNIpZAWRrAbaIgiLwRksxBnhZJzo4ZyEwhaCZHAGVfHM6XeOnKD8FHdPBlch7pGvqjqEH4kXMOQt&#10;tpCfDkropeh6Kz8erkWNKK/+1HbOOYTAj4vHP1uEMpkOQRC0qeEdOfHwJprQ0qaFPorKCcXYMfas&#10;MxYQXbBNoJ/JoJZDkphWC+2Y1bCIvGYzJagipgXnGtjiuZs1EBjPAB3mom0QmQlD4yB2aNiKnXGN&#10;aGdohhKwJ/aRRUzLXU5wKtdJAAIEQe9Ijp4IIIdCXBwumUYCLcJ3kbzG2UTBT+loZEs4lnEqZdHi&#10;5BMLEc117halmSkbFNar7RLYtCK5zrjBOK4mq5xW4zTlC4HxWQZ29QthNG0gUOU4N2kGhJNDIcsV&#10;ROTMCYBd1POvzWD/CjWPJAYmEI+p1lRw7eVCYEPCFPfcd/zovF5JFfkpzrdoMucCBNi8rXFQchph&#10;82UwmUMzdniwDjoaYSrQz74ZdgBMRJIgieuERohTmLjLJBT1o59xjrx/jBYEmaF+9JP6Vy2Z3hO7&#10;izXQqPQzjF7YuozWxPjk5dIjEMyMGCeG0i7hG3AqI+0HM494ULcwphkP2qx2HCXuIoPlWlVapc0g&#10;DMQ9OKjB7yXutRlSczQw0pBStfPWhguyXJ8kjgDie4a6SeBAnAYOJ3mGw33oYrakT4abmLcKxSAR&#10;EfqIkA1Zch1E3STwCNBAr/E1DJUiJ4tQtBIRoQ8IORCC+1Hln9EkkE3nlXthcecE7HAmShW8rejG&#10;GRwyeHqGt5ZF7VLlHhbH1xTvPm+ypo1ocTAigcsHtgXUd2zFqXpymuNgq2IYZeJxXVkKRgytgLyJ&#10;BsLQfIge50ST5CsYV88YOjALov0+MJBgxgzdFcl18nXA2X886u6iqOv3j/+5vQmB8ooi4v7Pf0ek&#10;2MfoC/ozkB5C8N6rlC8gXL9FnQl05WG3fPOAnMCPi8Px58Ue753gjx9We7QieP7HfPZx7xIMh/99&#10;v9iv5rP13zYI2uM+qTOijv5DUdY4R2d73vKOt2zeP/rMACQX2ChJwPIFt/vt42+I1L9yWDEUzx/E&#10;D6+PyCeg6Xa7X65evfK/I0MARv+4+WW3hLnmA987rOTXp98W+93M/YpKGgTtf9pSogAFvTEc74Sk&#10;6+uYvdm+en/c3j64al+fsAhpjfgBSYvPlb1wB1jIXvwdIjZDnAQzUicvoBUQTwyHEWwhnx3wiouS&#10;F7C1C0TnfPICdTJID7vxQY7Pn7yAj5W7rASSFwgWwWysR5MXpkWwAW1OnzZwzEINDGbcRyukwoeC&#10;aaoYcUdsHB/iEqmb1BvhlLDQ1DCyg9aGB4LwilC9sJVhe4RmhAsKxE48XSM00iouSeJ1PraDSx0G&#10;skpcNIMIhagx4j8EZZyNEaCon4TuoCyy6wEKLh30r5iKaeG5RSMXMS+YPbz5WWpKVKRMOZUDeoTu&#10;GoiYRw8HxhWrhDn37JBDRTDQNKsCfXPQ8iTdirQA/hYGhWEnl2T8pMOScvhsXb5IIpKfIlo4K5AZ&#10;P3BRmkKGKZHkhkcYjuoKrJCWG04cTCScVfCdyy7bIRHJTxFtgfgcsg5OHmD5o6ZM8ABBMBd7d604&#10;e0/9qQY1OHHKCKrDtowElojkp4AWtg14H0JgtQXBpWTQhnPeLaK+ZSbCdEh+hf3omiFg5pmw1Chi&#10;BguJbutaGi6IbiCL6BfsY6MywIFqBNg1QaRArML2JaoiBjyKGSEuBGgcKbErvSHD9qWztwM5bIHt&#10;fVLahMBkYBE2v0+qjG3ZMaRflRlCIx4pwl0t6kk4e1vImW/DNjlJwCB6A7/FN7pCxy5UJZHIT1Gi&#10;nD1ahrWUKAuU9XgI5DnPKAzcgoKCs/B7ETyMggznMkgjNKhEJD9FtPCYbdy2Lq2BXxl5ISOu/MSj&#10;LVAcd5KLek5TSEQvqBpoMmfkOuZ24fSX1Qw4iV0cFTEqTvhsIRwoF4oqCEU+cnPkqCCNNKqyApTW&#10;CgPC4rYmbwAmbKicIOcQSSukxqMMYkuFVGTXioAFkoN+hTnya0EBqTgDccDXiQSlCIcD7rRYK6pc&#10;s5j1QfEKjlDeihnhiApo+9YBWjqFoihAEFBIG2TMFUOeHqun3ZHqixmXHJHGrviZukkpiDgQgGlw&#10;YDmOQ9ydk8XFDQYLjvMgD1BWwusyNZKs5OAiBUHHkkQjP0WkDeLUkfX2NFSJGBKsKI/yK0QExXTG&#10;xFMiINkGaf8BnyTLvgM3HWqMk1wL54FEpyO5FlMKo9xpF1yLN3vUR82M3yNq3wLaHxcOouWHHYZa&#10;jbAdyLeABvVHlCuMir8Hmf3svgU8Bu+Ze98i/j5WGFVAx0RDDKEXV1wdJtwfMqStgqoQ/aHS6JSg&#10;XvQz9IZ35bp42yT8GkanXvRz0BtF0YjlkAajbvQzai2Ex2DF+dHH+0tVFKFcEjfehkKdRoakJVdp&#10;MJfw9X9+THgjyKYJO8LlgCAzXjnj0ENMJJJLYpLzRC8ba3RxYiH1Tw4ndZPAcZq+wiROJEc18olD&#10;gAMXEfMwE/fFjcgogrR0qoKpcIoiNAL5qFQYnegoZhQjFRTNRQkP5EgMjQsXXRg1QzWCrAuFbwKf&#10;LlppLWx8lRuI0xhWrF8Niqt7oJcoBETuDA4kcGmPk6QM3L4qmtSwFHJ4I2IZcHCLaDZL4ZE0oRkE&#10;rlBPJwD0+0sSTX1c/9GFDYZHeUBY0sTuYvPSqHT4Dn3YIBokvc9t9k6JYPrUl8amn4EwvCf9/hJh&#10;Av7xnjTrf9xkeEOT/gJMhj9N8bAz1cMZ+evDcY0z0m0bdkTOjk/fbVEEHOKNh92P2+X/HByvWZ8X&#10;y4thb7srAG5PRM1CxyecODiTribdHaDQzDhOo96iA9TFLF3leIxuupphHzM7CWuG4nI/pb5O+/j0&#10;7skXSIdshZtvLN3m4d4Q4IWAhuCumy2s3xDcxV9DYJf+Os61EE7dP8aAKmK2m+Mvy8UaBdnIQMZD&#10;o0fPQ6yY8t3lxzsEWyH+d4g83z8sv18cF/yz73+5stv77fpmtf/2/wAAAP//AwBQSwMEFAAGAAgA&#10;AAAhADIo9+f7BAAABQ0AABUAAABkcnMvY2hhcnRzL2NoYXJ0MS54bWzUV1lv4zYQfi/Q/6AK6aOt&#10;05JtxF7YcrZd1GmMOLvoKy3RtmCK1FKUY+9i/3uHh+QjKfboSxsE0HD4cTgH5/Dtm0NBrD3mVc7o&#10;yPa6rm1hmrIsp5uR/f7pbadvW5VANEOEUTyyj7iy34x//uk2HaZbxMWyRCm2QAithunI3gpRDh2n&#10;Sre4QFWXlZjC3prxAglY8o2TcfQMwgvi+K4bOUqIbQSgHxBQoJw25/m3nGfrdZ7iGUvrAlOhteCY&#10;IAEeqLZ5WTXSUi/i/guJRZ5yVrG16KascLSwxigQ5vWc1qoxOClDAnsDN7T2iIxs13YkkyC60Qxc&#10;de6WmslZTTOcJYxTCMcZvkiHEyIwpyAqYVSA1sZfxTd5vEB8V5cdULcEI1c5ycVRmW2Pb0F2smXg&#10;D+sRf6xzjquRnXrhyQXh9zrAjZ2+45u4grFeOKzEkWBtkOf60lqnvVep8BYRskLpTvrmDNxCT/vy&#10;4LUz5KmU8HtUPuy5tdp4I5sIz7bEAahsB9RqA3Ekwpc8oLIdUChNwZGAMETDgX3NaTFBwwkaDDhF&#10;Y8BRmug1nF7DiRpOZFtbktMdOFJ+bGvNyO+a0VD6AahUkMagWrCnXBA8wwQLnBnXaVRJmJhwjCSQ&#10;oCOrhaQKRGtE5u1a7zwhvsFCH88pPCst4nDPMhMPnG2wZh5fYx702bDr+ZHrxpEbuoMgiH3vrqOC&#10;kw6PGhF0+3EU+W4Qm/9ei3jWCLc7iHuDcBCF3qDXH8ShH+uLt+1+6EVBCLkSDwZR1It1+K9tc87N&#10;zli92dJaJLIUST/sET8mjLAmgTx9R4W53M0zY5DJQ8YzzM31GigOElcJ/ojXklqPl1uMhffLzfTG&#10;u4W7FRf2EwQlTiJKkUDiGieb60phwVUy3SViP/5VntzDs5dw9TlJAF5zHZD6/myhjLlWd1WvVgQH&#10;swuNq3IBtqFhxUievc0JUQu+WSWkMc2duj1lsXMBkzerw+kQH8S8UncCZdU8H9mfkyDou0kSdnqz&#10;6K4DgU8607vA79zF/swfxEEvSJIvp0IB7/2q+H+tUoZnRSIa1jT/WON35rF/dvWf15klvWknnCRB&#10;px/1o86dH8LLmCVRP5l8kTEDK0Dn5qusAJbx4LUjTXy+w5GykeHWlVBcIKRoSOoC0kXHod8DVZUm&#10;4N0GDvr873wd/Dtfp0g9oOYxn+fO5MYf3kxugq8nkKkq1wmUypTG2WUayWTSeSaDIhNsBY11dwmS&#10;j7zNVr1QqQ2kURgaszxN6+KVnAe9p2d6A6hNfD3UJFBKx79hqK2IKPPUqKO418XhH2yL3EuNX5oV&#10;XiFA95MietHYZIz5z+Zz+INvzBTwbL4ilYxWtWXPc7zBNPsDmxZkarrc+YBgpj2btyQvQeJPVJi2&#10;d4ZdYv4qf4G5HBBeyJmqIrzMP70UNccI+sk8p9iMb6rcQIBatdc5r8SSwLw1aSZAo8qWEXwS2tcF&#10;BU5eNjiQdd7/Jf0hrx4oMT4w9S3Lq3Iqc6GaGE02qDSdEFwxk158gKH/Hp33QxDejiBNVyFUljvK&#10;ZGORxRZKH3AA2XQOcdDtZ8Wy44IDBBBgopz41KKUHNOiMrx+XHCr+gQ/NPptzTSbEMoF4kgC5Hg8&#10;smE0vv/L1FWQAnfqu1S9l9MwmSGBLA5dfWTzd5mvioCcnd6Xcuo+ixychYxozyhhylT162X8NwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAFVkl2y6BgAAah8AABwAAABkcnMvdGhlbWUvdGhlbWVPdmVycmlk&#10;ZTEueG1s7FlLj9s2EL4X6H8QdG/Wj7X3gXgD2+vNJtkXYidFjlyLlhhTokDSu3FPRXLqpUCBtOil&#10;QG89FEUDNECDXvpjFkjQpj+iQ0qWSJvOPrAogmK9wEKivhl+nBnOjKjbd57F1DvBXBCWtPzqrYrv&#10;4WTIApKELf/RYOezdd8TEiUBoizBLX+KhX9n69NPbqNNGeEYH4IsJwH2QE8iNlHLj6RMN1dWxBAe&#10;I3GLpTiBZyPGYyThlocrAUenoD+mK7VKpbkSI5L4W6BwSHlfSWEvQTHM1f5iQr179/SzYFxVEDEV&#10;Xcq9E0RbPugI2OkAP5O+R5GQ8KDlV/TPX9m6vYI2cyEql8gacjv6l8vlAsG4pufk4XExab3e6Kyt&#10;Fvo1gMpF3PZOr95rFPo0AA2HOMm5mDqr3fZ2b6bTAGWXi7przfV6t5nrNkDZZX2Bc22t29tes/Aa&#10;lOFXF/CrtU57w8ZrUIZvLODrvfX1Rt3Sr0EZvrmAb9ba9Y0dC69BESXJeBHda3er3RxdQEaM7jrh&#10;nVqzU6nl8BIF0VCEl5pixBJpBdvhaESG2FfPYvSU8R0AqBuKJEk8OU3xCA0hKLuIkmNOvD0SRhB4&#10;KUqYgOFKrbJTqcN/9beqr7RH0SZGhrTiBUzEwpDi44khJ6ls+fdBq29A3r55c/b89dnz389evDh7&#10;/ms+t1Zlye2iJDTl3v/0zT8/fOn9/duP719+m009jxcm/t0vX737488PqYcVl6Z4+92rd69fvf3+&#10;679+funQ3ubo2IQPSIyFd4BPvYcshgU6+ONjfjmJQYSIKdFOQoESpGZx6O/JyEIfTBFFDlwH23Z8&#10;zCHVuIB3J08twv2ITyRxaHwQxRZwnzHaYdxphQdqLsPMg0kSuifnExP3EKET19xdlFhe7k1SSLLE&#10;pbIbYYvmEUWJRCFOsPTUMzbG2LG6J4RYdt0nQ84EG0nvCfE6iDhNMiDHVjSVQrskBr9MXQTB35Zt&#10;9h97HUZdq97GJzYS9gaiDvIDTC0z3kUTiWKXygGKqWnwPSQjF8n+lA9NXE9I8HSIKfN6ARbCJXPI&#10;Yb2G0x9AmnG7fZ9OYxvJJRm7dO4hxkzkNht3IxSnLmyfJJGJvSfGEKLIO2LSBd9n9g5R9+AHlCx1&#10;92OCLXefnw0eQYY1KZUBop5MuMOXdzGz4rc/pSOEXammzWMrxbY5cUZHZxJaob2HMUWnKMDYe3TP&#10;waDDUsvmJen7EWSVXewKrPvIjlV1n2CBPd3cLObJPSKskO3jkC3hsz+dSzxTlMSIL9N8AF43bd6D&#10;Uhe7AuCQDscm8IBAfwfx4jTKoQAdRnAv1XoUIauAqXvhjtcpt/x3kT0G+/KpReMC+xJk8KVlILGb&#10;Mh+0zQBRa4IyYAYIugxXugURy/2liCquWmzilBvZm7Z0A3RHVtMTk+TcDmiu92n8N72PY8tdT9fj&#10;VmylrEv2O8tSyu5cl7MMN9/bdBkPyMff2myjSXKEoZos5q2bzuams/H/953Nsv18088s6zpu+hkf&#10;+oybfiY/YrmefqZsYaC7Ucce2XGPPvyJl579jAilfTmleE/o4x8BbzXBDgwqOX2miYuzwDSCS1Xm&#10;YAILF3KkZTzO5OdERv0IpXBGVNWnS6HIVYfCS5mAoyM97NStD6Am8T4LsiPPalUdb2aVVSBZjlca&#10;xTgcV8kM3VzLBxU/fbAKfDXbUCjNMwJK9jIkjMlsEnUHibXZ4Dkk9MquhcWGg8W6Uj9z1YIpgFrh&#10;FXjt9uBlveU3VkEEhOBUDlr0QPkpc/XMu9qE1+npZcakZgRAmz2LgNLTG4rr0uVdytMWCSPcbBLa&#10;MrrBExG8DOfRqUYvQuOyvt4oXWrRU6bQ80F8lzTW1j/E4qq+Brn53EATM1PQxDtt+c16A0JmiNKW&#10;P4KjY7iMU4gdod68EA3hG8tQ8mzDXyWzpFzIbSSizOA66WTZICYSc4+SuOWr5RduoInOIZpbtQYJ&#10;4aMltwFp5WMjB063nYxHIzyUptuNEWXp7BYyfJYrnE+1+NXBSpJNwN39KDj1jumEP0QQYo21qjJg&#10;QAR8Qahm1gwIfBIrElkZf3OFKU+75jcpHUPZOKJphPKKYibzDK7rSUFH3xU2MO7yNYNBDZPkhfA4&#10;VAXWNKpVTYvSlXFYWnXPF1KWM5JmWTOtrKKqpjuLWTPMysCcLa9W5A1WMxNDTjMrfFak51PuxizX&#10;QaA6qwQYvLDf1Uq/Qa2czKKmGC+mYZWz81Gb2myB51C7SJEwsn5zpnbObkWNcE4Hg1eq/CA3H7Uw&#10;NJr1ldrS1vfxrX8BAAD//wMAUEsDBAoAAAAAAAAAIQBGfWmu7icAAO4nAAAtAAAAZHJzL2VtYmVk&#10;ZGluZ3MvTWljcm9zb2Z0X0V4Y2VsX1dvcmtzaGVldC54bHN4UEsDBBQABgAIAAAAIQA3Mb2RewEA&#10;AIQFAAATAAgCW0NvbnRlbnRfVHlwZXNdLnhtbCCiBAIooAACAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACsVEtvwjAMvk/af6hynWhgh2maKBz2&#10;OG5IsB8QGreNaJMoNgz+/dzw0DQBFYJLoybx97AdD8frpk5WENA4m4lB2hcJ2NxpY8tMfM8+es8i&#10;QVJWq9pZyMQGUIxH93fD2cYDJhxtMRMVkX+REvMKGoWp82D5pHChUcS/oZRe5QtVgnzs959k7iyB&#10;pR61GGI0fINCLWtK3te8vVUyN1Ykr9t7LVUmlPe1yRWxULmy+h9JzxWFyUG7fNkwdIo+gNJYAVBT&#10;pz4YZgxTIGJjKORRzgA1Xka6c5VyZBSGlfH4wNZPMLQnp13t4r64HMFoSCYq0Kdq2Ltc1/LHhcXc&#10;uUV6HuTS1MQUpY0ydq/7DH+8jDIugxsLaf1F4A4dxD0GMn6vlxBhOgiRNjXgrdMeQbuYKxVAT4m7&#10;t7y5gL/YXSlXc86ApHa5ddkj6Dl+ftKT4Dzy1AhweRX2T7SN7nkGgkAGDo/0WLMfGHnkXF12aGea&#10;Bn2EW8YZOvoFAAD//wMAUEsDBBQABgAIAAAAIQC1VTAj9AAAAEwCAAALAAgCX3JlbHMvLnJlbHMg&#10;ogQCKKAAAgAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAArJJNT8MwDIbvSPyHyPfV3ZAQQkt3QUi7IVR+gEncD7WNoyQb3b8nHBBUGoMDR3+9fvzK&#10;2908jerIIfbiNKyLEhQ7I7Z3rYaX+nF1ByomcpZGcazhxBF21fXV9plHSnkodr2PKqu4qKFLyd8j&#10;RtPxRLEQzy5XGgkTpRyGFj2ZgVrGTVneYviuAdVCU+2thrC3N6Dqk8+bf9eWpukNP4g5TOzSmRXI&#10;c2Jn2a58yGwh9fkaVVNoOWmwYp5yOiJ5X2RswPNEm78T/XwtTpzIUiI0Evgyz0fHJaD1f1q0NPHL&#10;nXnENwnDq8jwyYKLH6jeAQAA//8DAFBLAwQUAAYACAAAACEAgT6Ul/MAAAC6AgAAGgAIAXhsL19y&#10;ZWxzL3dvcmtib29rLnhtbC5yZWxzIKIEASigAAEAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;rFJNS8QwEL0L/ocwd5t2FRHZdC8i7FXrDwjJtCnbJiEzfvTfGyq6XVjWSy8Db4Z5783Hdvc1DuID&#10;E/XBK6iKEgR6E2zvOwVvzfPNAwhi7a0egkcFExLs6uur7QsOmnMTuT6SyCyeFDjm+CglGYejpiJE&#10;9LnShjRqzjB1Mmpz0B3KTVney7TkgPqEU+ytgrS3tyCaKWbl/7lD2/YGn4J5H9HzGQlJPA15ANHo&#10;1CEr+MFF9gjyvPxmTXnOa8Gj+gzlHKtLHqo1PXyGdCCHyEcffymSc+WimbtV7+F0QvvKKb/b8izL&#10;9O9m5MnH1d8AAAD//wMAUEsDBBQABgAIAAAAIQBKD0uESQIAAA8FAAAPAAAAeGwvd29ya2Jvb2su&#10;eG1spFRRT6QwEH6/5P5D03ekRRYMkTXqam6TO2Oip4+mC2VpLC1pi4tn/O83Bdk99WXjEWiZTvnm&#10;m2+GHp/0jURP3FihVY7pAcGIq0KXQq1z/Pv2MjjCyDqmSia14jl+5hafzL9/O95o87jS+hEBgLI5&#10;rp1rszC0Rc0bZg90yxV4Km0a5sA069C2hrPS1py7RoYRIUnYMKHwiJCZfTB0VYmCL3TRNVy5EcRw&#10;yRzQt7Vo7YTWFPvANcw8dm1Q6KYFiJWQwj0PoBg1RbZcK23YSkLaPZ2h3sCdwEMJDNEUCVyfQjWi&#10;MNrqyh0AdDiS/pQ/JSGl7yToP2uwH1IcGv4kfA23rEzyRVbJFivZgVHy32gUWmvolQzE+yLabMst&#10;wvPjSkh+N7YuYm17xRpfKYmRZNZdlMLxMscpmHrDdwszjEzXnnVCgjciMYlxON+287VBJa9YJ90t&#10;NPIED39GFEdR4nf2JpvEvnYGwfty8RMC3rAnCA9Jlm/duQR8evigCpMdEfrwksZpckZSElyeLy6C&#10;OCY0OI3oLDgkZ5SeL9IoSdNX0MgkWaFZ5+q33Dx4jg99NT66frF+8lCSdaLcEXkhb1fg5w/D5Hv1&#10;Cfm/+E7wjd2p4E3U3wtV6g2IFENWz5NFI7A2g+telK6GJMmMgqrj2g8u1jXwTVP/FZTa08rxOzqL&#10;kc4lXIEf3tEJ/+EzHBbAa5iRGgp84w8QCqeSnweNoaCZj2GWJfUJhdNnBZMFFNRPfiPxTi35jfjD&#10;oW5Vjk/H/dNZNv8LAAD//wMAUEsDBBQABgAIAAAAIQB+qJAyzgAAAJ4BAAAUAAAAeGwvc2hhcmVk&#10;U3RyaW5ncy54bWykkEFKRDEQRPeCdwgNLp18RUQkySwGBHcu9AAx6ZkfTLq/6f7i3N6IegFnWRSv&#10;uqrd9rNV84FdCpOHq80EBilxLnTw8PL8cHkHRjRSjpUJPRxRYBvOz5yImsGSeJhVl3trJc3Yomx4&#10;QRrOnnuLOmQ/WFk6xiwzorZqr6fp1rZYCEzildTDDZiVyvuKuz8dnJTgNFw4q8Et8ziuJT11s2fS&#10;xzyqgtHjMhoR75h+F4ANzn6DP7A9BX6tkd5OCUhcuWP+X4Qd/w1fAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAQb/4YNkAAADKAQAAIwAAAHhsL3dvcmtzaGVldHMvX3JlbHMvc2hlZXQxLnhtbC5yZWxzrJHB&#10;TsMwDEDvSPxD5DtJuwNCaOkuCGlXGB/gpW4b0TpRbBD7e4J2odMkLpws2/Lzk73dfS2z+aQiMbGH&#10;1jZgiEPqI48e3g7Pdw9gRJF7nBOThxMJ7Lrbm+0Lzah1SKaYxVQKi4dJNT86J2GiBcWmTFw7QyoL&#10;ak3L6DKGdxzJbZrm3pXfDOhWTLPvPZR9vwFzOOW6+W92GoYY6CmFj4VYr6xwiseZKhDLSOrB2nNF&#10;zqG1VRbcdY/2Pz1yiaxUXkm1HlpWRhc9d5G39hj5R9KtPtB9AwAA//8DAFBLAwQUAAYACAAAACEA&#10;wTDXykwHAAAfIgAAEwAAAHhsL3RoZW1lL3RoZW1lMS54bWzsWklvGzcUvhfofyDmnliyJccyIgeW&#10;LMVJvMFWUuRIjagZ2pzhgKTs6FYkxwIFiqZFLwV666FoGyABekl/jdsUbQrkL/SRHElDi4qtxkU3&#10;O0A8y/cWvo1vHn3z1qOEoWMiJOVpPShfLwWIpCHv0TSqB/c77WsrAZIKpz3MeErqwZDI4Nba++/d&#10;xKsqJglBQJ/KVVwPYqWy1YUFGcJjLK/zjKTwrs9FghXcimihJ/AJ8E3YwmKptLyQYJoGKMUJsO0A&#10;DeoRtNvv05AEayP2LQYyUiX1g5CJA82c5DQFbO+orBFyKJtMoGPM6gFI6vGTDnmkAsSwVPCiHpTM&#10;T7CwdnMBr+ZETM2gLdC1zU9OlxP0jhaNTBF1x0LL7UrtxsaYvwEwNY1rtVrNVnnMzwBwGMJKrS5F&#10;npX2Srkx4lkA2ctp3s1StVRx8QX+S1M61xqNRrWW62KZGpC9rEzhV0rLlfVFB29AFl+dwlca683m&#10;soM3IItfnsK3b9SWKy7egGJG06MptHZou51zH0P6nG164SsAXynl8AkKomEcXVpEn6dqVqwl+JCL&#10;NgA0kGFFU6SGGenjEOK4iZOuoDhAGU65hAelxVK7tAT/638Vc1XR4vEqwQU6+yiUU4+0JkiGgmaq&#10;HtwFrkEB8ublt29ePkdvXj47ffzi9PEPp0+enD7+3vJyCDdxGhUJX3/9ye9ffoh+e/7V66ef+fGy&#10;iP/5u49++vFTPxDya7L+V58/++XFs1dffPzrN0898HWBu0V4hyZEoh1ygvZ5AmszhnE1J10xH0Un&#10;xtShwDHw9rBuqdgB7gwx8+EaxDXeAwGlxQe8PTh0dD2IxUBRj+R7ceIAtzlnDS68BrinZRUs3Bmk&#10;kV+4GBRx+xgf+2Q3ceq4tjXIoKZCyE7bvhkTR809hlOFI5IShfQ7fkSIh+whpY5dt2kouOR9hR5S&#10;1MDUa5IO7TqBNCHapAn4ZehTEFzt2Gb7AWpw5lv1Bjl2kZAQmHmU7xDmmPE2Hiic+Fh2cMKKBt/C&#10;KvYpeTAUYRHXkgo8HRHGUatHpPTR7ApYb8Hp9zBUM6/bt9kwcZFC0SMfzy3MeRG5wY+aMU4yr840&#10;jYvYO/IIQhSjPa588G3uZoi+Bz/gdKa7H1DiuPv8QnCfRo5KkwDRbwbC48vbhLv5OGR9THxVZl0k&#10;TmFdhxrui47GIHJCe4sQhk9wjxB0/45HgwbPHJtPlL4bQ1XZJL7AuovdWNX3KZEEmWZmOk23qHRC&#10;9oBEfIY+28MzhWeI0wSLWZx3wOtO6MLe5i2luyw8KgJ3KHR9EC9eo+xK4FEI7tYsrnsxdnYtfS/9&#10;8ToUjv8ukmOQl4fz5iXQkLlpoLBf2DYdzBwBk4DpYIq2fOUWSBz3T0j0vmrIBl66vpu0EzdAN+Q0&#10;OQlN39bxMAoOPNPxVK86Htuyne14ZlWWzTN9zizcv7C72cCDdI/AhjJduq6am6vmJvjPNzezcvmq&#10;pblqaa5aGt9H2F/S0ky6GGhwJhMeM+9JZo57+pSxAzVkZEuaiY+ED5teGx6aUZSZR47Hf1kMl3o9&#10;IMDBRQIbGiS4+oCq+CDGGQyHymbQGcmcdSRRxiXMjMxjM0glZ3ibwSiFkZCZcVb19MvaT2K1zXv2&#10;8VJxyjlmY7SKzCR1JGhJM7iosKUb7yasbLWaaTZ3aWWjmukYnKWNl6xNPLL+eGnwcGxN+GJG8J0N&#10;Vl6GcbPWHeZo0F73tN2tj0Zu0aIv1UUyhm/C3Ed63dM+KhsnjWJlaiF6HTYY9MTyHB8VpNU023eQ&#10;dhEnFcVVZogbee9dvDQa0068pPP2TDqytJicLEUn9aBWXawGKMRZPejDgBYukwy8LvX3DmYRnHOE&#10;StiwPzeZTbhOvFnzh2UZZu7W7lMLdupAJqTawDK2oWFe5SHAUjNONvovVsGsl7UATzW6mBZLKxAM&#10;f5sWYEfXtaTfJ6EqOrvwxMzTDSAvpXygiDiIeyeoywZiH4P7dajCenpUwiTdVAR9A4dC2trmlVuc&#10;86QrHsUYnH2OWRbjvNzqFB1lsoWbgjTWwdxZbY16sDav7mZx8y/FpPwlLaUYxv+zpej9BEbbSz3t&#10;gRBOJQVGOlPqARcq5lCFspiGbQEHMqZ2QLTAwSK8hqCCs1HzW5Bj/dvmnOVh0homlGqfRkhQ2I9U&#10;LAjZg7Jkou8cZuV877IsWc7IdhgTdWVm1e6SY8I6ugYu6709QDGEuqkmeRkwuLPx597nGdSNdJPz&#10;T+18bDLP2x5MdlVLf8FepFIo+oWtoObd+0xPNS4Hb9nY59xqbcWaWvFi9cJbbQYHFHAuqSAmQipC&#10;GDSa1he83OH7UFsRnJrb9gpBVF+zjQfSBdKWxy40TvahDSbNynZeeXd76W0UnK3mne5YLmTpn+l0&#10;5zT2uDlzxTm5+Pbucz5j5xZ2bF3sdD2mhqQ9m6K6PRp9yBjHmL/QKP4JBe8egqM34LB6wJS0x9CP&#10;4DgKvjLscTckv3WuIV37AwAA//8DAFBLAwQUAAYACAAAACEAKhLsXIsDAAACCwAADQAAAHhsL3N0&#10;eWxlcy54bWzUVkuP2zYQvhfIfyB41+phy7UNSUG8XgMBtg90HaBXWqJsNhQpkPRGTpH/niEp2TJS&#10;bLa7hzYXmzMafTPzzUPM3nYNR49UaSZFjuObCCMqSlkxsc/xh+0mmGOkDREV4VLQHJ+oxm+LNz9l&#10;2pw4fThQahBACJ3jgzHtMgx1eaAN0TeypQKe1FI1xICo9qFuFSWVti81PEyiaBY2hAnsEZZN+RyQ&#10;hqiPxzYoZdMSw3aMM3NyWBg15fL9XkhFdhxC7eIpKVEXz1SCOjU4cdpv/DSsVFLL2twAbijrmpX0&#10;23AX4SIk5QUJkF+GFKdhlFzl3qkXIk1DRR+ZLR8usloKo1Epj8LkOOkVRaY/o0fCobwxDouslFwq&#10;ZKBKQJLTCNJQb3FLONspZs1q0jB+8urEKlxhe7uGAc1WGVqX3vHFz9w++S7oxAVzIEpDD/n4ksX3&#10;HDl/Ghwyzq8zBUWRQUsYqsQGBNSft6cW8hTQvT5eZ2dff8J6r8gpTtLRC6FzWGQ7qSqYloHjGDj2&#10;qiLjtDaQt2L7g/03soXfnTQGOqrIKkb2UhBuORve6A+QTkk5f7AT9Wd9hd3VSBybTWPeVzmG2bRs&#10;D0dIoT96PC9Y/DGaxx7BTiDkfw+LuvqM/4q3EWlbflo5Em3zefkdZ3vRUNu0llDoQS+ig1TsM6Rs&#10;m9fS6wrS1a9K4KUuHavA46hYV6U6k45s5+f4V7v4OCyLnji0OzJumPiHMgFm1V0KnwIHID9JhN3Z&#10;hpWWGN9iGBnamT+kgaVoVzk0yydF2i0oncBE5QgG/V9HbVh9uifa3DO71EGnD4qJj1u5Yd7cLmr4&#10;Bvxmu90a2LZyMf2/A/OTgIZh+9C65AZxLT85ZvyswncNBi7H5gCfoGEtWpo6CsMWu50X2q7rZ/pZ&#10;9m763fA/yxyWxLAjnmXvaz1eIT9AUZ6Y5/+sjW0zw9gZe1Vwi/c8yzAMFa3JkZvt+WGOL+dfaMWO&#10;TXK2+p09SuMgcnw539uvQDyzcwMTeK+hieAfHRXL8d93q58X67tNEsyj1TyYTmgaLNLVOkint6v1&#10;erOIkuj2y+jC8orrirtfwb6Mp0vN4VKj+mT7FB8uuhyPBB++m3oIexz7IplF79I4CjaTKA6mMzIP&#10;5rNJGmzSOFnPpqu7dJOOYk9feK2Jwjj2FyQbfLo0rKEcltV1+NuxFooE4hNJhEMlwsvltfgKAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBiHj3k0gIAAPAGAAAYAAAAeGwvd29ya3NoZWV0cy9zaGVldDEueG1s&#10;nFVdb9owFH2ftP9g+b0kAcoGIlQtVbU+TKrGPp6Nc0OsJrZnm49u2n/ftUMSSlqpKgLjHF+fc699&#10;7MyvDlVJdmCsUDKlySCmBCRXmZCblP74fnfxmRLrmMxYqSSk9AksvVp8/DDfK/NoCwBHkEHalBbO&#10;6VkUWV5AxexAaZA4kitTMYePZhNZbYBlYVJVRsM4nkQVE5LWDDPzFg6V54LDreLbCqSrSQyUzGH+&#10;thDaNmwVfwtdxczjVl9wVWmkWItSuKdASknFZ/cbqQxbl1j3IRkzTg4Gv0P8jRqZgPeUKsGNsip3&#10;A2SO6pz75U+jacR4y9Sv/000yTgysBN+Azuq4ftSSi5brmFHNnon2aQl88tlZluRpfRvfPxc4H/i&#10;m7hrmrF/dDHPBO6wr4oYyFN6ncyWUxot5sE/PwXs7UmfOLZeQQncAWoklHh7rpV69IH3CMXIaEOA&#10;Z2TciR0soSxTejNGh/8OGthFgahVOO03anfB0A+GrJmFpSp/icwVKIkHJ4OcbUvXgdNBMo4nw8t2&#10;6JvafwGxKRxOuPRaXJVIjC2phD9/aDt2qAs48iLEt9apqhEKKdbzQqK3zLHF3Kg9QQNhtNXMH8dk&#10;NsKSuQevPRrGUNciulsk82iH1fFjxE0/In4esawjhkEdxVpF9MkLih59rjg6U2wifDaTc7F6sC+G&#10;PnpBzKPPxYZnYk2EFxufi9WDfTHvi/5aetSL+c3zixvscwos64g+H9rghA/nH/ds8gr+6RXc38hd&#10;Xh3P9ByvjVz7Qxd4fTvB0bi5ks4fCdxR96TxbpNqqeTxHeDr0mwDX5nZCGlJCTmaJh5gMqY2bug7&#10;pQOKNa2VQ3c2TwXe8IDLEg9wWXOlXPNw5F2B22qimQazEn9QHLNWRuBdHq7wlGplnGHCod7M3xfm&#10;PguLjQe8hAdmnCVcbaU/QejkFu2i64XvwtHm7btq8R8AAP//AwBQSwMEFAAGAAgAAAAhABabhv5m&#10;AQAAfwIAABEACAFkb2NQcm9wcy9jb3JlLnhtbCCiBAEooAABAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAHySX0vDMBTF3wW/Q8h7m6Z1Y4a1Ayd7GI4JVpS9heRuKzZJSTK3fXvT7o8VxcfknPvL&#10;OZeMJwdVo0+wrjI6xzROMAItjKz0Jsev5SwaYeQ815LXRkOOj+DwpLi9GYuGCWPh2ZoGrK/AoUDS&#10;jokmx1vvG0aIE1tQ3MXBoYO4NlZxH452QxouPvgGSJokQ6LAc8k9Jy0waq5EfEZKcUU2O1t3ACkI&#10;1KBAe0doTMm314NV7s+BTuk5VeWPTeh0jttnS3ESr+6Dq67G/X4f77MuRshPyfvi6aWrGlW63ZUA&#10;XIylYMIC98YWXNoKtIbYwlGbWrox6antJmvu/CIsfV2BfDgW8x3XaKm4RfPlahqjFVfGcjS1OwFh&#10;+PdAeK0rd3oSJApx2ancRXnLpo/lDBdpQrMoySKalPSeDe7YYLRq8/yYb+OfLtQ51b/ENOBolI5K&#10;OmSDlGVJj3gBFF3un1+m+AIAAP//AwBQSwMEFAAGAAgAAAAhANPHYFadAQAAcAMAABQAAAB4bC90&#10;YWJsZXMvdGFibGUxLnhtbJyTzU7DMAzH70i8QxSJ45Z2QwhVdIgNTZqEOPDxAKFN14gkrpwMOiHe&#10;HaftBmMXRA5p49g/+2+3V9etNexNodfgcp6OE86UK6DUbp3z56fl6JIzH6QrpQGncr5Vnl/PTk+u&#10;gnwxilG08zmvQ2gyIXxRKyv9GBrl6KYCtDLQEdfCN6hk6WulgjVikiQXwkrteE/IbPEXiJX4umlG&#10;BdhGBv2ijQ7bjsWZLbLV2gHGqnLeImtxuoO3eAS3ukDwUIUxwQRUlS7UUY3puUD1pmNrvlHTf7Iu&#10;9iyqS5fUa2JitomvH8mwRvRcxC0ZLWl12+7ukzMnLYl7ihoputS+MXJ7f2BEVeX8Js3mlCVAkMY/&#10;wPtjDe80XZptTUNQSKbbtlpR5nPCyCCHU4yJ8DkgeQ3GCZ/1w16A2VjnWQEbF3L+y/6taXosKk16&#10;UZ2yTlDay9qLEgeFpFwcJO3gk9iwP8Hp84prDz87gCcRLjqhg6Qh12PYGrVyFTBPDVtq9KF36FoX&#10;bXfyyBTbG1A3in4DGkr06oP21h/5Zl8AAAD//wMAUEsDBBQABgAIAAAAIQDWImhkGQEAAOgDAAAn&#10;AAAAeGwvcHJpbnRlclNldHRpbmdzL3ByaW50ZXJTZXR0aW5nczEuYmlu8mfIY0hl8GPIZygB0goM&#10;RgwGDIZAbHM8ZocCw5c9WzYYrGPAAxhZGNjuMPAwM+szMDAycDLM4jbhSAGy+BkimJiAdAQTM5B0&#10;ZDDBZwiJcoxQ9SCaCYhB9H8gQDfGxdMvVInhAtB1DAyH1kwIxGcNK1iSnYquHDVqqIUALF2B3H0B&#10;iIN9Q7xAbAGGAwzBwNyRx5ACzCEhwLyiwODLkMmQzFAEZBcDcRow9ygw+OPISwoMLkCVmQxlQDOK&#10;gOYFuQa7+PgwhOZlFqUWg1gBiQWpRcGZVakMPq4hIa5BDP5Fmal5JYklmfl5DAH+QSFBjp4hDEGp&#10;xfk5pWAxlwBPMwMDBuf8nPwi3/yUVAYjk6SCAnzhDQAAAP//AwBQSwMEFAAGAAgAAAAhAFJi36OZ&#10;AQAAHAMAABAACAFkb2NQcm9wcy9hcHAueG1sIKIEASigAAEAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAnJLBbtswDIbvA/YOgu6NnG4ohkBWMaQdMqDFAiTtnZPpWK0sCRJjJHubPctebLKNpM62&#10;024kf+rXJ4ry9tBa1mFMxruSz2cFZ+i0r4zblfxp++XqE2eJwFVgvcOSHzHxW/X+nVxHHzCSwcSy&#10;hUslb4jCQoikG2whzbLsslL72ALlNO6Er2uj8c7rfYuOxHVR3Ag8ELoKq6twNuSj46Kj/zWtvO75&#10;0vP2GDKwkp9DsEYD5VeqR6OjT74mdn/QaKWYijLTbVDvo6GjKqSYpnKjweIyG6sabEIp3gpyhdAP&#10;bQ0mJiU7WnSoyUeWzI88tmvOvkPCHqfkHUQDjjJW3zYmQ2xDoqhW/gUSq5DpXz+t3lsvRe4btSGc&#10;HpnG5qOaDw05uGzsDUaeLFySbg1ZTN/qNUT6B/h8Cj4wjNgjzqZBpPHOKd/w8nzTH95L3wZwR/Xw&#10;9fFeilMmH4x7TU9h6++A8DTZy6LcNBCxyp9xnvy5IFd5qNH2JssG3A6rU8/fQr8Hz+Oyq/nNrPhQ&#10;5C+e1KR4W2v1GwAA//8DAFBLAQItABQABgAIAAAAIQA3Mb2RewEAAIQFAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhALVVMCP0AAAATAIAAAsAAAAA&#10;AAAAAAAAAAAAtAMAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIE+lJfzAAAAugIAABoAAAAA&#10;AAAAAAAAAAAA2QYAAHhsL19yZWxzL3dvcmtib29rLnhtbC5yZWxzUEsBAi0AFAAGAAgAAAAhAEoP&#10;S4RJAgAADwUAAA8AAAAAAAAAAAAAAAAADAkAAHhsL3dvcmtib29rLnhtbFBLAQItABQABgAIAAAA&#10;IQB+qJAyzgAAAJ4BAAAUAAAAAAAAAAAAAAAAAIILAAB4bC9zaGFyZWRTdHJpbmdzLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBBv/hg2QAAAMoBAAAjAAAAAAAAAAAAAAAAAIIMAAB4bC93b3Jrc2hlZXRzL19y&#10;ZWxzL3NoZWV0MS54bWwucmVsc1BLAQItABQABgAIAAAAIQDBMNfKTAcAAB8iAAATAAAAAAAAAAAA&#10;AAAAAJwNAAB4bC90aGVtZS90aGVtZTEueG1sUEsBAi0AFAAGAAgAAAAhACoS7FyLAwAAAgsAAA0A&#10;AAAAAAAAAAAAAAAAGRUAAHhsL3N0eWxlcy54bWxQSwECLQAUAAYACAAAACEAYh495NICAADwBgAA&#10;GAAAAAAAAAAAAAAAAADPGAAAeGwvd29ya3NoZWV0cy9zaGVldDEueG1sUEsBAi0AFAAGAAgAAAAh&#10;ABabhv5mAQAAfwIAABEAAAAAAAAAAAAAAAAA1xsAAGRvY1Byb3BzL2NvcmUueG1sUEsBAi0AFAAG&#10;AAgAAAAhANPHYFadAQAAcAMAABQAAAAAAAAAAAAAAAAAdB4AAHhsL3RhYmxlcy90YWJsZTEueG1s&#10;UEsBAi0AFAAGAAgAAAAhANYiaGQZAQAA6AMAACcAAAAAAAAAAAAAAAAAQyAAAHhsL3ByaW50ZXJT&#10;ZXR0aW5ncy9wcmludGVyU2V0dGluZ3MxLmJpblBLAQItABQABgAIAAAAIQBSYt+jmQEAABwDAAAQ&#10;AAAAAAAAAAAAAAAAAKEhAABkb2NQcm9wcy9hcHAueG1sUEsFBgAAAAANAA0AaAMAAHAkAAAAAFBL&#10;AwQUAAYACAAAACEAtvlwdf4EAAAEDQAAFQAAAGRycy9jaGFydHMvY2hhcnQyLnhtbNRXWW/bRhB+&#10;L9D/wBLuI81TpChYCiTKboPatWElQV9X5EoitNxllktZSpD/3tmDtCS7yNGXNgig4ezsHN/sHL56&#10;s6+ItcO8KRkd2/6lZ1uY5qwo6Xpsv3934wxtqxGIFogwisf2ATf2m8nPP13lo3yDuFjUKMcWKKHN&#10;KB/bGyHqkes2+QZXqLlkNaZwtmK8QgI++dotOHoC5RVxA8+LXaXENgrQDyioUEm7+/xb7rPVqszx&#10;nOVthanQXnBMkAAEmk1ZN5223I958EJjVeacNWwlLnNWuVpZFxQo8wduH9UEQCqQwH7qRdYOkbHt&#10;2a5kEkTXmoEb53qhmZy1tMBFxjiFdBzJV/loSgTmFFRljArw2uBVfRPiFeLbtnbA3RqCXJakFAcV&#10;tj25At3ZhgEe1iP+2JYcN2M796NnCKLvBcBL3KEbmLxCsH40asSBYB2Q7wUyWre3q1y4QYQsUb6V&#10;2BwJ96LP5/LiORjyVk74Harvd9xarv2xTYRvW2IPVLEFarmGPBIRSB5QxRYolOcAJEgYouPAueb0&#10;MmHHCTsZAEXLAFCaGHScQceJO05sWxtS0i0AKX9sa8XI75rRUfoBqFKQwaBWsHelIHiOCRa4MNBp&#10;qZowMeUYSUGCDqwVkqoQbRG57b/1yTvE11jo6yWFZ6VV7O9YYfKBizXWzMNrzL2+G136Qex5SexF&#10;XhqGSeBfOyo5+eigJcLLYRLHgRcm5v+gl3jSEt5lmgzSKI0jPx0M0yQKEm14059HfhxGUCtJmsbx&#10;INHpP4/NPQ67YO16Q1uRyVYkcdghfsgYYV0B+dpGg7k8LQsTkKlDxgvMjXktKPZSrhH8Ea8ktZos&#10;NhgL/5eL2YV/BbYVF84zBC1OStQig8I1IBtztbDAlCx3KbGb/Cpv7uDZS3H186wBeJ05ILX94kEF&#10;c+7usl0uCQ7nJx439QPEhkYNI2VxUxKiPvh6mZEuNG/m3aiI3RMxaVldzkd4L24bZRMoq+Xl2P6c&#10;heHQy7LIGczjawcSnzmz6zBwrpNgHqRJOAiz7Mtzo4D3ftb8v9Ypo6MmEY9aWn5s8Vvz2D97+p/v&#10;hHE8d6JZeONMs1nohPNp4s9TL40y74vMGUQBPne/KgpgGQTPgTT5+Q4g5SDDPZTQXCClaETaCspF&#10;52E4AFeVJ4BuJw7+/O+wBnD/DdY5Ug+oe8zHtTO9CEYX04vw6wVkusp5AeWypHFxWkaymHSdyaTI&#10;AlvCYN2eCslH3ler/lClDaRxGAazvE3b6pWaB79nR36DUF/4eqnJoJVOfsPQWxFR4alVR3HPm8M/&#10;xJampx6/DEs1npP28ewHxNF5DqSJ5T9bztEPPjHTv4vbJWlkspoNe7rFa0yLP7CZQKaly5MPCFba&#10;o3VL8jIk/kSVmXpHsgvMX+U/YC73gxd6ZqoHL8pPL1XdYgTj5Lak2GxvqttAVnq3VyVvxILAujXt&#10;FkDjyoYR/Kx0qPsJ3Dydb6DrePxL+kPZ3FNiMDDtrSibeiZLoZkaT9aoNoMQoJhLFO9h579Dx+MQ&#10;lPcbSDdUCJXdjjI5V2Svhc4HHJDsBofY6+mzZMXhgYMISECIcuFTH7XkmAlV4NXjA7eaT/B3xrBv&#10;meYQUvmAOJICcjse27AZ3/1l2ipoAZvalmr3chkmcySQxWGoj23+tghUD5Cr0/taLt1HmYO7UBH9&#10;HaVMhar+eJn8DQAA//8DAFBLAwQUAAYACAAAACEAVWSXbLoGAABqHwAAHAAAAGRycy90aGVtZS90&#10;aGVtZU92ZXJyaWRlMi54bWzsWUuP2zYQvhfofxB0b9aPtfeBeAPb680m2RdiJ0WOXIuWGFOiQNK7&#10;cU9FcuqlQIG06KVAbz0URQM0QINe+mMWSNCmP6JDSpZIm84+sCiCYr3AQqK+GX6cGc6MqNt3nsXU&#10;O8FcEJa0/Oqtiu/hZMgCkoQt/9Fg57N13xMSJQGiLMEtf4qFf2fr009uo00Z4RgfgiwnAfZATyI2&#10;UcuPpEw3V1bEEB4jcYulOIFnI8ZjJOGWhysBR6egP6YrtUqluRIjkvhboHBIeV9JYS9BMczV/mJC&#10;vXv39LNgXFUQMRVdyr0TRFs+6AjY6QA/k75HkZDwoOVX9M9f2bq9gjZzISqXyBpyO/qXy+UCwbim&#10;5+ThcTFpvd7orK0W+jWAykXc9k6v3msU+jQADYc4ybmYOqvd9nZvptMAZZeLumvN9Xq3mes2QNll&#10;fYFzba3b216z8BqU4VcX8Ku1TnvDxmtQhm8s4Ou99fVG3dKvQRm+uYBv1tr1jR0Lr0ERJcl4Ed1r&#10;d6vdHF1ARozuOuGdWrNTqeXwEgXRUISXmmLEEmkF2+FoRIbYV89i9JTxHQCoG4okSTw5TfEIDSEo&#10;u4iSY068PRJGEHgpSpiA4UqtslOpw3/1t6qvtEfRJkaGtOIFTMTCkOLjiSEnqWz590Grb0Devnlz&#10;9vz12fPfz168OHv+az63VmXJ7aIkNOXe//TNPz986f3924/vX36bTT2PFyb+3S9fvfvjzw+phxWX&#10;pnj73at3r1+9/f7rv35+6dDe5ujYhA9IjIV3gE+9hyyGBTr442N+OYlBhIgp0U5CgRKkZnHo78nI&#10;Qh9MEUUOXAfbdnzMIdW4gHcnTy3C/YhPJHFofBDFFnCfMdph3GmFB2ouw8yDSRK6J+cTE/cQoRPX&#10;3F2UWF7uTVJIssSlshthi+YRRYlEIU6w9NQzNsbYsbonhFh23SdDzgQbSe8J8TqIOE0yIMdWNJVC&#10;uyQGv0xdBMHflm32H3sdRl2r3sYnNhL2BqIO8gNMLTPeRROJYpfKAYqpafA9JCMXyf6UD01cT0jw&#10;dIgp83oBFsIlc8hhvYbTH0Cacbt9n05jG8klGbt07iHGTOQ2G3cjFKcubJ8kkYm9J8YQosg7YtIF&#10;32f2DlH34AeULHX3Y4Itd5+fDR5BhjUplQGinky4w5d3MbPitz+lI4RdqabNYyvFtjlxRkdnElqh&#10;vYcxRacowNh7dM/BoMNSy+Yl6fsRZJVd7Aqs+8iOVXWfYIE93dws5sk9IqyQ7eOQLeGzP51LPFOU&#10;xIgv03wAXjdt3oNSF7sC4JAOxybwgEB/B/HiNMqhAB1GcC/VehQhq4Cpe+GO1ym3/HeRPQb78qlF&#10;4wL7EmTwpWUgsZsyH7TNAFFrgjJgBgi6DFe6BRHL/aWIKq5abOKUG9mbtnQDdEdW0xOT5NwOaK73&#10;afw3vY9jy11P1+NWbKWsS/Y7y1LK7lyXsww339t0GQ/Ix9/abKNJcoShmizmrZvO5qaz8f/3nc2y&#10;/XzTzyzrOm76GR/6jJt+Jj9iuZ5+pmxhoLtRxx7ZcY8+/ImXnv2MCKV9OaV4T+jjHwFvNcEODCo5&#10;faaJi7PANIJLVeZgAgsXcqRlPM7k50RG/QilcEZU1adLochVh8JLmYCjIz3s1K0PoCbxPguyI89q&#10;VR1vZpVVIFmOVxrFOBxXyQzdXMsHFT99sAp8NdtQKM0zAkr2MiSMyWwSdQeJtdngOST0yq6FxYaD&#10;xbpSP3PVgimAWuEVeO324GW95TdWQQSE4FQOWvRA+Slz9cy72oTX6ellxqRmBECbPYuA0tMbiuvS&#10;5V3K0xYJI9xsEtoyusETEbwM59GpRi9C47K+3ihdatFTptDzQXyXNNbWP8Tiqr4GufncQBMzU9DE&#10;O235zXoDQmaI0pY/gqNjuIxTiB2h3rwQDeEby1DybMNfJbOkXMhtJKLM4DrpZNkgJhJzj5K45avl&#10;F26gic4hmlu1BgnhoyW3AWnlYyMHTredjEcjPJSm240RZensFjJ8liucT7X41cFKkk3A3f0oOPWO&#10;6YQ/RBBijbWqMmBABHxBqGbWDAh8EisSWRl/c4UpT7vmNykdQ9k4ommE8opiJvMMrutJQUffFTYw&#10;7vI1g0ENk+SF8DhUBdY0qlVNi9KVcVhadc8XUpYzkmZZM62soqqmO4tZM8zKwJwtr1bkDVYzE0NO&#10;Myt8VqTnU+7GLNdBoDqrBBi8sN/VSr9BrZzMoqYYL6ZhlbPzUZvabIHnULtIkTCyfnOmds5uRY1w&#10;TgeDV6r8IDcftTA0mvWV2tLW9/GtfwEAAP//AwBQSwMECgAAAAAAAAAhAIDPQNDxJwAA8ScAAC4A&#10;AABkcnMvZW1iZWRkaW5ncy9NaWNyb3NvZnRfRXhjZWxfV29ya3NoZWV0MS54bHN4UEsDBBQABgAI&#10;AAAAIQA3Mb2RewEAAIQFAAATAAgCW0NvbnRlbnRfVHlwZXNdLnhtbCCiBAIooAACAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACsVEtvwjAMvk/a&#10;f6hynWhgh2maKBz2OG5IsB8QGreNaJMoNgz+/dzw0DQBFYJLoybx97AdD8frpk5WENA4m4lB2hcJ&#10;2NxpY8tMfM8+es8iQVJWq9pZyMQGUIxH93fD2cYDJhxtMRMVkX+REvMKGoWp82D5pHChUcS/oZRe&#10;5QtVgnzs959k7iyBpR61GGI0fINCLWtK3te8vVUyN1Ykr9t7LVUmlPe1yRWxULmy+h9JzxWFyUG7&#10;fNkwdIo+gNJYAVBTpz4YZgxTIGJjKORRzgA1Xka6c5VyZBSGlfH4wNZPMLQnp13t4r64HMFoSCYq&#10;0Kdq2Ltc1/LHhcXcuUV6HuTS1MQUpY0ydq/7DH+8jDIugxsLaf1F4A4dxD0GMn6vlxBhOgiRNjXg&#10;rdMeQbuYKxVAT4m7t7y5gL/YXSlXc86ApHa5ddkj6Dl+ftKT4Dzy1AhweRX2T7SN7nkGgkAGDo/0&#10;WLMfGHnkXF12aGeaBn2EW8YZOvoFAAD//wMAUEsDBBQABgAIAAAAIQC1VTAj9AAAAEwCAAALAAgC&#10;X3JlbHMvLnJlbHMgogQCKKAAAgAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAArJJNT8MwDIbvSPyHyPfV3ZAQQkt3QUi7IVR+gEncD7WNoyQb3b8n&#10;HBBUGoMDR3+9fvzK2908jerIIfbiNKyLEhQ7I7Z3rYaX+nF1ByomcpZGcazhxBF21fXV9plHSnko&#10;dr2PKqu4qKFLyd8jRtPxRLEQzy5XGgkTpRyGFj2ZgVrGTVneYviuAdVCU+2thrC3N6Dqk8+bf9eW&#10;pukNP4g5TOzSmRXIc2Jn2a58yGwh9fkaVVNoOWmwYp5yOiJ5X2RswPNEm78T/XwtTpzIUiI0Evgy&#10;z0fHJaD1f1q0NPHLnXnENwnDq8jwyYKLH6jeAQAA//8DAFBLAwQUAAYACAAAACEAgT6Ul/MAAAC6&#10;AgAAGgAIAXhsL19yZWxzL3dvcmtib29rLnhtbC5yZWxzIKIEASigAAEAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAArFJNS8QwEL0L/ocwd5t2FRHZdC8i7FXrDwjJtCnbJiEzfvTfGyq6XVjWSy8D&#10;b4Z5783Hdvc1DuIDE/XBK6iKEgR6E2zvOwVvzfPNAwhi7a0egkcFExLs6uur7QsOmnMTuT6SyCye&#10;FDjm+CglGYejpiJE9LnShjRqzjB1Mmpz0B3KTVney7TkgPqEU+ytgrS3tyCaKWbl/7lD2/YGn4J5&#10;H9HzGQlJPA15ANHo1CEr+MFF9gjyvPxmTXnOa8Gj+gzlHKtLHqo1PXyGdCCHyEcffymSc+WimbtV&#10;7+F0QvvKKb/b8izL9O9m5MnH1d8AAAD//wMAUEsDBBQABgAIAAAAIQDzKd73TAIAAA8FAAAPAAAA&#10;eGwvd29ya2Jvb2sueG1spFRRb5swEH6ftP9g+Z1iU0ISVFKtSqJF2qZK6drHygUTrBob2aahq/rf&#10;d4aSrO1L1SGwOZ/57rvvDp+dd7VED9xYoVWG6QnBiKtcF0LtMvz7ah3MMLKOqYJJrXiGH7nF54uv&#10;X8722tzfaX2PAEDZDFfONWkY2rziNbMnuuEKPKU2NXNgml1oG8NZYSvOXS3DiJAkrJlQeEBIzUcw&#10;dFmKnC913tZcuQHEcMkc0LeVaOyIVucfgauZuW+bINd1AxB3Qgr32INiVOfpZqe0YXcS0u7oBHUG&#10;7gQeSmCIxkjgeheqFrnRVpfuBKDDgfS7/CkJKX0lQfdeg48hxaHhD8LX8MDKJJ9klRywkiMYJf+N&#10;RqG1+l5JQbxPok0O3CK8OCuF5NdD6yLWNL9Y7SslMZLMulUhHC8yPAVT7/lxYYKRaZuLVkjwRiQm&#10;MQ4Xh3a+NKjgJWulu4JGHuHhz4jiKEr8zs6ko9iXziB43yx/QMAte4DwkGTx0p0bwKentyo36YzQ&#10;2ycSR+sljZdBcrpKgng9nwfzWbwKpqvJ/GJGVvF0Ej2DRiZJc81aV73k5sEzfOqr8db1k3Wjh5K0&#10;FcWRyBN5uQI/vxlG37NPyP/F14Lv7VEFb6LuRqhC70GkGLJ6HC0agbXvXTeicBUkSSYUVB3WvnOx&#10;q4DvdOq/glJ7Whl+RWc50FnDFfjhFZ3wHz79YQG8+hmpvsBbf4BQOJX83GsMBU19DLMpqE8oHD/L&#10;mcyhoH7yG4l3asm34g+HupUZ/jbsH8+yxV8AAAD//wMAUEsDBBQABgAIAAAAIQB+qJAyzgAAAJ4B&#10;AAAUAAAAeGwvc2hhcmVkU3RyaW5ncy54bWykkEFKRDEQRPeCdwgNLp18RUQkySwGBHcu9AAx6Zkf&#10;TLq/6f7i3N6IegFnWRSvuqrd9rNV84FdCpOHq80EBilxLnTw8PL8cHkHRjRSjpUJPRxRYBvOz5yI&#10;msGSeJhVl3trJc3Yomx4QRrOnnuLOmQ/WFk6xiwzorZqr6fp1rZYCEzildTDDZiVyvuKuz8dnJTg&#10;NFw4q8Et8ziuJT11s2fSxzyqgtHjMhoR75h+F4ANzn6DP7A9BX6tkd5OCUhcuWP+X4Qd/w1fAAAA&#10;//8DAFBLAwQUAAYACAAAACEAQb/4YNkAAADKAQAAIwAAAHhsL3dvcmtzaGVldHMvX3JlbHMvc2hl&#10;ZXQxLnhtbC5yZWxzrJHBTsMwDEDvSPxD5DtJuwNCaOkuCGlXGB/gpW4b0TpRbBD7e4J2odMkLpws&#10;2/Lzk73dfS2z+aQiMbGH1jZgiEPqI48e3g7Pdw9gRJF7nBOThxMJ7Lrbm+0Lzah1SKaYxVQKi4dJ&#10;NT86J2GiBcWmTFw7QyoLak3L6DKGdxzJbZrm3pXfDOhWTLPvPZR9vwFzOOW6+W92GoYY6CmFj4VY&#10;r6xwiseZKhDLSOrB2nNFzqG1VRbcdY/2Pz1yiaxUXkm1HlpWRhc9d5G39hj5R9KtPtB9AwAA//8D&#10;AFBLAwQUAAYACAAAACEAwTDXykwHAAAfIgAAEwAAAHhsL3RoZW1lL3RoZW1lMS54bWzsWklvGzcU&#10;vhfofyDmnliyJccyIgeWLMVJvMFWUuRIjagZ2pzhgKTs6FYkxwIFiqZFLwV666FoGyABekl/jdsU&#10;bQrkL/SRHElDi4qtxkU3O0A8y/cWvo1vHn3z1qOEoWMiJOVpPShfLwWIpCHv0TSqB/c77WsrAZIK&#10;pz3MeErqwZDI4Nba++/dxKsqJglBQJ/KVVwPYqWy1YUFGcJjLK/zjKTwrs9FghXcimihJ/AJ8E3Y&#10;wmKptLyQYJoGKMUJsO0ADeoRtNvv05AEayP2LQYyUiX1g5CJA82c5DQFbO+orBFyKJtMoGPM6gFI&#10;6vGTDnmkAsSwVPCiHpTMT7CwdnMBr+ZETM2gLdC1zU9OlxP0jhaNTBF1x0LL7UrtxsaYvwEwNY1r&#10;tVrNVnnMzwBwGMJKrS5FnpX2Srkx4lkA2ctp3s1StVRx8QX+S1M61xqNRrWW62KZGpC9rEzhV0rL&#10;lfVFB29AFl+dwlca683msoM3IItfnsK3b9SWKy7egGJG06MptHZou51zH0P6nG164SsAXynl8AkK&#10;omEcXVpEn6dqVqwl+JCLNgA0kGFFU6SGGenjEOK4iZOuoDhAGU65hAelxVK7tAT/638Vc1XR4vEq&#10;wQU6+yiUU4+0JkiGgmaqHtwFrkEB8ublt29ePkdvXj47ffzi9PEPp0+enD7+3vJyCDdxGhUJX3/9&#10;ye9ffoh+e/7V66ef+fGyiP/5u49++vFTPxDya7L+V58/++XFs1dffPzrN0898HWBu0V4hyZEoh1y&#10;gvZ5AmszhnE1J10xH0UnxtShwDHw9rBuqdgB7gwx8+EaxDXeAwGlxQe8PTh0dD2IxUBRj+R7ceIA&#10;tzlnDS68BrinZRUs3BmkkV+4GBRx+xgf+2Q3ceq4tjXIoKZCyE7bvhkTR809hlOFI5IShfQ7fkSI&#10;h+whpY5dt2kouOR9hR5S1MDUa5IO7TqBNCHapAn4ZehTEFzt2Gb7AWpw5lv1Bjl2kZAQmHmU7xDm&#10;mPE2Hiic+Fh2cMKKBt/CKvYpeTAUYRHXkgo8HRHGUatHpPTR7ApYb8Hp9zBUM6/bt9kwcZFC0SMf&#10;zy3MeRG5wY+aMU4yr840jYvYO/IIQhSjPa588G3uZoi+Bz/gdKa7H1DiuPv8QnCfRo5KkwDRbwbC&#10;48vbhLv5OGR9THxVZl0kTmFdhxrui47GIHJCe4sQhk9wjxB0/45HgwbPHJtPlL4bQ1XZJL7Auovd&#10;WNX3KZEEmWZmOk23qHRC9oBEfIY+28MzhWeI0wSLWZx3wOtO6MLe5i2luyw8KgJ3KHR9EC9eo+xK&#10;4FEI7tYsrnsxdnYtfS/98ToUjv8ukmOQl4fz5iXQkLlpoLBf2DYdzBwBk4DpYIq2fOUWSBz3T0j0&#10;vmrIBl66vpu0EzdAN+Q0OQlN39bxMAoOPNPxVK86Htuyne14ZlWWzTN9zizcv7C72cCDdI/AhjJd&#10;uq6am6vmJvjPNzezcvmqpblqaa5aGt9H2F/S0ky6GGhwJhMeM+9JZo57+pSxAzVkZEuaiY+ED5te&#10;Gx6aUZSZR47Hf1kMl3o9IMDBRQIbGiS4+oCq+CDGGQyHymbQGcmcdSRRxiXMjMxjM0glZ3ibwSiF&#10;kZCZcVb19MvaT2K1zXv28VJxyjlmY7SKzCR1JGhJM7iosKUb7yasbLWaaTZ3aWWjmukYnKWNl6xN&#10;PLL+eGnwcGxN+GJG8J0NVl6GcbPWHeZo0F73tN2tj0Zu0aIv1UUyhm/C3Ed63dM+KhsnjWJlaiF6&#10;HTYY9MTyHB8VpNU023eQdhEnFcVVZogbee9dvDQa0068pPP2TDqytJicLEUn9aBWXawGKMRZPejD&#10;gBYukwy8LvX3DmYRnHOEStiwPzeZTbhOvFnzh2UZZu7W7lMLdupAJqTawDK2oWFe5SHAUjNONvov&#10;VsGsl7UATzW6mBZLKxAMf5sWYEfXtaTfJ6EqOrvwxMzTDSAvpXygiDiIeyeoywZiH4P7dajCenpU&#10;wiTdVAR9A4dC2trmlVuc86QrHsUYnH2OWRbjvNzqFB1lsoWbgjTWwdxZbY16sDav7mZx8y/FpPwl&#10;LaUYxv+zpej9BEbbSz3tgRBOJQVGOlPqARcq5lCFspiGbQEHMqZ2QLTAwSK8hqCCs1HzW5Bj/dvm&#10;nOVh0homlGqfRkhQ2I9ULAjZg7Jkou8cZuV877IsWc7IdhgTdWVm1e6SY8I6ugYu6709QDGEuqkm&#10;eRkwuLPx597nGdSNdJPzT+18bDLP2x5MdlVLf8FepFIo+oWtoObd+0xPNS4Hb9nY59xqbcWaWvFi&#10;9cJbbQYHFHAuqSAmQipCGDSa1he83OH7UFsRnJrb9gpBVF+zjQfSBdKWxy40TvahDSbNynZeeXd7&#10;6W0UnK3mne5YLmTpn+l05zT2uDlzxTm5+Pbucz5j5xZ2bF3sdD2mhqQ9m6K6PRp9yBjHmL/QKP4J&#10;Be8egqM34LB6wJS0x9CP4DgKvjLscTckv3WuIV37AwAA//8DAFBLAwQUAAYACAAAACEAKhLsXIsD&#10;AAACCwAADQAAAHhsL3N0eWxlcy54bWzUVkuP2zYQvhfIfyB41+phy7UNSUG8XgMBtg90HaBXWqJs&#10;NhQpkPRGTpH/niEp2TJSbLa7hzYXmzMafTPzzUPM3nYNR49UaSZFjuObCCMqSlkxsc/xh+0mmGOk&#10;DREV4VLQHJ+oxm+LNz9l2pw4fThQahBACJ3jgzHtMgx1eaAN0TeypQKe1FI1xICo9qFuFSWVti81&#10;PEyiaBY2hAnsEZZN+RyQhqiPxzYoZdMSw3aMM3NyWBg15fL9XkhFdhxC7eIpKVEXz1SCOjU4cdpv&#10;/DSsVFLL2twAbijrmpX023AX4SIk5QUJkF+GFKdhlFzl3qkXIk1DRR+ZLR8usloKo1Epj8LkOOkV&#10;RaY/o0fCobwxDouslFwqZKBKQJLTCNJQb3FLONspZs1q0jB+8urEKlxhe7uGAc1WGVqX3vHFz9w+&#10;+S7oxAVzIEpDD/n4ksX3HDl/Ghwyzq8zBUWRQUsYqsQGBNSft6cW8hTQvT5eZ2dff8J6r8gpTtLR&#10;C6FzWGQ7qSqYloHjGDj2qiLjtDaQt2L7g/03soXfnTQGOqrIKkb2UhBuORve6A+QTkk5f7AT9Wd9&#10;hd3VSBybTWPeVzmG2bRsD0dIoT96PC9Y/DGaxx7BTiDkfw+LuvqM/4q3EWlbflo5Em3zefkdZ3vR&#10;UNu0llDoQS+ig1TsM6Rsm9fS6wrS1a9K4KUuHavA46hYV6U6k45s5+f4V7v4OCyLnji0OzJumPiH&#10;MgFm1V0KnwIHID9JhN3ZhpWWGN9iGBnamT+kgaVoVzk0yydF2i0oncBE5QgG/V9HbVh9uifa3DO7&#10;1EGnD4qJj1u5Yd7cLmr4Bvxmu90a2LZyMf2/A/OTgIZh+9C65AZxLT85ZvyswncNBi7H5gCfoGEt&#10;Wpo6CsMWu50X2q7rZ/pZ9m763fA/yxyWxLAjnmXvaz1eIT9AUZ6Y5/+sjW0zw9gZe1Vwi/c8yzAM&#10;Fa3JkZvt+WGOL+dfaMWOTXK2+p09SuMgcnw539uvQDyzcwMTeK+hieAfHRXL8d93q58X67tNEsyj&#10;1TyYTmgaLNLVOkint6v1erOIkuj2y+jC8orrirtfwb6Mp0vN4VKj+mT7FB8uuhyPBB++m3oIexz7&#10;IplF79I4CjaTKA6mMzIP5rNJGmzSOFnPpqu7dJOOYk9feK2Jwjj2FyQbfLo0rKEcltV1+NuxFooE&#10;4hNJhEMlwsvltfgKAAD//wMAUEsDBBQABgAIAAAAIQAh5dA/0gIAAO8GAAAYAAAAeGwvd29ya3No&#10;ZWV0cy9zaGVldDEueG1snFVdb9owFH2ftP9g+b0kAcoGIlQtVbU+TKrGPp6N4xCria9nm49u2n/f&#10;tUMSSlqpKgLjHF+fc6997MyvDlVJdsJYCSqlySCmRCgOmVSblP74fnfxmRLrmMpYCUqk9ElYerX4&#10;+GG+B/NoCyEcQQZlU1o4p2dRZHkhKmYHoIXCkRxMxRw+mk1ktREsC5OqMhrG8SSqmFS0ZpiZt3BA&#10;nksuboFvK6FcTWJEyRzmbwupbcNW8bfQVcw8bvUFh0ojxVqW0j0FUkoqPrvfKDBsXWLdh2TMODkY&#10;/A7xN2pkAt5TqiQ3YCF3A2SO6pz75U+jacR4y9Sv/000yTgyYif9BnZUw/ellFy2XMOObPROsklL&#10;5pfLzLYyS+nf+Pi5wP/EN3HXNGP/6GKeSdxhXxUxIk/pdTJbTmm0mAf//JRib0/6xLH1SpSCO4Ea&#10;CSXenmuARx94j1CMjDYEeEbGndyJpSjLlN6M0eG/gwZ2USBqFU77jdpdMPSDIWtmxRLKXzJzBUri&#10;wclEzral68DpIBnHk+FlO/QN9l+E3BQOJ1x6LQ4lEmNLKunPH9qOHeoCjrwI8a11UDVCIcV6Xkj0&#10;ljm2mBvYEzQQRlvN/HFMZiMsmXvw2qNhDHUtortFMo92WB0/Rtz0I+LnEcs6YhjUUaxVRJ+8oOjR&#10;54qjM8UmwmcznZ6J1YN9MfTRC2IefS42PBNrIl4ofVmP9bW8LfpL6VGv5ffOr21wzymwrCP6fOiC&#10;Ez6cf9yyySv4p1dwfyF3eXU803O89nFtD13g7e0kR9/moJw/Ebih7knj1aZgCer4CvB1abYRX5nZ&#10;SGVJKXL0TDzAZEzt29B3oAOKNa3BoTmbpwIveIHLEg9wWXMA1zwceVfCbTXRTAuzkn9QHLMGI/Eq&#10;Dzd4SjUYZ5h0qDfz14W5z8Ji4/kuxQMzzhIOW+UPEBq5RbvoeuG7cHR5+6pa/AcAAP//AwBQSwME&#10;FAAGAAgAAAAhADxdXdZmAQAAfwIAABEACAFkb2NQcm9wcy9jb3JlLnhtbCCiBAEooAABAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAHySX0vDMBTF3wW/Q8h7m6bdZIa1Ayd7GI4JVpS9heRuKzZJ&#10;STK3fXvT7o8VxcfknPvLOZeMJwdVo0+wrjI6xzROMAItjKz0Jsev5SwaYeQ815LXRkOOj+DwpLi9&#10;GYuGCWPh2ZoGrK/AoUDSjokmx1vvG0aIE1tQ3MXBoYO4NlZxH452QxouPvgGSJokd0SB55J7Tlpg&#10;1FyJ+IyU4opsdrbuAFIQqEGB9o7QmJJvrwer3J8DndJzqsofm9DpHLfPluIkXt0HV12N+/0+3mdd&#10;jJCfkvfF00tXNap0uysBuBhLwYQF7o0tuLQVaA2xhaM2tXRj0lPbTdbc+UVY+roC+XAs5juu0VJx&#10;i+bL1TRGK66M5WhqdwLC8O+B8FpX7vQkSBTislO5i/KWTR/LGS7ShGZRkkU0Kek9Gw7YcLRq8/yY&#10;b+OfLtQ51b/ENOBolI5KOmJpxuigR7wAii73zy9TfAEAAP//AwBQSwMEFAAGAAgAAAAhANPHYFad&#10;AQAAcAMAABQAAAB4bC90YWJsZXMvdGFibGUxLnhtbJyTzU7DMAzH70i8QxSJ45Z2QwhVdIgNTZqE&#10;OPDxAKFN14gkrpwMOiHeHaftBmMXRA5p49g/+2+3V9etNexNodfgcp6OE86UK6DUbp3z56fl6JIz&#10;H6QrpQGncr5Vnl/PTk+ugnwxilG08zmvQ2gyIXxRKyv9GBrl6KYCtDLQEdfCN6hk6WulgjVikiQX&#10;wkrteE/IbPEXiJX4umlGBdhGBv2ijQ7bjsWZLbLV2gHGqnLeImtxuoO3eAS3ukDwUIUxwQRUlS7U&#10;UY3puUD1pmNrvlHTf7Iu9iyqS5fUa2JitomvH8mwRvRcxC0ZLWl12+7ukzMnLYl7ihoputS+MXJ7&#10;f2BEVeX8Js3mlCVAkMY/wPtjDe80XZptTUNQSKbbtlpR5nPCyCCHU4yJ8DkgeQ3GCZ/1w16A2Vjn&#10;WQEbF3L+y/6taXosKk16UZ2yTlDay9qLEgeFpFwcJO3gk9iwP8Hp84prDz87gCcRLjqhg6Qh12PY&#10;GrVyFTBPDVtq9KF36FoXbXfyyBTbG1A3in4DGkr06oP21h/5Zl8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWImhkGQEAAOgDAAAnAAAAeGwvcHJpbnRlclNldHRpbmdzL3ByaW50ZXJTZXR0aW5nczEuYmlu&#10;8mfIY0hl8GPIZygB0goMRgwGDIZAbHM8ZocCw5c9WzYYrGPAAxhZGNjuMPAwM+szMDAycDLM4jbh&#10;SAGy+BkimJiAdAQTM5B0ZDDBZwiJcoxQ9SCaCYhB9H8gQDfGxdMvVInhAtB1DAyH1kwIxGcNK1iS&#10;nYquHDVqqIUALF2B3H0BiIN9Q7xAbAGGAwzBwNyRx5ACzCEhwLyiwODLkMmQzFAEZBcDcRow9ygw&#10;+OPISwoMLkCVmQxlQDOKgOYFuQa7+PgwhOZlFqUWg1gBiQWpRcGZVakMPq4hIa5BDP5Fmal5JYkl&#10;mfl5DAH+QSFBjp4hDEGpxfk5pWAxlwBPMwMDBuf8nPwi3/yUVAYjk6SCAnzhDQAAAP//AwBQSwME&#10;FAAGAAgAAAAhAFJi36OZAQAAHAMAABAACAFkb2NQcm9wcy9hcHAueG1sIKIEASigAAEAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAnJLBbtswDIbvA/YOgu6NnG4ohkBWMaQdMqDFAiTtnZPpWK0s&#10;CRJjJHubPctebLKNpM62024kf+rXJ4ry9tBa1mFMxruSz2cFZ+i0r4zblfxp++XqE2eJwFVgvcOS&#10;HzHxW/X+nVxHHzCSwcSyhUslb4jCQoikG2whzbLsslL72ALlNO6Er2uj8c7rfYuOxHVR3Ag8ELoK&#10;q6twNuSj46Kj/zWtvO750vP2GDKwkp9DsEYD5VeqR6OjT74mdn/QaKWYijLTbVDvo6GjKqSYpnKj&#10;weIyG6sabEIp3gpyhdAPbQ0mJiU7WnSoyUeWzI88tmvOvkPCHqfkHUQDjjJW3zYmQ2xDoqhW/gUS&#10;q5DpXz+t3lsvRe4btSGcHpnG5qOaDw05uGzsDUaeLFySbg1ZTN/qNUT6B/h8Cj4wjNgjzqZBpPHO&#10;Kd/w8nzTH95L3wZwR/Xw9fFeilMmH4x7TU9h6++A8DTZy6LcNBCxyp9xnvy5IFd5qNH2JssG3A6r&#10;U8/fQr8Hz+Oyq/nNrPhQ5C+e1KR4W2v1GwAA//8DAFBLAQItABQABgAIAAAAIQA3Mb2RewEAAIQF&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhALVV&#10;MCP0AAAATAIAAAsAAAAAAAAAAAAAAAAAtAMAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIE+&#10;lJfzAAAAugIAABoAAAAAAAAAAAAAAAAA2QYAAHhsL19yZWxzL3dvcmtib29rLnhtbC5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAPMp3vdMAgAADwUAAA8AAAAAAAAAAAAAAAAADAkAAHhsL3dvcmtib29rLnht&#10;bFBLAQItABQABgAIAAAAIQB+qJAyzgAAAJ4BAAAUAAAAAAAAAAAAAAAAAIULAAB4bC9zaGFyZWRT&#10;dHJpbmdzLnhtbFBLAQItABQABgAIAAAAIQBBv/hg2QAAAMoBAAAjAAAAAAAAAAAAAAAAAIUMAAB4&#10;bC93b3Jrc2hlZXRzL19yZWxzL3NoZWV0MS54bWwucmVsc1BLAQItABQABgAIAAAAIQDBMNfKTAcA&#10;AB8iAAATAAAAAAAAAAAAAAAAAJ8NAAB4bC90aGVtZS90aGVtZTEueG1sUEsBAi0AFAAGAAgAAAAh&#10;ACoS7FyLAwAAAgsAAA0AAAAAAAAAAAAAAAAAHBUAAHhsL3N0eWxlcy54bWxQSwECLQAUAAYACAAA&#10;ACEAIeXQP9ICAADvBgAAGAAAAAAAAAAAAAAAAADSGAAAeGwvd29ya3NoZWV0cy9zaGVldDEueG1s&#10;UEsBAi0AFAAGAAgAAAAhADxdXdZmAQAAfwIAABEAAAAAAAAAAAAAAAAA2hsAAGRvY1Byb3BzL2Nv&#10;cmUueG1sUEsBAi0AFAAGAAgAAAAhANPHYFadAQAAcAMAABQAAAAAAAAAAAAAAAAAdx4AAHhsL3Rh&#10;Ymxlcy90YWJsZTEueG1sUEsBAi0AFAAGAAgAAAAhANYiaGQZAQAA6AMAACcAAAAAAAAAAAAAAAAA&#10;RiAAAHhsL3ByaW50ZXJTZXR0aW5ncy9wcmludGVyU2V0dGluZ3MxLmJpblBLAQItABQABgAIAAAA&#10;IQBSYt+jmQEAABwDAAAQAAAAAAAAAAAAAAAAAKQhAABkb2NQcm9wcy9hcHAueG1sUEsFBgAAAAAN&#10;AA0AaAMAAHMkAAAAAFBLAwQUAAYACAAAACEARAJg/vwEAAAEDQAAFQAAAGRycy9jaGFydHMvY2hh&#10;cnQzLnhtbNRXWW/bRhB+L9D/wBLuo8RTpChYCmRKaYPKtWA5QV9X5EoivNxllktZSpD/3tmDlCy7&#10;yNGXNgig4ezsHN/sHL5+cyiJtce8Lhgd217ftS1MM5YXdDu23z+87Q1tqxaI5ogwisf2Edf2m8nP&#10;P11no2yHuFhVKMMWKKH1KBvbOyGqkePU2Q6XqO6zClM42zBeIgGffOvkHD2B8pI4vutGjlJiGwXo&#10;BxSUqKDtff4t99lmU2R4xrKmxFRoLzgmSAAC9a6o6lZb5kXcf6GxLDLOarYR/YyVjlbWBgXKvIHT&#10;RTUBkHIksJe4obVHZGy7tiOZBNGtZuC6N19pJmcNzXGeMk4hHWfyZTaaEoE5BVUpowK8NniV34R4&#10;ifhjU/XA3QqCXBekEEcVtj25Bt3pjgEe1j3+2BQc12M788ITBOH3AuDGztDxTV4hWC8c1eJIsA7I&#10;c30ZrdPZVS68RYSsUfYosTkT7kRP5/LiJRjyVkb4Laru9txab72xTYRnW+IAVP4I1HoLeSTClzyg&#10;8kegUJYBkCBhiJYD55rTyQQtJ2hlABQtA0BpYtByBi0najmRbe1IQR8BSPljWxtGfteMltIPQJWC&#10;DAY1gj0UguAZJljg3ECnpSrCxJRjJAUJOrJGSKpEtEFk0X3rkwfEt1jo6wWFZ6VVHG5ZbvKB8y3W&#10;zONrzIO+G/Y9P3LdOHJDNwmC2PfmPZWcbHTUEkF/GEeR7wax+T/oJJ60hNtP4kESJlHoJYNhEod+&#10;rA3vuvPQi4IQaiVOkigaxDr9l7E552HnrNnuaCNS2YokDnvEjykjrC0gT9uoMZenRW4CMnXIeI65&#10;Ma8FxUHK1YLf442kNpPVDmPh/XJ1c+Vdg23FhfMUQYuTEpVIoXANyMZcJSwwJctdSuwnv8qbe3j2&#10;Ulz9nDQArzUHpLafL1Uwl+6um/Wa4GD2zOO6WkJsaFQzUuRvC0LUB9+uU9KG5sZuqiJ2nolJy+py&#10;NsIHsaiVTaCshhdj+3MaBEM3TcPeYBbNe5D4tHczD/zePPZnfhIHgyBNv5waBbz3i+b/tU4ZnjWJ&#10;aNTQ4mOD35nH/tnV/7zeLPAGvXDoub1h6iU9f+57STKfu+50/kXmDKIAn9tfFQWwDIKXQJr8fAeQ&#10;cpDhDkpoLpBSNCJNCeWi8zAcgKvKE0C3FQd//ndYB/8O6wypB9Q+5vPamV75o6vpVfD1AjJd5bKA&#10;MlnSOH9eRrKYdJ3JpMgCW8NgfXwuJB95V636Q5U2kMZhGMzyNm3KV2oe/L458xuEusLXS00KrXTy&#10;G4beiogKT606invZHP4htkTBcuoOL8OKX4R08gPiaD0H0sTyny3n8AefmOnf+WJNapmseseeFniL&#10;af4HNhPItHR58gHBSnu2bkleisSfqDRT70x2hfmr/CXmcj94oedG9eBV8emlqgVGME4WBcVme1Pd&#10;BrLSub0peC1WBNatabsAGld2jOCT0qHuJ3Dz+XwDXefjX9IfivqOEoOBaW95UVc3shTqqfFkiyoz&#10;CAGKmUTxDnb+W3Q+DkF5t4G0Q4VQ2e0ok3NF9lrofMAByXZwiIOePmuWH5ccREACQpQLn/qoJMdM&#10;qBxv7pfcqj/B3xnDrmWaQ0jlEnEkBeR2PLZhM779y7RV0AI2tS3V7uUyTGZIIIvDUB/b/F3uqx4g&#10;V6f3lVy6zzIHd6EiujtKmQpV/fEy+RsAAP//AwBQSwMEFAAGAAgAAAAhAFVkl2y6BgAAah8AABwA&#10;AABkcnMvdGhlbWUvdGhlbWVPdmVycmlkZTMueG1s7FlLj9s2EL4X6H8QdG/Wj7X3gXgD2+vNJtkX&#10;YidFjlyLlhhTokDSu3FPRXLqpUCBtOilQG89FEUDNECDXvpjFkjQpj+iQ0qWSJvOPrAogmK9wEKi&#10;vhl+nBnOjKjbd57F1DvBXBCWtPzqrYrv4WTIApKELf/RYOezdd8TEiUBoizBLX+KhX9n69NPbqNN&#10;GeEYH4IsJwH2QE8iNlHLj6RMN1dWxBAeI3GLpTiBZyPGYyThlocrAUenoD+mK7VKpbkSI5L4W6Bw&#10;SHlfSWEvQTHM1f5iQr179/SzYFxVEDEVXcq9E0RbPugI2OkAP5O+R5GQ8KDlV/TPX9m6vYI2cyEq&#10;l8gacjv6l8vlAsG4pufk4XExab3e6KytFvo1gMpF3PZOr95rFPo0AA2HOMm5mDqr3fZ2b6bTAGWX&#10;i7przfV6t5nrNkDZZX2Bc22t29tes/AalOFXF/CrtU57w8ZrUIZvLODrvfX1Rt3Sr0EZvrmAb9ba&#10;9Y0dC69BESXJeBHda3er3RxdQEaM7jrhnVqzU6nl8BIF0VCEl5pixBJpBdvhaESG2FfPYvSU8R0A&#10;qBuKJEk8OU3xCA0hKLuIkmNOvD0SRhB4KUqYgOFKrbJTqcN/9beqr7RH0SZGhrTiBUzEwpDi44kh&#10;J6ls+fdBq29A3r55c/b89dnz389evDh7/ms+t1Zlye2iJDTl3v/0zT8/fOn9/duP719+m009jxcm&#10;/t0vX737488PqYcVl6Z4+92rd69fvf3+679+funQ3ubo2IQPSIyFd4BPvYcshgU6+ONjfjmJQYSI&#10;KdFOQoESpGZx6O/JyEIfTBFFDlwH23Z8zCHVuIB3J08twv2ITyRxaHwQxRZwnzHaYdxphQdqLsPM&#10;g0kSuifnExP3EKET19xdlFhe7k1SSLLEpbIbYYvmEUWJRCFOsPTUMzbG2LG6J4RYdt0nQ84EG0nv&#10;CfE6iDhNMiDHVjSVQrskBr9MXQTB35Zt9h97HUZdq97GJzYS9gaiDvIDTC0z3kUTiWKXygGKqWnw&#10;PSQjF8n+lA9NXE9I8HSIKfN6ARbCJXPIYb2G0x9AmnG7fZ9OYxvJJRm7dO4hxkzkNht3IxSnLmyf&#10;JJGJvSfGEKLIO2LSBd9n9g5R9+AHlCx192OCLXefnw0eQYY1KZUBop5MuMOXdzGz4rc/pSOEXamm&#10;zWMrxbY5cUZHZxJaob2HMUWnKMDYe3TPwaDDUsvmJen7EWSVXewKrPvIjlV1n2CBPd3cLObJPSKs&#10;kO3jkC3hsz+dSzxTlMSIL9N8AF43bd6DUhe7AuCQDscm8IBAfwfx4jTKoQAdRnAv1XoUIauAqXvh&#10;jtcpt/x3kT0G+/KpReMC+xJk8KVlILGbMh+0zQBRa4IyYAYIugxXugURy/2liCquWmzilBvZm7Z0&#10;A3RHVtMTk+TcDmiu92n8N72PY8tdT9fjVmylrEv2O8tSyu5cl7MMN9/bdBkPyMff2myjSXKEoZos&#10;5q2bzuams/H/953Nsv18088s6zpu+hkf+oybfiY/YrmefqZsYaC7Ucce2XGPPvyJl579jAilfTml&#10;eE/o4x8BbzXBDgwqOX2miYuzwDSCS1XmYAILF3KkZTzO5OdERv0IpXBGVNWnS6HIVYfCS5mAoyM9&#10;7NStD6Am8T4LsiPPalUdb2aVVSBZjlcaxTgcV8kM3VzLBxU/fbAKfDXbUCjNMwJK9jIkjMlsEnUH&#10;ibXZ4Dkk9MquhcWGg8W6Uj9z1YIpgFrhFXjt9uBlveU3VkEEhOBUDlr0QPkpc/XMu9qE1+npZcak&#10;ZgRAmz2LgNLTG4rr0uVdytMWCSPcbBLaMrrBExG8DOfRqUYvQuOyvt4oXWrRU6bQ80F8lzTW1j/E&#10;4qq+Brn53EATM1PQxDtt+c16A0JmiNKWP4KjY7iMU4gdod68EA3hG8tQ8mzDXyWzpFzIbSSizOA6&#10;6WTZICYSc4+SuOWr5RduoInOIZpbtQYJ4aMltwFp5WMjB063nYxHIzyUptuNEWXp7BYyfJYrnE+1&#10;+NXBSpJNwN39KDj1jumEP0QQYo21qjJgQAR8Qahm1gwIfBIrElkZf3OFKU+75jcpHUPZOKJphPKK&#10;YibzDK7rSUFH3xU2MO7yNYNBDZPkhfA4VAXWNKpVTYvSlXFYWnXPF1KWM5JmWTOtrKKqpjuLWTPM&#10;ysCcLa9W5A1WMxNDTjMrfFak51PuxizXQaA6qwQYvLDf1Uq/Qa2czKKmGC+mYZWz81Gb2myB51C7&#10;SJEwsn5zpnbObkWNcE4Hg1eq/CA3H7UwNJr1ldrS1vfxrX8BAAD//wMAUEsDBAoAAAAAAAAAIQA6&#10;xYM69ScAAPUnAAAuAAAAZHJzL2VtYmVkZGluZ3MvTWljcm9zb2Z0X0V4Y2VsX1dvcmtzaGVldDIu&#10;eGxzeFBLAwQUAAYACAAAACEANzG9kXsBAACEBQAAEwAIAltDb250ZW50X1R5cGVzXS54bWwgogQC&#10;KKAAAgAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAArFRLb8IwDL5P2n+ocp1oYIdpmigc9jhuSLAfEBq3jWiTKDYM/v3c8NA0ARWCS6Mm8fewHQ/H&#10;66ZOVhDQOJuJQdoXCdjcaWPLTHzPPnrPIkFSVqvaWcjEBlCMR/d3w9nGAyYcbTETFZF/kRLzChqF&#10;qfNg+aRwoVHEv6GUXuULVYJ87PefZO4sgaUetRhiNHyDQi1rSt7XvL1VMjdWJK/bey1VJpT3tckV&#10;sVC5svofSc8VhclBu3zZMHSKPoDSWAFQU6c+GGYMUyBiYyjkUc4ANV5GunOVcmQUhpXx+MDWTzC0&#10;J6dd7eK+uBzBaEgmKtCnati7XNfyx4XF3LlFeh7k0tTEFKWNMnav+wx/vIwyLoMbC2n9ReAOHcQ9&#10;BjJ+r5cQYToIkTY14K3THkG7mCsVQE+Ju7e8uYC/2F0pV3POgKR2uXXZI+g5fn7Sk+A88tQIcHkV&#10;9k+0je55BoJABg6P9FizHxh55FxddmhnmgZ9hFvGGTr6BQAA//8DAFBLAwQUAAYACAAAACEAtVUw&#10;I/QAAABMAgAACwAIAl9yZWxzLy5yZWxzIKIEAiigAAIAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAKySTU/DMAyG70j8h8j31d2QEEJLd0FIuyFU&#10;foBJ3A+1jaMkG92/JxwQVBqDA0d/vX78ytvdPI3qyCH24jSsixIUOyO2d62Gl/pxdQcqJnKWRnGs&#10;4cQRdtX11faZR0p5KHa9jyqruKihS8nfI0bT8USxEM8uVxoJE6UchhY9mYFaxk1Z3mL4rgHVQlPt&#10;rYawtzeg6pPPm3/XlqbpDT+IOUzs0pkVyHNiZ9mufMhsIfX5GlVTaDlpsGKecjoieV9kbMDzRJu/&#10;E/18LU6cyFIiNBL4Ms9HxyWg9X9atDTxy515xDcJw6vI8MmCix+o3gEAAP//AwBQSwMEFAAGAAgA&#10;AAAhAIE+lJfzAAAAugIAABoACAF4bC9fcmVscy93b3JrYm9vay54bWwucmVscyCiBAEooAABAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAKxSTUvEMBC9C/6HMHebdhUR2XQvIuxV6w8IybQp2yYh&#10;M3703xsqul1Y1ksvA2+Gee/Nx3b3NQ7iAxP1wSuoihIEehNs7zsFb83zzQMIYu2tHoJHBRMS7Orr&#10;q+0LDppzE7k+ksgsnhQ45vgoJRmHo6YiRPS50oY0as4wdTJqc9Adyk1Z3su05ID6hFPsrYK0t7cg&#10;milm5f+5Q9v2Bp+CeR/R8xkJSTwNeQDR6NQhK/jBRfYI8rz8Zk15zmvBo/oM5RyrSx6qNT18hnQg&#10;h8hHH38pknPlopm7Ve/hdEL7yim/2/Isy/TvZuTJx9XfAAAA//8DAFBLAwQUAAYACAAAACEAWQFi&#10;BkwCAAAPBQAADwAAAHhsL3dvcmtib29rLnhtbKRUUU+kMBB+v+T+Q9N3pEUWOSJrPNfNbXJ3MVlP&#10;H02FsjSWlrTFRY3//aYgu6e+GI9Ay3TKN998M/T4pG8kuufGCq1yTA8IRlwVuhRqk+M/l8sgxcg6&#10;pkomteI5fuAWn8y/fjneanN3q/UdAgBlc1w712ZhaIuaN8we6JYr8FTaNMyBaTahbQ1npa05d40M&#10;I0KSsGFC4REhMx/B0FUlCr7QRddw5UYQwyVzQN/WorUTWlN8BK5h5q5rg0I3LUDcCincwwCKUVNk&#10;q43Sht1KSLunM9QbuBN4KIEhmiKB612oRhRGW125A4AOR9Lv8qckpPSVBP17DT6GFIeG3wtfwx0r&#10;k3ySVbLDSvZglPw3GoXWGnolA/E+iTbbcYvw/LgSkl+NrYtY2/5mja+UxEgy685L4XiZ4yMw9Zbv&#10;F2YYma793gkJ3ojEJMbhfNfOFwaVvGKddJfQyBM8/BlRHEWJ39mbbBL7whkE76vFTwi4ZvcQHpIs&#10;X7pzBfj08EYVJksJvXk6Jec0TaNlcLakiyCepd+C0/NkEaSzdBkt0vgsOUufQSOTZIVmnatfcvPg&#10;OT701Xjr+sX6yUNJ1olyT+SJvFyBn98Mk+/ZJ+T/4ivBt3avgjdRfy1UqbcgUgxZPUwWjcDaDq5r&#10;UboakiQzCqqOaz+42NTA9+jIfwWl9rRy/IrOYqSzhCvwwys64T98hsMCeA0zUkOB1/4AoXAq+XnQ&#10;GAqa+RhmVVKfUDh9VjBZQEH95DcS79SSr8Ujh7pVOT4d909n2fwvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAFbhcAtAAAAByAQAAFAAAAHhsL3NoYXJlZFN0cmluZ3MueG1spJDBSgNBDIbvgu8wBDzarCIi&#10;Mjs9FARvHvQBxpm0O3Q3WSfZ0r69Y9Un6PEnfH++xK+P0+gOVLUI93C36sARJ8mFdz18vL/cPoFT&#10;i5zjKEw9nEhhHa6vvKq5xrL2MJjNz4iaBpqirmQmbpOt1Clai3WHOleKWQcim0a877pHnGJhcEkW&#10;th4ewC1cvhba/OfgtQRv4cajBT8PbbmV9FbdVthec1MFZ6e5GbFshP8uAAwef8BfGC+Bk4xSKV9S&#10;8TlG3p8LzlLYfha+AQAA//8DAFBLAwQUAAYACAAAACEAQb/4YNkAAADKAQAAIwAAAHhsL3dvcmtz&#10;aGVldHMvX3JlbHMvc2hlZXQxLnhtbC5yZWxzrJHBTsMwDEDvSPxD5DtJuwNCaOkuCGlXGB/gpW4b&#10;0TpRbBD7e4J2odMkLpws2/Lzk73dfS2z+aQiMbGH1jZgiEPqI48e3g7Pdw9gRJF7nBOThxMJ7Lrb&#10;m+0Lzah1SKaYxVQKi4dJNT86J2GiBcWmTFw7QyoLak3L6DKGdxzJbZrm3pXfDOhWTLPvPZR9vwFz&#10;OOW6+W92GoYY6CmFj4VYr6xwiseZKhDLSOrB2nNFzqG1VRbcdY/2Pz1yiaxUXkm1HlpWRhc9d5G3&#10;9hj5R9KtPtB9AwAA//8DAFBLAwQUAAYACAAAACEAwTDXykwHAAAfIgAAEwAAAHhsL3RoZW1lL3Ro&#10;ZW1lMS54bWzsWklvGzcUvhfofyDmnliyJccyIgeWLMVJvMFWUuRIjagZ2pzhgKTs6FYkxwIFiqZF&#10;LwV666FoGyABekl/jdsUbQrkL/SRHElDi4qtxkU3O0A8y/cWvo1vHn3z1qOEoWMiJOVpPShfLwWI&#10;pCHv0TSqB/c77WsrAZIKpz3MeErqwZDI4Nba++/dxKsqJglBQJ/KVVwPYqWy1YUFGcJjLK/zjKTw&#10;rs9FghXcimihJ/AJ8E3YwmKptLyQYJoGKMUJsO0ADeoRtNvv05AEayP2LQYyUiX1g5CJA82c5DQF&#10;bO+orBFyKJtMoGPM6gFI6vGTDnmkAsSwVPCiHpTMT7CwdnMBr+ZETM2gLdC1zU9OlxP0jhaNTBF1&#10;x0LL7UrtxsaYvwEwNY1rtVrNVnnMzwBwGMJKrS5FnpX2Srkx4lkA2ctp3s1StVRx8QX+S1M61xqN&#10;RrWW62KZGpC9rEzhV0rLlfVFB29AFl+dwlca683msoM3IItfnsK3b9SWKy7egGJG06MptHZou51z&#10;H0P6nG164SsAXynl8AkKomEcXVpEn6dqVqwl+JCLNgA0kGFFU6SGGenjEOK4iZOuoDhAGU65hAel&#10;xVK7tAT/638Vc1XR4vEqwQU6+yiUU4+0JkiGgmaqHtwFrkEB8ublt29ePkdvXj47ffzi9PEPp0+e&#10;nD7+3vJyCDdxGhUJX3/9ye9ffoh+e/7V66ef+fGyiP/5u49++vFTPxDya7L+V58/++XFs1dffPzr&#10;N0898HWBu0V4hyZEoh1ygvZ5AmszhnE1J10xH0UnxtShwDHw9rBuqdgB7gwx8+EaxDXeAwGlxQe8&#10;PTh0dD2IxUBRj+R7ceIAtzlnDS68BrinZRUs3BmkkV+4GBRx+xgf+2Q3ceq4tjXIoKZCyE7bvhkT&#10;R809hlOFI5IShfQ7fkSIh+whpY5dt2kouOR9hR5S1MDUa5IO7TqBNCHapAn4ZehTEFzt2Gb7AWpw&#10;5lv1Bjl2kZAQmHmU7xDmmPE2Hiic+Fh2cMKKBt/CKvYpeTAUYRHXkgo8HRHGUatHpPTR7ApYb8Hp&#10;9zBUM6/bt9kwcZFC0SMfzy3MeRG5wY+aMU4yr840jYvYO/IIQhSjPa588G3uZoi+Bz/gdKa7H1Di&#10;uPv8QnCfRo5KkwDRbwbC48vbhLv5OGR9THxVZl0kTmFdhxrui47GIHJCe4sQhk9wjxB0/45HgwbP&#10;HJtPlL4bQ1XZJL7AuovdWNX3KZEEmWZmOk23qHRC9oBEfIY+28MzhWeI0wSLWZx3wOtO6MLe5i2l&#10;uyw8KgJ3KHR9EC9eo+xK4FEI7tYsrnsxdnYtfS/98ToUjv8ukmOQl4fz5iXQkLlpoLBf2DYdzBwB&#10;k4DpYIq2fOUWSBz3T0j0vmrIBl66vpu0EzdAN+Q0OQlN39bxMAoOPNPxVK86Htuyne14ZlWWzTN9&#10;zizcv7C72cCDdI/AhjJduq6am6vmJvjPNzezcvmqpblqaa5aGt9H2F/S0ky6GGhwJhMeM+9JZo57&#10;+pSxAzVkZEuaiY+ED5teGx6aUZSZR47Hf1kMl3o9IMDBRQIbGiS4+oCq+CDGGQyHymbQGcmcdSRR&#10;xiXMjMxjM0glZ3ibwSiFkZCZcVb19MvaT2K1zXv28VJxyjlmY7SKzCR1JGhJM7iosKUb7yasbLWa&#10;aTZ3aWWjmukYnKWNl6xNPLL+eGnwcGxN+GJG8J0NVl6GcbPWHeZo0F73tN2tj0Zu0aIv1UUyhm/C&#10;3Ed63dM+KhsnjWJlaiF6HTYY9MTyHB8VpNU023eQdhEnFcVVZogbee9dvDQa0068pPP2TDqytJic&#10;LEUn9aBWXawGKMRZPejDgBYukwy8LvX3DmYRnHOEStiwPzeZTbhOvFnzh2UZZu7W7lMLdupAJqTa&#10;wDK2oWFe5SHAUjNONvovVsGsl7UATzW6mBZLKxAMf5sWYEfXtaTfJ6EqOrvwxMzTDSAvpXygiDiI&#10;eyeoywZiH4P7dajCenpUwiTdVAR9A4dC2trmlVuc86QrHsUYnH2OWRbjvNzqFB1lsoWbgjTWwdxZ&#10;bY16sDav7mZx8y/FpPwlLaUYxv+zpej9BEbbSz3tgRBOJQVGOlPqARcq5lCFspiGbQEHMqZ2QLTA&#10;wSK8hqCCs1HzW5Bj/dvmnOVh0homlGqfRkhQ2I9ULAjZg7Jkou8cZuV877IsWc7IdhgTdWVm1e6S&#10;Y8I6ugYu6709QDGEuqkmeRkwuLPx597nGdSNdJPzT+18bDLP2x5MdlVLf8FepFIo+oWtoObd+0xP&#10;NS4Hb9nY59xqbcWaWvFi9cJbbQYHFHAuqSAmQipCGDSa1he83OH7UFsRnJrb9gpBVF+zjQfSBdKW&#10;xy40TvahDSbNynZeeXd76W0UnK3mne5YLmTpn+l05zT2uDlzxTm5+Pbucz5j5xZ2bF3sdD2mhqQ9&#10;m6K6PRp9yBjHmL/QKP4JBe8egqM34LB6wJS0x9CP4DgKvjLscTckv3WuIV37AwAA//8DAFBLAwQU&#10;AAYACAAAACEAKhLsXIsDAAACCwAADQAAAHhsL3N0eWxlcy54bWzUVkuP2zYQvhfIfyB41+phy7UN&#10;SUG8XgMBtg90HaBXWqJsNhQpkPRGTpH/niEp2TJSbLa7hzYXmzMafTPzzUPM3nYNR49UaSZFjuOb&#10;CCMqSlkxsc/xh+0mmGOkDREV4VLQHJ+oxm+LNz9l2pw4fThQahBACJ3jgzHtMgx1eaAN0TeypQKe&#10;1FI1xICo9qFuFSWVti81PEyiaBY2hAnsEZZN+RyQhqiPxzYoZdMSw3aMM3NyWBg15fL9XkhFdhxC&#10;7eIpKVEXz1SCOjU4cdpv/DSsVFLL2twAbijrmpX023AX4SIk5QUJkF+GFKdhlFzl3qkXIk1DRR+Z&#10;LR8usloKo1Epj8LkOOkVRaY/o0fCobwxDouslFwqZKBKQJLTCNJQb3FLONspZs1q0jB+8urEKlxh&#10;e7uGAc1WGVqX3vHFz9w++S7oxAVzIEpDD/n4ksX3HDl/Ghwyzq8zBUWRQUsYqsQGBNSft6cW8hTQ&#10;vT5eZ2dff8J6r8gpTtLRC6FzWGQ7qSqYloHjGDj2qiLjtDaQt2L7g/03soXfnTQGOqrIKkb2UhBu&#10;ORve6A+QTkk5f7AT9Wd9hd3VSBybTWPeVzmG2bRsD0dIoT96PC9Y/DGaxx7BTiDkfw+LuvqM/4q3&#10;EWlbflo5Em3zefkdZ3vRUNu0llDoQS+ig1TsM6Rsm9fS6wrS1a9K4KUuHavA46hYV6U6k45s5+f4&#10;V7v4OCyLnji0OzJumPiHMgFm1V0KnwIHID9JhN3ZhpWWGN9iGBnamT+kgaVoVzk0yydF2i0oncBE&#10;5QgG/V9HbVh9uifa3DO71EGnD4qJj1u5Yd7cLmr4Bvxmu90a2LZyMf2/A/OTgIZh+9C65AZxLT85&#10;ZvyswncNBi7H5gCfoGEtWpo6CsMWu50X2q7rZ/pZ9m763fA/yxyWxLAjnmXvaz1eIT9AUZ6Y5/+s&#10;jW0zw9gZe1Vwi/c8yzAMFa3JkZvt+WGOL+dfaMWOTXK2+p09SuMgcnw539uvQDyzcwMTeK+hieAf&#10;HRXL8d93q58X67tNEsyj1TyYTmgaLNLVOkint6v1erOIkuj2y+jC8orrirtfwb6Mp0vN4VKj+mT7&#10;FB8uuhyPBB++m3oIexz7IplF79I4CjaTKA6mMzIP5rNJGmzSOFnPpqu7dJOOYk9feK2Jwjj2FyQb&#10;fLo0rKEcltV1+NuxFooE4hNJhEMlwsvltfgKAAD//wMAUEsDBBQABgAIAAAAIQBs3cGE1AIAAO8G&#10;AAAYAAAAeGwvd29ya3NoZWV0cy9zaGVldDEueG1snFVdb9sgFH2ftP+AeG9sJ2m6RHGqNlW1Pkyq&#10;1n08E4xjVJvLgHx0U//7Lji207iVqkYJwYfLOffCAc8v91VJtsJYCSqlySCmRCgOmVTrlP78cXv2&#10;hRLrmMpYCUqk9ElYern4/Gm+A/NoCyEcQQZlU1o4p2dRZHkhKmYHoIXCkRxMxRw+mnVktREsC5Oq&#10;MhrG8SSqmFS0ZpiZ93BAnksuboBvKqFcTWJEyRzmbwupbcNW8ffQVcw8bvQZh0ojxUqW0j0FUkoq&#10;PrtbKzBsVWLd+2TMONkb/A7xN2pkAt5TqiQ3YCF3A2SO6pz75U+jacR4y9Sv/100yTgyYiv9BnZU&#10;w4+llJy3XMOObPRBsklL5pfLzDYyS+m/+PA5w//EN3HXNGPPdDHPJO6wr4oYkaf0KpktpzRazIN/&#10;fkmxs0d94tjqQZSCO4EaCSXeniuARx94h1CMjDYEeEbGndyKpSjLlF6P0eF/ggZ2USBqFY77jdpt&#10;MPS9IStmxRLK3zJzBUriwclEzjal68DpIBnHk+F5O/Qddl+FXBcOJ5x7LQ4lEmNLKunPH9qO7esC&#10;DrwI8Y11UDVCIcV6Xkj0hjm2mBvYETQQRlvN/HFMZiMsmXvwyqNhDHUtottFMo+2WB0/RFz3I+KX&#10;Ecs6YhjUUaxVRJ+8oujRl4rDE8UmwmczHZ2I1YN9MfTRK2IefSl2wnfdRHixixOteqyv5W3RX0qP&#10;ei2/d35tg3uOgWUd0edDFxzx4fzDlk3ewC/ewP2F3OXV8UxP8drHtT10gbe3kxx9m4Ny/kTghron&#10;jVebgiWowyvA16XZWnxjZi2VJaXI0TPxAJMxtW9D34EOKNa0AofmbJ4KvOAFLks8wGXNAVzzcOB9&#10;EG6jiWZamAf5F8UxazASr/Jwg6dUg3GGSYd6M39dmLssLDae71LcM+Ms4bBR/gChkVu0i64XvgtH&#10;l7evqsV/AAAA//8DAFBLAwQUAAYACAAAACEAuEGwUWYBAAB/AgAAEQAIAWRvY1Byb3BzL2NvcmUu&#10;eG1sIKIEASigAAEAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAfJJRa8IwFIXfB/sPIe9tGqvi&#10;glaYwweZOJhjw7eQXLWsSUoSV/33S6t2lY09JufcL+dcMp4eVYG+wLrc6AmmcYIRaGFkrncT/Lae&#10;RyOMnOda8sJomOATODzN7u/GomTCWHixpgTrc3AokLRjopzgvfclI8SJPSju4uDQQdwaq7gPR7sj&#10;JReffAeklyRDosBzyT0nNTAqWyK+IKVokeXBFg1ACgIFKNDeERpT8uP1YJX7c6BROk6V+1MZOl3i&#10;dtlSnMXWfXR5a6yqKq7SJkbIT8nH8vm1qRrlut6VAJyNpWDCAvfGZlzaHLSG2MJJm0K6Memo9SYL&#10;7vwyLH2bg3w8ZYsD12iluEWL1WYWow1XxnI0swcBYfj3QHitKXd+EiQKcdm53FV5T2dP6znOeglN&#10;oySNaLKmD2zQZ4PRps5zM1/HP1+oS6p/ib2Ao1FvtKZDNqCsn3SIV0DW5L79Mtk3AAAA//8DAFBL&#10;AwQUAAYACAAAACEA08dgVp0BAABwAwAAFAAAAHhsL3RhYmxlcy90YWJsZTEueG1snJPNTsMwDMfv&#10;SLxDFInjlnZDCFV0iA1NmoQ48PEAoU3XiCSunAw6Id4dp+0GYxdEDmnj2D/7b7dX16017E2h1+By&#10;no4TzpQroNRunfPnp+XokjMfpCulAadyvlWeX89OT66CfDGKUbTzOa9DaDIhfFErK/0YGuXopgK0&#10;MtAR18I3qGTpa6WCNWKSJBfCSu14T8hs8ReIlfi6aUYF2EYG/aKNDtuOxZktstXaAcaqct4ia3G6&#10;g7d4BLe6QPBQhTHBBFSVLtRRjem5QPWmY2u+UdN/si72LKpLl9RrYmK2ia8fybBG9FzELRktaXXb&#10;7u6TMyctiXuKGim61L4xcnt/YERV5fwmzeaUJUCQxj/A+2MN7zRdmm1NQ1BIptu2WlHmc8LIIIdT&#10;jInwOSB5DcYJn/XDXoDZWOdZARsXcv7L/q1peiwqTXpRnbJOUNrL2osSB4WkXBwk7eCT2LA/wenz&#10;imsPPzuAJxEuOqGDpCHXY9gatXIVME8NW2r0oXfoWhdtd/LIFNsbUDeKfgMaSvTqg/bWH/lmXwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhANYiaGQZAQAA6AMAACcAAAB4bC9wcmludGVyU2V0dGluZ3MvcHJp&#10;bnRlclNldHRpbmdzMS5iaW7yZ8hjSGXwY8hnKAHSCgxGDAYMhkBsczxmhwLDlz1bNhisY8ADGFkY&#10;2O4w8DAz6zMwMDJwMsziNuFIAbL4GSKYmIB0BBMzkHRkMMFnCIlyjFD1IJoJiEH0fyBAN8bF0y9U&#10;ieEC0HUMDIfWTAjEZw0rWJKdiq4cNWqohQAsXYHcfQGIg31DvEBsAYYDDMHA3JHHkALMISHAvKLA&#10;4MuQyZDMUARkFwNxGjD3KDD448hLCgwuQJWZDGVAM4qA5gW5Brv4+DCE5mUWpRaDWAGJBalFwZlV&#10;qQw+riEhrkEM/kWZqXkliSWZ+XkMAf5BIUGOniEMQanF+TmlYDGXAE8zAwMG5/yc/CLf/JRUBiOT&#10;pIICfOENAAAA//8DAFBLAwQUAAYACAAAACEAUmLfo5kBAAAcAwAAEAAIAWRvY1Byb3BzL2FwcC54&#10;bWwgogQBKKAAAQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACcksFu2zAMhu8D9g6C7o2cbiiG&#10;QFYxpB0yoMUCJO2dk+lYrSwJEmMke5s9y15sso2kzrbTbiR/6tcnivL20FrWYUzGu5LPZwVn6LSv&#10;jNuV/Gn75eoTZ4nAVWC9w5IfMfFb9f6dXEcfMJLBxLKFSyVviMJCiKQbbCHNsuyyUvvYAuU07oSv&#10;a6Pxzut9i47EdVHcCDwQugqrq3A25KPjoqP/Na287vnS8/YYMrCSn0OwRgPlV6pHo6NPviZ2f9Bo&#10;pZiKMtNtUO+joaMqpJimcqPB4jIbqxpsQineCnKF0A9tDSYmJTtadKjJR5bMjzy2a86+Q8Iep+Qd&#10;RAOOMlbfNiZDbEOiqFb+BRKrkOlfP63eWy9F7hu1IZwemcbmo5oPDTm4bOwNRp4sXJJuDVlM3+o1&#10;RPoH+HwKPjCM2CPOpkGk8c4p3/DyfNMf3kvfBnBH9fD18V6KUyYfjHtNT2Hr74DwNNnLotw0ELHK&#10;n3Ge/LkgV3mo0fYmywbcDqtTz99CvwfP47Kr+c2s+FDkL57UpHhba/UbAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhADcxvZF7AQAAhAUAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAtVUwI/QAAABMAgAACwAAAAAAAAAAAAAAAAC0AwAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAgT6Ul/MAAAC6AgAAGgAAAAAAAAAAAAAAAADZBgAAeGwvX3JlbHMvd29y&#10;a2Jvb2sueG1sLnJlbHNQSwECLQAUAAYACAAAACEAWQFiBkwCAAAPBQAADwAAAAAAAAAAAAAAAAAM&#10;CQAAeGwvd29ya2Jvb2sueG1sUEsBAi0AFAAGAAgAAAAhABW4XALQAAAAcgEAABQAAAAAAAAAAAAA&#10;AAAAhQsAAHhsL3NoYXJlZFN0cmluZ3MueG1sUEsBAi0AFAAGAAgAAAAhAEG/+GDZAAAAygEAACMA&#10;AAAAAAAAAAAAAAAAhwwAAHhsL3dvcmtzaGVldHMvX3JlbHMvc2hlZXQxLnhtbC5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAMEw18pMBwAAHyIAABMAAAAAAAAAAAAAAAAAoQ0AAHhsL3RoZW1lL3RoZW1lMS54&#10;bWxQSwECLQAUAAYACAAAACEAKhLsXIsDAAACCwAADQAAAAAAAAAAAAAAAAAeFQAAeGwvc3R5bGVz&#10;LnhtbFBLAQItABQABgAIAAAAIQBs3cGE1AIAAO8GAAAYAAAAAAAAAAAAAAAAANQYAAB4bC93b3Jr&#10;c2hlZXRzL3NoZWV0MS54bWxQSwECLQAUAAYACAAAACEAuEGwUWYBAAB/AgAAEQAAAAAAAAAAAAAA&#10;AADeGwAAZG9jUHJvcHMvY29yZS54bWxQSwECLQAUAAYACAAAACEA08dgVp0BAABwAwAAFAAAAAAA&#10;AAAAAAAAAAB7HgAAeGwvdGFibGVzL3RhYmxlMS54bWxQSwECLQAUAAYACAAAACEA1iJoZBkBAADo&#10;AwAAJwAAAAAAAAAAAAAAAABKIAAAeGwvcHJpbnRlclNldHRpbmdzL3ByaW50ZXJTZXR0aW5nczEu&#10;YmluUEsBAi0AFAAGAAgAAAAhAFJi36OZAQAAHAMAABAAAAAAAAAAAAAAAAAAqCEAAGRvY1Byb3Bz&#10;L2FwcC54bWxQSwUGAAAAAA0ADQBoAwAAdyQAAAAAUEsDBBQABgAIAAAAIQAt8Q1G/gQAAAQNAAAV&#10;AAAAZHJzL2NoYXJ0cy9jaGFydDQueG1s1FdZb9tGEH4v0P/AEu4jzVOkKFgKJMpug9q1YSVBX1fk&#10;SiK03GWWS1lKkP/e2YO0JLvI0Zc2CKDh7OycO9+Mr97sK2LtMG9KRse2f+nZFqY5K0q6Htvv3904&#10;Q9tqBKIFIozisX3Ajf1m8vNPV/ko3yAuFjXKsQVKaDPKx/ZGiHrkuk2+wRVqLlmNKZytGK+QgE++&#10;dguOnkB5RdzA82JXKbGNAvQDCipU0u4+/5b7bLUqczxneVthKrQXHBMkIAPNpqybTlvuxzx4obEq&#10;c84athKXOatcrawLCpT5A7ePagJJKpDAfupF1g6Rse3ZrmQSRNeagRvneqGZnLW0wEXGOIVyHMlX&#10;+WhKBOYUVGWMCvDa5Kv6poxXiG/b2gF3awhyWZJSHFTY9uQKdGcbBvmwHvHHtuS4Gdu5Hz2nIPre&#10;BHiJO3QDU1cI1o9GjTgQrAPyvUBG6/Z2lQs3iJAlyrcyN0fCvejzubx4ngx5Kyf8DtX3O24t1/7Y&#10;JsK3LbEHqtgCtVxDHYkIJA+oYgsUynNIJEgYouPAueb0MmHHCTsZSIqWgURpYtBxBh0n7jixbW1I&#10;SbeQSPljWytGfteMjtIPQLWCDAa1gr0rBcFzTLDAhUmdlqoJE1OOkRQk6MBaIakK0RaR2/5bn7xD&#10;fI2Fvl5SeFZaxf6OFaYeuFhjzTy8xtzru9GlH8Sel8Re5KVhmAT+taOKk48OWiK8HCZxHHhhYv4P&#10;eoknLeFdpskgjdI48tPBME2iINGGN/155MdhBL2SpGkcDxJd/vPY3OOwC9auN7QVmYQimYcd4oeM&#10;EdY1kK9tNJjL07IwAZk+ZLzA3JjXgmIv5RrBH/FKUqvJYoOx8H+5mF34V2BbceE8QwBxUqIWGTSu&#10;SbIxVwsLTMl2lxK7ya/y5g6evRRXP88agNeZA1LbLx5UMOfuLtvlkuBwfuJxUz9AbGjUMFIWNyUh&#10;6oOvlxkxoaXB3BuoiN0TMWlZXc5HeC9uG2UTKKvl5dj+nIXh0MuyyBnM42sHCp85s+swcK6TYB6k&#10;STgIs+zLM1DAez8D/68hZXQEEvGopeXHFr81j/2zp//5ThCHN06UzRNndhNkznQ4TdNgFgTh3Psi&#10;awZRgM/dr4oCWCaD54k09fmORMpBhvtUArhASdGItBW0i67DcACuKk8gu504+PO/y3X473KdI/WA&#10;usd83DvTi2B0Mb0Iv95ABlXOGyiXLY2L0zaSzaT7TBZFNtgSBuv2VEg+8r5b9YdqbSCNwzCY5W3a&#10;Vq/0PPg9O/IbhPrG10tNBlA6+Q0DtiKiwlOrjuKeg8M/xJampx6/DEsBzwl8PPsBcXSeA2li+c+2&#10;c/SDT8zgd3G7JI0sVrNhT7d4jWnxBzYTyEC6PPmAYKU9WrckL0PiT1SZqXcku8D8Vf4D5nI/eKFn&#10;pjB4UX56qeoWIxgntyXFZntTaANV6d1elbwRCwLr1rRbAI0rG0bws9KhxhO4eTrfQNfx+Jf0h7K5&#10;p8TkwMBbUTb1TLZCMzWerFFtBiGkYi6zeA87/x06HoegvN9AuqFCqEQ7yuRckVgLyAcckOwGh9jr&#10;6bNkxeGBgwhIQIhy4VMfteSYCVXg1eMDt5pP8HfGsIdMcwilfEAcSQG5HY9t2Izv/jKwClrApral&#10;4F4uw2SOBLI4DPWxzd8WgcIAuTq9r+XSfVQ5uAsd0d9RylSo6o+Xyd8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQBVZJdsugYAAGofAAAcAAAAZHJzL3RoZW1lL3RoZW1lT3ZlcnJpZGU0LnhtbOxZS4/bNhC+&#10;F+h/EHRv1o+194F4A9vrzSbZF2InRY5ci5YYU6JA0rtxT0Vy6qVAgbTopUBvPRRFAzRAg176YxZI&#10;0KY/okNKlkibzj6wKIJivcBCor4ZfpwZzoyo23eexdQ7wVwQlrT86q2K7+FkyAKShC3/0WDns3Xf&#10;ExIlAaIswS1/ioV/Z+vTT26jTRnhGB+CLCcB9kBPIjZRy4+kTDdXVsQQHiNxi6U4gWcjxmMk4ZaH&#10;KwFHp6A/piu1SqW5EiOS+FugcEh5X0lhL0ExzNX+YkK9e/f0s2BcVRAxFV3KvRNEWz7oCNjpAD+T&#10;vkeRkPCg5Vf0z1/Zur2CNnMhKpfIGnI7+pfL5QLBuKbn5OFxMWm93uisrRb6NYDKRdz2Tq/eaxT6&#10;NAANhzjJuZg6q932dm+m0wBll4u6a831ereZ6zZA2WV9gXNtrdvbXrPwGpThVxfwq7VOe8PGa1CG&#10;byzg67319Ubd0q9BGb65gG/W2vWNHQuvQRElyXgR3Wt3q90cXUBGjO464Z1as1Op5fASBdFQhJea&#10;YsQSaQXb4WhEhthXz2L0lPEdAKgbiiRJPDlN8QgNISi7iJJjTrw9EkYQeClKmIDhSq2yU6nDf/W3&#10;qq+0R9EmRoa04gVMxMKQ4uOJISepbPn3QatvQN6+eXP2/PXZ89/PXrw4e/5rPrdWZcntoiQ05d7/&#10;9M0/P3zp/f3bj+9ffptNPY8XJv7dL1+9++PPD6mHFZemePvdq3evX739/uu/fn7p0N7m6NiED0iM&#10;hXeAT72HLIYFOvjjY345iUGEiCnRTkKBEqRmcejvychCH0wRRQ5cB9t2fMwh1biAdydPLcL9iE8k&#10;cWh8EMUWcJ8x2mHcaYUHai7DzINJEron5xMT9xChE9fcXZRYXu5NUkiyxKWyG2GL5hFFiUQhTrD0&#10;1DM2xtixuieEWHbdJ0POBBtJ7wnxOog4TTIgx1Y0lUK7JAa/TF0Ewd+WbfYfex1GXavexic2EvYG&#10;og7yA0wtM95FE4lil8oBiqlp8D0kIxfJ/pQPTVxPSPB0iCnzegEWwiVzyGG9htMfQJpxu32fTmMb&#10;ySUZu3TuIcZM5DYbdyMUpy5snySRib0nxhCiyDti0gXfZ/YOUffgB5Qsdfdjgi13n58NHkGGNSmV&#10;AaKeTLjDl3cxs+K3P6UjhF2pps1jK8W2OXFGR2cSWqG9hzFFpyjA2Ht0z8Ggw1LL5iXp+xFklV3s&#10;Cqz7yI5VdZ9ggT3d3CzmyT0irJDt45At4bM/nUs8U5TEiC/TfABeN23eg1IXuwLgkA7HJvCAQH8H&#10;8eI0yqEAHUZwL9V6FCGrgKl74Y7XKbf8d5E9BvvyqUXjAvsSZPClZSCxmzIftM0AUWuCMmAGCLoM&#10;V7oFEcv9pYgqrlps4pQb2Zu2dAN0R1bTE5Pk3A5orvdp/De9j2PLXU/X41ZspaxL9jvLUsruXJez&#10;DDff23QZD8jH39pso0lyhKGaLOatm87mprPx//edzbL9fNPPLOs6bvoZH/qMm34mP2K5nn6mbGGg&#10;u1HHHtlxjz78iZee/YwIpX05pXhP6OMfAW81wQ4MKjl9pomLs8A0gktV5mACCxdypGU8zuTnREb9&#10;CKVwRlTVp0uhyFWHwkuZgKMjPezUrQ+gJvE+C7Ijz2pVHW9mlVUgWY5XGsU4HFfJDN1cywcVP32w&#10;Cnw121AozTMCSvYyJIzJbBJ1B4m12eA5JPTKroXFhoPFulI/c9WCKYBa4RV47fbgZb3lN1ZBBITg&#10;VA5a9ED5KXP1zLvahNfp6WXGpGYEQJs9i4DS0xuK69LlXcrTFgkj3GwS2jK6wRMRvAzn0alGL0Lj&#10;sr7eKF1q0VOm0PNBfJc01tY/xOKqvga5+dxAEzNT0MQ7bfnNegNCZojSlj+Co2O4jFOIHaHevBAN&#10;4RvLUPJsw18ls6RcyG0koszgOulk2SAmEnOPkrjlq+UXbqCJziGaW7UGCeGjJbcBaeVjIwdOt52M&#10;RyM8lKbbjRFl6ewWMnyWK5xPtfjVwUqSTcDd/Sg49Y7phD9EEGKNtaoyYEAEfEGoZtYMCHwSKxJZ&#10;GX9zhSlPu+Y3KR1D2TiiaYTyimIm8wyu60lBR98VNjDu8jWDQQ2T5IXwOFQF1jSqVU2L0pVxWFp1&#10;zxdSljOSZlkzrayiqqY7i1kzzMrAnC2vVuQNVjMTQ04zK3xWpOdT7sYs10GgOqsEGLyw39VKv0Gt&#10;nMyiphgvpmGVs/NRm9psgedQu0iRMLJ+c6Z2zm5FjXBOB4NXqvwgNx+1MDSa9ZXa0tb38a1/AQAA&#10;//8DAFBLAwQKAAAAAAAAACEA1USC0PInAADyJwAALgAAAGRycy9lbWJlZGRpbmdzL01pY3Jvc29m&#10;dF9FeGNlbF9Xb3Jrc2hlZXQzLnhsc3hQSwMEFAAGAAgAAAAhADcxvZF7AQAAhAUAABMACAJbQ29u&#10;dGVudF9UeXBlc10ueG1sIKIEAiigAAIAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAKxUS2/CMAy+T9p/qHKdaGCHaZooHPY4bkiwHxAat41okyg2&#10;DP793PDQNAEVgkujJvH3sB0Px+umTlYQ0DibiUHaFwnY3Gljy0x8zz56zyJBUlar2lnIxAZQjEf3&#10;d8PZxgMmHG0xExWRf5ES8woahanzYPmkcKFRxL+hlF7lC1WCfOz3n2TuLIGlHrUYYjR8g0Ita0re&#10;17y9VTI3ViSv23stVSaU97XJFbFQubL6H0nPFYXJQbt82TB0ij6A0lgBUFOnPhhmDFMgYmMo5FHO&#10;ADVeRrpzlXJkFIaV8fjA1k8wtCenXe3ivrgcwWhIJirQp2rYu1zX8seFxdy5RXoe5NLUxBSljTJ2&#10;r/sMf7yMMi6DGwtp/UXgDh3EPQYyfq+XEGE6CJE2NeCt0x5Bu5grFUBPibu3vLmAv9hdKVdzzoCk&#10;drl12SPoOX5+0pPgPPLUCHB5FfZPtI3ueQaCQAYOj/RYsx8YeeRcXXZoZ5oGfYRbxhk6+gUAAP//&#10;AwBQSwMEFAAGAAgAAAAhALVVMCP0AAAATAIAAAsACAJfcmVscy8ucmVscyCiBAIooAACAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACskk1PwzAM&#10;hu9I/IfI99XdkBBCS3dBSLshVH6ASdwPtY2jJBvdvyccEFQagwNHf71+/Mrb3TyN6sgh9uI0rIsS&#10;FDsjtnethpf6cXUHKiZylkZxrOHEEXbV9dX2mUdKeSh2vY8qq7iooUvJ3yNG0/FEsRDPLlcaCROl&#10;HIYWPZmBWsZNWd5i+K4B1UJT7a2GsLc3oOqTz5t/15am6Q0/iDlM7NKZFchzYmfZrnzIbCH1+RpV&#10;U2g5abBinnI6InlfZGzA80SbvxP9fC1OnMhSIjQS+DLPR8cloPV/WrQ08cudecQ3CcOryPDJgosf&#10;qN4BAAD//wMAUEsDBBQABgAIAAAAIQCBPpSX8wAAALoCAAAaAAgBeGwvX3JlbHMvd29ya2Jvb2su&#10;eG1sLnJlbHMgogQBKKAAAQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACsUk1LxDAQvQv+hzB3&#10;m3YVEdl0LyLsVesPCMm0KdsmITN+9N8bKrpdWNZLLwNvhnnvzcd29zUO4gMT9cErqIoSBHoTbO87&#10;BW/N880DCGLtrR6CRwUTEuzq66vtCw6acxO5PpLILJ4UOOb4KCUZh6OmIkT0udKGNGrOMHUyanPQ&#10;HcpNWd7LtOSA+oRT7K2CtLe3IJopZuX/uUPb9gafgnkf0fMZCUk8DXkA0ejUISv4wUX2CPK8/GZN&#10;ec5rwaP6DOUcq0seqjU9fIZ0IIfIRx9/KZJz5aKZu1Xv4XRC+8opv9vyLMv072bkycfV3wAAAP//&#10;AwBQSwMEFAAGAAgAAAAhACx7s6RNAgAADwUAAA8AAAB4bC93b3JrYm9vay54bWykVFFvmzAQfp+0&#10;/2D5nWITQlJUUjXNokXapkrt2sfKBROsGhvZpqGr+t93hpKs7UvVIbA5n/nuu+8On5x2tUQP3Fih&#10;VYbpEcGIq1wXQm0z/PtqHcwxso6pgkmteIYfucWni69fTnba3N9pfY8AQNkMV841aRjavOI1s0e6&#10;4Qo8pTY1c2CabWgbw1lhK85dLcOIkCSsmVB4QEjNRzB0WYqcr3Te1ly5AcRwyRzQt5Vo7IhW5x+B&#10;q5m5b5sg13UDEHdCCvfYg2JU5+lmq7RhdxLS7ugUdQbuBB5KYIjGSOB6F6oWudFWl+4IoMOB9Lv8&#10;KQkpfSVB916DjyHFoeEPwtdwz8okn2SV7LGSAxgl/41GobX6XklBvE+iTffcIrw4KYXk10PrItY0&#10;v1jtKyUxksy6b4VwvMjwDEy944eFKUambZatkOCNSExiHC727XxhUMFL1kp3BY08wsOfEcVRlPid&#10;nUlHsS+cQfC+Wf2AgJfsAcJDksVLd24An05uVW7SOaG3T5NoNZ+vkmVwPDtfBfF5fBYcL9dJMCV0&#10;PT9PJt/Wy+UzaGSSNNesddVLbh48wxNfjbeun6wbPZSkrSgORJ7IyxX4+c0w+p59Qv4vvhZ8Zw8q&#10;eBN1N0IVegcixZDV42jRCKxd77oRhasgSTKloOqw9p2LbQV8ZzP/FZTa08rwKzqrgc4arsAPr+iE&#10;//DpDwvg1c9I9QW+9AcIhVPJz73GUNDUxzCbgvqEwvGznMkcCuonv5F4p5b8UvzhULcyw2fD/vEs&#10;W/wFAAD//wMAUEsDBBQABgAIAAAAIQB+qJAyzgAAAJ4BAAAUAAAAeGwvc2hhcmVkU3RyaW5ncy54&#10;bWykkEFKRDEQRPeCdwgNLp18RUQkySwGBHcu9AAx6ZkfTLq/6f7i3N6IegFnWRSvuqrd9rNV84Fd&#10;CpOHq80EBilxLnTw8PL8cHkHRjRSjpUJPRxRYBvOz5yImsGSeJhVl3trJc3Yomx4QRrOnnuLOmQ/&#10;WFk6xiwzorZqr6fp1rZYCEzildTDDZiVyvuKuz8dnJTgNFw4q8Et8ziuJT11s2fSxzyqgtHjMhoR&#10;75h+F4ANzn6DP7A9BX6tkd5OCUhcuWP+X4Qd/w1fAAAA//8DAFBLAwQUAAYACAAAACEAQb/4YNkA&#10;AADKAQAAIwAAAHhsL3dvcmtzaGVldHMvX3JlbHMvc2hlZXQxLnhtbC5yZWxzrJHBTsMwDEDvSPxD&#10;5DtJuwNCaOkuCGlXGB/gpW4b0TpRbBD7e4J2odMkLpws2/Lzk73dfS2z+aQiMbGH1jZgiEPqI48e&#10;3g7Pdw9gRJF7nBOThxMJ7Lrbm+0Lzah1SKaYxVQKi4dJNT86J2GiBcWmTFw7QyoLak3L6DKGdxzJ&#10;bZrm3pXfDOhWTLPvPZR9vwFzOOW6+W92GoYY6CmFj4VYr6xwiseZKhDLSOrB2nNFzqG1VRbcdY/2&#10;Pz1yiaxUXkm1HlpWRhc9d5G39hj5R9KtPtB9AwAA//8DAFBLAwQUAAYACAAAACEAwTDXykwHAAAf&#10;IgAAEwAAAHhsL3RoZW1lL3RoZW1lMS54bWzsWklvGzcUvhfofyDmnliyJccyIgeWLMVJvMFWUuRI&#10;jagZ2pzhgKTs6FYkxwIFiqZFLwV666FoGyABekl/jdsUbQrkL/SRHElDi4qtxkU3O0A8y/cWvo1v&#10;Hn3z1qOEoWMiJOVpPShfLwWIpCHv0TSqB/c77WsrAZIKpz3MeErqwZDI4Nba++/dxKsqJglBQJ/K&#10;VVwPYqWy1YUFGcJjLK/zjKTwrs9FghXcimihJ/AJ8E3YwmKptLyQYJoGKMUJsO0ADeoRtNvv05AE&#10;ayP2LQYyUiX1g5CJA82c5DQFbO+orBFyKJtMoGPM6gFI6vGTDnmkAsSwVPCiHpTMT7CwdnMBr+ZE&#10;TM2gLdC1zU9OlxP0jhaNTBF1x0LL7UrtxsaYvwEwNY1rtVrNVnnMzwBwGMJKrS5FnpX2Srkx4lkA&#10;2ctp3s1StVRx8QX+S1M61xqNRrWW62KZGpC9rEzhV0rLlfVFB29AFl+dwlca683msoM3IItfnsK3&#10;b9SWKy7egGJG06MptHZou51zH0P6nG164SsAXynl8AkKomEcXVpEn6dqVqwl+JCLNgA0kGFFU6SG&#10;GenjEOK4iZOuoDhAGU65hAelxVK7tAT/638Vc1XR4vEqwQU6+yiUU4+0JkiGgmaqHtwFrkEB8ubl&#10;t29ePkdvXj47ffzi9PEPp0+enD7+3vJyCDdxGhUJX3/9ye9ffoh+e/7V66ef+fGyiP/5u49++vFT&#10;PxDya7L+V58/++XFs1dffPzrN0898HWBu0V4hyZEoh1ygvZ5AmszhnE1J10xH0UnxtShwDHw9rBu&#10;qdgB7gwx8+EaxDXeAwGlxQe8PTh0dD2IxUBRj+R7ceIAtzlnDS68BrinZRUs3BmkkV+4GBRx+xgf&#10;+2Q3ceq4tjXIoKZCyE7bvhkTR809hlOFI5IShfQ7fkSIh+whpY5dt2kouOR9hR5S1MDUa5IO7TqB&#10;NCHapAn4ZehTEFzt2Gb7AWpw5lv1Bjl2kZAQmHmU7xDmmPE2Hiic+Fh2cMKKBt/CKvYpeTAUYRHX&#10;kgo8HRHGUatHpPTR7ApYb8Hp9zBUM6/bt9kwcZFC0SMfzy3MeRG5wY+aMU4yr840jYvYO/IIQhSj&#10;Pa588G3uZoi+Bz/gdKa7H1DiuPv8QnCfRo5KkwDRbwbC48vbhLv5OGR9THxVZl0kTmFdhxrui47G&#10;IHJCe4sQhk9wjxB0/45HgwbPHJtPlL4bQ1XZJL7AuovdWNX3KZEEmWZmOk23qHRC9oBEfIY+28Mz&#10;hWeI0wSLWZx3wOtO6MLe5i2luyw8KgJ3KHR9EC9eo+xK4FEI7tYsrnsxdnYtfS/98ToUjv8ukmOQ&#10;l4fz5iXQkLlpoLBf2DYdzBwBk4DpYIq2fOUWSBz3T0j0vmrIBl66vpu0EzdAN+Q0OQlN39bxMAoO&#10;PNPxVK86Htuyne14ZlWWzTN9zizcv7C72cCDdI/AhjJduq6am6vmJvjPNzezcvmqpblqaa5aGt9H&#10;2F/S0ky6GGhwJhMeM+9JZo57+pSxAzVkZEuaiY+ED5teGx6aUZSZR47Hf1kMl3o9IMDBRQIbGiS4&#10;+oCq+CDGGQyHymbQGcmcdSRRxiXMjMxjM0glZ3ibwSiFkZCZcVb19MvaT2K1zXv28VJxyjlmY7SK&#10;zCR1JGhJM7iosKUb7yasbLWaaTZ3aWWjmukYnKWNl6xNPLL+eGnwcGxN+GJG8J0NVl6GcbPWHeZo&#10;0F73tN2tj0Zu0aIv1UUyhm/C3Ed63dM+KhsnjWJlaiF6HTYY9MTyHB8VpNU023eQdhEnFcVVZogb&#10;ee9dvDQa0068pPP2TDqytJicLEUn9aBWXawGKMRZPejDgBYukwy8LvX3DmYRnHOEStiwPzeZTbhO&#10;vFnzh2UZZu7W7lMLdupAJqTawDK2oWFe5SHAUjNONvovVsGsl7UATzW6mBZLKxAMf5sWYEfXtaTf&#10;J6EqOrvwxMzTDSAvpXygiDiIeyeoywZiH4P7dajCenpUwiTdVAR9A4dC2trmlVuc86QrHsUYnH2O&#10;WRbjvNzqFB1lsoWbgjTWwdxZbY16sDav7mZx8y/FpPwlLaUYxv+zpej9BEbbSz3tgRBOJQVGOlPq&#10;ARcq5lCFspiGbQEHMqZ2QLTAwSK8hqCCs1HzW5Bj/dvmnOVh0homlGqfRkhQ2I9ULAjZg7Jkou8c&#10;ZuV877IsWc7IdhgTdWVm1e6SY8I6ugYu6709QDGEuqkmeRkwuLPx597nGdSNdJPzT+18bDLP2x5M&#10;dlVLf8FepFIo+oWtoObd+0xPNS4Hb9nY59xqbcWaWvFi9cJbbQYHFHAuqSAmQipCGDSa1he83OH7&#10;UFsRnJrb9gpBVF+zjQfSBdKWxy40TvahDSbNynZeeXd76W0UnK3mne5YLmTpn+l05zT2uDlzxTm5&#10;+Pbucz5j5xZ2bF3sdD2mhqQ9m6K6PRp9yBjHmL/QKP4JBe8egqM34LB6wJS0x9CP4DgKvjLscTck&#10;v3WuIV37AwAA//8DAFBLAwQUAAYACAAAACEAKhLsXIsDAAACCwAADQAAAHhsL3N0eWxlcy54bWzU&#10;VkuP2zYQvhfIfyB41+phy7UNSUG8XgMBtg90HaBXWqJsNhQpkPRGTpH/niEp2TJSbLa7hzYXmzMa&#10;fTPzzUPM3nYNR49UaSZFjuObCCMqSlkxsc/xh+0mmGOkDREV4VLQHJ+oxm+LNz9l2pw4fThQahBA&#10;CJ3jgzHtMgx1eaAN0TeypQKe1FI1xICo9qFuFSWVti81PEyiaBY2hAnsEZZN+RyQhqiPxzYoZdMS&#10;w3aMM3NyWBg15fL9XkhFdhxC7eIpKVEXz1SCOjU4cdpv/DSsVFLL2twAbijrmpX023AX4SIk5QUJ&#10;kF+GFKdhlFzl3qkXIk1DRR+ZLR8usloKo1Epj8LkOOkVRaY/o0fCobwxDouslFwqZKBKQJLTCNJQ&#10;b3FLONspZs1q0jB+8urEKlxhe7uGAc1WGVqX3vHFz9w++S7oxAVzIEpDD/n4ksX3HDl/Ghwyzq8z&#10;BUWRQUsYqsQGBNSft6cW8hTQvT5eZ2dff8J6r8gpTtLRC6FzWGQ7qSqYloHjGDj2qiLjtDaQt2L7&#10;g/03soXfnTQGOqrIKkb2UhBuORve6A+QTkk5f7AT9Wd9hd3VSBybTWPeVzmG2bRsD0dIoT96PC9Y&#10;/DGaxx7BTiDkfw+LuvqM/4q3EWlbflo5Em3zefkdZ3vRUNu0llDoQS+ig1TsM6Rsm9fS6wrS1a9K&#10;4KUuHavA46hYV6U6k45s5+f4V7v4OCyLnji0OzJumPiHMgFm1V0KnwIHID9JhN3ZhpWWGN9iGBna&#10;mT+kgaVoVzk0yydF2i0oncBE5QgG/V9HbVh9uifa3DO71EGnD4qJj1u5Yd7cLmr4Bvxmu90a2LZy&#10;Mf2/A/OTgIZh+9C65AZxLT85ZvyswncNBi7H5gCfoGEtWpo6CsMWu50X2q7rZ/pZ9m763fA/yxyW&#10;xLAjnmXvaz1eIT9AUZ6Y5/+sjW0zw9gZe1Vwi/c8yzAMFa3JkZvt+WGOL+dfaMWOTXK2+p09SuMg&#10;cnw539uvQDyzcwMTeK+hieAfHRXL8d93q58X67tNEsyj1TyYTmgaLNLVOkint6v1erOIkuj2y+jC&#10;8orrirtfwb6Mp0vN4VKj+mT7FB8uuhyPBB++m3oIexz7IplF79I4CjaTKA6mMzIP5rNJGmzSOFnP&#10;pqu7dJOOYk9feK2Jwjj2FyQbfLo0rKEcltV1+NuxFooE4hNJhEMlwsvltfgKAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAh5dA/0gIAAO8GAAAYAAAAeGwvd29ya3NoZWV0cy9zaGVldDEueG1snFVdb9owFH2f&#10;tP9g+b0kAcoGIlQtVbU+TKrGPp6N4xCria9nm49u2n/ftUMSSlqpKgLjHF+fc6997MyvDlVJdsJY&#10;CSqlySCmRCgOmVSblP74fnfxmRLrmMpYCUqk9ElYerX4+GG+B/NoCyEcQQZlU1o4p2dRZHkhKmYH&#10;oIXCkRxMxRw+mk1ktREsC5OqMhrG8SSqmFS0ZpiZt3BAnksuboFvK6FcTWJEyRzmbwupbcNW8bfQ&#10;Vcw8bvUFh0ojxVqW0j0FUkoqPrvfKDBsXWLdh2TMODkY/A7xN2pkAt5TqiQ3YCF3A2SO6pz75U+j&#10;acR4y9Sv/000yTgyYif9BnZUw/ellFy2XMOObPROsklL5pfLzLYyS+nf+Pi5wP/EN3HXNGP/6GKe&#10;SdxhXxUxIk/pdTJbTmm0mAf//JRib0/6xLH1SpSCO4EaCSXenmuARx94j1CMjDYEeEbGndyJpSjL&#10;lN6M0eG/gwZ2USBqFU77jdpdMPSDIWtmxRLKXzJzBUriwclEzral68DpIBnHk+FlO/QN9l+E3BQO&#10;J1x6LQ4lEmNLKunPH9qOHeoCjrwI8a11UDVCIcV6Xkj0ljm2mBvYEzQQRlvN/HFMZiMsmXvw2qNh&#10;DHUtortFMo92WB0/Rtz0I+LnEcs6YhjUUaxVRJ+8oOjR54qjM8UmwmcznZ6J1YN9MfTRC2IefS42&#10;PBNrIl4ofVmP9bW8LfpL6VGv5ffOr21wzymwrCP6fOiCEz6cf9yyySv4p1dwfyF3eXU803O89nFt&#10;D13g7e0kR9/moJw/Ebih7knj1aZgCer4CvB1abYRX5nZSGVJKXL0TDzAZEzt29B3oAOKNa3BoTmb&#10;pwIveIHLEg9wWXMA1zwceVfCbTXRTAuzkn9QHLMGI/EqDzd4SjUYZ5h0qDfz14W5z8Ji4/kuxQMz&#10;zhIOW+UPEBq5RbvoeuG7cHR5+6pa/AcAAP//AwBQSwMEFAAGAAgAAAAhAGNeAdBmAQAAfwIAABEA&#10;CAFkb2NQcm9wcy9jb3JlLnhtbCCiBAEooAABAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAHyS&#10;X2vCMBTF3wf7DiHvbZr6BxdshTl8kImDdWz4FpKrljVJSeLUb7+0aqds7DE55/5yziXjyUFV6Aus&#10;K43OMI0TjEALI0u9yfBbMYtGGDnPteSV0ZDhIzg8ye/vxqJmwlh4saYG60twKJC0Y6LO8Nb7mhHi&#10;xBYUd3Fw6CCujVXch6PdkJqLT74BkibJkCjwXHLPSQOM6o6Iz0gpOmS9s1ULkIJABQq0d4TGlPx4&#10;PVjl/hxolSunKv2xDp3Oca/ZUpzEzn1wZWfc7/fxvtfGCPkp+Vg8v7ZVo1I3uxKA87EUTFjg3tic&#10;S1uC1hBbOGpTSTcmV2qzyYo7vwhLX5cgH4/5fMc1Wipu0Xy5msZoxZWxHE3tTkAY/j0QXmvLnZ4E&#10;iUJcdip3Ud5706dihvM0ob0o6UU0KegDG/TZYLRq8tzMN/FPF+qc6l9iGnA0SkcFHbJBypL+FfEC&#10;yNvct18m/wYAAP//AwBQSwMEFAAGAAgAAAAhANPHYFadAQAAcAMAABQAAAB4bC90YWJsZXMvdGFi&#10;bGUxLnhtbJyTzU7DMAzH70i8QxSJ45Z2QwhVdIgNTZqEOPDxAKFN14gkrpwMOiHeHaftBmMXRA5p&#10;49g/+2+3V9etNexNodfgcp6OE86UK6DUbp3z56fl6JIzH6QrpQGncr5Vnl/PTk+ugnwxilG08zmv&#10;Q2gyIXxRKyv9GBrl6KYCtDLQEdfCN6hk6WulgjVikiQXwkrteE/IbPEXiJX4umlGBdhGBv2ijQ7b&#10;jsWZLbLV2gHGqnLeImtxuoO3eAS3ukDwUIUxwQRUlS7UUY3puUD1pmNrvlHTf7Iu9iyqS5fUa2Ji&#10;tomvH8mwRvRcxC0ZLWl12+7ukzMnLYl7ihoputS+MXJ7f2BEVeX8Js3mlCVAkMY/wPtjDe80XZpt&#10;TUNQSKbbtlpR5nPCyCCHU4yJ8DkgeQ3GCZ/1w16A2VjnWQEbF3L+y/6taXosKk16UZ2yTlDay9qL&#10;EgeFpFwcJO3gk9iwP8Hp84prDz87gCcRLjqhg6Qh12PYGrVyFTBPDVtq9KF36FoXbXfyyBTbG1A3&#10;in4DGkr06oP21h/5Zl8AAAD//wMAUEsDBBQABgAIAAAAIQDWImhkGQEAAOgDAAAnAAAAeGwvcHJp&#10;bnRlclNldHRpbmdzL3ByaW50ZXJTZXR0aW5nczEuYmlu8mfIY0hl8GPIZygB0goMRgwGDIZAbHM8&#10;ZocCw5c9WzYYrGPAAxhZGNjuMPAwM+szMDAycDLM4jbhSAGy+BkimJiAdAQTM5B0ZDDBZwiJcoxQ&#10;9SCaCYhB9H8gQDfGxdMvVInhAtB1DAyH1kwIxGcNK1iSnYquHDVqqIUALF2B3H0BiIN9Q7xAbAGG&#10;AwzBwNyRx5ACzCEhwLyiwODLkMmQzFAEZBcDcRow9ygw+OPISwoMLkCVmQxlQDOKgOYFuQa7+Pgw&#10;hOZlFqUWg1gBiQWpRcGZVakMPq4hIa5BDP5Fmal5JYklmfl5DAH+QSFBjp4hDEGpxfk5pWAxlwBP&#10;MwMDBuf8nPwi3/yUVAYjk6SCAnzhDQAAAP//AwBQSwMEFAAGAAgAAAAhAFJi36OZAQAAHAMAABAA&#10;CAFkb2NQcm9wcy9hcHAueG1sIKIEASigAAEAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAnJLB&#10;btswDIbvA/YOgu6NnG4ohkBWMaQdMqDFAiTtnZPpWK0sCRJjJHubPctebLKNpM62024kf+rXJ4ry&#10;9tBa1mFMxruSz2cFZ+i0r4zblfxp++XqE2eJwFVgvcOSHzHxW/X+nVxHHzCSwcSyhUslb4jCQoik&#10;G2whzbLsslL72ALlNO6Er2uj8c7rfYuOxHVR3Ag8ELoKq6twNuSj46Kj/zWtvO750vP2GDKwkp9D&#10;sEYD5VeqR6OjT74mdn/QaKWYijLTbVDvo6GjKqSYpnKjweIyG6sabEIp3gpyhdAPbQ0mJiU7WnSo&#10;yUeWzI88tmvOvkPCHqfkHUQDjjJW3zYmQ2xDoqhW/gUSq5DpXz+t3lsvRe4btSGcHpnG5qOaDw05&#10;uGzsDUaeLFySbg1ZTN/qNUT6B/h8Cj4wjNgjzqZBpPHOKd/w8nzTH95L3wZwR/Xw9fFeilMmH4x7&#10;TU9h6++A8DTZy6LcNBCxyp9xnvy5IFd5qNH2JssG3A6rU8/fQr8Hz+Oyq/nNrPhQ5C+e1KR4W2v1&#10;GwAA//8DAFBLAQItABQABgAIAAAAIQA3Mb2RewEAAIQFAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhALVVMCP0AAAATAIAAAsAAAAAAAAAAAAAAAAA&#10;tAMAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIE+lJfzAAAAugIAABoAAAAAAAAAAAAAAAAA&#10;2QYAAHhsL19yZWxzL3dvcmtib29rLnhtbC5yZWxzUEsBAi0AFAAGAAgAAAAhACx7s6RNAgAADwUA&#10;AA8AAAAAAAAAAAAAAAAADAkAAHhsL3dvcmtib29rLnhtbFBLAQItABQABgAIAAAAIQB+qJAyzgAA&#10;AJ4BAAAUAAAAAAAAAAAAAAAAAIYLAAB4bC9zaGFyZWRTdHJpbmdzLnhtbFBLAQItABQABgAIAAAA&#10;IQBBv/hg2QAAAMoBAAAjAAAAAAAAAAAAAAAAAIYMAAB4bC93b3Jrc2hlZXRzL19yZWxzL3NoZWV0&#10;MS54bWwucmVsc1BLAQItABQABgAIAAAAIQDBMNfKTAcAAB8iAAATAAAAAAAAAAAAAAAAAKANAAB4&#10;bC90aGVtZS90aGVtZTEueG1sUEsBAi0AFAAGAAgAAAAhACoS7FyLAwAAAgsAAA0AAAAAAAAAAAAA&#10;AAAAHRUAAHhsL3N0eWxlcy54bWxQSwECLQAUAAYACAAAACEAIeXQP9ICAADvBgAAGAAAAAAAAAAA&#10;AAAAAADTGAAAeGwvd29ya3NoZWV0cy9zaGVldDEueG1sUEsBAi0AFAAGAAgAAAAhAGNeAdBmAQAA&#10;fwIAABEAAAAAAAAAAAAAAAAA2xsAAGRvY1Byb3BzL2NvcmUueG1sUEsBAi0AFAAGAAgAAAAhANPH&#10;YFadAQAAcAMAABQAAAAAAAAAAAAAAAAAeB4AAHhsL3RhYmxlcy90YWJsZTEueG1sUEsBAi0AFAAG&#10;AAgAAAAhANYiaGQZAQAA6AMAACcAAAAAAAAAAAAAAAAARyAAAHhsL3ByaW50ZXJTZXR0aW5ncy9w&#10;cmludGVyU2V0dGluZ3MxLmJpblBLAQItABQABgAIAAAAIQBSYt+jmQEAABwDAAAQAAAAAAAAAAAA&#10;AAAAAKUhAABkb2NQcm9wcy9hcHAueG1sUEsFBgAAAAANAA0AaAMAAHQkAAAAAFBLAwQUAAYACAAA&#10;ACEAmk1aOvQEAADbDAAAFQAAAGRycy9jaGFydHMvY2hhcnQ1LnhtbNRXW2/bNhR+H7D/oAnZo62r&#10;JduIXdhy0hVzFiNui73SEm0LpkiVohy7Rf/7Di+SL8nQrnvZggA6PPx4eC48F9++ORTE2mNe5YyO&#10;bK/r2hamKctyuhnZH97fd/q2VQlEM0QYxSP7iCv7zfjnn27TYbpFXCxLlGILhNBqmI7srRDl0HGq&#10;dIsLVHVZiSnsrRkvkIAl3zgZR88gvCCO77qRo4TYRgD6AQEFymlznn/PebZe5ymesbQuMBVaC44J&#10;EuCBapuXVSMt9SLuv5BY5ClnFVuLbsoKRwtrjAJhXs9prRqDkzIksDdwQ2uPyMh2bUcyCaIbzcBV&#10;526pmZzVNMNZwjiFcJzhi3Q4IQJzCqISRgVobfxVfJfHC8R3ddkBdUswcpWTXByV2fb4FmQnWwb+&#10;sJ7wpzrnuBrZqReeXBD+Uwe4sdN3fBNXMNYLh5U4EqwN8lxfWuu09yoV7hEhK5TupG/OwC30tC8P&#10;XjtDnkoJf0Dl455bq403sonwbEscgMp2QK02EEcifMkDKtsBhdIUHAkIQzQc2NecFhM0nKDBgFM0&#10;BhyliV7D6TWcqOFEtrUlOd2BI+XHttaM/KYZDaUfgEoFaQyqBXufC4JnmGCBM+M6jSoJExOOkQQS&#10;dGS1kFSBaI3IvF3rnfeIb7DQx3MKz0qLODywzMQDZxusmcfXmAd9Nux6fuS6ceSG7iAIYt+766jg&#10;pMOjRgTdfhxFvhvE5r/XIp41wu0O4t4gHEShN+j1B3Hox/ribbsfelEQQq7Eg0EU9WId/mvbnHOz&#10;M1ZvtrQWiSxF0g97xI8JI6xJIE/fUWEud/PMGGTykPEMc3O9BoqDxFWCP+G1pNbj5RZj4f1yM73x&#10;buFuxYX9BEGJk4hSJJC4xsnmulJYcJVMd4nYj3+VJ/fw7CVcfU4SgNdcB6S5v1yAvmhYMZJn9zkh&#10;aiFrKk6IUbh5tnKL1AVETxsCcXKVeYr9uF5rdtiwHRDbSAJVLi6RuqiroW4tlD+vPbaqVyuCg9mF&#10;0/BBzCsFB8qqeT6yvyRB0HeTJOz0ZtFdB55N0pneBX7nLvZn/iAOekGSfD2VGciWq9bxrTobnpWY&#10;aFjT/FON3xkffJHGyr/OnR+EnTC8jzrTqRd2XL8X3M/caX/W732VEQeLQefmq6wAljH+2gcmuv8v&#10;H3j/zgcpUoFtnuh5Rkxu/OHN5Cb4dlqYWnGdFqlMVJxdJodMEZ09nsmeFbTL3SVIPtQ2B/VCJSyQ&#10;RmFotzL3aF28ksmg9/RMbwC16axHlQQK5PgthoqJiDJPDTCKe53yf2Ob57qXKr+06woAup8U0YvG&#10;JmPMfzbPIK1/KM9MWc7mK1LJaFVb9jzHG0yz37FpLKZSy52PCCbVsylK8hIk/kCFaWZn2CXmr/IX&#10;mMu2/0LOVNW1Zf75pag5RtAl5jnFZihTZQAC1Kq9znkllgSmqEkz1xlVtozgk9C+4sqTl20LOOdd&#10;XdIf8+qREuMDU3eyvCqnMheqidFkg0rT38AVM+nFRxjlH9B5lwPh7WChizs0Biq7BmWytcgiqDmA&#10;bKq/OOgGtGLZccEBAggwUc5xalFKjmlSGV4/LbhVfYafD33dekCg2YRQLhBHEiCH3pENA+/Dn6ry&#10;AkbVXX2XqsNyxiUzJJDFoVePbP4u81URkBPRh1LO0meRA30hI9ozSpgyVf0mGf8FAAD//wMAUEsD&#10;BBQABgAIAAAAIQBVZJdsugYAAGofAAAcAAAAZHJzL3RoZW1lL3RoZW1lT3ZlcnJpZGU1LnhtbOxZ&#10;S4/bNhC+F+h/EHRv1o+194F4A9vrzSbZF2InRY5ci5YYU6JA0rtxT0Vy6qVAgbTopUBvPRRFAzRA&#10;g176YxZI0KY/okNKlkibzj6wKIJivcBCor4ZfpwZzoyo23eexdQ7wVwQlrT86q2K7+FkyAKShC3/&#10;0WDns3XfExIlAaIswS1/ioV/Z+vTT26jTRnhGB+CLCcB9kBPIjZRy4+kTDdXVsQQHiNxi6U4gWcj&#10;xmMk4ZaHKwFHp6A/piu1SqW5EiOS+FugcEh5X0lhL0ExzNX+YkK9e/f0s2BcVRAxFV3KvRNEWz7o&#10;CNjpAD+TvkeRkPCg5Vf0z1/Zur2CNnMhKpfIGnI7+pfL5QLBuKbn5OFxMWm93uisrRb6NYDKRdz2&#10;Tq/eaxT6NAANhzjJuZg6q932dm+m0wBll4u6a831ereZ6zZA2WV9gXNtrdvbXrPwGpThVxfwq7VO&#10;e8PGa1CGbyzg67319Ubd0q9BGb65gG/W2vWNHQuvQRElyXgR3Wt3q90cXUBGjO464Z1as1Op5fAS&#10;BdFQhJeaYsQSaQXb4WhEhthXz2L0lPEdAKgbiiRJPDlN8QgNISi7iJJjTrw9EkYQeClKmIDhSq2y&#10;U6nDf/W3qq+0R9EmRoa04gVMxMKQ4uOJISepbPn3QatvQN6+eXP2/PXZ89/PXrw4e/5rPrdWZcnt&#10;oiQ05d7/9M0/P3zp/f3bj+9ffptNPY8XJv7dL1+9++PPD6mHFZemePvdq3evX739/uu/fn7p0N7m&#10;6NiED0iMhXeAT72HLIYFOvjjY345iUGEiCnRTkKBEqRmcejvychCH0wRRQ5cB9t2fMwh1biAdydP&#10;LcL9iE8kcWh8EMUWcJ8x2mHcaYUHai7DzINJEron5xMT9xChE9fcXZRYXu5NUkiyxKWyG2GL5hFF&#10;iUQhTrD01DM2xtixuieEWHbdJ0POBBtJ7wnxOog4TTIgx1Y0lUK7JAa/TF0Ewd+WbfYfex1GXave&#10;xic2EvYGog7yA0wtM95FE4lil8oBiqlp8D0kIxfJ/pQPTVxPSPB0iCnzegEWwiVzyGG9htMfQJpx&#10;u32fTmMbySUZu3TuIcZM5DYbdyMUpy5snySRib0nxhCiyDti0gXfZ/YOUffgB5Qsdfdjgi13n58N&#10;HkGGNSmVAaKeTLjDl3cxs+K3P6UjhF2pps1jK8W2OXFGR2cSWqG9hzFFpyjA2Ht0z8Ggw1LL5iXp&#10;+xFklV3sCqz7yI5VdZ9ggT3d3CzmyT0irJDt45At4bM/nUs8U5TEiC/TfABeN23eg1IXuwLgkA7H&#10;JvCAQH8H8eI0yqEAHUZwL9V6FCGrgKl74Y7XKbf8d5E9BvvyqUXjAvsSZPClZSCxmzIftM0AUWuC&#10;MmAGCLoMV7oFEcv9pYgqrlps4pQb2Zu2dAN0R1bTE5Pk3A5orvdp/De9j2PLXU/X41ZspaxL9jvL&#10;UsruXJezDDff23QZD8jH39pso0lyhKGaLOatm87mprPx//edzbL9fNPPLOs6bvoZH/qMm34mP2K5&#10;nn6mbGGgu1HHHtlxjz78iZee/YwIpX05pXhP6OMfAW81wQ4MKjl9pomLs8A0gktV5mACCxdypGU8&#10;zuTnREb9CKVwRlTVp0uhyFWHwkuZgKMjPezUrQ+gJvE+C7Ijz2pVHW9mlVUgWY5XGsU4HFfJDN1c&#10;ywcVP32wCnw121AozTMCSvYyJIzJbBJ1B4m12eA5JPTKroXFhoPFulI/c9WCKYBa4RV47fbgZb3l&#10;N1ZBBITgVA5a9ED5KXP1zLvahNfp6WXGpGYEQJs9i4DS0xuK69LlXcrTFgkj3GwS2jK6wRMRvAzn&#10;0alGL0Ljsr7eKF1q0VOm0PNBfJc01tY/xOKqvga5+dxAEzNT0MQ7bfnNegNCZojSlj+Co2O4jFOI&#10;HaHevBAN4RvLUPJsw18ls6RcyG0koszgOulk2SAmEnOPkrjlq+UXbqCJziGaW7UGCeGjJbcBaeVj&#10;IwdOt52MRyM8lKbbjRFl6ewWMnyWK5xPtfjVwUqSTcDd/Sg49Y7phD9EEGKNtaoyYEAEfEGoZtYM&#10;CHwSKxJZGX9zhSlPu+Y3KR1D2TiiaYTyimIm8wyu60lBR98VNjDu8jWDQQ2T5IXwOFQF1jSqVU2L&#10;0pVxWFp1zxdSljOSZlkzrayiqqY7i1kzzMrAnC2vVuQNVjMTQ04zK3xWpOdT7sYs10GgOqsEGLyw&#10;39VKv0GtnMyiphgvpmGVs/NRm9psgedQu0iRMLJ+c6Z2zm5FjXBOB4NXqvwgNx+1MDSa9ZXa0tb3&#10;8a1/AQAA//8DAFBLAwQKAAAAAAAAACEAiajUju0nAADtJwAALgAAAGRycy9lbWJlZGRpbmdzL01p&#10;Y3Jvc29mdF9FeGNlbF9Xb3Jrc2hlZXQ0Lnhsc3hQSwMEFAAGAAgAAAAhADcxvZF7AQAAhAUAABMA&#10;CAJbQ29udGVudF9UeXBlc10ueG1sIKIEAiigAAIAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAKxUS2/CMAy+T9p/qHKdaGCHaZooHPY4bkiwHxAa&#10;t41okyg2DP793PDQNAEVgkujJvH3sB0Px+umTlYQ0DibiUHaFwnY3Gljy0x8zz56zyJBUlar2lnI&#10;xAZQjEf3d8PZxgMmHG0xExWRf5ES8woahanzYPmkcKFRxL+hlF7lC1WCfOz3n2TuLIGlHrUYYjR8&#10;g0Ita0re17y9VTI3ViSv23stVSaU97XJFbFQubL6H0nPFYXJQbt82TB0ij6A0lgBUFOnPhhmDFMg&#10;YmMo5FHOADVeRrpzlXJkFIaV8fjA1k8wtCenXe3ivrgcwWhIJirQp2rYu1zX8seFxdy5RXoe5NLU&#10;xBSljTJ2r/sMf7yMMi6DGwtp/UXgDh3EPQYyfq+XEGE6CJE2NeCt0x5Bu5grFUBPibu3vLmAv9hd&#10;KVdzzoCkdrl12SPoOX5+0pPgPPLUCHB5FfZPtI3ueQaCQAYOj/RYsx8YeeRcXXZoZ5oGfYRbxhk6&#10;+gUAAP//AwBQSwMEFAAGAAgAAAAhALVVMCP0AAAATAIAAAsACAJfcmVscy8ucmVscyCiBAIooAAC&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACs&#10;kk1PwzAMhu9I/IfI99XdkBBCS3dBSLshVH6ASdwPtY2jJBvdvyccEFQagwNHf71+/Mrb3TyN6sgh&#10;9uI0rIsSFDsjtnethpf6cXUHKiZylkZxrOHEEXbV9dX2mUdKeSh2vY8qq7iooUvJ3yNG0/FEsRDP&#10;LlcaCROlHIYWPZmBWsZNWd5i+K4B1UJT7a2GsLc3oOqTz5t/15am6Q0/iDlM7NKZFchzYmfZrnzI&#10;bCH1+RpVU2g5abBinnI6InlfZGzA80SbvxP9fC1OnMhSIjQS+DLPR8cloPV/WrQ08cudecQ3CcOr&#10;yPDJgosfqN4BAAD//wMAUEsDBBQABgAIAAAAIQCBPpSX8wAAALoCAAAaAAgBeGwvX3JlbHMvd29y&#10;a2Jvb2sueG1sLnJlbHMgogQBKKAAAQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACsUk1LxDAQ&#10;vQv+hzB3m3YVEdl0LyLsVesPCMm0KdsmITN+9N8bKrpdWNZLLwNvhnnvzcd29zUO4gMT9cErqIoS&#10;BHoTbO87BW/N880DCGLtrR6CRwUTEuzq66vtCw6acxO5PpLILJ4UOOb4KCUZh6OmIkT0udKGNGrO&#10;MHUyanPQHcpNWd7LtOSA+oRT7K2CtLe3IJopZuX/uUPb9gafgnkf0fMZCUk8DXkA0ejUISv4wUX2&#10;CPK8/GZNec5rwaP6DOUcq0seqjU9fIZ0IIfIRx9/KZJz5aKZu1Xv4XRC+8opv9vyLMv072bkycfV&#10;3wAAAP//AwBQSwMEFAAGAAgAAAAhAN9EiQtLAgAADwUAAA8AAAB4bC93b3JrYm9vay54bWykVFFv&#10;mzAQfp+0/2D5nWITQjJUUrVLq0Xapkrt2sfKAROsGhvZpqGt+t93hpKs7UvUIbA5n/nuu+8OH590&#10;tUQP3FihVYbpEcGIq1wXQm0y/Of6IphjZB1TBZNa8Qw/cotPFl+/HG+1uV9rfY8AQNkMV841aRja&#10;vOI1s0e64Qo8pTY1c2CaTWgbw1lhK85dLcOIkCSsmVB4QEjNIRi6LEXOlzpva67cAGK4ZA7o20o0&#10;dkSr80Pgambu2ybIdd0AxFpI4R57UIzqPF1tlDZsLSHtjk5RZ+BO4KEEhmiMBK4PoWqRG2116Y4A&#10;OhxIf8ifkpDSNxJ0HzU4DCkODX8QvoY7Vib5JKtkh5XswSj5bzQKrdX3SgrifRJtuuMW4cVxKSS/&#10;GVoXsab5zWpfKYmRZNadF8LxIsMzMPWW7xemGJm2OWuFBG9EYhLjcLFr50uDCl6yVrpraOQRHv6M&#10;KI6ixO/sTDqKfekMgvfV8icEvGIPEB6SLF67cwX4dHKncpPOCb17nk6iaTKPlsEpOYuDOEpIMI8n&#10;NDj9FsfR/HsyI8vzF9DIJGmuWeuq19w8eIYnvhrvXb9YN3ooSVtR7Ik8k9cr8PO7YfS9+IT8X3wj&#10;+NbuVfAm6m6FKvQWRIohq8fRohFY2951KwpXQZJkSkHVYe0HF5sK+M5m/isotaeV4Td0lgOdC7gC&#10;P7yhE/7Dpz8sgFc/I9UX+MofIBROJT/3GkNBUx/DrArqEwrHz3Imcyion/xG4p1a8ivxxKFuZYZP&#10;h/3jWbb4CwAA//8DAFBLAwQUAAYACAAAACEAfqiQMs4AAACeAQAAFAAAAHhsL3NoYXJlZFN0cmlu&#10;Z3MueG1spJBBSkQxEET3gncIDS6dfEVEJMksBgR3LvQAMemZH0y6v+n+4tzeiHoBZ1kUr7qq3faz&#10;VfOBXQqTh6vNBAYpcS508PDy/HB5B0Y0Uo6VCT0cUWAbzs+ciJrBkniYVZd7ayXN2KJseEEazp57&#10;izpkP1hZOsYsM6K2aq+n6da2WAhM4pXUww2Ylcr7irs/HZyU4DRcOKvBLfM4riU9dbNn0sc8qoLR&#10;4zIaEe+YfheADc5+gz+wPQV+rZHeTglIXLlj/l+EHf8NXwAAAP//AwBQSwMEFAAGAAgAAAAhAEG/&#10;+GDZAAAAygEAACMAAAB4bC93b3Jrc2hlZXRzL19yZWxzL3NoZWV0MS54bWwucmVsc6yRwU7DMAxA&#10;70j8Q+Q7SbsDQmjpLghpVxgf4KVuG9E6UWwQ+3uCdqHTJC6cLNvy85O93X0ts/mkIjGxh9Y2YIhD&#10;6iOPHt4Oz3cPYESRe5wTk4cTCey625vtC82odUimmMVUCouHSTU/OidhogXFpkxcO0MqC2pNy+gy&#10;hnccyW2a5t6V3wzoVkyz7z2Ufb8BczjluvlvdhqGGOgphY+FWK+scIrHmSoQy0jqwdpzRc6htVUW&#10;3HWP9j89comsVF5JtR5aVkYXPXeRt/YY+UfSrT7QfQMAAP//AwBQSwMEFAAGAAgAAAAhAMEw18pM&#10;BwAAHyIAABMAAAB4bC90aGVtZS90aGVtZTEueG1s7FpJbxs3FL4X6H8g5p5YsiXHMiIHlizFSbzB&#10;VlLkSI2oGdqc4YCk7OhWJMcCBYqmRS8FeuuhaBsgAXpJf43bFG0K5C/0kRxJQ4uKrcZFNztAPMv3&#10;Fr6Nbx5989ajhKFjIiTlaT0oXy8FiKQh79E0qgf3O+1rKwGSCqc9zHhK6sGQyODW2vvv3cSrKiYJ&#10;QUCfylVcD2KlstWFBRnCYyyv84yk8K7PRYIV3IpooSfwCfBN2MJiqbS8kGCaBijFCbDtAA3qEbTb&#10;79OQBGsj9i0GMlIl9YOQiQPNnOQ0BWzvqKwRciibTKBjzOoBSOrxkw55pALEsFTwoh6UzE+wsHZz&#10;Aa/mREzNoC3Qtc1PTpcT9I4WjUwRdcdCy+1K7cbGmL8BMDWNa7VazVZ5zM8AcBjCSq0uRZ6V9kq5&#10;MeJZANnLad7NUrVUcfEF/ktTOtcajUa1lutimRqQvaxM4VdKy5X1RQdvQBZfncJXGuvN5rKDNyCL&#10;X57Ct2/Ulisu3oBiRtOjKbR2aLudcx9D+pxteuErAF8p5fAJCqJhHF1aRJ+nalasJfiQizYANJBh&#10;RVOkhhnp4xDiuImTrqA4QBlOuYQHpcVSu7QE/+t/FXNV0eLxKsEFOvsolFOPtCZIhoJmqh7cBa5B&#10;AfLm5bdvXj5Hb14+O3384vTxD6dPnpw+/t7ycgg3cRoVCV9//cnvX36Ifnv+1eunn/nxsoj/+buP&#10;fvrxUz8Q8muy/lefP/vlxbNXX3z86zdPPfB1gbtFeIcmRKIdcoL2eQJrM4ZxNSddMR9FJ8bUocAx&#10;8PawbqnYAe4MMfPhGsQ13gMBpcUHvD04dHQ9iMVAUY/ke3HiALc5Zw0uvAa4p2UVLNwZpJFfuBgU&#10;cfsYH/tkN3HquLY1yKCmQshO274ZE0fNPYZThSOSEoX0O35EiIfsIaWOXbdpKLjkfYUeUtTA1GuS&#10;Du06gTQh2qQJ+GXoUxBc7dhm+wFqcOZb9QY5dpGQEJh5lO8Q5pjxNh4onPhYdnDCigbfwir2KXkw&#10;FGER15IKPB0RxlGrR6T00ewKWG/B6fcwVDOv27fZMHGRQtEjH88tzHkRucGPmjFOMq/ONI2L2Dvy&#10;CEIUoz2ufPBt7maIvgc/4HSmux9Q4rj7/EJwn0aOSpMA0W8GwuPL24S7+ThkfUx8VWZdJE5hXYca&#10;7ouOxiByQnuLEIZPcI8QdP+OR4MGzxybT5S+G0NV2SS+wLqL3VjV9ymRBJlmZjpNt6h0QvaARHyG&#10;PtvDM4VniNMEi1mcd8DrTujC3uYtpbssPCoCdyh0fRAvXqPsSuBRCO7WLK57MXZ2LX0v/fE6FI7/&#10;LpJjkJeH8+Yl0JC5aaCwX9g2HcwcAZOA6WCKtnzlFkgc909I9L5qyAZeur6btBM3QDfkNDkJTd/W&#10;8TAKDjzT8VSvOh7bsp3teGZVls0zfc4s3L+wu9nAg3SPwIYyXbqumpur5ib4zzc3s3L5qqW5ammu&#10;WhrfR9hf0tJMuhhocCYTHjPvSWaOe/qUsQM1ZGRLmomPhA+bXhsemlGUmUeOx39ZDJd6PSDAwUUC&#10;GxokuPqAqvggxhkMh8pm0BnJnHUkUcYlzIzMYzNIJWd4m8EohZGQmXFW9fTL2k9itc179vFScco5&#10;ZmO0iswkdSRoSTO4qLClG+8mrGy1mmk2d2llo5rpGJyljZesTTyy/nhp8HBsTfhiRvCdDVZehnGz&#10;1h3maNBe97TdrY9GbtGiL9VFMoZvwtxHet3TPiobJ41iZWoheh02GPTE8hwfFaTVNNt3kHYRJxXF&#10;VWaIG3nvXbw0GtNOvKTz9kw6srSYnCxFJ/WgVl2sBijEWT3ow4AWLpMMvC719w5mEZxzhErYsD83&#10;mU24TrxZ84dlGWbu1u5TC3bqQCak2sAytqFhXuUhwFIzTjb6L1bBrJe1AE81upgWSysQDH+bFmBH&#10;17Wk3yehKjq78MTM0w0gL6V8oIg4iHsnqMsGYh+D+3Wownp6VMIk3VQEfQOHQtra5pVbnPOkKx7F&#10;GJx9jlkW47zc6hQdZbKFm4I01sHcWW2NerA2r+5mcfMvxaT8JS2lGMb/s6Xo/QRG20s97YEQTiUF&#10;RjpT6gEXKuZQhbKYhm0BBzKmdkC0wMEivIaggrNR81uQY/3b5pzlYdIaJpRqn0ZIUNiPVCwI2YOy&#10;ZKLvHGblfO+yLFnOyHYYE3VlZtXukmPCOroGLuu9PUAxhLqpJnkZMLiz8efe5xnUjXST80/tfGwy&#10;z9seTHZVS3/BXqRSKPqFraDm3ftMTzUuB2/Z2Ofcam3FmlrxYvXCW20GBxRwLqkgJkIqQhg0mtYX&#10;vNzh+1BbEZya2/YKQVRfs40H0gXSlscuNE72oQ0mzcp2Xnl3e+ltFJyt5p3uWC5k6Z/pdOc09rg5&#10;c8U5ufj27nM+Y+cWdmxd7HQ9poakPZuiuj0afcgYx5i/0Cj+CQXvHoKjN+CwesCUtMfQj+A4Cr4y&#10;7HE3JL91riFd+wMAAP//AwBQSwMEFAAGAAgAAAAhACoS7FyLAwAAAgsAAA0AAAB4bC9zdHlsZXMu&#10;eG1s1FZLj9s2EL4XyH8geNfqYcu1DUlBvF4DAbYPdB2gV1qibDYUKZD0Rk6R/54hKdkyUmy2u4c2&#10;F5szGn0z881DzN52DUePVGkmRY7jmwgjKkpZMbHP8YftJphjpA0RFeFS0ByfqMZvizc/ZdqcOH04&#10;UGoQQAid44Mx7TIMdXmgDdE3sqUCntRSNcSAqPahbhUllbYvNTxMomgWNoQJ7BGWTfkckIaoj8c2&#10;KGXTEsN2jDNzclgYNeXy/V5IRXYcQu3iKSlRF89Ugjo1OHHab/w0rFRSy9rcAG4o65qV9NtwF+Ei&#10;JOUFCZBfhhSnYZRc5d6pFyJNQ0UfmS0fLrJaCqNRKY/C5DjpFUWmP6NHwqG8MQ6LrJRcKmSgSkCS&#10;0wjSUG9xSzjbKWbNatIwfvLqxCpcYXu7hgHNVhlal97xxc/cPvku6MQFcyBKQw/5+JLF9xw5fxoc&#10;Ms6vMwVFkUFLGKrEBgTUn7enFvIU0L0+XmdnX3/Ceq/IKU7S0Quhc1hkO6kqmJaB4xg49qoi47Q2&#10;kLdi+4P9N7KF3500BjqqyCpG9lIQbjkb3ugPkE5JOX+wE/VnfYXd1Ugcm01j3lc5htm0bA9HSKE/&#10;ejwvWPwxmscewU4g5H8Pi7r6jP+KtxFpW35aORJt83n5HWd70VDbtJZQ6EEvooNU7DOkbJvX0usK&#10;0tWvSuClLh2rwOOoWFelOpOObOfn+Fe7+Dgsi544tDsybpj4hzIBZtVdCp8CByA/SYTd2YaVlhjf&#10;YhgZ2pk/pIGlaFc5NMsnRdotKJ3AROUIBv1fR21Yfbon2twzu9RBpw+KiY9buWHe3C5q+Ab8Zrvd&#10;Gti2cjH9vwPzk4CGYfvQuuQGcS0/OWb8rMJ3DQYux+YAn6BhLVqaOgrDFrudF9qu62f6WfZu+t3w&#10;P8sclsSwI55l72s9XiE/QFGemOf/rI1tM8PYGXtVcIv3PMswDBWtyZGb7flhji/nX2jFjk1ytvqd&#10;PUrjIHJ8Od/br0A8s3MDE3ivoYngHx0Vy/Hfd6ufF+u7TRLMo9U8mE5oGizS1TpIp7er9XqziJLo&#10;9svowvKK64q7X8G+jKdLzeFSo/pk+xQfLrocjwQfvpt6CHsc+yKZRe/SOAo2kygOpjMyD+azSRps&#10;0jhZz6aru3STjmJPX3iticI49hckG3y6NKyhHJbVdfjbsRaKBOITSYRDJcLL5bX4CgAA//8DAFBL&#10;AwQUAAYACAAAACEAQntgMNECAADwBgAAGAAAAHhsL3dvcmtzaGVldHMvc2hlZXQxLnhtbJxVXW/a&#10;MBR9n7T/YPm9JAHKBiJULVW1Pkyqxj6ejXNDrCa2Z5uPbtp/37VDEkpaqSoC4xxfn3OvfezMrw5V&#10;SXZgrFAypckgpgQkV5mQm5T++H538ZkS65jMWKkkpPQJLL1afPww3yvzaAsAR5BB2pQWzulZFFle&#10;QMXsQGmQOJIrUzGHj2YTWW2AZWFSVUbDOJ5EFROS1gwz8xYOleeCw63i2wqkq0kMlMxh/rYQ2jZs&#10;FX8LXcXM41ZfcFVppFiLUrinQEpJxWf3G6kMW5dY9yEZM04OBr9D/I0amYD3lCrBjbIqdwNkjuqc&#10;++VPo2nEeMvUr/9NNMk4MrATfgM7quH7UkouW65hRzZ6J9mkJfPLZWZbkaX0b3z8XOB/4pu4a5qx&#10;f3QxzwTusK+KGMhTep3MllMaLebBPz8F7O1Jnzi2XkEJ3AFqJJR4e66VevSB9wjFyGhDgGdk3Ikd&#10;LKEsU3ozRof/DhrYRYGoVTjtN2p3wdAPhqyZhaUqf4nMFSiJByeDnG1L14HTQTKOJ8PLduib2n8B&#10;sSkcTrj0WlyVSIwtqYQ/f2g7dqgLOPIixLfWqaoRCinW80Kit8yxxdyoPUEDYbTVzB/HZDbCkrkH&#10;rz0axlDXIrpbJPNoh9XxY8RNPyJ+HrGsI4ZBHcVaRfTJC4oefa44OlNsIkI28blaPdpXQyO9oObR&#10;52rDM7Umwquda9VjfS3vi/5aetRr+c3zixvscwos64g+H9rghA/nH/ds8gr+6RXc38hdXh3P9Byv&#10;jVz7Qxd4fTvB0bi5ks4fCdxR96TxbpNqqeTxHeDr0mwDX5nZCGlJCTmaJh5gMqY2bug7pQOKNa2V&#10;Q3c2TwXe8IDLEg9wWXOlXPNw5F2B22qimQazEn9QHLNWRuBdHq7wlGplnGHCod7M3xfmPguLjQe8&#10;hAdmnCVcbaU/QejkFu2i64XvwtHm7btq8R8AAP//AwBQSwMEFAAGAAgAAAAhANuYLrtkAQAAfwIA&#10;ABEACAFkb2NQcm9wcy9jb3JlLnhtbCCiBAEooAABAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AHySX0vDMBTF3wW/Q8h7m6Z1MsPagZM9DMcEJ8reQnK3FZukJJndvr1p98cOxcfknPvLOZeMxntV&#10;oS+wrjQ6xzROMAItjCz1Jsdvy2k0xMh5riWvjIYcH8DhcXF7MxI1E8bCizU1WF+CQ4GkHRN1jrfe&#10;14wQJ7aguIuDQwdxbaziPhzthtRcfPINkDRJ7okCzyX3nLTAqL4Q8QkpxQVZ72zVAaQgUIEC7R2h&#10;MSU/Xg9WuT8HOqXnVKU/1KHTKW6fLcVRvLj3rrwYm6aJm6yLEfJT8jF/fu2qRqVudyUAFyMpmLDA&#10;vbEFl7YErSG2cNCmkm5Eemq7yYo7Pw9LX5cgHw/FbMc1Wihu0WyxmsRoxZWxHE3sTkAY/j0QXuvK&#10;HZ8EiUJcdix3Vt6zydNyios0oVmUZBFNlvSBDe7YYLhq81zNt/GPF+qU6l9iGnA0ygJxwGjKsj7x&#10;DCi63NdfpvgGAAD//wMAUEsDBBQABgAIAAAAIQDTx2BWnQEAAHADAAAUAAAAeGwvdGFibGVzL3Rh&#10;YmxlMS54bWyck81OwzAMx+9IvEMUieOWdkMIVXSIDU2ahDjw8QChTdeIJK6cDDoh3h2n7QZjF0QO&#10;aePYP/tvt1fXrTXsTaHX4HKejhPOlCug1G6d8+en5eiSMx+kK6UBp3K+VZ5fz05ProJ8MYpRtPM5&#10;r0NoMiF8USsr/Rga5eimArQy0BHXwjeoZOlrpYI1YpIkF8JK7XhPyGzxF4iV+LppRgXYRgb9oo0O&#10;247FmS2y1doBxqpy3iJrcbqDt3gEt7pA8FCFMcEEVJUu1FGN6blA9aZja75R03+yLvYsqkuX1Gti&#10;YraJrx/JsEb0XMQtGS1pddvu7pMzJy2Je4oaKbrUvjFye39gRFXl/CbN5pQlQJDGP8D7Yw3vNF2a&#10;bU1DUEim27ZaUeZzwsggh1OMifA5IHkNxgmf9cNegNlY51kBGxdy/sv+rWl6LCpNelGdsk5Q2sva&#10;ixIHhaRcHCTt4JPYsD/B6fOKaw8/O4AnES46oYOkIddj2Bq1chUwTw1bavShd+haF2138sgU2xtQ&#10;N4p+AxpK9OqD9tYf+WZfAAAA//8DAFBLAwQUAAYACAAAACEA1iJoZBkBAADoAwAAJwAAAHhsL3By&#10;aW50ZXJTZXR0aW5ncy9wcmludGVyU2V0dGluZ3MxLmJpbvJnyGNIZfBjyGcoAdIKDEYMBgyGQGxz&#10;PGaHAsOXPVs2GKxjwAMYWRjY7jDwMDPrMzAwMnAyzOI24UgBsvgZIpiYgHQEEzOQdGQwwWcIiXKM&#10;UPUgmgmIQfR/IEA3xsXTL1SJ4QLQdQwMh9ZMCMRnDStYkp2Krhw1aqiFACxdgdx9AYiDfUO8QGwB&#10;hgMMwcDckceQAswhIcC8osDgy5DJkMxQBGQXA3EaMPcoMPjjyEsKDC5AlZkMZUAzioDmBbkGu/j4&#10;MITmZRalFoNYAYkFqUXBmVWpDD6uISGuQQz+RZmpeSWJJZn5eQwB/kEhQY6eIQxBqcX5OaVgMZcA&#10;TzMDAwbn/Jz8It/8lFQGI5OkggJ84Q0AAAD//wMAUEsDBBQABgAIAAAAIQBSYt+jmQEAABwDAAAQ&#10;AAgBZG9jUHJvcHMvYXBwLnhtbCCiBAEooAABAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAJyS&#10;wW7bMAyG7wP2DoLujZxuKIZAVjGkHTKgxQIk7Z2T6VitLAkSYyR7mz3LXmyyjaTOttNuJH/q1yeK&#10;8vbQWtZhTMa7ks9nBWfotK+M25X8afvl6hNnicBVYL3Dkh8x8Vv1/p1cRx8wksHEsoVLJW+IwkKI&#10;pBtsIc2y7LJS+9gC5TTuhK9ro/HO632LjsR1UdwIPBC6CqurcDbko+Oio/81rbzu+dLz9hgysJKf&#10;Q7BGA+VXqkejo0++JnZ/0GilmIoy021Q76OhoyqkmKZyo8HiMhurGmxCKd4KcoXQD20NJiYlO1p0&#10;qMlHlsyPPLZrzr5Dwh6n5B1EA44yVt82JkNsQ6KoVv4FEquQ6V8/rd5bL0XuG7UhnB6Zxuajmg8N&#10;Obhs7A1Gnixckm4NWUzf6jVE+gf4fAo+MIzYI86mQaTxzinf8PJ80x/eS98GcEf18PXxXopTJh+M&#10;e01PYevvgPA02cui3DQQscqfcZ78uSBXeajR9ibLBtwOq1PP30K/B8/jsqv5zaz4UOQvntSkeFtr&#10;9RsAAP//AwBQSwECLQAUAAYACAAAACEANzG9kXsBAACEBQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQC1VTAj9AAAAEwCAAALAAAAAAAAAAAAAAAA&#10;ALQDAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCBPpSX8wAAALoCAAAaAAAAAAAAAAAAAAAA&#10;ANkGAAB4bC9fcmVscy93b3JrYm9vay54bWwucmVsc1BLAQItABQABgAIAAAAIQDfRIkLSwIAAA8F&#10;AAAPAAAAAAAAAAAAAAAAAAwJAAB4bC93b3JrYm9vay54bWxQSwECLQAUAAYACAAAACEAfqiQMs4A&#10;AACeAQAAFAAAAAAAAAAAAAAAAACECwAAeGwvc2hhcmVkU3RyaW5ncy54bWxQSwECLQAUAAYACAAA&#10;ACEAQb/4YNkAAADKAQAAIwAAAAAAAAAAAAAAAACEDAAAeGwvd29ya3NoZWV0cy9fcmVscy9zaGVl&#10;dDEueG1sLnJlbHNQSwECLQAUAAYACAAAACEAwTDXykwHAAAfIgAAEwAAAAAAAAAAAAAAAACeDQAA&#10;eGwvdGhlbWUvdGhlbWUxLnhtbFBLAQItABQABgAIAAAAIQAqEuxciwMAAAILAAANAAAAAAAAAAAA&#10;AAAAABsVAAB4bC9zdHlsZXMueG1sUEsBAi0AFAAGAAgAAAAhAEJ7YDDRAgAA8AYAABgAAAAAAAAA&#10;AAAAAAAA0RgAAHhsL3dvcmtzaGVldHMvc2hlZXQxLnhtbFBLAQItABQABgAIAAAAIQDbmC67ZAEA&#10;AH8CAAARAAAAAAAAAAAAAAAAANgbAABkb2NQcm9wcy9jb3JlLnhtbFBLAQItABQABgAIAAAAIQDT&#10;x2BWnQEAAHADAAAUAAAAAAAAAAAAAAAAAHMeAAB4bC90YWJsZXMvdGFibGUxLnhtbFBLAQItABQA&#10;BgAIAAAAIQDWImhkGQEAAOgDAAAnAAAAAAAAAAAAAAAAAEIgAAB4bC9wcmludGVyU2V0dGluZ3Mv&#10;cHJpbnRlclNldHRpbmdzMS5iaW5QSwECLQAUAAYACAAAACEAUmLfo5kBAAAcAwAAEAAAAAAAAAAA&#10;AAAAAACgIQAAZG9jUHJvcHMvYXBwLnhtbFBLBQYAAAAADQANAGgDAABvJAAAAABQSwMEFAAGAAgA&#10;AAAhAJ/hyCveAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AUhO+C/2F5gje72dYUidmU&#10;UtRTEWwF8faafU1Cs29Ddpuk/97tyR6HGWa+yVeTbcVAvW8ca1CzBARx6UzDlYbv/fvTCwgfkA22&#10;jknDhTysivu7HDPjRv6iYRcqEUvYZ6ihDqHLpPRlTRb9zHXE0Tu63mKIsq+k6XGM5baV8yRZSosN&#10;x4UaO9rUVJ52Z6vhY8RxvVBvw/Z03Fx+9+nnz1aR1o8P0/oVRKAp/Ifhih/RoYhMB3dm40WrIR4J&#10;GuaLyH91kzRVIA4anlW6BFnk8vZA8QcAAP//AwBQSwMEFAAGAAgAAAAhAFiBMcHXAAAANgMAABkA&#10;AABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzvNLNisIwEMDxu+A7hLnbtFUXEVMvInhd9AGGdPqB&#10;bRIyUfTtDSuCgnRvPU5C/vM7ZLO99Z24kufWGgVZkoIgo23ZmlrB6bifrUBwQFNiZw0puBPDtphO&#10;Nr/UYYiPuGkdi1gxrKAJwa2lZN1Qj5xYRybeVNb3GOLoa+lQn7Emmafpj/TvDSg+muJQKvCHcg7i&#10;eHdx8/9tW1Wtpp3Vl55M+LJC6gZ9iEH0NQUFfyM/T+dJlIL8jshHQuRDiGwkRDaEWI6EWA4hFiMh&#10;Fi+E/PjtxQMAAP//AwBQSwMEFAAGAAgAAAAhAC/FSE7uAAAA1gEAACAAAABkcnMvY2hhcnRzL19y&#10;ZWxzL2NoYXJ0MS54bWwucmVsc6yRT0sDMRDF74LfIczdZLcHEWm2lyr0IIJUPJaYzO6G5s+SGWX7&#10;7U0FwYWCF4/DY37vzZv1Zo5BfGIhn5OGVjYgMNnsfBo0vO4fb+5AEJvkTMgJNZyQYNNdX61fMBiu&#10;SzT6iUSlJNIwMk/3SpEdMRqSecJUlT6XaLiOZVCTsUczoFo1za0qvxnQLZhi5zSUnVuB2J+m6vw3&#10;O/e9t7jN9iNi4gsWP+4VacqArEFKhfEd3fleUk/elky558PDbDEc3nI50ojIcg40g7qcsP3PhFyb&#10;w+f6kOIdLnJ+K2qht7K2e46lFt/ovgAAAP//AwBQSwMEFAAGAAgAAAAhAGWmnDXvAAAA1wEAACAA&#10;AABkcnMvY2hhcnRzL19yZWxzL2NoYXJ0Mi54bWwucmVsc6yRT0sDMRDF74LfIczdZHcPItJsL1Xo&#10;oQhS8VhiMrsbmn9kUtl+e1NBcKHgxePwmN9782a1nr1jn5jJxiCh5Q0wDDoaG0YJb/vnuwdgVFQw&#10;ysWAEs5IsO5vb1av6FSpSzTZRKxSAkmYSkmPQpCe0CviMWGoyhCzV6WOeRRJ6aMaUXRNcy/ybwb0&#10;CybbGgl5azpg+3Oqzn+z4zBYjZuoTx5DuWLx416RKo9YJHAu0H+gudxLYmd1jhSHcniaNbrDe8xH&#10;mhBLy2dHM4jrEdv/jFhqdfhSP5KtwUXQb0Us9I7Xei+xxOId/RcAAAD//wMAUEsDBBQABgAIAAAA&#10;IQClE5Va7wAAANcBAAAgAAAAZHJzL2NoYXJ0cy9fcmVscy9jaGFydDMueG1sLnJlbHOskUFLAzEQ&#10;he+C/yHM3WS7gog024sKPYggFY8lJrO7odlMyETZ/ntTQXCh4MXj8JjvvXmz3sxTEJ+Y2VPUsJIN&#10;CIyWnI+Dhtfd49UtCC4mOhMoooYjMmy6y4v1CwZT6hKPPrGolMgaxlLSnVJsR5wMS0oYq9JTnkyp&#10;Yx5UMvZgBlRt09yo/JsB3YIptk5D3roWxO6YqvPfbOp7b/Ge7MeEsZyx+HGvSJMHLBqkVDi9ozvd&#10;y+rJ20xMfdk/zBbD/o3ygUfE0so58AzqfMTVf0YstTp8rh/J3uEi6LeiFvq1rPWeYqnFO7ovAAAA&#10;//8DAFBLAwQUAAYACAAAACEAj5SWMe8AAADXAQAAIAAAAGRycy9jaGFydHMvX3JlbHMvY2hhcnQ0&#10;LnhtbC5yZWxzrJFPSwMxEMXvgt8hzN1kW0VEmu1FhR5EkIrHkiazu6GbP2RG2X57U0FwoeDF4/CY&#10;33vzZrWewig+sZBPUcNCNiAw2uR87DW8bZ+u7kAQm+jMmCJqOCLBur28WL3iaLgu0eAziUqJpGFg&#10;zvdKkR0wGJIpY6xKl0owXMfSq2zswfSolk1zq8pvBrQzptg4DWXjliC2x1yd/2anrvMWH5L9CBj5&#10;jMWPe0Wa0iNrkFJh2KM73Uvq2duSKHW8e5wsjrv3VA40IPK1nEaaQJ2PuPjPiFyrw5f6keIdzoJ+&#10;K2qm38ha7ymWmr2j/QIAAP//AwBQSwMEFAAGAAgAAAAhAHrmgO3vAAAA1wEAACAAAABkcnMvY2hh&#10;cnRzL19yZWxzL2NoYXJ0NS54bWwucmVsc6yRT0sDMRDF74LfIczdZFtURJrtRYUeRJCKx5Ims7uh&#10;mz9kRtl+e1NBcKHgxePwmN9782a1nsIoPrGQT1HDQjYgMNrkfOw1vG2fru5AEJvozJgiajgiwbq9&#10;vFi94mi4LtHgM4lKiaRhYM73SpEdMBiSKWOsSpdKMFzH0qts7MH0qJZNc6vKbwa0M6bYOA1l45Yg&#10;tsdcnf9mp67zFh+S/QgY+YzFj3tFmtIja5BSYdijO91L6tnbkih1vHucLI6791QONCDytZxGmkCd&#10;j7j4z4hcq8OX+pHiHc6Cfitqpt/IWu8plpq9o/0CAAD//wMAUEsBAi0AFAAGAAgAAAAhANBmGYdx&#10;AQAARwcAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAACiAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAfoO2GiMqAABJvwEADgAAAAAAAAAAAAAAAAChAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAMij35/sEAAAFDQAAFQAAAAAAAAAAAAAAAADwLAAAZHJzL2NoYXJ0cy9jaGFydDEueG1s&#10;UEsBAi0AFAAGAAgAAAAhAFVkl2y6BgAAah8AABwAAAAAAAAAAAAAAAAAHjIAAGRycy90aGVtZS90&#10;aGVtZU92ZXJyaWRlMS54bWxQSwECLQAKAAAAAAAAACEARn1pru4nAADuJwAALQAAAAAAAAAAAAAA&#10;AAASOQAAZHJzL2VtYmVkZGluZ3MvTWljcm9zb2Z0X0V4Y2VsX1dvcmtzaGVldC54bHN4UEsBAi0A&#10;FAAGAAgAAAAhALb5cHX+BAAABA0AABUAAAAAAAAAAAAAAAAAS2EAAGRycy9jaGFydHMvY2hhcnQy&#10;LnhtbFBLAQItABQABgAIAAAAIQBVZJdsugYAAGofAAAcAAAAAAAAAAAAAAAAAHxmAABkcnMvdGhl&#10;bWUvdGhlbWVPdmVycmlkZTIueG1sUEsBAi0ACgAAAAAAAAAhAIDPQNDxJwAA8ScAAC4AAAAAAAAA&#10;AAAAAAAAcG0AAGRycy9lbWJlZGRpbmdzL01pY3Jvc29mdF9FeGNlbF9Xb3Jrc2hlZXQxLnhsc3hQ&#10;SwECLQAUAAYACAAAACEARAJg/vwEAAAEDQAAFQAAAAAAAAAAAAAAAACtlQAAZHJzL2NoYXJ0cy9j&#10;aGFydDMueG1sUEsBAi0AFAAGAAgAAAAhAFVkl2y6BgAAah8AABwAAAAAAAAAAAAAAAAA3JoAAGRy&#10;cy90aGVtZS90aGVtZU92ZXJyaWRlMy54bWxQSwECLQAKAAAAAAAAACEAOsWDOvUnAAD1JwAALgAA&#10;AAAAAAAAAAAAAADQoQAAZHJzL2VtYmVkZGluZ3MvTWljcm9zb2Z0X0V4Y2VsX1dvcmtzaGVldDIu&#10;eGxzeFBLAQItABQABgAIAAAAIQAt8Q1G/gQAAAQNAAAVAAAAAAAAAAAAAAAAABHKAABkcnMvY2hh&#10;cnRzL2NoYXJ0NC54bWxQSwECLQAUAAYACAAAACEAVWSXbLoGAABqHwAAHAAAAAAAAAAAAAAAAABC&#10;zwAAZHJzL3RoZW1lL3RoZW1lT3ZlcnJpZGU0LnhtbFBLAQItAAoAAAAAAAAAIQDVRILQ8icAAPIn&#10;AAAuAAAAAAAAAAAAAAAAADbWAABkcnMvZW1iZWRkaW5ncy9NaWNyb3NvZnRfRXhjZWxfV29ya3No&#10;ZWV0My54bHN4UEsBAi0AFAAGAAgAAAAhAJpNWjr0BAAA2wwAABUAAAAAAAAAAAAAAAAAdP4AAGRy&#10;cy9jaGFydHMvY2hhcnQ1LnhtbFBLAQItABQABgAIAAAAIQBVZJdsugYAAGofAAAcAAAAAAAAAAAA&#10;AAAAAJsDAQBkcnMvdGhlbWUvdGhlbWVPdmVycmlkZTUueG1sUEsBAi0ACgAAAAAAAAAhAImo1I7t&#10;JwAA7ScAAC4AAAAAAAAAAAAAAAAAjwoBAGRycy9lbWJlZGRpbmdzL01pY3Jvc29mdF9FeGNlbF9X&#10;b3Jrc2hlZXQ0Lnhsc3hQSwECLQAUAAYACAAAACEAn+HIK94AAAAIAQAADwAAAAAAAAAAAAAAAADI&#10;MgEAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAFiBMcHXAAAANgMAABkAAAAAAAAAAAAA&#10;AAAA0zMBAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwECLQAUAAYACAAAACEAL8VITu4AAADW&#10;AQAAIAAAAAAAAAAAAAAAAADhNAEAZHJzL2NoYXJ0cy9fcmVscy9jaGFydDEueG1sLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAZaacNe8AAADXAQAAIAAAAAAAAAAAAAAAAAANNgEAZHJzL2NoYXJ0cy9fcmVs&#10;cy9jaGFydDIueG1sLnJlbHNQSwECLQAUAAYACAAAACEApROVWu8AAADXAQAAIAAAAAAAAAAAAAAA&#10;AAA6NwEAZHJzL2NoYXJ0cy9fcmVscy9jaGFydDMueG1sLnJlbHNQSwECLQAUAAYACAAAACEAj5SW&#10;Me8AAADXAQAAIAAAAAAAAAAAAAAAAABnOAEAZHJzL2NoYXJ0cy9fcmVscy9jaGFydDQueG1sLnJl&#10;bHNQSwECLQAUAAYACAAAACEAeuaA7e8AAADXAQAAIAAAAAAAAAAAAAAAAACUOQEAZHJzL2NoYXJ0&#10;cy9fcmVscy9jaGFydDUueG1sLnJlbHNQSwUGAAAAABkAGQBMBwAAwToBAAAA&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="Chart 7" o:spid="_x0000_s1162" type="#_x0000_t75" style="position:absolute;left:71572;top:17758;width:11579;height:11615;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAXvu+gxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhF5EN8ZUbOoqtijopaXaQ4/T7DQJZmfT7DbGf98VBG/zeJ+zWHWmEi01rrSsYDKOQBBn&#10;VpecK/g8bkdzEM4ja6wsk4ILOVgt+70Fptqe+YPag89FCGGXooLC+zqV0mUFGXRjWxMH7sc2Bn2A&#10;TS51g+cQbioZR9FMGiw5NBRY02tB2enwZxS8PP5ejk/J2xo3+91X+93KYTx7V+ph0K2fQXjq/F18&#10;c+90mJ9M4fpMuEAu/wEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAXvu+gxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                <v:shape id="Chart 7" o:spid="_x0000_s1162" type="#_x0000_t75" style="position:absolute;left:71572;top:17758;width:11579;height:11615;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC5Eu1iwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwgjfNqqWU1ShFbPFQLNqCeBs242btZrJuorv+eyMIvc3jfc5s0dpSXKn2hWMFo2ECgjhz&#10;uuBcwe/Px+ANhA/IGkvHpOBGHhbzbmeGqXYNb+m6C7mIIexTVGBCqFIpfWbIoh+6ijhyR1dbDBHW&#10;udQ1NjHclnKcJK/SYsGxwWBFS0PZ3+5iFazsaUOHsyzb0ef+uDXfX1Q0mVL9Xvs+BRGoDf/ip3ut&#10;4/yXCTyeiRfI+R0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC5Eu1iwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:imagedata r:id="rId29" o:title=""/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                 </v:shape>
-                <v:shape id="Chart 7" o:spid="_x0000_s1163" type="#_x0000_t75" style="position:absolute;left:90338;top:17421;width:11578;height:11615;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDYE2PjxwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvhf6HZQq91U2jiKSuIoIYRAuatvY4ZKdJaHY2ZLdJ/PeuUPA2w3vzvjfz5WBq0VHrKssKXkcR&#10;COLc6ooLBR/Z5mUGwnlkjbVlUnAhB8vF48McE217PlJ38oUIIewSVFB63yRSurwkg25kG+Kg/djW&#10;oA9rW0jdYh/CTS3jKJpKgxUHQokNrUvKf09/JnAn53G2P3y/V1v+ilebz/HunLJSz0/D6g2Ep8Hf&#10;zf/XqQ71J1O4PRMmkIsrAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANgTY+PHAAAA3AAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                <v:shape id="Chart 7" o:spid="_x0000_s1163" type="#_x0000_t75" style="position:absolute;left:90338;top:17421;width:11578;height:11615;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDvFuH7wwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4XfIdlBC+lbrSthNRVVFB6Ktb6AEN23KRmZ0N21LRP3y0UepuP73fmy9436kpdrAMbmIwzUMRl&#10;sDU7A8eP7UMOKgqyxSYwGfiiCMvF4G6OhQ03fqfrQZxKIRwLNFCJtIXWsazIYxyHljhxp9B5lAQ7&#10;p22HtxTuGz3Nspn2WHNqqLClTUXl+XDxBh5pnX/v5E2c3e82z/efq9xunTGjYb96ASXUy7/4z/1q&#10;0/ynGfw+ky7Qix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7xbh+8MAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:imagedata r:id="rId30" o:title=""/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                 </v:shape>
                 <v:shape id="TextBox 6" o:spid="_x0000_s1164" type="#_x0000_t202" style="position:absolute;left:91874;top:29933;width:8662;height:4420;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBEnTPuwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LasMw&#10;EN0HegcxhWxCI7eUJLhWQikYjGkX+Rxgak0sY2tkLNV2bl8VCtnN430nO8y2EyMNvnGs4HmdgCCu&#10;nG64VnA55087ED4ga+wck4IbeTjsHxYZptpNfKTxFGoRQ9inqMCE0KdS+sqQRb92PXHkrm6wGCIc&#10;aqkHnGK47eRLkmykxYZjg8GePgxV7enHKliZPvn6vBbfud5Upi09bu1YKrV8nN/fQASaw1387y50&#10;nP+6hb9n4gVy/wsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBEnTPuwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="0F4B2892" w14:textId="77777777" w:rsidR="00AE5C47" w:rsidRPr="00283575" w:rsidRDefault="00AE5C47" w:rsidP="00AE5C47">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r w:rsidRPr="00283575">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Malgun Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="595959"/>
                             <w:kern w:val="24"/>
                             <w:lang w:val="en-US"/>
                             <w14:textFill>
                               <w14:solidFill>
                                 <w14:srgbClr w14:val="595959">
                                   <w14:lumMod w14:val="65000"/>
                                   <w14:lumOff w14:val="35000"/>
@@ -23687,59 +23545,59 @@
                             <w:rFonts w:ascii="Arial" w:eastAsia="Malgun Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="00B0F0"/>
                             <w:kern w:val="24"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>Autoevaluaci</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00350E22">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Malgun Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="00B0F0"/>
                             <w:kern w:val="24"/>
                             <w:szCs w:val="32"/>
                           </w:rPr>
                           <w:t>ón</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Chart 7" o:spid="_x0000_s1168" type="#_x0000_t75" style="position:absolute;left:16475;top:17674;width:11578;height:11615;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAR4GFtwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwQm+aVbDK1ihtwSKlKGqh12EzbrbdTJbNqNt/3xQEb/N4n7NYdb5WF2pjFdjAeJSBIi6C&#10;rbg08HlcD+egoiBbrAOTgV+KsFr2ewvMbbjyni4HKVUK4ZijASfS5FrHwpHHOAoNceJOofUoCbal&#10;ti1eU7iv9STLHrXHilODw4ZeHRU/h7M3UI5fwvT4Uc13b+K2p634r+93b8zDoHt+AiXUyV18c29s&#10;mj+dwf8z6QK9/AMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAR4GFtwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                <v:shape id="Chart 7" o:spid="_x0000_s1168" type="#_x0000_t75" style="position:absolute;left:16475;top:17674;width:11578;height:11615;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCQREA2wgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/bagIx&#10;EH0v+A9hBF+kZhXsytYoYhGECmVX+z5sZi90M1mSVNe/NwWhb3M411lvB9OJKznfWlYwnyUgiEur&#10;W64VXM6H1xUIH5A1dpZJwZ08bDejlzVm2t44p2sRahFD2GeooAmhz6T0ZUMG/cz2xJGrrDMYInS1&#10;1A5vMdx0cpEkb9Jgy7GhwZ72DZU/xa9RUA359/T06YLLd9VXaT/adDktlJqMh907iEBD+Bc/3Ucd&#10;5y9T+HsmXiA3DwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCQREA2wgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:imagedata r:id="rId31" o:title=""/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                 </v:shape>
-                <v:shape id="Chart 7" o:spid="_x0000_s1169" type="#_x0000_t75" style="position:absolute;left:35040;top:17506;width:11679;height:11614;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBN7o99wwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X+h+WKXhrNkqqNXUNEhE8tTTpIcchOybB7GzIrhr/vVso9DaP9zmbbDK9uNLoOssK5lEMgri2&#10;uuNGwU95eH0H4Tyyxt4yKbiTg2z7/LTBVNsbf9O18I0IIexSVNB6P6RSurolgy6yA3HgTnY06AMc&#10;G6lHvIVw08tFHC+lwY5DQ4sD5S3V5+JiFNjSV9Vn8bUul6t9ssoTezL3RKnZy7T7AOFp8v/iP/dR&#10;h/lva/h9Jlwgtw8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATe6PfcMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                <v:shape id="Chart 7" o:spid="_x0000_s1169" type="#_x0000_t75" style="position:absolute;left:35040;top:17506;width:11679;height:11614;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBnMn0ZvgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NisIw&#10;EL4LvkMYwZumLiprNYpWRK92fYChGdtiM6lN1ta3N4LgbT6+31ltOlOJBzWutKxgMo5AEGdWl5wr&#10;uPwdRr8gnEfWWFkmBU9ysFn3eyuMtW35TI/U5yKEsItRQeF9HUvpsoIMurGtiQN3tY1BH2CTS91g&#10;G8JNJX+iaC4NlhwaCqwpKSi7pf9GwSlvp9MyuiwSvT+SkffkvsNUqeGg2y5BeOr8V/xxn3SYP1vA&#10;+5lwgVy/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGcyfRm+AAAA3AAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;">
                   <v:imagedata r:id="rId32" o:title=""/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                 </v:shape>
-                <v:shape id="Chart 7" o:spid="_x0000_s1170" type="#_x0000_t75" style="position:absolute;left:53706;top:17421;width:11578;height:11615;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA4viWuxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvBb/DMoK3uqkHkegqUlBbFIvpn/OQnSah2dm4u2r67TsHobcZ3pv3frNY9a5VVwqx8WzgaZyB&#10;Ii69bbgy8PG+eZyBignZYuuZDPxShNVy8LDA3Pobn+hapEpJCMccDdQpdbnWsazJYRz7jli0bx8c&#10;JllDpW3Am4S7Vk+ybKodNiwNNXb0XFP5U1ycgf3Bfe5m5/3but8cwjEVX1S9bo0ZDfv1HFSiPv2b&#10;79cvVvCngi/PyAR6+QcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA4viWuxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                <v:shape id="Chart 7" o:spid="_x0000_s1170" type="#_x0000_t75" style="position:absolute;left:53706;top:17421;width:11578;height:11615;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA0yZ7wxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMoK3urEHkegqpVgotlAa9T5kp0lodjZmxxj/fedQ6G2G9+a9bza7MbRmoD41kR0s5hkY&#10;4jL6hisHp+Pr4wpMEmSPbWRycKcEu+3kYYO5jzf+oqGQymgIpxwd1CJdbm0qawqY5rEjVu079gFF&#10;176yvsebhofWPmXZ0gZsWBtq7OilpvKnuAYH5eJ48PazHRq5yHU/FB+H9/PKudl0fF6DERrl3/x3&#10;/eYVf6n4+oxOYLe/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADTJnvDEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:imagedata r:id="rId33" o:title=""/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                 </v:shape>
                 <v:shape id="TextBox 6" o:spid="_x0000_s1171" type="#_x0000_t202" style="position:absolute;left:36794;top:29813;width:8668;height:4420;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDvjVJhwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NisIw&#10;EL4v+A5hFrwsmrqHKrVRFkEQWQ/+PMDYjE1pMylNtta33wiCt/n4fidfD7YRPXW+cqxgNk1AEBdO&#10;V1wquJy3kwUIH5A1No5JwYM8rFejjxwz7e58pP4UShFD2GeowITQZlL6wpBFP3UtceRurrMYIuxK&#10;qTu8x3DbyO8kSaXFimODwZY2hor69GcVfJk2OfzedtetTgtT7z3Obb9Xavw5/CxBBBrCW/xy73Sc&#10;n87g+Uy8QK7+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO+NUmHBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w14:paraId="7179FEFE" w14:textId="77777777" w:rsidR="00AE5C47" w:rsidRPr="00283575" w:rsidRDefault="00AE5C47" w:rsidP="00AE5C47">
                         <w:pPr>
                           <w:pStyle w:val="NormalWeb"/>
                           <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                           <w:jc w:val="center"/>
                         </w:pPr>
                         <w:r w:rsidRPr="00283575">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsia="Malgun Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="595959"/>
                             <w:kern w:val="24"/>
                             <w:lang w:val="en-US"/>
                             <w14:textFill>
                               <w14:solidFill>
                                 <w14:srgbClr w14:val="595959">
                                   <w14:lumMod w14:val="65000"/>
                                   <w14:lumOff w14:val="35000"/>
@@ -23952,63 +23810,63 @@
                             <w:color w:val="0070C0"/>
                             <w:kern w:val="24"/>
                             <w:position w:val="1"/>
                             <w:sz w:val="40"/>
                             <w:szCs w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Reporte de Participación </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00AE5C47">
                           <w:rPr>
                             <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cstheme="minorBidi"/>
                             <w:color w:val="0070C0"/>
                             <w:kern w:val="24"/>
                             <w:position w:val="1"/>
                             <w:sz w:val="40"/>
                             <w:szCs w:val="40"/>
                           </w:rPr>
                           <w:t>| Instrumentos de Evaluación</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:wrap anchorx="margin"/>
               </v:group>
-              <o:OLEObject Type="Embed" ProgID="Excel.Chart.8" ShapeID="Chart 7" DrawAspect="Content" ObjectID="_1778232223" r:id="rId34">
+              <o:OLEObject Type="Embed" ProgID="Excel.Chart.8" ShapeID="Chart 7" DrawAspect="Content" ObjectID="_1832315413" r:id="rId34">
                 <o:FieldCodes>\s</o:FieldCodes>
               </o:OLEObject>
-              <o:OLEObject Type="Embed" ProgID="Excel.Chart.8" ShapeID="Chart 7" DrawAspect="Content" ObjectID="_1778232224" r:id="rId35">
+              <o:OLEObject Type="Embed" ProgID="Excel.Chart.8" ShapeID="Chart 7" DrawAspect="Content" ObjectID="_1832315414" r:id="rId35">
                 <o:FieldCodes>\s</o:FieldCodes>
               </o:OLEObject>
-              <o:OLEObject Type="Embed" ProgID="Excel.Chart.8" ShapeID="Chart 7" DrawAspect="Content" ObjectID="_1778232225" r:id="rId36">
+              <o:OLEObject Type="Embed" ProgID="Excel.Chart.8" ShapeID="Chart 7" DrawAspect="Content" ObjectID="_1832315415" r:id="rId36">
                 <o:FieldCodes>\s</o:FieldCodes>
               </o:OLEObject>
-              <o:OLEObject Type="Embed" ProgID="Excel.Chart.8" ShapeID="Chart 7" DrawAspect="Content" ObjectID="_1778232226" r:id="rId37">
+              <o:OLEObject Type="Embed" ProgID="Excel.Chart.8" ShapeID="Chart 7" DrawAspect="Content" ObjectID="_1832315416" r:id="rId37">
                 <o:FieldCodes>\s</o:FieldCodes>
               </o:OLEObject>
-              <o:OLEObject Type="Embed" ProgID="Excel.Chart.8" ShapeID="Chart 7" DrawAspect="Content" ObjectID="_1778232227" r:id="rId38">
+              <o:OLEObject Type="Embed" ProgID="Excel.Chart.8" ShapeID="Chart 7" DrawAspect="Content" ObjectID="_1832315417" r:id="rId38">
                 <o:FieldCodes>\s</o:FieldCodes>
               </o:OLEObject>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Participación/In</w:t>
       </w:r>
       <w:r w:rsidR="00016950" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>strumentos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A33C1D9" w14:textId="77777777" w:rsidR="00AE5C47" w:rsidRPr="00883064" w:rsidRDefault="00AE5C47" w:rsidP="00883064">
       <w:pPr>
@@ -24118,70 +23976,71 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F25B695" w14:textId="77777777" w:rsidR="00AE5C47" w:rsidRPr="00883064" w:rsidRDefault="00AE5C47" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D0D4548" w14:textId="726D1364" w:rsidR="00546738" w:rsidRPr="004A68F4" w:rsidRDefault="00546738" w:rsidP="004A68F4">
+    <w:p w14:paraId="2D0D4548" w14:textId="726D1364" w:rsidR="00546738" w:rsidRPr="000C63F8" w:rsidRDefault="00546738" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A68F4">
+      <w:r w:rsidRPr="000C63F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Discusión </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7127B451" w14:textId="77777777" w:rsidR="000D58FC" w:rsidRPr="00883064" w:rsidRDefault="000D58FC" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">En la siguiente figura se observan los elementos que mide el Modelo de Evaluación en la plataforma virtual. Se </w:t>
       </w:r>
       <w:r w:rsidR="00546738" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -24286,51 +24145,50 @@
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="15DC0AA1" w14:textId="77777777" w:rsidR="00546738" w:rsidRPr="00883064" w:rsidRDefault="00546738" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Se puede considerar como una limitante la baja no participación. Sin embargo, esa limitante abre la puerta a otra investigación para determinar las causas que en este momento podrían establecerse como supuestos, pero que no darían respuesta a este fenómeno. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35908374" w14:textId="77777777" w:rsidR="00AE5C47" w:rsidRPr="00883064" w:rsidRDefault="00580CA4" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La plataforma es amigable</w:t>
       </w:r>
       <w:r w:rsidR="00CC77F0" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -24425,50 +24283,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Disponibilidad inmediata de la información para la toma de decisiones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="578399D5" w14:textId="77777777" w:rsidR="0075696B" w:rsidRPr="00883064" w:rsidRDefault="0075696B" w:rsidP="00883064">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>La posibilidad de realizar análisis específicos por docente, plantel, municipio y zona.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EB1592B" w14:textId="77777777" w:rsidR="0075696B" w:rsidRPr="00883064" w:rsidRDefault="0075696B" w:rsidP="00883064">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Una complet</w:t>
       </w:r>
@@ -24478,76 +24337,76 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> trazabilidad de la recolección, análisis y manejo de la información.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E9DF060" w14:textId="77777777" w:rsidR="00923A86" w:rsidRPr="00883064" w:rsidRDefault="00923A86" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C1B5BDB" w14:textId="77777777" w:rsidR="006000B5" w:rsidRPr="00883064" w:rsidRDefault="008A4746" w:rsidP="00883064">
+    <w:p w14:paraId="5C1B5BDB" w14:textId="77777777" w:rsidR="006000B5" w:rsidRPr="000C63F8" w:rsidRDefault="008A4746" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00883064">
+      <w:r w:rsidRPr="000C63F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="006000B5" w:rsidRPr="00883064">
+      <w:r w:rsidR="006000B5" w:rsidRPr="000C63F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">onclusión </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="209FB741" w14:textId="77777777" w:rsidR="008A4746" w:rsidRPr="00883064" w:rsidRDefault="008A4746" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El TBC de Guanajuato es una institución que brinda servicios educativos en el Estado y que busca garantizar una educación de calidad a su alumnado. En ese sentido, le dan gran relevancia a la evaluación, ya que de ahí se pueden obtener datos que permiten realizar análisis y tomar decisiones para mejorar procesos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A45F229" w14:textId="77777777" w:rsidR="00923A86" w:rsidRPr="00883064" w:rsidRDefault="00923A86" w:rsidP="00883064">
       <w:pPr>
@@ -24624,60 +24483,51 @@
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> la calidad de la educación del TBC de Guanajuato. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0017307A" w14:textId="77777777" w:rsidR="005E3688" w:rsidRPr="00883064" w:rsidRDefault="005E3688" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Por lo tanto, los resultados obtenidos superaron la expectativa de participación, la implementación requirió el desarrollo de una estrategia de comunicación dirigida a cada </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">uno de los perfiles de participación con la finalidad de facilitar la identificación y adopción del modelo de evaluación. </w:t>
+        <w:t xml:space="preserve">Por lo tanto, los resultados obtenidos superaron la expectativa de participación, la implementación requirió el desarrollo de una estrategia de comunicación dirigida a cada uno de los perfiles de participación con la finalidad de facilitar la identificación y adopción del modelo de evaluación. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14AB735E" w14:textId="77777777" w:rsidR="005E3688" w:rsidRPr="00883064" w:rsidRDefault="005E3688" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">La estrategia de comunicación se basó en mensajes de correo electrónico, mensajes en campus virtual, acompañados de instrucciones precisas que se acompañaron con “guías de evaluación”. Se reforzó la comunicación con llamas telefónicas personalizadas. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -24689,157 +24539,158 @@
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> contamos con el soporte de mesa de ayuda y el sistema de incidencias que todos los usuarios tienen disponible en su sección de campus virtual.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="107595B9" w14:textId="77777777" w:rsidR="005E3688" w:rsidRPr="00883064" w:rsidRDefault="005E3688" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Este modelo se puede aplicar a telebachilleratos comunitarios de otros estados de la república mexicana, considerando factores particulares y específicos propios de cada región.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09FDA0A9" w14:textId="77777777" w:rsidR="005E3688" w:rsidRPr="00883064" w:rsidRDefault="005E3688" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El modelo propuesto está preparado para adaptarse a las necesidades o requerimientos propios de la institución, ya sea por cuestión de actualizaciones en el modelo educativo, o alguna necesidad específica, así como a los cambios que puedan surgir en las políticas públicas en el entorno educativo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62093B7E" w14:textId="77777777" w:rsidR="00E42C21" w:rsidRPr="00883064" w:rsidRDefault="00E42C21" w:rsidP="00883064">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="173C3F17" w14:textId="77777777" w:rsidR="00E42C21" w:rsidRPr="00883064" w:rsidRDefault="00E42C21" w:rsidP="00883064">
+    <w:p w14:paraId="173C3F17" w14:textId="77777777" w:rsidR="00E42C21" w:rsidRPr="000C63F8" w:rsidRDefault="00E42C21" w:rsidP="00883064">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00883064">
+      <w:r w:rsidRPr="000C63F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">Apartado de Futuras líneas de investigación </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D4D0F59" w14:textId="77777777" w:rsidR="00D70E2E" w:rsidRPr="00883064" w:rsidRDefault="00D70E2E" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El presente estudio conduce a realizar varias investigaciones, entre ellos; la valoración cualitativa de cómo perciben los usuarios la plataforma y el administrador de la misma. Las ventajas que ofrece respecto a otros modelos de evaluación. Por otra parte, estudios comparativos de un año a otro, los impactos en mejoras en los planteles respecto a los servicios ofertados por el responsable y el docente, la mejora en la calidad educativa percibida por parte del alumno. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1052B9CD" w14:textId="77777777" w:rsidR="00E42C21" w:rsidRPr="00883064" w:rsidRDefault="00E42C21" w:rsidP="00883064">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50AEB9AD" w14:textId="77777777" w:rsidR="00E42C21" w:rsidRPr="00883064" w:rsidRDefault="00E42C21" w:rsidP="00883064">
+    <w:p w14:paraId="50AEB9AD" w14:textId="77777777" w:rsidR="00E42C21" w:rsidRPr="000C63F8" w:rsidRDefault="00E42C21" w:rsidP="00883064">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00883064">
+      <w:r w:rsidRPr="000C63F8">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Agradecimientos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A15F145" w14:textId="77777777" w:rsidR="00D70E2E" w:rsidRPr="00883064" w:rsidRDefault="00D70E2E" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Se agradece </w:t>
       </w:r>
       <w:r w:rsidR="00283575" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -24874,51 +24725,69 @@
         </w:rPr>
         <w:t xml:space="preserve"> la </w:t>
       </w:r>
       <w:r w:rsidR="00283575" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">asesoría, el soporte </w:t>
       </w:r>
       <w:r w:rsidR="003846F6" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">para el </w:t>
       </w:r>
       <w:r w:rsidR="00283575" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">procesamiento de  la </w:t>
+        <w:t xml:space="preserve">procesamiento </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00283575" w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>de  la</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00283575" w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>información estadística generada. Al Dr. Francisco</w:t>
       </w:r>
       <w:r w:rsidR="00923A86" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Javier Villarreal</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Segoviano </w:t>
       </w:r>
@@ -24978,50 +24847,83 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3184CF95" w14:textId="77777777" w:rsidR="004A68F4" w:rsidRDefault="004A68F4" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DE66599" w14:textId="77777777" w:rsidR="004A68F4" w:rsidRDefault="004A68F4" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F3D1109" w14:textId="77777777" w:rsidR="004A68F4" w:rsidRDefault="004A68F4" w:rsidP="004A68F4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E74123E" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="004A68F4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="042EF45B" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="004A68F4">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DD3D048" w14:textId="77777777" w:rsidR="000C63F8" w:rsidRDefault="000C63F8" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23FC9B43" w14:textId="5AD457E7" w:rsidR="00E42C21" w:rsidRPr="004A68F4" w:rsidRDefault="00E42C21" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A68F4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -25085,211 +24987,219 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="00883064">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Documento-Base-para-el-Servicio-Educativo-de-Telebachillerato-Comunitario-2024_3 (1).pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="02A346F8" w14:textId="0C7C662B" w:rsidR="004A3551" w:rsidRPr="00883064" w:rsidRDefault="00AE66FB" w:rsidP="004A68F4">
+    <w:p w14:paraId="02A346F8" w14:textId="0C7C662B" w:rsidR="004A3551" w:rsidRPr="000C63F8" w:rsidRDefault="00AE66FB" w:rsidP="004A68F4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">García, Germán. ((2024). </w:t>
       </w:r>
       <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="00883064">
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
             <w:i/>
             <w:color w:val="111111"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="es-MX"/>
           </w:rPr>
           <w:t>La evaluación como herramienta para mejorar los aprendizajes: la retroalimentación y la evaluación auténtica</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="111111"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">. URL: </w:t>
-[...11 lines deleted...]
-      </w:hyperlink>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C63F8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="111111"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL" w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve">URL: </w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="000C63F8">
+        <w:rPr>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.researchgate.net/publication/377069424_La_evaluacion_como_herramienta_para_mejorar_los_aprendizajes_la_retroalimentacion_y_la_evaluacion_autentica"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="000C63F8">
+        <w:rPr>
+          <w:rStyle w:val="Hipervnculo"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
+        </w:rPr>
+        <w:t>https://www.researchgate.net/publication/377069424_La_evaluacion_como_herramienta_para_mejorar_los_aprendizajes_la_retroalimentacion_y_la_evaluacion_autentica</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="37F9C837" w14:textId="22575C4B" w:rsidR="00AE66FB" w:rsidRPr="004A68F4" w:rsidRDefault="004A3551" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mejía, Diana y Mejía </w:t>
+        <w:t>Mejía, Diana y Mejía Ever. (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Septiembre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021).  Evaluación y calidad educativa: Avances, limitaciones y retos actuales.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista Electrónica Educare. Educare (Educare Electronic </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Ever</w:t>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Journal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...24 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Revista Electrónica Educare. Educare (Educare Electronic </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00883064">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Vol. 25(3) </w:t>
+      </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Journal</w:t>
-[...25 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">URL: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="00883064">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Visor Redalyc - Evaluación y calidad educativa: Avances, limitaciones y retos actuales</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0482CA8A" w14:textId="047F4A70" w:rsidR="007A1696" w:rsidRPr="00883064" w:rsidRDefault="007A1696" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="283277"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
@@ -25324,51 +25234,51 @@
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La evaluación de la docencia perspectivas de una experiencia institucional en Evaluación y aprendizaje</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. En educación universitaria: estrategias e instrumentos-CUAIEED UNAM.  URL</w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="666666"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="00883064">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">Libro en acceso abierto: Evaluación y aprendizaje en educación universitaria: estrategias e instrumentos - CUAIEED UNAM - </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00883064">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>EasyBlog</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="28A0BA78" w14:textId="77777777" w:rsidR="00502B43" w:rsidRPr="00883064" w:rsidRDefault="00502B43" w:rsidP="004A68F4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -25380,91 +25290,62 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Uribe</w:t>
       </w:r>
       <w:r w:rsidR="004C7871" w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00883064">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Carlos. (2020). </w:t>
-[...19 lines deleted...]
-      <w:hyperlink r:id="rId45" w:history="1">
+        <w:t xml:space="preserve">Carlos. (2020). Eval-IETIC. Evaluación de la innovación educativa mediada por TIC.  Universidad del Valle Programa Editorial. Editor. Carlos Julio Uribe Gartner. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidRPr="00883064">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t xml:space="preserve">Evaluación de la innovación educativa mediada por TIC - Google </w:t>
+          <w:t>Evaluación de la innovación educativa mediada por TIC - Google Books</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="391E591F" w14:textId="77777777" w:rsidR="006000B5" w:rsidRPr="00883064" w:rsidRDefault="006000B5" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C4DD7B2" w14:textId="77777777" w:rsidR="00EA761C" w:rsidRPr="00883064" w:rsidRDefault="00EA761C" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
@@ -25495,223 +25376,177 @@
     </w:p>
     <w:p w14:paraId="1923B9D8" w14:textId="77777777" w:rsidR="00EA761C" w:rsidRPr="00883064" w:rsidRDefault="00EA761C" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A9D4FA4" w14:textId="77777777" w:rsidR="00EA761C" w:rsidRPr="00883064" w:rsidRDefault="00EA761C" w:rsidP="00883064">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5004F495" w14:textId="77777777" w:rsidR="00EA761C" w:rsidRPr="00883064" w:rsidRDefault="00EA761C" w:rsidP="00883064">
-[...47 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId47"/>
+    <w:sectPr w:rsidR="00EA761C" w:rsidRPr="00883064" w:rsidSect="004A68F4">
+      <w:headerReference w:type="default" r:id="rId45"/>
+      <w:footerReference w:type="default" r:id="rId46"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="567" w:right="1701" w:bottom="426" w:left="1701" w:header="142" w:footer="118" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="688C39D8" w14:textId="77777777" w:rsidR="00F154BD" w:rsidRDefault="00F154BD" w:rsidP="00C27A1F">
+    <w:p w14:paraId="3998A01F" w14:textId="77777777" w:rsidR="008B4B79" w:rsidRDefault="008B4B79" w:rsidP="00C27A1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55F7EADE" w14:textId="77777777" w:rsidR="00F154BD" w:rsidRDefault="00F154BD" w:rsidP="00C27A1F">
+    <w:p w14:paraId="4DF6D43E" w14:textId="77777777" w:rsidR="008B4B79" w:rsidRDefault="008B4B79" w:rsidP="00C27A1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FZShuTi">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="28CDC01F" w14:textId="17446683" w:rsidR="004A68F4" w:rsidRDefault="004A68F4" w:rsidP="004A68F4">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>Vol. 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">, Núm. </w:t>
@@ -25722,109 +25557,163 @@
         <w:b/>
       </w:rPr>
       <w:t>21</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                  </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>Enero</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
-      <w:t xml:space="preserve"> – Junio 2024</w:t>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2024</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                         ISSN: 2448 – 6280</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12BF8A83" w14:textId="77777777" w:rsidR="00F154BD" w:rsidRDefault="00F154BD" w:rsidP="00C27A1F">
+    <w:p w14:paraId="1F92257A" w14:textId="77777777" w:rsidR="008B4B79" w:rsidRDefault="008B4B79" w:rsidP="00C27A1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D662E2B" w14:textId="77777777" w:rsidR="00F154BD" w:rsidRDefault="00F154BD" w:rsidP="00C27A1F">
+    <w:p w14:paraId="5C8A3411" w14:textId="77777777" w:rsidR="008B4B79" w:rsidRDefault="008B4B79" w:rsidP="00C27A1F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="0FAAEC1E" w14:textId="35674235" w:rsidR="004A68F4" w:rsidRDefault="004A68F4" w:rsidP="004A68F4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0FAAEC1E" w14:textId="22E7C47C" w:rsidR="004A68F4" w:rsidRDefault="000C63F8" w:rsidP="004A68F4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00F44F95">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-        <w:i/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30699134" wp14:editId="5EF97B2A">
+          <wp:extent cx="6691630" cy="935456"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1715546483" name="Imagen 131"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1715546483" name="Imagen 1715546483"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6693884" cy="935771"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28A20276"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="218C8092"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -26473,89 +26362,91 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="936525089">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1930307334">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1105424071">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1301152957">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="536547083">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B763E4"/>
     <w:rsid w:val="00016950"/>
+    <w:rsid w:val="00024565"/>
     <w:rsid w:val="000374ED"/>
     <w:rsid w:val="000705CF"/>
     <w:rsid w:val="00080AB9"/>
     <w:rsid w:val="00094AD8"/>
     <w:rsid w:val="00097713"/>
     <w:rsid w:val="000A6FC8"/>
     <w:rsid w:val="000B2BDF"/>
     <w:rsid w:val="000B2EA8"/>
     <w:rsid w:val="000B7A18"/>
     <w:rsid w:val="000C1939"/>
     <w:rsid w:val="000C4054"/>
+    <w:rsid w:val="000C63F8"/>
     <w:rsid w:val="000D3942"/>
     <w:rsid w:val="000D58FC"/>
     <w:rsid w:val="000F7783"/>
     <w:rsid w:val="00102023"/>
     <w:rsid w:val="001031FB"/>
     <w:rsid w:val="001037C4"/>
     <w:rsid w:val="00107E88"/>
     <w:rsid w:val="00133CC4"/>
     <w:rsid w:val="00145190"/>
     <w:rsid w:val="00146675"/>
     <w:rsid w:val="00164345"/>
     <w:rsid w:val="00175308"/>
     <w:rsid w:val="001A09C1"/>
     <w:rsid w:val="001B6F05"/>
     <w:rsid w:val="001B70EE"/>
     <w:rsid w:val="001C5A81"/>
     <w:rsid w:val="001D0B2F"/>
     <w:rsid w:val="001D1B99"/>
     <w:rsid w:val="001D5C0D"/>
     <w:rsid w:val="001D5C82"/>
     <w:rsid w:val="00236481"/>
     <w:rsid w:val="00261CEC"/>
     <w:rsid w:val="0026699D"/>
     <w:rsid w:val="00283575"/>
     <w:rsid w:val="00295A65"/>
@@ -26607,50 +26498,51 @@
     <w:rsid w:val="006102AE"/>
     <w:rsid w:val="00623A74"/>
     <w:rsid w:val="00635F91"/>
     <w:rsid w:val="0063657C"/>
     <w:rsid w:val="006535DD"/>
     <w:rsid w:val="00683C27"/>
     <w:rsid w:val="006C0CE5"/>
     <w:rsid w:val="006F413D"/>
     <w:rsid w:val="00715962"/>
     <w:rsid w:val="00721138"/>
     <w:rsid w:val="007363EA"/>
     <w:rsid w:val="0075696B"/>
     <w:rsid w:val="00761E02"/>
     <w:rsid w:val="00764576"/>
     <w:rsid w:val="007A1696"/>
     <w:rsid w:val="007B2FA3"/>
     <w:rsid w:val="007F3505"/>
     <w:rsid w:val="00821909"/>
     <w:rsid w:val="00880FD6"/>
     <w:rsid w:val="00882E63"/>
     <w:rsid w:val="00883064"/>
     <w:rsid w:val="0088553F"/>
     <w:rsid w:val="008942A3"/>
     <w:rsid w:val="008A053F"/>
     <w:rsid w:val="008A4746"/>
+    <w:rsid w:val="008B4B79"/>
     <w:rsid w:val="00923A86"/>
     <w:rsid w:val="00926A09"/>
     <w:rsid w:val="009423F1"/>
     <w:rsid w:val="0096502E"/>
     <w:rsid w:val="00974AEC"/>
     <w:rsid w:val="00990FCC"/>
     <w:rsid w:val="009B311B"/>
     <w:rsid w:val="009E0DA1"/>
     <w:rsid w:val="00A06704"/>
     <w:rsid w:val="00A344A9"/>
     <w:rsid w:val="00A4338F"/>
     <w:rsid w:val="00A53E98"/>
     <w:rsid w:val="00A6777E"/>
     <w:rsid w:val="00A82FB4"/>
     <w:rsid w:val="00A85EDD"/>
     <w:rsid w:val="00A96B33"/>
     <w:rsid w:val="00AA1B8C"/>
     <w:rsid w:val="00AA2BF7"/>
     <w:rsid w:val="00AA4AC3"/>
     <w:rsid w:val="00AA78C1"/>
     <w:rsid w:val="00AB4D1B"/>
     <w:rsid w:val="00AB5FB6"/>
     <w:rsid w:val="00AD42D0"/>
     <w:rsid w:val="00AE5C47"/>
     <w:rsid w:val="00AE66FB"/>
@@ -26718,51 +26610,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5A2F8CAA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4DD294D0-F94C-4743-8192-746822246025}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -27137,54 +27029,76 @@
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00A96B33"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000C63F8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
@@ -27425,66 +27339,80 @@
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E150BA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00635F91"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+    <w:name w:val="Título 2 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000C63F8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="514611640">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="731582281">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -27744,51 +27672,55 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1971785724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-4728-1164" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle2.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/Microsoft_Excel_Chart.xls"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/377069424_La_evaluacion_como_herramienta_para_mejorar_los_aprendizajes_la_retroalimentacion_y_la_evaluacion_autentica" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7130-6635" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/Microsoft_Excel_Chart3.xls"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///D:\Users\mechao\Desktop\Evaluaci%C3%B3n%20docente\Documento-Base-para-el-Servicio-Educativo-de-Telebachillerato-Comunitario-2024_3%20(1).pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com.mx/books/edition/Evaluaci%C3%B3n_de_la_innovaci%C3%B3n_educativa/RjinEAAAQBAJ?hl=es&amp;gbpv=1&amp;dq=las+tic+para+la+evaluaci%C3%B3n+educativa&amp;printsec=frontcover" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart5.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/Microsoft_Excel_Chart2.xls"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mechao@uveg.edu.mx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data2.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://conecta-sibi.dgb.unam.mx/index.php/avisos-recientes/libro-en-acceso-abierto-evaluacion-y-aprendizaje-en-educacion-universitaria-estrategias-e-instrumentos-cuaieed-unam" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-5794-260X" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/Microsoft_Excel_Chart1.xls"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/journal/1941/194169815038/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jurzamora@uveg.edu.mx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshernandezr@uveg.edu.mx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/Microsoft_Excel_Chart4.xls"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout2.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/377069424_La_evaluacion_como_herramienta_para_mejorar_los_aprendizajes_la_retroalimentacion_y_la_evaluacion_autentica?_tp=eyJjb250ZXh0Ijp7ImZpcnN0UGFnZSI6InB1YmxpY2F0aW9uIiwicGFnZSI6InB1YmxpY2F0aW9uIn19" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0002-4728-1164" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle2.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/Microsoft_Excel_Chart.xls"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/journal/1941/194169815038/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7130-6635" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/Microsoft_Excel_Chart3.xls"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///D:\Users\mechao\Desktop\Evaluaci%C3%B3n%20docente\Documento-Base-para-el-Servicio-Educativo-de-Telebachillerato-Comunitario-2024_3%20(1).pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart5.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/Microsoft_Excel_Chart2.xls"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mechao@uveg.edu.mx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data2.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com.mx/books/edition/Evaluaci%C3%B3n_de_la_innovaci%C3%B3n_educativa/RjinEAAAQBAJ?hl=es&amp;gbpv=1&amp;dq=las+tic+para+la+evaluaci%C3%B3n+educativa&amp;printsec=frontcover" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-5794-260X" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/Microsoft_Excel_Chart1.xls"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://conecta-sibi.dgb.unam.mx/index.php/avisos-recientes/libro-en-acceso-abierto-evaluacion-y-aprendizaje-en-educacion-universitaria-estrategias-e-instrumentos-cuaieed-unam" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jurzamora@uveg.edu.mx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joshernandezr@uveg.edu.mx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/Microsoft_Excel_Chart4.xls"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout2.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/377069424_La_evaluacion_como_herramienta_para_mejorar_los_aprendizajes_la_retroalimentacion_y_la_evaluacion_autentica?_tp=eyJjb250ZXh0Ijp7ImZpcnN0UGFnZSI6InB1YmxpY2F0aW9uIiwicGFnZSI6InB1YmxpY2F0aW9uIn19" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride2.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet2.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride3.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet3.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride4.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet4.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride5.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
@@ -36305,70 +36237,70 @@
     </a:bgFillStyleLst>
   </a:fmtScheme>
 </a:themeOverride>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{736C0036-127F-443C-B237-71909BB35FD2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>20466</Characters>
+  <Pages>14</Pages>
+  <Words>3727</Words>
+  <Characters>20500</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>170</Lines>
   <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24138</CharactersWithSpaces>
+  <CharactersWithSpaces>24179</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>María Mercedes MMCG. Chao González</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>