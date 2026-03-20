--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -12,66 +12,91 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3361CD64" w14:textId="524D84EB" w:rsidR="003C0255" w:rsidRPr="003C0255" w:rsidRDefault="003C0255" w:rsidP="003C0255">
+    <w:p w14:paraId="7C8BD0F8" w14:textId="55F931B9" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="00B354BA">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B354BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v11i21.314</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3361CD64" w14:textId="234A82E2" w:rsidR="003C0255" w:rsidRPr="003C0255" w:rsidRDefault="003C0255" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk163921802"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="003C0255">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D307E7D" w14:textId="09E86470" w:rsidR="00533DD1" w:rsidRPr="003C0255" w:rsidRDefault="00BB2F55" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
@@ -335,85 +360,85 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0255">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Escuela Normal Superior de Michoacán</w:t>
       </w:r>
       <w:r w:rsidR="0033078B" w:rsidRPr="003C0255">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, México</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4882340D" w14:textId="0A5A1EB2" w:rsidR="00BE680F" w:rsidRPr="003C0255" w:rsidRDefault="00000000" w:rsidP="003C0255">
+    <w:p w14:paraId="4882340D" w14:textId="0A5A1EB2" w:rsidR="00BE680F" w:rsidRPr="003C0255" w:rsidRDefault="00BE680F" w:rsidP="003C0255">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00BE680F" w:rsidRPr="003C0255">
+        <w:r w:rsidRPr="003C0255">
           <w:rPr>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>aidemontserrat@ensmmich.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="05842F55" w14:textId="5559E240" w:rsidR="00BE680F" w:rsidRPr="003C0255" w:rsidRDefault="00000000" w:rsidP="009C754D">
+    <w:p w14:paraId="05842F55" w14:textId="5559E240" w:rsidR="00BE680F" w:rsidRPr="003C0255" w:rsidRDefault="00BE680F" w:rsidP="009C754D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00BE680F" w:rsidRPr="003C0255">
+        <w:r w:rsidRPr="003C0255">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0009-2548-317X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1B6285A7" w14:textId="77777777" w:rsidR="00BE680F" w:rsidRPr="009C754D" w:rsidRDefault="00BE680F" w:rsidP="009C754D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F9062C4" w14:textId="77777777" w:rsidR="002F0FA1" w:rsidRPr="009C754D" w:rsidRDefault="002F46AC" w:rsidP="009C754D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
@@ -442,85 +467,85 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0255">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Escuela Normal Superior de Michoacán</w:t>
       </w:r>
       <w:r w:rsidR="002F0FA1" w:rsidRPr="003C0255">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, México</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A11AF64" w14:textId="0B227C6C" w:rsidR="0033078B" w:rsidRPr="003C0255" w:rsidRDefault="00000000" w:rsidP="009C754D">
+    <w:p w14:paraId="1A11AF64" w14:textId="0B227C6C" w:rsidR="0033078B" w:rsidRPr="003C0255" w:rsidRDefault="0033078B" w:rsidP="009C754D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="0033078B" w:rsidRPr="003C0255">
+        <w:r w:rsidRPr="003C0255">
           <w:rPr>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>edgardodiaz@ensmmich.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3172BFF9" w14:textId="07E3CE12" w:rsidR="00BE680F" w:rsidRPr="003C0255" w:rsidRDefault="00000000" w:rsidP="003C0255">
+    <w:p w14:paraId="3172BFF9" w14:textId="07E3CE12" w:rsidR="00BE680F" w:rsidRPr="003C0255" w:rsidRDefault="002F0FA1" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="002F0FA1" w:rsidRPr="003C0255">
+        <w:r w:rsidRPr="003C0255">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0002-3294-8061</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="43386744" w14:textId="77777777" w:rsidR="002F0FA1" w:rsidRPr="003C0255" w:rsidRDefault="002F0FA1" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FC11612" w14:textId="77777777" w:rsidR="002F0FA1" w:rsidRPr="009C754D" w:rsidRDefault="002F46AC" w:rsidP="009C754D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
@@ -548,86 +573,86 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0255">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Escuela Normal Superior de Michoacán</w:t>
       </w:r>
       <w:r w:rsidR="002F0FA1" w:rsidRPr="003C0255">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, México</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3410102A" w14:textId="76CD231E" w:rsidR="002F0FA1" w:rsidRPr="003C0255" w:rsidRDefault="00000000" w:rsidP="009C754D">
+    <w:p w14:paraId="3410102A" w14:textId="76CD231E" w:rsidR="002F0FA1" w:rsidRPr="003C0255" w:rsidRDefault="002F0FA1" w:rsidP="009C754D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="002F0FA1" w:rsidRPr="003C0255">
+        <w:r w:rsidRPr="003C0255">
           <w:rPr>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>bubaruben@hotmail.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2EA396E0" w14:textId="70C30486" w:rsidR="002F0FA1" w:rsidRPr="003C0255" w:rsidRDefault="00000000" w:rsidP="009C754D">
+    <w:p w14:paraId="2EA396E0" w14:textId="70C30486" w:rsidR="002F0FA1" w:rsidRPr="003C0255" w:rsidRDefault="008513ED" w:rsidP="009C754D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="008513ED" w:rsidRPr="003C0255">
+        <w:r w:rsidRPr="003C0255">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0008-3163-2912</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3D13162D" w14:textId="77777777" w:rsidR="008513ED" w:rsidRPr="009C754D" w:rsidRDefault="008513ED" w:rsidP="009C754D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6529294B" w14:textId="77777777" w:rsidR="001E26B0" w:rsidRPr="009C754D" w:rsidRDefault="001E26B0" w:rsidP="009C754D">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -915,68 +940,60 @@
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> curso en línea con enfoque en el aprendizaje autónomo. Durante la investigación, se evaluaron las habilidades digitales de los participantes, así como su disposición y capacidad para el aprendizaje independiente a través de recursos en línea.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="387CCD8C" w14:textId="7BA7869A" w:rsidR="00B52BA7" w:rsidRPr="009C754D" w:rsidRDefault="00155F32" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>La metodología, estuvo centrada en la investigación-acción; de este proceso el resultado fue el diseño, aplicación y evaluación de un proyecto de diseño instruccional de un curso online. L</w:t>
       </w:r>
       <w:r w:rsidR="00B52BA7" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">os resultados revelaron una diversidad en las competencias digitales entre los estudiantes, </w:t>
-[...8 lines deleted...]
-        <w:t>destacando fortalezas en áreas como el manejo de herramientas de comunicación digital</w:t>
+        <w:t>os resultados revelaron una diversidad en las competencias digitales entre los estudiantes, destacando fortalezas en áreas como el manejo de herramientas de comunicación digital</w:t>
       </w:r>
       <w:r w:rsidR="005024C8" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y en la motivación al realizar trabajo autónomo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ABCFBD1" w14:textId="64FD66A4" w:rsidR="00C671B0" w:rsidRPr="009C754D" w:rsidRDefault="00C671B0" w:rsidP="009C754D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C0255">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -1160,80 +1177,98 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003C0255">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2023    </w:t>
       </w:r>
       <w:r w:rsidRPr="003C0255">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="003C0255">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Diciembre 2023</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C0255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Diciembre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C0255">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:pict w14:anchorId="70106F3D">
           <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50086187" w14:textId="2EE2919E" w:rsidR="00C671B0" w:rsidRPr="009C754D" w:rsidRDefault="00C671B0" w:rsidP="003C0255">
+    <w:p w14:paraId="50086187" w14:textId="2EE2919E" w:rsidR="00C671B0" w:rsidRPr="00B354BA" w:rsidRDefault="00C671B0" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C754D">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B354BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32C369A8" w14:textId="2131FB26" w:rsidR="00676BEF" w:rsidRPr="009C754D" w:rsidRDefault="00BA6F80" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00676BEF" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -1338,51 +1373,60 @@
         </w:rPr>
         <w:t>Desde el confinamiento por la pandemia de</w:t>
       </w:r>
       <w:r w:rsidR="007A7E3B" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> COVID-19 </w:t>
       </w:r>
       <w:r w:rsidR="00CB6F68" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">en el año 2020, </w:t>
       </w:r>
       <w:r w:rsidR="007A7E3B" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">el ámbito educativo alrededor del mundo </w:t>
+        <w:t xml:space="preserve">el ámbito educativo </w:t>
+      </w:r>
+      <w:r w:rsidR="007A7E3B" w:rsidRPr="009C754D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">alrededor del mundo </w:t>
       </w:r>
       <w:r w:rsidR="00CB6F68" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">atraviesa </w:t>
       </w:r>
       <w:r w:rsidR="007A7E3B" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>un proceso de transformación sin precedentes, impuls</w:t>
       </w:r>
       <w:r w:rsidR="00093767" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ó</w:t>
       </w:r>
@@ -1433,70 +1477,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="210258D7" w14:textId="31E8D09D" w:rsidR="002E41E8" w:rsidRPr="009C754D" w:rsidRDefault="002E41E8" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">El 72.8 % de los docentes empleó correo electrónico o redes sociales como Facebook, WhatsApp o Twitter como medio para informar sobre las actividades o impartir clases; el 31.3 % impartió clases virtuales a través de Google Meet, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Teams</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Zoom o Blue Jeans y 30.7 % usó plataformas virtuales (como Google Classroom, Aplícate o Moodle). En escuelas públicas y privadas, la herramienta que más se utilizó fue el correo electrónico o redes sociales, con 67.6 y 73.4 %, respectivamente. Las plataformas virtuales fueron el segundo medio más utilizado en escuelas privadas, con 52.9 por ciento. En las públicas, el segundo medio fue la enseñanza de manera presencial, con 42.7 por ciento.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0681FD26" w14:textId="7C3F4E91" w:rsidR="00676BEF" w:rsidRPr="009C754D" w:rsidRDefault="00CB6F68" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1681,51 +1706,78 @@
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2022, serán maestros de secundaria y bachillerato en diversas especialidades como: </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Español</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Inglés, Matemáticas, Química, Formación Ética y Ciudadana; y cursan algunas de las materias mencionadas con anterioridad en los diversos semestres de la licenciatura. </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009C754D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Inglés</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009C754D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Matemáticas, Química, Formación Ética y Ciudadana; y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C754D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">cursan algunas de las materias mencionadas con anterioridad en los diversos semestres de la licenciatura. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09C4F904" w14:textId="77777777" w:rsidR="00A838F7" w:rsidRPr="009C754D" w:rsidRDefault="00A838F7" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Supuesto de investigación: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="443BF720" w14:textId="02724546" w:rsidR="00A838F7" w:rsidRPr="009C754D" w:rsidRDefault="00A838F7" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -1780,51 +1832,50 @@
         </w:rPr>
         <w:t xml:space="preserve">Objetivos: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="494D7440" w14:textId="77777777" w:rsidR="00A838F7" w:rsidRPr="009C754D" w:rsidRDefault="00A838F7" w:rsidP="003C0255">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Identificar el grado de competencia digital de los estudiantes de la Licenciatura en Enseñanza y Aprendizaje de las Matemáticas y del </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Español</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la ENSM.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="709C40DD" w14:textId="77777777" w:rsidR="00A838F7" w:rsidRPr="009C754D" w:rsidRDefault="00A838F7" w:rsidP="003C0255">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
@@ -1925,102 +1976,102 @@
       <w:r w:rsidR="00172489" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>las competencias digitales</w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00422BD0" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de los estudiantes de 2º semestre de la ENSM con el plan 2022?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF0A42D" w14:textId="17407723" w:rsidR="00C671B0" w:rsidRPr="009C754D" w:rsidRDefault="00C671B0" w:rsidP="003C0255">
+    <w:p w14:paraId="0FF0A42D" w14:textId="17407723" w:rsidR="00C671B0" w:rsidRPr="00B354BA" w:rsidRDefault="00C671B0" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C754D">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B354BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Materiales y Métodos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B21CC43" w14:textId="31386CFB" w:rsidR="002E65A8" w:rsidRPr="009C754D" w:rsidRDefault="000463E7" w:rsidP="003C0255">
+    <w:p w14:paraId="7B21CC43" w14:textId="31386CFB" w:rsidR="002E65A8" w:rsidRPr="00B354BA" w:rsidRDefault="000463E7" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C754D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B354BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Metodología </w:t>
       </w:r>
-      <w:r w:rsidR="002E65A8" w:rsidRPr="009C754D">
+      <w:r w:rsidR="002E65A8" w:rsidRPr="00B354BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Investigación – Acción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27451457" w14:textId="44B477D4" w:rsidR="00BB2F55" w:rsidRPr="009C754D" w:rsidRDefault="00BB2F55" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">La investigación acción es un enfoque metodológico que </w:t>
       </w:r>
@@ -2088,139 +2139,150 @@
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">) la investigación acción se caracteriza por su enfoque pragmático y orientado a la acción, donde la teoría y la práctica se entrelazan en la búsqueda de soluciones prácticas a problemas concretos. </w:t>
       </w:r>
       <w:r w:rsidR="00BB2F55" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mediante este enfoque, se logra una comprensión más profunda de los problemas y se fomenta la participación activa de los individuos implicados en la búsqueda de soluciones. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BA0F50" w:rsidRPr="009C754D">
+        <w:t xml:space="preserve">Mediante este enfoque, se logra una comprensión más profunda de los problemas y se fomenta la participación activa de los individuos implicados en la búsqueda de </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2F55" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>L</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BB2F55" w:rsidRPr="009C754D">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">soluciones. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0F50" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>a investigación acción permite mejorar las prácticas, estimula la innovación, el aprendizaje y la toma de decisiones fundamentadas</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009C754D">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2F55" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BB2F55" w:rsidRPr="009C754D">
+        <w:t>a investigación acción permite mejorar las prácticas, estimula la innovación, el aprendizaje y la toma de decisiones fundamentadas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB2F55" w:rsidRPr="009C754D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:t>Al incluir a los actores clave en el proceso de investigación, se incentiva la apropiación de los resultados y se garantiza su aplicabilidad y pertinencia en el contexto específico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AD9B6AC" w14:textId="1205C3F7" w:rsidR="008E7E22" w:rsidRPr="009C754D" w:rsidRDefault="008E7E22" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>La investigación acción ha adquirido un carácter imprescindible en el ámbito educativo. Esta metodología permite a los docentes detectar problemas específicos, desarrollar estrategias de mejoramiento, implementar cambios y evaluar su efectividad. A través de la investigación acción, se impulsa la participación activa de los docentes en la toma de decisiones y se promueve la reflexión sobre prácticas pedagógicas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26ECC7C1" w14:textId="6ABD6E12" w:rsidR="00A53F5F" w:rsidRPr="009C754D" w:rsidRDefault="00A53F5F" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>"La investigación-acción implica un proceso cíclico de planificación, acción, observación y reflexión, seguido de la evaluación y la revisión de los pasos anteriores, lo que permite un continuo proceso de mejora en la práctica educativa". (Kemmis &amp; McTaggart, 1988</w:t>
       </w:r>
       <w:r w:rsidR="00C20BE8" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">De acuerdo a varios autores se rescatan 4 momentos principales: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F435481" w14:textId="3513CEC3" w:rsidR="00A53F5F" w:rsidRPr="009C754D" w:rsidRDefault="00F56B00" w:rsidP="003C0255">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
@@ -2312,124 +2374,161 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Reflexión y análisis de resultados. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F043F5E" w14:textId="77777777" w:rsidR="00E53EDB" w:rsidRPr="009C754D" w:rsidRDefault="00E53EDB" w:rsidP="003C0255">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58CF685C" w14:textId="65022832" w:rsidR="00BB2F55" w:rsidRPr="009C754D" w:rsidRDefault="0074067F" w:rsidP="003C0255">
+    <w:p w14:paraId="58CF685C" w14:textId="65022832" w:rsidR="00BB2F55" w:rsidRPr="00B354BA" w:rsidRDefault="0074067F" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C754D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B354BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Muestra</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FE7ED2A" w14:textId="44FD9613" w:rsidR="00BB2F55" w:rsidRPr="009C754D" w:rsidRDefault="0074067F" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En esta investigación, se utilizó una muestra no probabilística por conveniencia para seleccionar a los participantes. Se reclutaron a 30 estudiantes que cursaban el 2° semestre de la Licenciatura en Enseñanza y Aprendizaje de las Matemáticas y a 30 estudiantes que cursaban el 2° semestre de la Licenciatura en Enseñanza y Aprendizaje del Español durante el periodo de febrero a junio de 2023. Los participantes fueron seleccionados por cursas materias relacionadas a los entornos digitales de aprendizaje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FF3AB01" w14:textId="77777777" w:rsidR="00A3202E" w:rsidRPr="009C754D" w:rsidRDefault="00A3202E" w:rsidP="009C754D">
+    <w:p w14:paraId="1FF3AB01" w14:textId="77777777" w:rsidR="00A3202E" w:rsidRDefault="00A3202E" w:rsidP="009C754D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="06A94716" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="009C754D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00078DA5" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="009C754D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="524064AA" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRPr="009C754D" w:rsidRDefault="00B354BA" w:rsidP="009C754D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="4682FD11" w14:textId="606BBB0C" w:rsidR="00A3202E" w:rsidRPr="009C754D" w:rsidRDefault="00A3202E" w:rsidP="009C754D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Cronograma de Actividades</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5963004B" w14:textId="1F273B0E" w:rsidR="00B14034" w:rsidRPr="009C754D" w:rsidRDefault="00B14034" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tabla 1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
@@ -3067,80 +3166,79 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B52B719" w14:textId="77777777" w:rsidR="00A3202E" w:rsidRPr="009C754D" w:rsidRDefault="00A3202E" w:rsidP="009C754D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59E4A78E" w14:textId="453A1A35" w:rsidR="002E65A8" w:rsidRPr="009C754D" w:rsidRDefault="0085783C" w:rsidP="009C754D">
+    <w:p w14:paraId="59E4A78E" w14:textId="453A1A35" w:rsidR="002E65A8" w:rsidRPr="00B354BA" w:rsidRDefault="0085783C" w:rsidP="009C754D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009C754D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B354BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Diagnóstico</w:t>
       </w:r>
-      <w:r w:rsidR="002E65A8" w:rsidRPr="009C754D">
+      <w:r w:rsidR="002E65A8" w:rsidRPr="00B354BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Competencias Digitales</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EDC0979" w14:textId="0D4298A4" w:rsidR="00A3202E" w:rsidRPr="009C754D" w:rsidRDefault="00B14034" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Como parte de las actividades para recabar información al inicio de la investigación, se aplicó a los estudiantes un “autodiagnóstico” sobre sus competencias digitales. Para esto se utilizó el recurso de autodiagnóstico online propuesto por la organización Generación D del Gobierno de España para medir el nivel de competencia digital de los ciudadanos, mismo que puede ser utilizado de manera libre en el siguiente enlace </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="009C754D">
           <w:rPr>
@@ -3194,271 +3292,84 @@
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El modelo de las competencias digitales de la ciudadanía ofrece un núcleo de áreas, competencias, capacidades clave y niveles de desempeño para que la ciudadanía en general tenga la oportunidad de adquirir, desarrollar y mejorar sus competencias digitales, desde un enfoque holístico, equitativo y alineado con el Marco Europeo de las Competencias Digitales para la Ciudadanía (DigComp 2.2).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26ECB52D" w14:textId="31F77E40" w:rsidR="00B14034" w:rsidRDefault="00F30C8F" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>El modelo de competencias digitales se divide en 5 áreas del conocimiento y cada una de ellas define ciertas competencias específicas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74428FC0" w14:textId="77777777" w:rsidR="003C0255" w:rsidRDefault="003C0255" w:rsidP="003C0255">
-      <w:pPr>
-[...185 lines deleted...]
-    <w:p w14:paraId="401B22F1" w14:textId="77777777" w:rsidR="003C0255" w:rsidRPr="009C754D" w:rsidRDefault="003C0255" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66C1A7BF" w14:textId="2EEFD825" w:rsidR="00F31C98" w:rsidRPr="003C0255" w:rsidRDefault="00F31C98" w:rsidP="003C0255">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabla 2. </w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Autodiagnóstico de competencias digitales</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1486"/>
         <w:gridCol w:w="5457"/>
         <w:gridCol w:w="1885"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BA0F50" w:rsidRPr="00BA0F50" w14:paraId="61C3E79C" w14:textId="77777777" w:rsidTr="00466896">
         <w:trPr>
@@ -5042,90 +4953,77 @@
           <w:tcPr>
             <w:tcW w:w="1486" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="360E1BB4" w14:textId="77777777" w:rsidR="00F31C98" w:rsidRPr="00BA0F50" w:rsidRDefault="00F31C98" w:rsidP="00466896">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA0F50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. ¿Cómo colaboro con los demás en </w:t>
+              <w:t>7. ¿Cómo colaboro con los demás en entornos digitales?</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5457" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56498934" w14:textId="77777777" w:rsidR="00F31C98" w:rsidRPr="00BA0F50" w:rsidRDefault="00F31C98" w:rsidP="00466896">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BA0F50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-                <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...27 lines deleted...]
-              <w:lastRenderedPageBreak/>
               <w:t>Colaboro en plataformas digitales, publicando información interesante para los demás, tales como valoraciones y reseñas de restaurantes, aplicaciones, películas, etc. o consejos útiles.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1885" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E216E4C" w14:textId="77777777" w:rsidR="00F31C98" w:rsidRPr="00BA0F50" w:rsidRDefault="00F31C98" w:rsidP="00466896">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA0F50" w:rsidRPr="00BA0F50" w14:paraId="24681C6C" w14:textId="77777777" w:rsidTr="00466896">
@@ -8580,88 +8478,281 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="392AA37F" w14:textId="4243E29A" w:rsidR="00F30C8F" w:rsidRPr="009C754D" w:rsidRDefault="00F31C98" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>https://generaciond.gob.es/cuestionario-autodiagnostico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C17210" w14:textId="225F9577" w:rsidR="006B6040" w:rsidRPr="009C754D" w:rsidRDefault="006B6040" w:rsidP="00F30C8F">
+    <w:p w14:paraId="6376A23C" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="00F30C8F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C754D">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    </w:p>
+    <w:p w14:paraId="34C17210" w14:textId="0B62AC3F" w:rsidR="006B6040" w:rsidRPr="009C754D" w:rsidRDefault="006B6040" w:rsidP="00F30C8F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C754D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Las competencias digitales se dividen en 6 niveles de dominio, mismos que se muestran a continuación:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD498DE" w14:textId="67820A4A" w:rsidR="006B6040" w:rsidRPr="009C754D" w:rsidRDefault="006B6040" w:rsidP="006B6040">
+    <w:p w14:paraId="3DA07629" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="006B6040">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2687ADDA" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="006B6040">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="360C0531" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="006B6040">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="775B87DB" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="006B6040">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48BF0936" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="006B6040">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A0F3019" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="006B6040">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3817BE60" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="006B6040">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50A8F1A1" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="006B6040">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5313E03B" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="006B6040">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34025C08" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="006B6040">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3911F441" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="006B6040">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68362B9B" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="006B6040">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="391BC28B" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="006B6040">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0743BE7F" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="006B6040">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BD498DE" w14:textId="79031B85" w:rsidR="006B6040" w:rsidRPr="009C754D" w:rsidRDefault="006B6040" w:rsidP="006B6040">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C754D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura 1. </w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Niveles de competencia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="421B19A6" w14:textId="59CA7E74" w:rsidR="006B6040" w:rsidRPr="009C754D" w:rsidRDefault="006B6040" w:rsidP="006B6040">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
@@ -9285,51 +9376,50 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A1AA71C" w14:textId="74EE16B4" w:rsidR="00AB0B94" w:rsidRPr="009C754D" w:rsidRDefault="00AB0B94" w:rsidP="00AB0B94">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura 3. </w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Niveles de Competencia – Alumnos Matemáticas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6683343E" w14:textId="77777777" w:rsidR="00AB0B94" w:rsidRPr="009C754D" w:rsidRDefault="00AB0B94" w:rsidP="00C671B0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
@@ -9647,51 +9737,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67AE6182" w14:textId="39656369" w:rsidR="00B677D0" w:rsidRPr="009C754D" w:rsidRDefault="00B677D0" w:rsidP="00E53EDB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Cuestionario Conceptos Básicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78635856" w14:textId="6E6278DC" w:rsidR="00B677D0" w:rsidRPr="009C754D" w:rsidRDefault="00B677D0" w:rsidP="00B677D0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Se aplicó un cuestionario con las siguientes preguntas</w:t>
       </w:r>
       <w:r w:rsidR="0053223E" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -10585,98 +10674,100 @@
               </w:rPr>
               <w:t>Apoyo con alguna herramienta digital según lo solicitado</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F1B8158" w14:textId="77777777" w:rsidR="009B5AF9" w:rsidRPr="009C754D" w:rsidRDefault="009B5AF9" w:rsidP="009B5AF9">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="317" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C754D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Presentación de avances</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="588B3E97" w14:textId="475DED37" w:rsidR="009B5AF9" w:rsidRPr="009C754D" w:rsidRDefault="009B5AF9" w:rsidP="009B5AF9">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:ind w:left="317" w:hanging="284"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C754D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Revisión y retroalimentación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2348" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70ED0C75" w14:textId="77777777" w:rsidR="009B5AF9" w:rsidRPr="009C754D" w:rsidRDefault="009B5AF9" w:rsidP="009B5AF9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C754D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1 (1h45min)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5103CA08" w14:textId="023D0D36" w:rsidR="009B5AF9" w:rsidRPr="009C754D" w:rsidRDefault="009B5AF9" w:rsidP="009B5AF9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C754D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -10934,51 +11025,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3751923A" w14:textId="285C5D1E" w:rsidR="005F27E4" w:rsidRPr="009C754D" w:rsidRDefault="005F27E4" w:rsidP="005F27E4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Fases del proyecto: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="783555FB" w14:textId="77777777" w:rsidR="003D04E7" w:rsidRPr="009C754D" w:rsidRDefault="003D04E7" w:rsidP="003D04E7">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -11328,50 +11418,51 @@
         <w:t xml:space="preserve">Cada sesión presencial entre 3-5 estudiantes presentaban avances de las actividades realizadas y recibían retroalimentación por parte de sus compañeros y del docente. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A1FC8BA" w14:textId="58867254" w:rsidR="001F4418" w:rsidRPr="003C0255" w:rsidRDefault="001F4418" w:rsidP="001F4418">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Se resolvieron dudas con respecto a la planificación del curso y/o de los recursos utilizados. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="792D4962" w14:textId="65DDC2C4" w:rsidR="001F4418" w:rsidRPr="009C754D" w:rsidRDefault="001F4418" w:rsidP="001F4418">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -11511,60 +11602,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ompetencias Digitales Docentes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AEC870F" w14:textId="77777777" w:rsidR="00165C66" w:rsidRPr="009C754D" w:rsidRDefault="00165C66" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Según la UNESCO (2013), la competencia digital de los maestros se define como "la habilidad para utilizar tecnologías digitales de manera efectiva y responsable para mejorar las prácticas de </w:t>
-[...8 lines deleted...]
-        <w:t>enseñanza y el aprendizaje de los estudiantes". Esto va más allá de simplemente saber cómo usar dispositivos y aplicaciones, implica la capacidad de integrar la tecnología de manera reflexiva y crítica en el proceso educativo.</w:t>
+        <w:t>Según la UNESCO (2013), la competencia digital de los maestros se define como "la habilidad para utilizar tecnologías digitales de manera efectiva y responsable para mejorar las prácticas de enseñanza y el aprendizaje de los estudiantes". Esto va más allá de simplemente saber cómo usar dispositivos y aplicaciones, implica la capacidad de integrar la tecnología de manera reflexiva y crítica en el proceso educativo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01AB0141" w14:textId="7AAA1B76" w:rsidR="006B6040" w:rsidRPr="009C754D" w:rsidRDefault="006B6040" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Según Mishra y Koehler (2006), la integración de la tecnología en la enseñanza requiere de una combinación de conocimientos pedagógicos, tecnológicos y de contenido, denominados por los autores como el Modelo TPACK. Este enfoque enfatiza la necesidad de que los docentes comprendan cómo utilizar la tecnología de manera efectiva dentro del contexto de su disciplina y de las estrategias pedagógicas adecuadas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="185BDBCE" w14:textId="77777777" w:rsidR="006B6040" w:rsidRPr="009C754D" w:rsidRDefault="006B6040" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -11737,50 +11819,51 @@
         </w:rPr>
         <w:t>Organización y administración</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63680792" w14:textId="77777777" w:rsidR="006B6040" w:rsidRPr="009C754D" w:rsidRDefault="006B6040" w:rsidP="003C0255">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Aprendizaje profesional de los docentes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51938895" w14:textId="77777777" w:rsidR="00172489" w:rsidRPr="009C754D" w:rsidRDefault="00172489" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Las Competencias Digitales de la UNESCO son un marco que define las habilidades necesarias para que las personas puedan participar efectivamente en la sociedad digital. Estas competencias se dividen en cinco áreas principales:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C0EED7" w14:textId="77777777" w:rsidR="00172489" w:rsidRPr="009C754D" w:rsidRDefault="00172489" w:rsidP="003C0255">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
@@ -11876,51 +11959,50 @@
         </w:rPr>
         <w:t>Aprendizaje personalizado: Utilizar tecnologías digitales para apoyar el aprendizaje a lo largo de la vida, adaptándose a diferentes estilos de aprendizaje y necesidades individuales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17330931" w14:textId="55076C93" w:rsidR="00172489" w:rsidRPr="009C754D" w:rsidRDefault="00172489" w:rsidP="003C0255">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Competencias para el empleo y la vida: Desarrollar habilidades digitales que sean relevantes para el mercado laboral y la vida cotidiana, incluyendo la capacidad de colaborar, comunicarse, resolver problemas y adaptarse a entornos digitales cambiantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="781C8F09" w14:textId="0ADD35BF" w:rsidR="00172489" w:rsidRPr="009C754D" w:rsidRDefault="00172489" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Estas competencias son fundamentales en la era digital actual, ya que permiten a las personas participar de manera activa y significativa en la sociedad, el trabajo y la educación. La UNESCO promueve el desarrollo de estas competencias a nivel mundial para garantizar que todos tengan la oportunidad de beneficiarse de las tecnologías digitales de manera segura y efectiva.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07812D14" w14:textId="77777777" w:rsidR="006B6040" w:rsidRPr="009C754D" w:rsidRDefault="006B6040" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -11970,51 +12052,60 @@
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Al desarrollar las actividades del proyecto, se propuso un modelo de aprendizaje autónomo basado en los principios de la heutagogía. "El término heutagogía se refiere al aprendizaje centrado en el alumno, donde el estudiante asume la responsabilidad de su propio proceso de aprendizaje, incluida la planificación, la ejecución y la evaluación." (Blaschke, 2012).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24C4AA75" w14:textId="728B1368" w:rsidR="00474E1E" w:rsidRPr="009C754D" w:rsidRDefault="00474E1E" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lo que se buscaba era que los estudiantes fueran responsables de su propio proceso de aprendizaje, reflexionando de manera crítica y tomando decisiones sobre sus necesidades e intereses y como ponerlos en práctica en la tarea a completar. "En un entorno heutagógico, se fomenta la autonomía del aprendizaje, donde los estudiantes son capaces de tomar decisiones informadas sobre qué, cómo y cuándo aprender, en función de sus propias necesidades y metas de aprendizaje." (Blaschke, 2012). Una de las </w:t>
+        <w:t xml:space="preserve">Lo que se buscaba era que los estudiantes fueran responsables de su propio proceso de aprendizaje, reflexionando de manera crítica y tomando decisiones sobre sus necesidades e intereses y como ponerlos en práctica en la tarea a completar. "En un entorno heutagógico, se </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C754D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">fomenta la autonomía del aprendizaje, donde los estudiantes son capaces de tomar decisiones informadas sobre qué, cómo y cuándo aprender, en función de sus propias necesidades y metas de aprendizaje." (Blaschke, 2012). Una de las </w:t>
       </w:r>
       <w:r w:rsidR="009F6DD7" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>premisas</w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> principales fue la de pasar de un modelo centrado en la transmisión de conocimientos a uno centrado en el desarrollo de habilidades de autorregulación, reflexión y búsqueda activa de recursos, lo que conlleva a los docentes a proporcionar al </w:t>
       </w:r>
       <w:r w:rsidR="009F6DD7" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>estudiantado las</w:t>
       </w:r>
@@ -12067,51 +12158,50 @@
       <w:r w:rsidR="00474E1E" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l aprendizaje autónomo en la formación docente promueve la capacidad de los docentes para adaptarse a los cambios constantes en la educación y para mejorar continuamente su práctica pedagógica. Este enfoque permite a los educadores asumir la responsabilidad de su propio desarrollo profesional, explorando nuevos métodos, estrategias y tecnologías que enriquezcan su enseñanza.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A78D4CE" w14:textId="0D13C5C0" w:rsidR="00FD2E72" w:rsidRPr="009C754D" w:rsidRDefault="00B37D0C" w:rsidP="002C59FD">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Los cursos diseñados por los estudiantes contenían temáticas variadas basadas en sus intereses y motivaciones. Algunas de las temáticas abordadas estaban relacionadas a las disciplinas de sus licenciaturas, por </w:t>
       </w:r>
       <w:r w:rsidR="009F6DD7" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ejemplo,</w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> algunos de los estudiantes de la especialidad de matemáticas realizaron cursos de algebra, geometría, trigonometría, operaciones básicas matemáticas, estadística, física y química; mientras que algunos de los estudiantes de español trabajaron temas relacionados a la </w:t>
       </w:r>
       <w:r w:rsidR="009F6DD7" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>morfología</w:t>
@@ -12213,50 +12303,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ejemplo de los trabajos elaborados por los estudiantes en sus cursos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F824FD1" w14:textId="77777777" w:rsidR="00760997" w:rsidRPr="009C754D" w:rsidRDefault="00760997" w:rsidP="00760997">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4FB25D33" wp14:editId="232C8536">
             <wp:extent cx="5250180" cy="2953226"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:docPr id="1684319553" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1684319553" name="Imagen 1684319553"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
@@ -12316,51 +12407,50 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31784521" w14:textId="58AE0A94" w:rsidR="00760997" w:rsidRPr="009C754D" w:rsidRDefault="00760997" w:rsidP="00760997">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura 5. </w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ejemplo de los trabajos elaborados por los estudiantes en sus cursos</w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -12434,50 +12524,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57315A4B" w14:textId="442ED340" w:rsidR="00760997" w:rsidRPr="009C754D" w:rsidRDefault="00760997" w:rsidP="00760997">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura 6. </w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ejemplo de los trabajos elaborados por los estudiantes en sus cursos</w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07AAEB74" wp14:editId="4531E723">
             <wp:extent cx="4602480" cy="2588895"/>
             <wp:effectExtent l="0" t="0" r="7620" b="1905"/>
             <wp:docPr id="203965411" name="Imagen 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -12576,179 +12667,90 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4495A1CF" w14:textId="77777777" w:rsidR="002C59FD" w:rsidRDefault="002C59FD" w:rsidP="00760997">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B2097F2" w14:textId="77777777" w:rsidR="002C59FD" w:rsidRDefault="002C59FD" w:rsidP="00760997">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C0D4E1A" w14:textId="77777777" w:rsidR="002C59FD" w:rsidRDefault="002C59FD" w:rsidP="00760997">
+    <w:p w14:paraId="1B167689" w14:textId="77777777" w:rsidR="002C59FD" w:rsidRDefault="002C59FD" w:rsidP="00760997">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75FA156C" w14:textId="77777777" w:rsidR="002C59FD" w:rsidRDefault="002C59FD" w:rsidP="00760997">
+    <w:p w14:paraId="4CEFA66A" w14:textId="77777777" w:rsidR="002C59FD" w:rsidRPr="009C754D" w:rsidRDefault="002C59FD" w:rsidP="00760997">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38538170" w14:textId="77777777" w:rsidR="002C59FD" w:rsidRDefault="002C59FD" w:rsidP="00760997">
+    <w:p w14:paraId="41753520" w14:textId="77777777" w:rsidR="00760997" w:rsidRPr="009C754D" w:rsidRDefault="00760997" w:rsidP="00760997">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...86 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura 7. </w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ejemplo de los trabajos elaborados por los estudiantes en sus cursos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="043C16CA" w14:textId="77777777" w:rsidR="00760997" w:rsidRPr="009C754D" w:rsidRDefault="00760997" w:rsidP="00760997">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="286C66CD" w14:textId="4883D2D5" w:rsidR="00760997" w:rsidRPr="009C754D" w:rsidRDefault="00760997" w:rsidP="00760997">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -12817,90 +12819,102 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia. Estudiante especialidad Español</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FF13BC3" w14:textId="77777777" w:rsidR="00760997" w:rsidRPr="009C754D" w:rsidRDefault="00760997" w:rsidP="00760997">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="298BBF2A" w14:textId="77777777" w:rsidR="00760997" w:rsidRPr="009C754D" w:rsidRDefault="00760997" w:rsidP="00760997">
+    <w:p w14:paraId="298BBF2A" w14:textId="77777777" w:rsidR="00760997" w:rsidRDefault="00760997" w:rsidP="00760997">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A671797" w14:textId="77777777" w:rsidR="00760997" w:rsidRPr="009C754D" w:rsidRDefault="00760997" w:rsidP="00760997">
+    <w:p w14:paraId="25BDEBE1" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRPr="009C754D" w:rsidRDefault="00B354BA" w:rsidP="00760997">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1209FA2D" w14:textId="1192D789" w:rsidR="00760997" w:rsidRPr="009C754D" w:rsidRDefault="00760997" w:rsidP="00760997">
+    <w:p w14:paraId="7A671797" w14:textId="77777777" w:rsidR="00760997" w:rsidRPr="009C754D" w:rsidRDefault="00760997" w:rsidP="00760997">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1209FA2D" w14:textId="1192D789" w:rsidR="00760997" w:rsidRPr="009C754D" w:rsidRDefault="00760997" w:rsidP="00760997">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura 8. </w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ejemplo de los trabajos elaborados por los estudiantes en sus cursos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EEC99D8" w14:textId="2C4CAFA0" w:rsidR="000301A8" w:rsidRPr="009C754D" w:rsidRDefault="00760997" w:rsidP="00760997">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
@@ -13005,60 +13019,51 @@
         </w:rPr>
         <w:t>Uno de los resultados más relevantes fue la motivación de los estudiantes y el interés en realizar las actividades. “</w:t>
       </w:r>
       <w:r w:rsidR="00996419" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Si los</w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> estudiantes están interesados en un tema, tienden a estar más motivados para aprender. Esta motivación intrínseca puede llevar a un mayor compromiso y participación en el aula, lo que a su vez puede mejorar el rendimiento académico.” (Ryan y Deci, 2000). </w:t>
       </w:r>
       <w:r w:rsidR="00996419" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cuando los estudiantes están motivados por sus propios intereses, es más probable que busquen </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">activamente recursos y oportunidades de aprendizaje fuera del aula. Esto promueve un aprendizaje continuo y autodirigido. </w:t>
+        <w:t xml:space="preserve">Cuando los estudiantes están motivados por sus propios intereses, es más probable que busquen activamente recursos y oportunidades de aprendizaje fuera del aula. Esto promueve un aprendizaje continuo y autodirigido. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58680893" w14:textId="77777777" w:rsidR="00996419" w:rsidRPr="009C754D" w:rsidRDefault="00996419" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Al permitir que los estudiantes exploren y desarrollen sus propios intereses, se fomenta la diversificación de habilidades. Según Hase y Kenyon (2000).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52B3F1C9" w14:textId="0B0C2044" w:rsidR="00474E1E" w:rsidRDefault="00474E1E" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708"/>
@@ -13080,82 +13085,107 @@
       <w:r w:rsidR="00996419" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El enfoque heutagógico promueve el desarrollo de la metacognición en los estudiantes, lo que les permite reflexionar sobre su propio proceso de aprendizaje, identificar estrategias efectivas y realizar ajustes según sea necesario para mejorar su rendimiento académico</w:t>
       </w:r>
       <w:r w:rsidR="00996419" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6920FEE1" w14:textId="77777777" w:rsidR="002C59FD" w:rsidRPr="009C754D" w:rsidRDefault="002C59FD" w:rsidP="003C0255">
+    <w:p w14:paraId="6920FEE1" w14:textId="77777777" w:rsidR="002C59FD" w:rsidRDefault="002C59FD" w:rsidP="003C0255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="112D7B14" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="003C0255">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D93733F" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRPr="009C754D" w:rsidRDefault="00B354BA" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36082AD7" w14:textId="0C1DB620" w:rsidR="0085783C" w:rsidRPr="009C754D" w:rsidRDefault="00142317" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66C33414" w14:textId="1F571D36" w:rsidR="00474E1E" w:rsidRPr="009C754D" w:rsidRDefault="00474E1E" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Las Tecnologías de la Información y la Comunicación (TIC) han revolucionado la educación, transformando no solo la forma en que los estudiantes aprenden, sino también cómo los docentes enseñan. La formación docente ha sido un área clave para la integración efectiva de las TICCAD en el aula. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="563831F4" w14:textId="77777777" w:rsidR="00226C23" w:rsidRPr="009C754D" w:rsidRDefault="00226C23" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -13207,51 +13237,50 @@
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La integración efectiva de la tecnología en el aula requiere que los maestros posean una sólida competencia digital. En la era digital actual, donde la tecnología desempeña un papel fundamental en la educación, los educadores deben estar preparados para utilizar herramientas digitales de manera significativa y eficaz para enriquecer la experiencia de aprendizaje de sus estudiantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62EFA7F9" w14:textId="77777777" w:rsidR="00226C23" w:rsidRPr="009C754D" w:rsidRDefault="00226C23" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Al desarrollar la capacidad de aprender de manera independiente y continua, los docentes pueden mantenerse actualizados en un entorno educativo en constante evolución y mejorar la calidad de su enseñanza para el beneficio de sus estudiantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="261D89B2" w14:textId="77777777" w:rsidR="00226C23" w:rsidRPr="009C754D" w:rsidRDefault="00226C23" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62C0152C" w14:textId="52A90083" w:rsidR="00142317" w:rsidRPr="009C754D" w:rsidRDefault="00142317" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -13288,51 +13317,60 @@
     </w:p>
     <w:p w14:paraId="0D01023E" w14:textId="03D0DBF4" w:rsidR="00FA4F60" w:rsidRPr="009C754D" w:rsidRDefault="00FA4F60" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">En cuanto a la pregunta de investigación se </w:t>
       </w:r>
       <w:r w:rsidR="000301A8" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>demostró que el aprendizaje autónomo en el entorno digital fomenta de manera favorable el desarrollo de las competencias digitales en los estudiantes, lo que facilita que</w:t>
+        <w:t xml:space="preserve">demostró que el aprendizaje autónomo en el entorno digital fomenta de manera favorable el desarrollo de las competencias digitales en los </w:t>
+      </w:r>
+      <w:r w:rsidR="000301A8" w:rsidRPr="009C754D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>estudiantes, lo que facilita que</w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pued</w:t>
       </w:r>
       <w:r w:rsidR="000301A8" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">n acceder y evaluar una amplia gama de recursos en línea de manera efectiva y discernir entre información relevante y no relevante. Esto les permite tomar el control de su propio proceso de aprendizaje al elegir las herramientas y plataformas más adecuadas para sus necesidades específicas. Además, las competencias digitales les permiten colaborar de manera más efectiva con sus compañeros, compartir conocimientos y trabajar en proyectos en línea, lo que fomenta un entorno de aprendizaje colaborativo. </w:t>
       </w:r>
@@ -13417,51 +13455,50 @@
         </w:rPr>
         <w:t xml:space="preserve">Tamaño y representatividad de la muestra: Es posible que el tamaño de la muestra sea limitado y que los participantes no representen completamente la diversidad de contextos educativos y demográficos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FAB935B" w14:textId="05305730" w:rsidR="00D7183F" w:rsidRPr="009C754D" w:rsidRDefault="0000378B" w:rsidP="003C0255">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Diseño del estudio: El diseño de la investigación, como la falta de un grupo de control o la dependencia de datos </w:t>
       </w:r>
       <w:r w:rsidR="005024C8" w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>auto informados</w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, puede influir en la validez interna y externa de los resultados. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="419F73EC" w14:textId="77777777" w:rsidR="00D7183F" w:rsidRPr="009C754D" w:rsidRDefault="0000378B" w:rsidP="003C0255">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
@@ -13498,50 +13535,51 @@
         </w:rPr>
         <w:t>a evaluación de estas variables puede depender en gran medida de instrumentos de medición que podrían no capturar completamente la complejidad de los constructos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D197E87" w14:textId="77777777" w:rsidR="00D7183F" w:rsidRPr="009C754D" w:rsidRDefault="0000378B" w:rsidP="003C0255">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Contexto educativo: Los resultados pueden estar influenciados por el contexto específico en el que se llevó a cabo la investigación, incluidos factores institucionales, culturales y socioeconómicos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6016A4A9" w14:textId="59A0E90D" w:rsidR="0000378B" w:rsidRPr="009C754D" w:rsidRDefault="0000378B" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Considerar estas limitaciones es fundamental para interpretar los resultados de manera adecuada y para identificar áreas potenciales de mejora en futuras investigaciones sobre habilidades digitales y aprendizaje autónomo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F567DCB" w14:textId="770E56CA" w:rsidR="00474E1E" w:rsidRPr="009C754D" w:rsidRDefault="00474E1E" w:rsidP="003C0255">
       <w:pPr>
@@ -13682,130 +13720,164 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Exploración de factores contextuales: Investigar cómo factores contextuales, como la infraestructura tecnológica disponible, la capacitación docente, las políticas educativas y las culturas escolares, influyen en la capacidad de los docentes para desarrollar habilidades digitales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FD98910" w14:textId="77777777" w:rsidR="003D2E12" w:rsidRPr="009C754D" w:rsidRDefault="003D2E12" w:rsidP="003D2E12">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="676C0F97" w14:textId="77777777" w:rsidR="003D2E12" w:rsidRPr="009C754D" w:rsidRDefault="003D2E12" w:rsidP="003D2E12">
-[...10 lines deleted...]
-    <w:p w14:paraId="7C3CAB7A" w14:textId="1B076F4E" w:rsidR="00142317" w:rsidRPr="009C754D" w:rsidRDefault="00142317" w:rsidP="003C0255">
+    <w:p w14:paraId="20F2D4E0" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="003C0255">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C754D">
+    </w:p>
+    <w:p w14:paraId="2EC710C0" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="003C0255">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="463A3993" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="003C0255">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48DFD21F" w14:textId="77777777" w:rsidR="00B354BA" w:rsidRDefault="00B354BA" w:rsidP="003C0255">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C3CAB7A" w14:textId="42BF8861" w:rsidR="00142317" w:rsidRPr="009C754D" w:rsidRDefault="00142317" w:rsidP="003C0255">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C754D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A49D350" w14:textId="77777777" w:rsidR="0068219B" w:rsidRPr="009C754D" w:rsidRDefault="0068219B" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Blaschke, L. M. (2012). </w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Heutagogy and lifelong learning: A review of heutagogical practice and self-determined learning. The International Review of Research in Open and Distributed Learning, 13(1), 56-71.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D3C7B81" w14:textId="77777777" w:rsidR="0068219B" w:rsidRPr="009C754D" w:rsidRDefault="0068219B" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009C754D">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00B354BA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pl-PL"/>
         </w:rPr>
         <w:t xml:space="preserve">Deci, E. L., &amp; Ryan, R. M. (2002). </w:t>
       </w:r>
       <w:r w:rsidRPr="009C754D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Handbook of self-determination research. University of Rochester Press.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="595012E7" w14:textId="505F3E9C" w:rsidR="008513ED" w:rsidRPr="009C754D" w:rsidRDefault="008513ED" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -14097,123 +14169,123 @@
     <w:p w14:paraId="23F37F4A" w14:textId="77777777" w:rsidR="00165C66" w:rsidRDefault="00165C66" w:rsidP="00142317">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00165C66" w:rsidSect="003C0255">
       <w:headerReference w:type="default" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="709" w:right="1440" w:bottom="567" w:left="1440" w:header="142" w:footer="260" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39158606" w14:textId="77777777" w:rsidR="00245A9A" w:rsidRDefault="00245A9A" w:rsidP="003C0255">
+    <w:p w14:paraId="011C5A56" w14:textId="77777777" w:rsidR="007510C9" w:rsidRDefault="007510C9" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29FEA061" w14:textId="77777777" w:rsidR="00245A9A" w:rsidRDefault="00245A9A" w:rsidP="003C0255">
+    <w:p w14:paraId="33FF25EC" w14:textId="77777777" w:rsidR="007510C9" w:rsidRDefault="007510C9" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1C5E8BF8" w14:textId="007C333A" w:rsidR="003C0255" w:rsidRDefault="003C0255" w:rsidP="003C0255">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>Vol. 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">, Núm. </w:t>
@@ -14224,109 +14296,163 @@
         <w:b/>
       </w:rPr>
       <w:t>21</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                  </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>Enero</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
-      <w:t xml:space="preserve"> – Junio 2024</w:t>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cstheme="minorHAnsi"/>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2024</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                         ISSN: 2448 – 6280</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10EF67F3" w14:textId="77777777" w:rsidR="00245A9A" w:rsidRDefault="00245A9A" w:rsidP="003C0255">
+    <w:p w14:paraId="1D56036F" w14:textId="77777777" w:rsidR="007510C9" w:rsidRDefault="007510C9" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="28EAD5F4" w14:textId="77777777" w:rsidR="00245A9A" w:rsidRDefault="00245A9A" w:rsidP="003C0255">
+    <w:p w14:paraId="1755CD72" w14:textId="77777777" w:rsidR="007510C9" w:rsidRDefault="007510C9" w:rsidP="003C0255">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="100DACA8" w14:textId="3781FDE3" w:rsidR="003C0255" w:rsidRDefault="003C0255" w:rsidP="003C0255">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="100DACA8" w14:textId="4E47331A" w:rsidR="003C0255" w:rsidRDefault="00B354BA" w:rsidP="003C0255">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00F44F95">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-        <w:i/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C804324" wp14:editId="4A61C189">
+          <wp:extent cx="6802120" cy="986843"/>
+          <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+          <wp:docPr id="1164772429" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1164772429" name="Imagen 1164772429"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6809427" cy="987903"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="091051E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FF6A0CC4"/>
     <w:lvl w:ilvl="0" w:tplc="080A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -15827,51 +15953,51 @@
   <w:num w:numId="8" w16cid:durableId="1091050770">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2052725810">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1571967662">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1485583176">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1105225607">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1533423729">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1477797394">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -15906,140 +16032,143 @@
     <w:rsid w:val="002F46AC"/>
     <w:rsid w:val="0033078B"/>
     <w:rsid w:val="003B2EC4"/>
     <w:rsid w:val="003C0255"/>
     <w:rsid w:val="003C4F86"/>
     <w:rsid w:val="003D04E7"/>
     <w:rsid w:val="003D2E12"/>
     <w:rsid w:val="00422BD0"/>
     <w:rsid w:val="00474E1E"/>
     <w:rsid w:val="00493C89"/>
     <w:rsid w:val="004C43B2"/>
     <w:rsid w:val="004C6B28"/>
     <w:rsid w:val="005024C8"/>
     <w:rsid w:val="00516E79"/>
     <w:rsid w:val="0053223E"/>
     <w:rsid w:val="00533DD1"/>
     <w:rsid w:val="005F27E4"/>
     <w:rsid w:val="00620F4B"/>
     <w:rsid w:val="00650624"/>
     <w:rsid w:val="00676BEF"/>
     <w:rsid w:val="0068219B"/>
     <w:rsid w:val="006B26BE"/>
     <w:rsid w:val="006B5568"/>
     <w:rsid w:val="006B6040"/>
     <w:rsid w:val="0074067F"/>
+    <w:rsid w:val="007510C9"/>
     <w:rsid w:val="00760997"/>
     <w:rsid w:val="007A7E3B"/>
     <w:rsid w:val="008513ED"/>
     <w:rsid w:val="0085783C"/>
     <w:rsid w:val="00880FD6"/>
     <w:rsid w:val="008A1466"/>
     <w:rsid w:val="008C5670"/>
     <w:rsid w:val="008E7E22"/>
     <w:rsid w:val="009422C4"/>
     <w:rsid w:val="00977C78"/>
     <w:rsid w:val="00996419"/>
     <w:rsid w:val="00997080"/>
     <w:rsid w:val="009B5AF9"/>
     <w:rsid w:val="009C1048"/>
     <w:rsid w:val="009C754D"/>
     <w:rsid w:val="009E7E18"/>
     <w:rsid w:val="009F6DD7"/>
     <w:rsid w:val="00A3202E"/>
     <w:rsid w:val="00A53F5F"/>
     <w:rsid w:val="00A70F9D"/>
     <w:rsid w:val="00A838F7"/>
     <w:rsid w:val="00A928AF"/>
     <w:rsid w:val="00AB0B94"/>
     <w:rsid w:val="00AC6DB6"/>
     <w:rsid w:val="00AD0036"/>
     <w:rsid w:val="00B14034"/>
+    <w:rsid w:val="00B354BA"/>
     <w:rsid w:val="00B37D0C"/>
     <w:rsid w:val="00B52BA7"/>
     <w:rsid w:val="00B677D0"/>
     <w:rsid w:val="00BA0F50"/>
     <w:rsid w:val="00BA6F80"/>
     <w:rsid w:val="00BB2F55"/>
     <w:rsid w:val="00BE680F"/>
     <w:rsid w:val="00BF69B7"/>
     <w:rsid w:val="00C20BE8"/>
     <w:rsid w:val="00C40EA5"/>
     <w:rsid w:val="00C45AE2"/>
     <w:rsid w:val="00C671B0"/>
     <w:rsid w:val="00C74664"/>
     <w:rsid w:val="00CB0ECA"/>
     <w:rsid w:val="00CB653E"/>
     <w:rsid w:val="00CB6F68"/>
     <w:rsid w:val="00D069E8"/>
     <w:rsid w:val="00D36DDA"/>
     <w:rsid w:val="00D7183F"/>
     <w:rsid w:val="00D828B1"/>
     <w:rsid w:val="00DA52DA"/>
     <w:rsid w:val="00DB34B6"/>
     <w:rsid w:val="00E53EDB"/>
     <w:rsid w:val="00E94FB7"/>
+    <w:rsid w:val="00EA3B5E"/>
     <w:rsid w:val="00EF5B3E"/>
     <w:rsid w:val="00F30C8F"/>
     <w:rsid w:val="00F31C98"/>
     <w:rsid w:val="00F33777"/>
     <w:rsid w:val="00F56B00"/>
     <w:rsid w:val="00F96110"/>
     <w:rsid w:val="00FA4F60"/>
     <w:rsid w:val="00FD2E72"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6EEA29EA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{73EB5BC2-C0BB-46B9-BD87-6E719751B81B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16420,51 +16549,50 @@
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00BB2F55"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="es-MX"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
@@ -16589,51 +16717,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C0255"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003C0255"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="92017384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="200172672">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16949,50 +17077,54 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1989631604">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aidemontserrat@ensmmich.edu.mx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0008-3163-2912" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bubaruben@hotmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3294-8061" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesdoc.unesco.org/ark:/48223/pf0000217537" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edgardodiaz@ensmmich.edu.mx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-2548-317X" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://generaciond.gob.es/cuestionario-autodiagnostico" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="es-ES"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
@@ -17388,58 +17520,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="dk1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-MX"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:pattFill prst="dkDnDiag">
       <a:fgClr>
         <a:schemeClr val="lt1">
           <a:lumMod val="95000"/>
         </a:schemeClr>
       </a:fgClr>
       <a:bgClr>
         <a:schemeClr val="lt1"/>
       </a:bgClr>
     </a:pattFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="dk1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
@@ -17854,58 +17986,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="dk1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-MX"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:pattFill prst="dkDnDiag">
       <a:fgClr>
         <a:schemeClr val="lt1">
           <a:lumMod val="95000"/>
         </a:schemeClr>
       </a:fgClr>
       <a:bgClr>
         <a:schemeClr val="lt1"/>
       </a:bgClr>
     </a:pattFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="dk1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
@@ -19358,70 +19490,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6D871813-54C2-439B-A41F-AE95215A7038}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>23</Pages>
-[...1 lines deleted...]
-  <Characters>39754</Characters>
+  <Pages>25</Pages>
+  <Words>7234</Words>
+  <Characters>39792</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>331</Lines>
   <Paragraphs>93</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>46888</CharactersWithSpaces>
+  <CharactersWithSpaces>46933</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Montse Malagon</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>