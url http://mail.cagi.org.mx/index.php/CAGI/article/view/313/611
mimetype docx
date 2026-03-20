--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,54 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2265A4BE" w14:textId="27E92F7E" w:rsidR="005477EC" w:rsidRPr="005477EC" w:rsidRDefault="005477EC" w:rsidP="005477EC">
+    <w:p w14:paraId="2FFF3DDB" w14:textId="7DB5C299" w:rsidR="006446A2" w:rsidRDefault="006446A2" w:rsidP="006446A2">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006446A2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v11i21.313</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2265A4BE" w14:textId="1C09689E" w:rsidR="005477EC" w:rsidRPr="005477EC" w:rsidRDefault="005477EC" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-ES" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005477EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3580AA7F" w14:textId="1C7D818C" w:rsidR="00E52011" w:rsidRPr="005477EC" w:rsidRDefault="00213B23" w:rsidP="005477EC">
       <w:pPr>
@@ -191,248 +217,340 @@
       <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>willingness</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of university teachers to </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>take</w:t>
+        <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>advantage</w:t>
+        <w:t>university</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>of</w:t>
+        <w:t>teachers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>take</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>advantage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00213B23" w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ICT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7699EB79" w14:textId="77777777" w:rsidR="00BC4291" w:rsidRDefault="00BC4291" w:rsidP="00BC4291">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47454F36" w14:textId="7C26C67F" w:rsidR="00A1279E" w:rsidRPr="00BC4291" w:rsidRDefault="002062EF" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Enid </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Guzmán Caballero</w:t>
+        <w:t>Enid Asvany Guzmán Caballero</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="059AC766" w14:textId="4E40FC17" w:rsidR="002062EF" w:rsidRPr="005477EC" w:rsidRDefault="002062EF" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005477EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Autónoma del Estado de México</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E13CE15" w14:textId="604C84BA" w:rsidR="002062EF" w:rsidRPr="005477EC" w:rsidRDefault="00000000" w:rsidP="005477EC">
+    <w:p w14:paraId="2E13CE15" w14:textId="604C84BA" w:rsidR="002062EF" w:rsidRPr="005477EC" w:rsidRDefault="002062EF" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="002062EF" w:rsidRPr="005477EC">
+        <w:r w:rsidRPr="005477EC">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>eagumanc@uaemex.mx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="005D7A73" w14:textId="730782D2" w:rsidR="002062EF" w:rsidRPr="005477EC" w:rsidRDefault="00000000" w:rsidP="005477EC">
+    <w:p w14:paraId="005D7A73" w14:textId="730782D2" w:rsidR="002062EF" w:rsidRPr="005477EC" w:rsidRDefault="002062EF" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="002062EF" w:rsidRPr="005477EC">
+        <w:r w:rsidRPr="005477EC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://orcid.org/0000-0003-2061-8679</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5D99182A" w14:textId="77777777" w:rsidR="002062EF" w:rsidRPr="00BC4291" w:rsidRDefault="002062EF" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60963F38" w14:textId="4AD29A7F" w:rsidR="002062EF" w:rsidRPr="00BC4291" w:rsidRDefault="002062EF" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
@@ -461,87 +579,87 @@
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DD32F4E" w14:textId="77777777" w:rsidR="002062EF" w:rsidRPr="005477EC" w:rsidRDefault="002062EF" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005477EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Autónoma del Estado de México</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DBD130D" w14:textId="77777777" w:rsidR="008E070C" w:rsidRPr="005477EC" w:rsidRDefault="00000000" w:rsidP="005477EC">
+    <w:p w14:paraId="6DBD130D" w14:textId="77777777" w:rsidR="008E070C" w:rsidRPr="005477EC" w:rsidRDefault="008E070C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="008E070C" w:rsidRPr="005477EC">
+        <w:r w:rsidRPr="005477EC">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>aromeroruaemex@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3334A584" w14:textId="77777777" w:rsidR="00432B66" w:rsidRPr="005477EC" w:rsidRDefault="00000000" w:rsidP="005477EC">
+    <w:p w14:paraId="3334A584" w14:textId="77777777" w:rsidR="00432B66" w:rsidRPr="005477EC" w:rsidRDefault="004D2BCC" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="004D2BCC" w:rsidRPr="005477EC">
+        <w:r w:rsidRPr="005477EC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0002-0328-0525</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="782CA8C8" w14:textId="77777777" w:rsidR="00432B66" w:rsidRPr="00BC4291" w:rsidRDefault="00432B66" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
@@ -592,73 +710,73 @@
     <w:p w14:paraId="79718781" w14:textId="77777777" w:rsidR="004D2BCC" w:rsidRPr="005477EC" w:rsidRDefault="004D2BCC" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005477EC">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>ahsuaemex37@gmail.com</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FA4C71C" w14:textId="3B18E129" w:rsidR="004D2BCC" w:rsidRPr="005477EC" w:rsidRDefault="00000000" w:rsidP="005477EC">
+    <w:p w14:paraId="0FA4C71C" w14:textId="3B18E129" w:rsidR="004D2BCC" w:rsidRPr="005477EC" w:rsidRDefault="004D2BCC" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="004D2BCC" w:rsidRPr="005477EC">
+        <w:r w:rsidRPr="005477EC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://orcid.org/0000-0003-3958-5272</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004D2BCC" w:rsidRPr="005477EC">
+      <w:r w:rsidRPr="005477EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="478E7404" w14:textId="77777777" w:rsidR="00432B66" w:rsidRPr="00BC4291" w:rsidRDefault="00432B66" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E0610F1" w14:textId="6172E414" w:rsidR="004D2BCC" w:rsidRPr="00BC4291" w:rsidRDefault="004D2BCC" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
@@ -702,63 +820,63 @@
     <w:p w14:paraId="12CDB7B2" w14:textId="77777777" w:rsidR="004D2BCC" w:rsidRPr="005477EC" w:rsidRDefault="004D2BCC" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005477EC">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>mgascal@uaemex.mx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3828CF95" w14:textId="0FCD00D1" w:rsidR="004D2BCC" w:rsidRPr="005477EC" w:rsidRDefault="00000000" w:rsidP="005477EC">
+    <w:p w14:paraId="3828CF95" w14:textId="0FCD00D1" w:rsidR="004D2BCC" w:rsidRPr="005477EC" w:rsidRDefault="006D664E" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="006D664E" w:rsidRPr="005477EC">
+        <w:r w:rsidRPr="005477EC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://orcid.org/0000-0002-4906-5628</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="005A72EC" w14:textId="77777777" w:rsidR="006D664E" w:rsidRPr="00BC4291" w:rsidRDefault="006D664E" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="059EC591" w14:textId="77777777" w:rsidR="00432B66" w:rsidRPr="00BC4291" w:rsidRDefault="00432B66" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
@@ -778,101 +896,101 @@
         </w:rPr>
         <w:t>Jaime Alberto Rangel Bernal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E42AFCD" w14:textId="77777777" w:rsidR="00432B66" w:rsidRPr="005477EC" w:rsidRDefault="00432B66" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005477EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Autónoma del Estado de México, México</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10858D1C" w14:textId="2A9F39A6" w:rsidR="006D664E" w:rsidRPr="005477EC" w:rsidRDefault="00000000" w:rsidP="005477EC">
+    <w:p w14:paraId="10858D1C" w14:textId="2A9F39A6" w:rsidR="006D664E" w:rsidRPr="005477EC" w:rsidRDefault="006D664E" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="006D664E" w:rsidRPr="005477EC">
+        <w:r w:rsidRPr="005477EC">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>jarangelb@uaemex.mx</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006D664E" w:rsidRPr="005477EC">
+      <w:r w:rsidRPr="005477EC">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C833F1" w14:textId="61FA3728" w:rsidR="00432B66" w:rsidRPr="005477EC" w:rsidRDefault="00000000" w:rsidP="005477EC">
+    <w:p w14:paraId="76C833F1" w14:textId="61FA3728" w:rsidR="00432B66" w:rsidRPr="005477EC" w:rsidRDefault="006D664E" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="006D664E" w:rsidRPr="005477EC">
+        <w:r w:rsidRPr="005477EC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0009-5012-4216</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="27A1F7DB" w14:textId="77777777" w:rsidR="00BC4291" w:rsidRDefault="00BC4291" w:rsidP="006A1697">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -899,1229 +1017,1225 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50164D3B" w14:textId="77777777" w:rsidR="005477EC" w:rsidRDefault="005477EC" w:rsidP="006A1697">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7529F624" w14:textId="77777777" w:rsidR="005477EC" w:rsidRDefault="005477EC" w:rsidP="006A1697">
+    <w:p w14:paraId="594AD251" w14:textId="0BAE498E" w:rsidR="002062EF" w:rsidRPr="00BC4291" w:rsidRDefault="002062EF" w:rsidP="00BC4291">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
-        <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608662F6" w14:textId="1B5CF569" w:rsidR="002062EF" w:rsidRPr="00BC4291" w:rsidRDefault="002062EF" w:rsidP="005477EC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La disposición docente va más allá de la simple familiaridad con la tecnología. Implica una mentalidad abierta hacia la </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5CD4" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>innovación, adaptación</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a las nuevas herramientas y enfoques pedagógico</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5CD4" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Objetivo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Identificar los factores que determinan la disposición para el aprovechamiento de las TIC en docentes universitarios. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Metodología.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5CD4" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nfoque</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cualitativo con un diseño no experimental, transversal, descriptivo y explicativo. </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5CD4" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Método</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de investigación-acción participativa</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5CD4" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oblación de estudio docentes universitarios</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1A02" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>muestreo no probabilístico por conveniencia</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5CD4" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>de 5 docentes</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5CD4" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Criterios de inclusión: docentes de tiempo completo que impartan clases en los programas de estudio de Enfermería y Gerontología</w:t>
+      </w:r>
+      <w:r w:rsidR="006A1697" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Instrumento</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1A02" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">entrevista semiestructurada integrada por 8 preguntas abiertas, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A1697" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>con las</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> categorías de conocimiento, dominio, motivos de uso y factores favorables o desfavorables para el aprovechamiento de TIC. Para el análisis de datos se realizó a través del </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5CD4" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atlas-Ti Vs8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Resultados.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5CD4" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>49 códigos en los que predomina la conectividad a internet</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1A02" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5CD4" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>factores que determinan la disposición para el aprovechamiento de las TIC en docentes universitarios</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1A02" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07C2DEC9" w14:textId="0126537D" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="002062EF" w:rsidP="00BC4291">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Palabras clave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A1697" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">factores, disposición, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aprovechamiento de TIC, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A1697" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>docentes universitarios.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0481275F" w14:textId="77777777" w:rsidR="00102813" w:rsidRPr="00BC4291" w:rsidRDefault="00102813" w:rsidP="00BC4291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ED03E67" w14:textId="117D06F9" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-96"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Summary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E5EE806" w14:textId="06E3F624" w:rsidR="007B1A02" w:rsidRPr="00BC4291" w:rsidRDefault="007B1A02" w:rsidP="00BC4291">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The teaching disposition goes beyond simple familiarity with technology. It implies an open mentality towards innovation, adaptation to new tools and pedagogical approaches. Aim. Identify the factors that determine the willingness to use ICT in university teachers. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Methodology.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Qualitative approach with a non-experimental, transversal, descriptive and explanatory design. Participatory action research method. Study population university teachers, non-probabilistic convenience sampling of 5 teachers. Inclusion criteria: full-time faculty who teach classes in the Nursing and Gerontology study programs. Semi-structured interview </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>instrument</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> made up of 8 open questions, with the categories of knowledge, domain, reasons for use and favorable or unfavorable factors for the use of ICT. Data analysis was carried out using the Atlas-Ti Vs8 program. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Results</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. 49 codes in which internet connectivity predominates, factors that determine the willingness to use ICT in university teachers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60136812" w14:textId="37CE3F4B" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Keywords: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>factors, disposition, use of ICT, university teachers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26AB438B" w14:textId="77777777" w:rsidR="000421F5" w:rsidRPr="00BC4291" w:rsidRDefault="000421F5" w:rsidP="00BC4291">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02CB5D87" w14:textId="77777777" w:rsidR="000421F5" w:rsidRPr="00BC4291" w:rsidRDefault="000421F5" w:rsidP="00BC4291">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46585803" w14:textId="463553FD" w:rsidR="007B1A02" w:rsidRPr="00BC4291" w:rsidRDefault="007B1A02" w:rsidP="00BC4291">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A disposição docente vai além da simples familiaridade com a tecnologia. Implica uma mentalidade aberta à inovação, adaptação a novas ferramentas e abordagens pedagógicas. Mirar. Identificar os factores que determinam a vontade de utilizar as TIC nos professores </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">universitários. Metodologia. Abordagem qualitativa com desenho não experimental, transversal, descritivo e explicativo. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Método de pesquisa-ação</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> participativa. População de estudo de professores universitários, amostragem não probabilística de conveniência de 5 professores. Critérios de inclusão: docentes em período integral que ministram aulas nos cursos de Enfermagem e Gerontologia. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Instrumento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de entrevista semiestruturado composto por 8 questões abertas, contendo as categorias conhecimento, domínio, motivos de uso </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fatores favoráveis ​​ou desfavoráveis ​​ao uso das TIC. A análise dos dados foi realizada no programa Atlas-Ti Vs8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Resultados</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. 49 códigos em que predomina a conectividade à Internet, fatores que determinam a disponibilidade para o uso das TIC nos professores universitários.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="109DE80E" w14:textId="58A17D7F" w:rsidR="000421F5" w:rsidRDefault="000421F5" w:rsidP="00BC4291">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Palavras-chave:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fatores, disposição, uso das TIC, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>professores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>universitários</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B5838E0" w14:textId="77777777" w:rsidR="005477EC" w:rsidRPr="00277F61" w:rsidRDefault="005477EC" w:rsidP="005477EC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fecha Recepción:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Junio</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fecha Aceptación:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Diciembre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005477EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277F61">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00000000">
+        <w:pict w14:anchorId="2F3EE808">
+          <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF7675D" w14:textId="70AAE1F1" w:rsidR="002062EF" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="006446A2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Introducción</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="391534C8" w14:textId="77777777" w:rsidR="005477EC" w:rsidRDefault="005477EC" w:rsidP="006A1697">
+    <w:p w14:paraId="34AF3AC3" w14:textId="5E04D55D" w:rsidR="00B40E2D" w:rsidRPr="00BC4291" w:rsidRDefault="00B40E2D" w:rsidP="005477EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>La educación representa un pilar fundamental para el desarrollo de la sociedad, sin embargo, durante los últimos años enfrenta serios desafíos que han obstaculizado el logro de una educación de calidad, pues según datos de la CEPAL (2005) casi el 50% de la población entre 5 y 19 años de los países de Latinoamérica están fuera de los sistemas formales educativos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, mientras que 37% que lo están abandonan la escuela antes de completar el ciclo escolar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B63916" w14:textId="7A7A37F5" w:rsidR="00B40E2D" w:rsidRPr="00BC4291" w:rsidRDefault="00B40E2D" w:rsidP="005477EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Por su parte, Kriscautzky &amp; Rodríguez (2018) afirman que, la educación superior pública en México enfrenta una serie de retos, entre los que destacan el crecimiento poblacional en edad de acudir a la universidad, presupuesto limitado para ampliar el número de escuelas, requerimientos del mercado laboral de una mayor especialización de los egresados y cambios de paradigmas educativos a nivel global. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Otros retos importantes en la educación superior pública que enfrenta México es la infraestructura tecnológica y la implementación del uso de las TIC para su práctica educativa, sin embargo, aunque las TIC tienen alto potencial formativo si no se utilizan de forma adecuada se convierten en un problema más que en un apoyo para el proceso de enseñanza-aprendizaje, toda vez que la falta de capacitación docente limita su aplicación correcta para alcanzar los objetivos de aprendizaje establecidos en cada programa educativo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="582BE082" w14:textId="3DC1B6C7" w:rsidR="00B40E2D" w:rsidRPr="00BC4291" w:rsidRDefault="00B40E2D" w:rsidP="005477EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Actualmente uno de los cambios de paradigmas educativos es la necesidad de transformar los modelos educativos, pues existen cambios en las generaciones con relación a sus destrezas cognitivas y los choques intergeneracionales entre estudiantes que no conocen un mundo sin tecnología y tienen acceso a una cantidad exorbitante de información y los docentes que se enfrentan a la necesidad de innovar los procesos de enseñanza aprendizaje y además requieren aprender a usar la tecnología y sus recursos digitales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="680BAFD3" w14:textId="4B8DC509" w:rsidR="00B40E2D" w:rsidRPr="00BC4291" w:rsidRDefault="00B40E2D" w:rsidP="005477EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">La incorporación de las Tecnologías de Información y Comunicación (TIC) en los sistemas educativos de América Latina y el Caribe durante los últimos veinte años, han tenido poco efecto en la calidad de la educación siendo una de las causas principales su incorporación sin previa capacitación y sin claridad de objetivos pedagógicos, obteniendo como resultado un uso limitado durante las prácticas educativas (UNESCO, 2014). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79DDAB42" w14:textId="18CCD4D2" w:rsidR="00B40E2D" w:rsidRPr="00BC4291" w:rsidRDefault="00B40E2D" w:rsidP="005477EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nte este panorama, las instituciones de educación superior, requieren transformar sus modelos educativos, los cuales deben contemplar el desarrollo de prácticas educativas con implementación de TIC de forma eficaz, la innovación de procesos de enseñanza-aprendizaje que fortalezca las competencias del discente y desarrolle habilidades para entender y utilizar la información que facilitan las TIC así como potenciar la inclusión de los usos de las TIC con fines pedagógicos para generar la construcción del conocimiento. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3453AC71" w14:textId="1DF0CD5E" w:rsidR="00B40E2D" w:rsidRPr="00BC4291" w:rsidRDefault="00B40E2D" w:rsidP="005477EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Derivado de la pandemia por SARS-CoV2, las instituciones educativas de todos los niveles tanto del sector público como privado, afrontaron el reto de continuar con la formación académica mediante el apoyo de los sistemas y tecnologías de la información, sin embargo, en un primer escenario, fueron los docentes y alumnos quienes tuvieron que dar solución urgente a las prácticas educativas, poniendo en evidencia la falta de planeación estratégica tecnológica como recurso fundamental de las instituciones educativas principalmente del sector público.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="552D49CB" w14:textId="4F58972C" w:rsidR="007B1A02" w:rsidRPr="00BC4291" w:rsidRDefault="00A94B9B" w:rsidP="005477EC">
+      <w:pPr>
+        <w:pStyle w:val="Cuadros"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00B40E2D" w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on base en los resultados obtenidos del “Reporte y Perspectivas de Educación a Distancia” elaborado por la Dirección de Educación Continua y a Distancia en mayo de 2020, el cual reporta el nivel de cobertura de clases a distancia y nivel de participación del personal docente de los espacios académicos, se identificó que la Facultad de Enfermería y Obstetricia tiene un nivel de cobertura de clases del 56% con una participación del 69% de su personal docente, siendo el espacio académico con el menor nivel de cobertura y participación docente, mientras que otros espacios académicos tienen un nivel de cobertura de clases mayor que oscila entre el 74% y 100% con el 77% y 100% de participación docente. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6879F1" w14:textId="026A96D2" w:rsidR="00B40E2D" w:rsidRDefault="00B40E2D" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
-        <w:spacing w:after="200" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Derivado de lo anterior, surge la siguiente interrogante: ¿cuáles son los factores que determinan el grado de disposición docente para el aprovechamiento de las TIC en el proceso enseñanza-aprendizaje en la Facultad de Enfermería y Obstetricia? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4906D2A2" w14:textId="77777777" w:rsidR="006446A2" w:rsidRPr="00BC4291" w:rsidRDefault="006446A2" w:rsidP="005477EC">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="738B4747" w14:textId="73B82265" w:rsidR="00221B0C" w:rsidRPr="006446A2" w:rsidRDefault="00221B0C" w:rsidP="006446A2">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="006446A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-        <w:t>Resumen</w:t>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Disposición docente sobre las Tecnologías de la Información y la Comunicación en la educación superior en México</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="608662F6" w14:textId="1B5CF569" w:rsidR="002062EF" w:rsidRPr="00BC4291" w:rsidRDefault="002062EF" w:rsidP="005477EC">
-[...1047 lines deleted...]
-    <w:p w14:paraId="738B4747" w14:textId="3AEAFF3A" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
+    <w:p w14:paraId="6BE2B7F5" w14:textId="77777777" w:rsidR="006446A2" w:rsidRPr="00BC4291" w:rsidRDefault="006446A2" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC4291">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="76A4C247" w14:textId="644E278A" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc142176116"/>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El desarrollo de las tecnologías de la Información y la Comunicación se presenta en las recientes décadas al tiempo en que el avance humano demanda mayor progreso. De este modo, en los últimos años, las Tecnologías de la Información y la Comunicación toman una relevancia especial en respuesta a las condiciones actuales de la sociedad. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D7218A9" w14:textId="7F91751B" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A nivel mundial, las TIC han permitido llevar la globalidad a su punto más álgido </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> asimismo, ser uno de los sectores más relevantes que permiten una comunicación eficiente, rápida y clara, así como de favorecer a sectores vitales como la educación, la salud y las finanzas. Dicho de otra forma, su importancia no pasa por alto, pues estas brindan herramientas y recursos destinados a mejorar la calidad de vida de los individuos en todos los sentidos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A7DE09A" w14:textId="0A4687EB" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
@@ -2154,60 +2268,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> por ende, han cobrado un lugar relevante constituyente de una base importante en el modo de la interacción del estudiante y el docente, así como de ser una herramienta que de una u otra forma, implica un cambio a nivel social. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A07DEC" w14:textId="4ED906A1" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">La Organización de las Naciones para la Educación, la Ciencia y la Cultura (UNESCO, 2011) reconoce que las TIC pueden contribuir a múltiples aspectos de la educación: el </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">acceso universal, la equidad, el aprendizaje y la enseñanza de calidad, la capacitación profesional de los docentes y la administración, dirección y gestión. </w:t>
+        <w:t xml:space="preserve">La Organización de las Naciones para la Educación, la Ciencia y la Cultura (UNESCO, 2011) reconoce que las TIC pueden contribuir a múltiples aspectos de la educación: el acceso universal, la equidad, el aprendizaje y la enseñanza de calidad, la capacitación profesional de los docentes y la administración, dirección y gestión. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A554AFA" w14:textId="1B1EA936" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Asimismo, para </w:t>
       </w:r>
       <w:r w:rsidR="002C73D7" w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -2259,51 +2364,60 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“La educación ha ido cambiando a través del tiempo teniendo que adaptarse a las demandas sociales que son imprescindibles, lo que implica cambios e intervenciones dentro del sistema o en uno de sus elementos para los que a veces éste no está preparado” (Guzmán, 2005 retomado por Terreros, 2021). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7697A153" w14:textId="3362ECE5" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Siendo así, se concluye que no hay una tendencia clara debido a la heterogeneidad de los resultados, no obstante, se tiene que entender que dada la multideterminación del fenómeno educativo y la diversidad de agentes, actores y contextos educativos, de oportunidades y restricciones en relación con estos últimos, los resultados de los estudios sobre el uso de las tecnologías en la educación y del éxito de la educación a distancia en ocasiones son contradictorios.</w:t>
+        <w:t xml:space="preserve">Siendo así, se concluye que no hay una tendencia clara debido a la heterogeneidad de los resultados, no obstante, se tiene que entender que dada la multideterminación del fenómeno educativo y la diversidad de agentes, actores y contextos educativos, de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>oportunidades y restricciones en relación con estos últimos, los resultados de los estudios sobre el uso de las tecnologías en la educación y del éxito de la educación a distancia en ocasiones son contradictorios.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3315CE3C" w14:textId="01F4CD3E" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Dicho por Terrero (2021), los estudiantes se volvieron los actores principales de su </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -2364,51 +2478,50 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Para concebir el planteamiento de actuación de las TIC en la educación superior, hay que partir entonces de los roles de actuación en el mismo. Por su parte, el autor también rescata la categorización de Berge (1995), comprendida por cuatro áreas: pedagógica, social, organizacional o administrativa y técnica.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C7A3F28" w14:textId="184E7194" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="708" w:right="759" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">“Es imprescindible que el docente se perfile a un nivel de educador mediador, facilitador de procesos de aprendizaje, con capacidades, habilidades y aptitudes que permitan que el beneficiario primordial sea el estudiante involucrado en la revolución digital, capaz de resolver problemas, tomar decisiones para conseguir un determinado objetivo y realizar tareas a través de actividades que permitan desarrollar estrategias y capacidades cognitivas” (López et al., </w:t>
       </w:r>
       <w:r w:rsidR="00705BD8" w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DB81833" w14:textId="1B4F7704" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2459,51 +2572,60 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sin embargo, uno de los principales retos que se ha planteado acerca de este rol ha sido la de la disposición prevista por el gremio, pues como argumentó Bates (2001) citado por López y Espinoza de los Monteros (2006), “en cualquier institución los diferentes docentes tomarán posiciones diversas respecto al proceso de cambio: desde el miedo y el enojo, la resistencia, el lamento por los viejos tiempos, la aceptación recelosa de lo nuevo y, por último, la fe absoluta o la defensa del cambio”. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E7930B3" w14:textId="77777777" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Al decir de Sancho (1994) aludido por Castillo y Rodríguez (2016), las actitudes de los docentes con relación a las TIC, se sitúan entre dos polos de un continuo: entre la tecnofobia y la tecnofilia; es decir, algunos docentes rechazan el uso de las máquinas e incluso utilizándolas sienten desagrado y prefieren trabajar sin ellas. En el otro extremo se encuentran los que se sienten plenamente incorporados al mundo de la tecnología, los que siguen con entusiasmo su evolución e innovación, los que están al día de los últimos productos, de las últimas versiones y, sobre todo, los que están convencidos de que la tecnología equivale a evolución y progreso.</w:t>
+        <w:t xml:space="preserve">Al decir de Sancho (1994) aludido por Castillo y Rodríguez (2016), las actitudes de los docentes con relación a las TIC, se sitúan entre dos polos de un continuo: entre la tecnofobia y la tecnofilia; es decir, algunos docentes rechazan el uso de las máquinas e incluso utilizándolas sienten desagrado y prefieren trabajar sin ellas. En el otro extremo se encuentran los que se sienten plenamente incorporados al mundo de la tecnología, los que siguen con entusiasmo su evolución e innovación, los que están al día de los últimos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>productos, de las últimas versiones y, sobre todo, los que están convencidos de que la tecnología equivale a evolución y progreso.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A4E0D48" w14:textId="77777777" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reflexionando sobre el análisis realizado por García (2003) de diversos estudios relacionados con las actitudes de los docentes frente a las TIC, y rescatados por Riascos et al. (2009), se determinan a continuación las siguientes actitudes positivas básicas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F605D37" w14:textId="77777777" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
@@ -2594,51 +2716,50 @@
         <w:t>Entre los principales problemas de la formación docente detectados en ese estudio se identificaron los siguientes:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EAE6A00" w14:textId="77777777" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Los medios y la tecnología se concentran en uno o dos cursos en la formación de formadores, que limita los conocimientos del profesorado al respecto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64256521" w14:textId="77777777" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2676,93 +2797,129 @@
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00221B0C" w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a resistencia y el temor de los docentes ante el uso de las tecnologías están relacionadas a la falta de preparación y se ve acompañada por la imposición administrativa de utilizar nuevos métodos para impartir sus cursos. Además, la disposición docente frente a las TIC se manifiesta con el grado de su utilización, teniendo en cuenta las consideraciones de este, así como el impacto que pueden tener a nivel de la institución de educación superior.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C0053F4" w14:textId="77777777" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
+    <w:p w14:paraId="2C0053F4" w14:textId="77777777" w:rsidR="00221B0C" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Finalmente, con base en estos mismos autores, en la actualidad muchos docentes no se sienten en condiciones para integrar las tecnologías a su práctica profesional, por lo tanto, aún no han experimentado las bondades de estos medios para el aprendizaje; esta falta de conocimiento técnico es debido a limitaciones en la formación o por problemas generacionales que inhiben al profesor en su uso. Por lo que es oportuna la reflexión por parte de las autoridades educativas competentes sobre los programas de formación pedagógica y la necesidad de establecer conexiones didácticas pedagógicas entre las posibilidades de las tecnologías y los contenidos curriculares.</w:t>
+        <w:t xml:space="preserve">Finalmente, con base en estos mismos autores, en la actualidad muchos docentes no se sienten en condiciones para integrar las tecnologías a su práctica profesional, por lo tanto, aún no han experimentado las bondades de estos medios para el aprendizaje; esta falta de conocimiento técnico es debido a limitaciones en la formación o por problemas generacionales que inhiben al profesor en su uso. Por lo que es oportuna la reflexión por parte de las autoridades educativas competentes sobre los programas de formación </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>pedagógica y la necesidad de establecer conexiones didácticas pedagógicas entre las posibilidades de las tecnologías y los contenidos curriculares.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="08C3D17E" w14:textId="06FA7DDC" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
+    <w:p w14:paraId="06C065E0" w14:textId="77777777" w:rsidR="006446A2" w:rsidRPr="00BC4291" w:rsidRDefault="006446A2" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08C3D17E" w14:textId="06FA7DDC" w:rsidR="00221B0C" w:rsidRDefault="00221B0C" w:rsidP="006446A2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BC4291">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006446A2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Actitud del docente para el uso de las Tecnologías de la Información y Comunicación en el proceso de enseñanza aprendizaje</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0AF6C668" w14:textId="77777777" w:rsidR="006446A2" w:rsidRPr="006446A2" w:rsidRDefault="006446A2" w:rsidP="006446A2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="090CD3AA" w14:textId="1A1EEABD" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">En educación, las actitudes son consideradas como resultados de un proceso de aprendizaje (Castro, 2003 citado por Cardona et al., 2013). Así pues, la actitud del profesorado frente a la utilización de las Tecnologías de la Información y Comunicación (TIC), en su tarea docente, es un aspecto clave unido a otros como las competencias y los medios de que disponen para poder llevar a cabo esta integración. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C20E039" w14:textId="77777777" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
@@ -2861,60 +3018,51 @@
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Modelo expectativa-valor:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> fue desarrollado por Fishbein quien describe que existe una relación entre actitud y conducta. La actitud de la persona hacia un objeto de actitud es una función del valor de los atributos asociados al </w:t>
-[...8 lines deleted...]
-        <w:t>objeto y de las expectativas, es decir, la probabilidad subjetiva de que el objeto de actitud esté caracterizado por esos atributos.</w:t>
+        <w:t xml:space="preserve"> fue desarrollado por Fishbein quien describe que existe una relación entre actitud y conducta. La actitud de la persona hacia un objeto de actitud es una función del valor de los atributos asociados al objeto y de las expectativas, es decir, la probabilidad subjetiva de que el objeto de actitud esté caracterizado por esos atributos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48AE7DD0" w14:textId="77777777" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2938,51 +3086,60 @@
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Componente cognitivo:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> para que exista una actitud en relación a un objeto determinado es necesario que exista también alguna representación cognoscitiva de dicho objeto. Dicho componente está constituido por creencias, conocimientos, opiniones, sentimientos y otros, relativo al objeto de actitud. </w:t>
+        <w:t xml:space="preserve"> para que exista una actitud en relación a un objeto determinado es necesario que exista también alguna representación </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">cognoscitiva de dicho objeto. Dicho componente está constituido por creencias, conocimientos, opiniones, sentimientos y otros, relativo al objeto de actitud. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2746EC6E" w14:textId="14A4E9C2" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3106,99 +3263,91 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Asimismo y como destaca Mata y Acevedo (2010), es importante destacar que esta variable asuma al docente ante la tecnología y su uso determinante en el proceso de enseñanza y aprendizaje pues es fundamental para elevar la calidad de los aprendizajes del alumno y le sean significativos; es por ello necesario contar con docentes capacitados técnica y pedagógicamente para un mejor uso y aprovechamiento de esta, es decir, tener una formación sólida y acorde con los cambios que se experimentan con el paso del tiempo; de allí la importancia que integre en sus labores académicas las TIC. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="291199CC" w14:textId="4B92BCA6" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Estos resultados justifican que el profesorado necesita ciertas “recompensas” que les motiven a desarrollar actitudes positivas en el uso y manejo correcto de las TIC, no debiendo ser estas necesariamente económicas, sino más bien, refiriéndose a ver el </w:t>
-[...8 lines deleted...]
-        <w:t>desarrollo profesional del docente, y de sus asignaturas, gracias al uso y manejo de las TIC, lo cual les crea conducta y actitud positiva hacia las mencionadas.</w:t>
+        <w:t>Estos resultados justifican que el profesorado necesita ciertas “recompensas” que les motiven a desarrollar actitudes positivas en el uso y manejo correcto de las TIC, no debiendo ser estas necesariamente económicas, sino más bien, refiriéndose a ver el desarrollo profesional del docente, y de sus asignaturas, gracias al uso y manejo de las TIC, lo cual les crea conducta y actitud positiva hacia las mencionadas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E5EA7F2" w14:textId="0EE77E7B" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Otros factores importantes, sobre la actitud positiva de los docentes cuando utilizan las TIC en sus labores educativas, y dicho lo consiguiente por González, Polanco y Peñalosa (2021) bajo la cita de Socorro y Reche (2022), “lo que lo profesores creen, saben, sienten y piensan sobre el potencial que ofrecen las TIC, predispone y condiciona el uso que hagan de ellas como un verdadero medio de apoyo a la docencia”. De esta manera, es necesario que el docente desarrolle un pensamiento crítico, por medio del cual valorará la incorporación de las TIC en su quehacer educativo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B2AC0B8" w14:textId="61EBE499" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Igualmente, los profesores tienen que enfrentarse a importantes cambios al mismo tiempo que integran estas tecnologías, lo que puede dar lugar a un sentimiento de excesiva carga y a reacciones de ansiedad y resistencia. Estudios como el de Garzón Clemente (2009), Area Moreira (2010) y López (2006) rescatados por Magdaleno y Llopis (2014), describen desconcierto en cuanto al uso de las TIC por parte de los docentes en consecuencia a la inseguridad a</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>la hora de emplearlas en el aula, manifestando un desconocimiento de su uso y afirmando que, además, suponen una mayor carga de trabajo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B7CFAC7" w14:textId="31ADB4B6" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
@@ -3279,108 +3428,129 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aunque las TIC se pueden insertar en la educación para transformarla y mejorarla, es necesario que a la par se transformen las acciones de los docentes, ya que el aprendizaje de los alumnos se relaciona con la calidad de las prácticas en las que participan dentro del aula (Coll, Mauri y Onrubia, 2008 en Valdés et al., 2011). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CE1F193" w14:textId="77777777" w:rsidR="00221B0C" w:rsidRPr="00BC4291" w:rsidRDefault="00221B0C" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D2C70E6" w14:textId="7D94E5A6" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="005477EC">
+    <w:p w14:paraId="4D2C70E6" w14:textId="7D94E5A6" w:rsidR="006A1697" w:rsidRDefault="006A1697" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BC4291">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006446A2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Materiales y métodos</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="2D95AB7A" w14:textId="77777777" w:rsidR="006446A2" w:rsidRPr="006446A2" w:rsidRDefault="006446A2" w:rsidP="005477EC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="629A13E9" w14:textId="7721626E" w:rsidR="008E692E" w:rsidRPr="00BC4291" w:rsidRDefault="008E692E" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Con base en Hernández, Fernández y Baptista (2010), el enfoque del presente estudio es </w:t>
       </w:r>
       <w:r w:rsidR="00102813" w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">cualitativo </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">con un diseño explicativo. Se pretende determinar qué factores explican el grado de disposición docente para el aprovechamiento de las tecnologías de la información y comunicación en el proceso enseñanza-aprendizaje e incrementar el nivel de participación docente en la Facultad de Enfermería y Obstetricia de </w:t>
+        <w:t xml:space="preserve">con un diseño explicativo. Se pretende determinar qué factores explican el grado de disposición docente para el aprovechamiento de las tecnologías de la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">información y comunicación en el proceso enseñanza-aprendizaje e incrementar el nivel de participación docente en la Facultad de Enfermería y Obstetricia de </w:t>
       </w:r>
       <w:r w:rsidR="00B71B25" w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>una I</w:t>
       </w:r>
       <w:r w:rsidR="004A592F" w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nstitución de Educación Superior pública</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, lo que implica la recolección y análisis de datos cualitativos para una mejor comprensión de la problemática, mediante datos que incluye la medición de actitudes e información recopilada mediante entrevistas y observaciones que permitirán una mayor profundidad y corroboración de la información. </w:t>
       </w:r>
@@ -3603,69 +3773,69 @@
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Para el análisis de datos se utilizará el programa Atlas-Ti Vs8, con la finalidad de organizar la información obtenida a través de la creación de códigos correspondientes a las respuestas que conforman la entrevista. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60AFCBBB" w14:textId="77777777" w:rsidR="00102813" w:rsidRPr="00BC4291" w:rsidRDefault="00102813" w:rsidP="005477EC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="837"/>
         </w:tabs>
         <w:spacing w:before="2" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="364" w:firstLine="397"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F7C139E" w14:textId="3C13D40E" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="005477EC">
+    <w:p w14:paraId="0F7C139E" w14:textId="3C13D40E" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BC4291">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006446A2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A680765" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="92" w:after="0"/>
         <w:ind w:right="193" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Con relación a la aplicación de entrevistas, las participantes que formaron parte de este estudio fueron 5 profesoras de tiempo</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
@@ -5904,51 +6074,60 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>muchas</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ocasiones el docente solo por conseguir una constancia toma los cursos, pero no práctica lo</w:t>
+        <w:t xml:space="preserve">ocasiones </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC4291">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>el docente solo por conseguir una constancia toma los cursos, pero no práctica lo</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aprendido. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55A9C766" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="193" w:firstLine="851"/>
         <w:jc w:val="both"/>
@@ -6197,60 +6376,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>se</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-64"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">encuentran en un nivel de </w:t>
-[...8 lines deleted...]
-        <w:t>principiantes, realmente han incrementado su dominio y no</w:t>
+        <w:t>encuentran en un nivel de principiantes, realmente han incrementado su dominio y no</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dudan</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8371,5399 +8541,5224 @@
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="193" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7864D974" w14:textId="77777777" w:rsidR="005477EC" w:rsidRDefault="005477EC" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:after="0"/>
         <w:ind w:right="193" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A88D756" w14:textId="77777777" w:rsidR="005477EC" w:rsidRDefault="005477EC" w:rsidP="005477EC">
-[...90 lines deleted...]
-    <w:p w14:paraId="0F023012" w14:textId="51E0D0A1" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+    <w:p w14:paraId="0F023012" w14:textId="51E0D0A1" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="006446A2">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:right="190"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabla </w:t>
       </w:r>
       <w:r w:rsidR="00221B0C" w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Matriz de análisis</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006446A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Matriz de análisis</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8647" w:type="dxa"/>
         <w:tblInd w:w="137" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1309"/>
         <w:gridCol w:w="1526"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00900180" w:rsidRPr="00BC4291" w14:paraId="5AA871B9" w14:textId="77777777" w:rsidTr="007D1AD8">
+      <w:tr w:rsidR="00900180" w:rsidRPr="006446A2" w14:paraId="5AA871B9" w14:textId="77777777" w:rsidTr="007D1AD8">
         <w:trPr>
           <w:trHeight w:val="688"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="61FACDFF" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="61FACDFF" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk148207771"/>
           </w:p>
-          <w:p w14:paraId="6DBD96F6" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="6DBD96F6" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1D5547B7" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="1D5547B7" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="146"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pregunta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6BAD0421" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="6BAD0421" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="10" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="67845F38" w14:textId="67887CD8" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="67845F38" w14:textId="67887CD8" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107" w:right="97"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>¿Cuáles</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>son</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>las</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>TIC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>que</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>aprovecha para</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>el</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>proceso</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007D1AD8" w:rsidRPr="00BC4291">
+            <w:r w:rsidR="007D1AD8" w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>E-A</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>¿Por qué?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="003B3E43" w14:textId="4933E6B2" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="003B3E43" w14:textId="4933E6B2" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107" w:right="96"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>¿Cómo</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>describiría</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>su</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>formación y competencia</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-31"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>para aprovehcar las TIC en el</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="26"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>proceso</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="24"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007D1AD8" w:rsidRPr="00BC4291">
+            <w:r w:rsidR="007D1AD8" w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>E-A</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD0337A" w14:textId="42DC6CF0" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="7BD0337A" w14:textId="42DC6CF0" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107" w:right="97"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>¿Qué factores limitan o favorecen el aprovechamiento de</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>las</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>TIC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>para</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="17"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>el</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="16"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>proceso</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="17"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007D1AD8" w:rsidRPr="00BC4291">
+            <w:r w:rsidR="007D1AD8" w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>E-A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7D53D6CA" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="7D53D6CA" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="10" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1463FB32" w14:textId="47B21BAD" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="1463FB32" w14:textId="47B21BAD" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="104" w:right="96"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>¿Cuál</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>es</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>su</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>autoconcepto</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00900180" w:rsidRPr="00BC4291">
+            <w:r w:rsidR="00900180" w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve">TIC </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1697" w:rsidRPr="00BC4291" w14:paraId="4AB83BFE" w14:textId="77777777" w:rsidTr="007D1AD8">
+      <w:tr w:rsidR="006A1697" w:rsidRPr="006446A2" w14:paraId="4AB83BFE" w14:textId="77777777" w:rsidTr="007D1AD8">
         <w:trPr>
           <w:trHeight w:val="424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1FA7C4" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="0B1FA7C4" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5873D0B6" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="5873D0B6" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6E1AAD08" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="6E1AAD08" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="106D00B9" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="106D00B9" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="40C17394" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="40C17394" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="587BBB59" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="587BBB59" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1DCF2338" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="1DCF2338" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2E86E5AD" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="2E86E5AD" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0825D885" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="0825D885" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2EF02269" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="2EF02269" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4D64E38C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="4D64E38C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="327A3DB0" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="327A3DB0" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="169D5BE3" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="169D5BE3" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2DDAC9DD" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="2DDAC9DD" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3D7EF82E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="3D7EF82E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4B03CED5" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="4B03CED5" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6C229E36" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="6C229E36" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="071C7FD9" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="071C7FD9" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="105" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="72" w:right="133"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Código</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6B614F9E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="6B614F9E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="74" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="282" w:hanging="155"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Computadora</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-31"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>escritorio</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0F384B8D" w14:textId="307C3B80" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="0F384B8D" w14:textId="307C3B80" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="74" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="182" w:right="210" w:hanging="45"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Disposición oficial por la</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-32"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00900180" w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00900180" w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>IES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7DB70A1B" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="7DB70A1B" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="6" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="186"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="720B9C40" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="720B9C40" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="186" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Básico</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="42763990" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="42763990" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="6" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4C8B1BF5" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="4C8B1BF5" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="109" w:right="103"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Conectividad</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>internet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0FBC6D42" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="0FBC6D42" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="74" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="160" w:right="175" w:firstLine="33"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Herramientas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>tecnológicas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> para</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-31"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>comunicarse</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1697" w:rsidRPr="00BC4291" w14:paraId="476DF914" w14:textId="77777777" w:rsidTr="007D1AD8">
+      <w:tr w:rsidR="006A1697" w:rsidRPr="006446A2" w14:paraId="476DF914" w14:textId="77777777" w:rsidTr="007D1AD8">
         <w:trPr>
           <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="18E24FE6" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="18E24FE6" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3D1FEF1D" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="3D1FEF1D" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="69" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="204" w:right="193"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tablet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0D250D18" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="0D250D18" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="69" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="177" w:right="166"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Acceso</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>gratuito</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="61741839" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="61741839" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="69" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="139" w:right="29"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Principiante</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3DD23FFD" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="3DD23FFD" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="69" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="109" w:right="103"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Conocimientos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">de </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>uso</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="45ED9B5C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="45ED9B5C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="160" w:right="172" w:firstLine="30"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Tecnologías de la Información y</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-31"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Comunicación</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1697" w:rsidRPr="00BC4291" w14:paraId="2ECA31E8" w14:textId="77777777" w:rsidTr="007D1AD8">
+      <w:tr w:rsidR="006A1697" w:rsidRPr="006446A2" w14:paraId="2ECA31E8" w14:textId="77777777" w:rsidTr="007D1AD8">
         <w:trPr>
           <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="60F95A3E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="60F95A3E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5907DE87" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="5907DE87" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="69" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="202" w:right="194"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Celular</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF0D15D" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="1DF0D15D" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="137" w:right="119" w:firstLine="12"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Vinculación con correo</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-31"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>electrónico</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>institucional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3A9C9AFA" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="3A9C9AFA" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="69" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="186" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Intermedio</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="24F23985" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="24F23985" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="69" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107" w:right="103"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Acceso</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a las TIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7B956ED7" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="7B956ED7" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="323" w:right="231" w:hanging="72"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Herramientas que permiten el</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-31"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>intercambio</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>información</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1697" w:rsidRPr="00BC4291" w14:paraId="683209EB" w14:textId="77777777" w:rsidTr="007D1AD8">
+      <w:tr w:rsidR="006A1697" w:rsidRPr="006446A2" w14:paraId="683209EB" w14:textId="77777777" w:rsidTr="007D1AD8">
         <w:trPr>
           <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE9583E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="1DE9583E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEAF687" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="1BEAF687" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="8" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="20004EC5" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="20004EC5" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="202" w:right="194"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Microsoft</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teams</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="46DA981C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="46DA981C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="8" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4B0A3B05" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="4B0A3B05" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="177" w:right="168"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Disponibilidad</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>del</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>recurso</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="62870847" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="62870847" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="8" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="71558759" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="71558759" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="147" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Explorador</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="79364F53" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="79364F53" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="8" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="338E15DE" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="338E15DE" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="106" w:right="103"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ahorro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>tiempo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6CE9C315" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="6CE9C315" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="225" w:right="226"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Herramientas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>digitales</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>que</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EEDE9DF" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="5EEDE9DF" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="227" w:right="226"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>permiten realizar actividades a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-32"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>través</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>de internet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1697" w:rsidRPr="00BC4291" w14:paraId="6D3EA776" w14:textId="77777777" w:rsidTr="007D1AD8">
+      <w:tr w:rsidR="006A1697" w:rsidRPr="006446A2" w14:paraId="6D3EA776" w14:textId="77777777" w:rsidTr="007D1AD8">
         <w:trPr>
           <w:trHeight w:val="410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="62B36A84" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="62B36A84" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="180A243F" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="180A243F" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="10" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="581D33A4" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="581D33A4" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="202" w:right="194"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>WhatsApp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7353019A" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="7353019A" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="10" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="527167C8" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="527167C8" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="176" w:right="168"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lugar</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(casa-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>oficina</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="63A740CA" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="63A740CA" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="10" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="147" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="226D7D1F" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="226D7D1F" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="147" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Avanzado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5D65CBC7" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="5D65CBC7" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="10" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="25477001" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="25477001" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107" w:right="103"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Traslados</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="40A0A09E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="40A0A09E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="67" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="160" w:right="84" w:hanging="56"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
-              <w:t xml:space="preserve">Herramientas virtuales que </w:t>
+              <w:t>Herramientas virtuales que facilitan</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-31"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>las</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>tareas</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>y la</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>comunicación</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1697" w:rsidRPr="00BC4291" w14:paraId="3058893B" w14:textId="77777777" w:rsidTr="007D1AD8">
+      <w:tr w:rsidR="006A1697" w:rsidRPr="006446A2" w14:paraId="3058893B" w14:textId="77777777" w:rsidTr="007D1AD8">
         <w:trPr>
           <w:trHeight w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="17AB4072" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="17AB4072" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD42284" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="1FD42284" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="4" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="283CF846" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="283CF846" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="202" w:right="194"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Zoom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="460D527F" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="460D527F" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="4" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0822AD67" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="0822AD67" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="176" w:right="168"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Horario</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>programado</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>no</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35630509" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="35630509" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="147" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="32C50216" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="32C50216" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="147" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4AEDDB56" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="4AEDDB56" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="147" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="220447D0" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="220447D0" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="147" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1943BAAD" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="1943BAAD" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="147" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="565D3698" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="565D3698" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="147" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="51044474" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="51044474" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="147" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2BC2EAD0" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="2BC2EAD0" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="147" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6FB6EAC7" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="6FB6EAC7" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="147" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5759BD7E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="5759BD7E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="147" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="28C76583" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="28C76583" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="6" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="147" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="048E2B29" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="048E2B29" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="147" w:right="170"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Experto</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5D1A6BD4" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="5D1A6BD4" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="4" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="59A79D19" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="59A79D19" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="110" w:right="103"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Costos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>accesibles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">de </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>capacitaciones</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0E42B64E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="0E42B64E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="140" w:right="132"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Recursos físicos que se utilizan</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-31"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>para difundir la información y</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>transmitir</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>conocimientos</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1697" w:rsidRPr="00BC4291" w14:paraId="1A2D1F20" w14:textId="77777777" w:rsidTr="007D1AD8">
+      <w:tr w:rsidR="006A1697" w:rsidRPr="006446A2" w14:paraId="1A2D1F20" w14:textId="77777777" w:rsidTr="007D1AD8">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4F956D6E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="4F956D6E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3293FC5D" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="3293FC5D" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="69" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="202" w:right="194"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Google</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Meet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="724548BC" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="724548BC" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6704430A" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="6704430A" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="298CC275" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="298CC275" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="180CC498" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="180CC498" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3CDEB6A3" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="3CDEB6A3" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="471166A1" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="471166A1" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="019AF90C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="019AF90C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3150EA92" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="3150EA92" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0843B923" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="0843B923" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="29222761" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="29222761" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="102" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="377"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Calidad</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>internet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1E4D8427" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="1E4D8427" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED38813" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="1ED38813" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="69" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="109" w:right="103"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Costos</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>elevados</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>TIC´s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="34181011" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="34181011" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1697" w:rsidRPr="00BC4291" w14:paraId="1661C041" w14:textId="77777777" w:rsidTr="007D1AD8">
+      <w:tr w:rsidR="006A1697" w:rsidRPr="006446A2" w14:paraId="1661C041" w14:textId="77777777" w:rsidTr="007D1AD8">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="500FE0A2" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="500FE0A2" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0C298C6C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="0C298C6C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="7" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="30FCB3B2" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="30FCB3B2" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="106" w:right="194" w:firstLine="98"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Correo</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>electrónico</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="698690CC" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="698690CC" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6A6DD9D8" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="6A6DD9D8" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="134B175A" w14:textId="0424EAD4" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="134B175A" w14:textId="0424EAD4" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="65" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="143"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Estatus socio</w:t>
             </w:r>
-            <w:r w:rsidR="007D1AD8" w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="007D1AD8" w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>económico del</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-31"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>estudiante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="42CB900B" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="42CB900B" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1697" w:rsidRPr="00BC4291" w14:paraId="135CC3F5" w14:textId="77777777" w:rsidTr="007D1AD8">
+      <w:tr w:rsidR="006A1697" w:rsidRPr="006446A2" w14:paraId="135CC3F5" w14:textId="77777777" w:rsidTr="007D1AD8">
         <w:trPr>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3F193150" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="3F193150" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4485B0A4" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="4485B0A4" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="72" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="202" w:right="194"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Facebook</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="57D6509A" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="57D6509A" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="53DF19A8" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="53DF19A8" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="30E82995" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="30E82995" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="72" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107" w:right="103"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Actitud</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>positiva</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="55901404" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="55901404" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1697" w:rsidRPr="00BC4291" w14:paraId="2B09CCD6" w14:textId="77777777" w:rsidTr="007D1AD8">
+      <w:tr w:rsidR="006A1697" w:rsidRPr="006446A2" w14:paraId="2B09CCD6" w14:textId="77777777" w:rsidTr="007D1AD8">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="68D6540F" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="68D6540F" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0163BD49" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="0163BD49" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="69" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="204" w:right="194"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Telegram</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6A615A55" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="6A615A55" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="33D34D4A" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="33D34D4A" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4C48F017" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="4C48F017" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="69" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107" w:right="103"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Actitud</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>negativa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="252F84E3" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="252F84E3" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1697" w:rsidRPr="00BC4291" w14:paraId="272C306B" w14:textId="77777777" w:rsidTr="007D1AD8">
+      <w:tr w:rsidR="006A1697" w:rsidRPr="006446A2" w14:paraId="272C306B" w14:textId="77777777" w:rsidTr="007D1AD8">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3203F573" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="3203F573" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5CEC1019" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="5CEC1019" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="72" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="204" w:right="193"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lap</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Top</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="67326852" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="67326852" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="13D8F872" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="13D8F872" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="05BFDB0D" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="05BFDB0D" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="72" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="109" w:right="103"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Uso</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>equipo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>obsoleto</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2C432697" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="2C432697" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1697" w:rsidRPr="00BC4291" w14:paraId="162A36ED" w14:textId="77777777" w:rsidTr="007D1AD8">
+      <w:tr w:rsidR="006A1697" w:rsidRPr="006446A2" w14:paraId="162A36ED" w14:textId="77777777" w:rsidTr="007D1AD8">
         <w:trPr>
           <w:trHeight w:val="268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="654A503C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="654A503C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF5060E" w14:textId="023888F0" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="6EF5060E" w14:textId="023888F0" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="67" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="200" w:right="194"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidR="00900180" w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00900180" w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>EDUCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="48F63561" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="48F63561" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="286AB277" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="286AB277" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="204D4C1C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="204D4C1C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="67" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="107" w:right="103"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ahorro</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>distancias</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="506D8F95" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="506D8F95" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1697" w:rsidRPr="00BC4291" w14:paraId="62560035" w14:textId="77777777" w:rsidTr="00EE4C04">
+      <w:tr w:rsidR="006A1697" w:rsidRPr="006446A2" w14:paraId="62560035" w14:textId="77777777" w:rsidTr="00EE4C04">
         <w:trPr>
           <w:trHeight w:val="839"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6C89D5DF" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="6C89D5DF" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7EDEB98E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="7EDEB98E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="41816C01" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="41816C01" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="204" w:right="194"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>YouTube</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1D19401A" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="1D19401A" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6CBCE1D6" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="6CBCE1D6" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2530B805" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="2530B805" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="72" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="113" w:right="116" w:firstLine="22"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Ajuste de horarios para capacitación</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-31"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>constante</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5910533C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="5910533C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1697" w:rsidRPr="00BC4291" w14:paraId="068C9488" w14:textId="77777777" w:rsidTr="007D1AD8">
+      <w:tr w:rsidR="006A1697" w:rsidRPr="006446A2" w14:paraId="068C9488" w14:textId="77777777" w:rsidTr="007D1AD8">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1852E22C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="1852E22C" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3EBB818F" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="3EBB818F" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3A66210B" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="3A66210B" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="71" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="204" w:right="193"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Google</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0E7185" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="7B0E7185" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7425E2F0" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="7425E2F0" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6C80197B" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="6C80197B" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="69" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="109" w:right="103"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Trabajo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>extra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="095E6D1D" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="095E6D1D" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A1697" w:rsidRPr="00BC4291" w14:paraId="456D0892" w14:textId="77777777" w:rsidTr="007D1AD8">
+      <w:tr w:rsidR="006A1697" w:rsidRPr="006446A2" w14:paraId="456D0892" w14:textId="77777777" w:rsidTr="007D1AD8">
         <w:trPr>
           <w:trHeight w:val="268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5A2AD236" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="5A2AD236" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="37CF5349" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="37CF5349" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="27BAE00D" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="27BAE00D" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="473225F8" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="473225F8" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="69E76D5D" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="69E76D5D" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:before="65" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="109" w:right="103"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Comunicación</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
+            <w:r w:rsidRPr="006446A2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">la </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BC4291">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="006446A2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>distancia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6E5B738E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+          <w:p w14:paraId="6E5B738E" w14:textId="77777777" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="4710CD56" w14:textId="326ADD3C" w:rsidR="004A314F" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
       <w:pPr>
         <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fuente:</w:t>
@@ -13935,74 +13930,90 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>entrevistas,</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2023.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9C54B7" w14:textId="077A8059" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="00472806" w:rsidP="00BC4291">
+    <w:p w14:paraId="716A67FF" w14:textId="77777777" w:rsidR="006446A2" w:rsidRDefault="006446A2" w:rsidP="006446A2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="837"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="364"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B9C54B7" w14:textId="61E03552" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="00472806" w:rsidP="006446A2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="837"/>
+        </w:tabs>
+        <w:spacing w:before="2" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="364"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79C4389E" wp14:editId="1363565F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1400175</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>476885</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5086985" cy="3265805"/>
                 <wp:effectExtent l="0" t="0" r="5715" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="1" name="Grupo 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
@@ -21305,112 +21316,147 @@
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00221B0C" w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Figura</w:t>
       </w:r>
       <w:r w:rsidR="006A1697" w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Análisis de códigos y familias</w:t>
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:r w:rsidR="006A1697" w:rsidRPr="006446A2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Análisis de códigos y familias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54772D16" w14:textId="77777777" w:rsidR="005477EC" w:rsidRDefault="005477EC" w:rsidP="00BC4291">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3916A33D" w14:textId="77777777" w:rsidR="005477EC" w:rsidRDefault="005477EC" w:rsidP="00BC4291">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59572FA4" w14:textId="77777777" w:rsidR="005477EC" w:rsidRDefault="005477EC" w:rsidP="00BC4291">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BA8E997" w14:textId="34812437" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+    <w:p w14:paraId="5F44D37F" w14:textId="77777777" w:rsidR="006446A2" w:rsidRDefault="006446A2" w:rsidP="00BC4291">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC4291">
+    </w:p>
+    <w:p w14:paraId="064289A5" w14:textId="77777777" w:rsidR="006446A2" w:rsidRDefault="006446A2" w:rsidP="00BC4291">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BA8E997" w14:textId="34812437" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="00BC4291">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006446A2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19E5B8D1" w14:textId="630B217B" w:rsidR="008E692E" w:rsidRPr="00BC4291" w:rsidRDefault="008E692E" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">La presente investigación tuvo como objetivo general </w:t>
       </w:r>
       <w:r w:rsidR="001A7496" w:rsidRPr="00BC4291">
@@ -21427,71 +21473,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> factores que determinan la disposición docente para aprovechamiento de las TIC en el proceso enseñanza aprendizaje. Los resultados reflejan similitudes con la investigación de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Jimoyiannis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">, A. y </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (2007) en el que la mayoría de docentes reflejan actitudes positivas hacia las TIC, sin embargo, las actitudes no se consideran factor determinante de la disposición docente para el aprovechamiento de las TIC, siendo los principales factores la formación, las competencias (entendidas en otros estudios como el dominio en TIC) y la disponibilidad de tiempo, el cual no ha sido abordado en otras investigaciones. </w:t>
+        <w:t xml:space="preserve">, A. y Komis (2007) en el que la mayoría de docentes reflejan actitudes positivas hacia las TIC, sin embargo, las actitudes no se consideran factor determinante de la disposición docente para el aprovechamiento de las TIC, siendo los principales factores la formación, las competencias (entendidas en otros estudios como el dominio en TIC) y la disponibilidad de tiempo, el cual no ha sido abordado en otras investigaciones. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FD666AB" w14:textId="6987F890" w:rsidR="008E692E" w:rsidRPr="00BC4291" w:rsidRDefault="008E692E" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Los resultados del estudio rechazan el planteamiento de que la edad es un factor determinante para la disposición, y se contrapone con el planteamiento de Hernández, Borges y Prieto (2007), quienes afirman que las mujeres aprovechan menos las TIC que los hombres, que, si bien no existe una diferencia estadísticamente significativa, en este estudio si es menor a la de los hombres.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E27F82B" w14:textId="205794D7" w:rsidR="008E692E" w:rsidRPr="00BC4291" w:rsidRDefault="008E692E" w:rsidP="005477EC">
@@ -21543,112 +21569,82 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Pousada</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>Gomez-Zuñiga</w:t>
+        <w:t>Gomez</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2009) en el que se evidencia que las personas mayores de 60 años son un grupo marginal en el aprovechamiento de las TIC, de </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> (2007) en que las personas menores de 45 años tienen menor inclinación por el aprovechamiento de las TIC en el proceso enseñanza aprendizaje. </w:t>
+        <w:t xml:space="preserve">-Zuñiga (2009) en el que se evidencia que las personas mayores de 60 años son un grupo marginal en el aprovechamiento de las TIC, de igual manera, rechaza el planteamiento de Enter (2007) en que las personas menores de 45 años tienen menor inclinación por el aprovechamiento de las TIC en el proceso enseñanza aprendizaje. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5109BE57" w14:textId="31ED15DB" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="006A1697" w:rsidP="005477EC">
+    <w:p w14:paraId="5109BE57" w14:textId="31ED15DB" w:rsidR="006A1697" w:rsidRPr="006446A2" w:rsidRDefault="006A1697" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BC4291">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006446A2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AB6DB8D" w14:textId="6DA92EC2" w:rsidR="001A7496" w:rsidRPr="00BC4291" w:rsidRDefault="008E692E" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-96" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Los principales factores que determinan la disposición docente para el aprovechamiento de las TIC en el proceso enseñanza aprendizaje, son</w:t>
       </w:r>
       <w:r w:rsidR="001A7496" w:rsidRPr="00BC4291">
         <w:rPr>
@@ -21710,339 +21706,159 @@
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">as variables de competencia, disponibilidad de tiempo y formación, érmiten explicar el nivel de aprovechamiento de las TIC en el proceso enseñanza aprendizaje, por lo tanto pueden ser consideradas como variables predictoras. Si bien, la edad, la experiencia docente y la actitud no son variables que determinen la disposición docente para el aprovechamiento de las TIC, si es necesario considerar por lo menos la edad para comprender que los adultos y adultos mayores requieren de actualizaciones tecnológicas permanentes. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22668694" w14:textId="77777777" w:rsidR="008E692E" w:rsidRPr="00BC4291" w:rsidRDefault="008E692E" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Finalmente, a pesar de que la hipotesis del investigador se rechaza, es importante considerar que el diseño de un modelo gerontagógico podría considerar más variables, toda vez que la disposición docente es multifactorial y a largo plazo un modelo integrador permitirá en los docentes universitarios una actualización completa que de respuesta a los futuros desafíos tecnológicos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F6C3BB0" w14:textId="77777777" w:rsidR="008E692E" w:rsidRPr="00BC4291" w:rsidRDefault="008E692E" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="404BE32F" w14:textId="52F91B81" w:rsidR="00E90D70" w:rsidRPr="00BC4291" w:rsidRDefault="007D1AD8" w:rsidP="005477EC">
+    <w:p w14:paraId="404BE32F" w14:textId="52F91B81" w:rsidR="00E90D70" w:rsidRPr="006446A2" w:rsidRDefault="007D1AD8" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00BC4291">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006446A2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="006A1697" w:rsidRPr="00BC4291">
+      <w:r w:rsidR="006A1697" w:rsidRPr="006446A2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>uturas líneas de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4065E8EE" w14:textId="28C3220A" w:rsidR="00B40E2D" w:rsidRPr="00BC4291" w:rsidRDefault="00E90D70" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>El objetivo es generar</w:t>
       </w:r>
       <w:r w:rsidR="00B40E2D" w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> conocimiento aplicado para que los profesionales, asesores, consultores, docentes e investigadores analicen fenómenos de las organizaciones, diagnostiquen y resuelvan problemas organizacionales complejos a través de negociar y gestionar estrategias directivas en ambientes nacionales, globales y multiculturales. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B0E5B10" w14:textId="77777777" w:rsidR="00B40E2D" w:rsidRPr="00BC4291" w:rsidRDefault="00B40E2D" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A34D4D5" w14:textId="77777777" w:rsidR="005477EC" w:rsidRDefault="005477EC" w:rsidP="005477EC">
+    <w:p w14:paraId="314888C2" w14:textId="2FD7C4CF" w:rsidR="006A1697" w:rsidRPr="00BC4291" w:rsidRDefault="004A314F" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...176 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="006A1697" w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eferencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47720EC2" w14:textId="6D580389" w:rsidR="00E90D70" w:rsidRPr="00BC4291" w:rsidRDefault="008E692E" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
@@ -22305,50 +22121,51 @@
           </w:rPr>
           <w:t>https://doi.org/10.47197/retos.v0i35.63355</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="00EF1F96" w14:textId="6B6281E8" w:rsidR="00E90D70" w:rsidRPr="00BC4291" w:rsidRDefault="002C73D7" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Frasán, O. M., Moreno, O. T., Hernández, Z. G., Fabre, C. V., &amp; García, F. A. (2017). </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Modelos educativos para el siglo XXI. Aproximaciones sucesivas.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> México: Universidad Autónoma Metropolitana </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19018B7F" w14:textId="3D1EA4B5" w:rsidR="007D1AD8" w:rsidRPr="00BC4291" w:rsidRDefault="007D1AD8" w:rsidP="005477EC">
       <w:pPr>
@@ -22491,51 +22308,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78767C2E" w14:textId="5D776C46" w:rsidR="00E867E9" w:rsidRPr="00BC4291" w:rsidRDefault="008E692E" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Hernández-Encuentra, Pousada y Gómez-Zuñiga (2009). </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ICT and Older People: Beyond Usability, Educational Gerontology, 35:3, 226-245.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58AA1428" w14:textId="0A6BD635" w:rsidR="00E867E9" w:rsidRPr="005477EC" w:rsidRDefault="00E867E9" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
@@ -22741,50 +22557,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E47D9FF" w14:textId="15F0D236" w:rsidR="00F7489A" w:rsidRPr="005477EC" w:rsidRDefault="005572DE" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pérez Sánchez, B. y Salas Madriz, F. (2009). Hallazgos en investigación sobre el profesorado universitario y la integración de las TIC en la enseñanza. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Revista Electrónica "Actualidades Investigativas en Educación", 9</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-25. </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00BC4291">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
@@ -22937,84 +22754,70 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ciencias Sociales Y Educación, 11</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(21), 166-196. </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00BC4291">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://doi.org/10.22395/csye.v11n21a8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5096D3DD" w14:textId="77777777" w:rsidR="00E90D70" w:rsidRPr="00BC4291" w:rsidRDefault="00E90D70" w:rsidP="005477EC">
+    <w:p w14:paraId="4ABCF943" w14:textId="2F8A6D2B" w:rsidR="00E90D70" w:rsidRPr="005477EC" w:rsidRDefault="00D93450" w:rsidP="005477EC">
       <w:pPr>
         <w:pStyle w:val="Bibliografa"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Terreros Madrid, M. A. (2021). El uso de las TIC en la educación superior en México ante el COVID-19. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alternancia – Revista de Educación e Investigación, 3</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC4291">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 126-138. </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00BC4291">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
@@ -23203,76 +23006,76 @@
     </w:p>
     <w:p w14:paraId="466AF6B8" w14:textId="77777777" w:rsidR="008E692E" w:rsidRPr="00BC4291" w:rsidRDefault="008E692E" w:rsidP="00BC4291">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008E692E" w:rsidRPr="00BC4291" w:rsidSect="005477EC">
       <w:headerReference w:type="default" r:id="rId31"/>
       <w:footerReference w:type="default" r:id="rId32"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="568" w:right="1701" w:bottom="426" w:left="1701" w:header="142" w:footer="117" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5726DA42" w14:textId="77777777" w:rsidR="00CC6028" w:rsidRDefault="00CC6028" w:rsidP="005477EC">
+    <w:p w14:paraId="2C6744F5" w14:textId="77777777" w:rsidR="00126212" w:rsidRDefault="00126212" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16B9020A" w14:textId="77777777" w:rsidR="00CC6028" w:rsidRDefault="00CC6028" w:rsidP="005477EC">
+    <w:p w14:paraId="2AEB85C4" w14:textId="77777777" w:rsidR="00126212" w:rsidRDefault="00126212" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -23384,51 +23187,51 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1F52FFCB" w14:textId="7270CAA3" w:rsidR="005477EC" w:rsidRDefault="005477EC" w:rsidP="005477EC">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>Vol. 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">, Núm. </w:t>
@@ -23439,109 +23242,163 @@
         <w:b/>
       </w:rPr>
       <w:t>21</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                  </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t>Enero</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
-      <w:t xml:space="preserve"> – Junio 2024</w:t>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2024</w:t>
     </w:r>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">                         ISSN: 2448 – 6280</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1AD02FEC" w14:textId="77777777" w:rsidR="00CC6028" w:rsidRDefault="00CC6028" w:rsidP="005477EC">
+    <w:p w14:paraId="2AAC083E" w14:textId="77777777" w:rsidR="00126212" w:rsidRDefault="00126212" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="734C6E57" w14:textId="77777777" w:rsidR="00CC6028" w:rsidRDefault="00CC6028" w:rsidP="005477EC">
+    <w:p w14:paraId="3159586E" w14:textId="77777777" w:rsidR="00126212" w:rsidRDefault="00126212" w:rsidP="005477EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="5EB4DD0A" w14:textId="5426708F" w:rsidR="005477EC" w:rsidRDefault="005477EC" w:rsidP="005477EC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5EB4DD0A" w14:textId="529E975C" w:rsidR="005477EC" w:rsidRDefault="006446A2" w:rsidP="005477EC">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00F44F95">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-        <w:i/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29219411" wp14:editId="2FB1B51A">
+          <wp:extent cx="6656705" cy="949272"/>
+          <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+          <wp:docPr id="621377992" name="Imagen 46"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="621377992" name="Imagen 621377992"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6668577" cy="950965"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09645FD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7DD01B5E"/>
     <w:lvl w:ilvl="0" w:tplc="080A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -25039,162 +24896,166 @@
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="597367346">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1778058689">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1030451322">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="506411465">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="325937333">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="619603851">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00213B23"/>
     <w:rsid w:val="000421F5"/>
     <w:rsid w:val="00043C9F"/>
     <w:rsid w:val="000A1C9A"/>
     <w:rsid w:val="00102813"/>
+    <w:rsid w:val="00126212"/>
     <w:rsid w:val="001A7496"/>
     <w:rsid w:val="002062EF"/>
     <w:rsid w:val="00213B23"/>
     <w:rsid w:val="00221B0C"/>
     <w:rsid w:val="002610E1"/>
     <w:rsid w:val="002C73D7"/>
     <w:rsid w:val="003E7170"/>
     <w:rsid w:val="00432B66"/>
     <w:rsid w:val="00472806"/>
     <w:rsid w:val="00481AE4"/>
     <w:rsid w:val="004A314F"/>
     <w:rsid w:val="004A592F"/>
     <w:rsid w:val="004D2BCC"/>
     <w:rsid w:val="004D5CD4"/>
     <w:rsid w:val="005477EC"/>
     <w:rsid w:val="005572DE"/>
     <w:rsid w:val="00557A22"/>
+    <w:rsid w:val="006446A2"/>
     <w:rsid w:val="00685BF1"/>
     <w:rsid w:val="006A1697"/>
     <w:rsid w:val="006D664E"/>
     <w:rsid w:val="00705BD8"/>
     <w:rsid w:val="007B1A02"/>
     <w:rsid w:val="007D01C1"/>
     <w:rsid w:val="007D1AD8"/>
     <w:rsid w:val="00816D6C"/>
     <w:rsid w:val="00880FD6"/>
     <w:rsid w:val="008E070C"/>
     <w:rsid w:val="008E692E"/>
     <w:rsid w:val="00900180"/>
     <w:rsid w:val="009D7C40"/>
     <w:rsid w:val="00A1279E"/>
     <w:rsid w:val="00A94B9B"/>
     <w:rsid w:val="00AB141F"/>
     <w:rsid w:val="00AC3BE0"/>
     <w:rsid w:val="00B40E2D"/>
     <w:rsid w:val="00B71B25"/>
     <w:rsid w:val="00B92EA2"/>
     <w:rsid w:val="00BC4291"/>
     <w:rsid w:val="00CC6028"/>
     <w:rsid w:val="00D12A15"/>
     <w:rsid w:val="00D640ED"/>
     <w:rsid w:val="00D93450"/>
+    <w:rsid w:val="00DF32D8"/>
     <w:rsid w:val="00E52011"/>
     <w:rsid w:val="00E867E9"/>
     <w:rsid w:val="00E90D70"/>
     <w:rsid w:val="00EE1DA9"/>
     <w:rsid w:val="00EE4C04"/>
+    <w:rsid w:val="00F24B3D"/>
     <w:rsid w:val="00F73E70"/>
     <w:rsid w:val="00F7489A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="105FAF81"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A17AECA3-5238-44C0-93C2-42F49ACFBCE9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -25727,51 +25588,50 @@
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo8Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00221B0C"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
@@ -26225,51 +26085,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nmerodepgina">
     <w:name w:val="page number"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00221B0C"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cuadrculamedia1-nfasis21">
     <w:name w:val="Cuadrícula media 1 - Énfasis 21"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00221B0C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00221B0C"/>
     <w:rPr>
       <w:rFonts w:ascii="HelveticaNeueLT Std" w:hAnsi="HelveticaNeueLT Std"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ilad1">
     <w:name w:val="il_ad1"/>
     <w:rsid w:val="00221B0C"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sombreadovistoso-nfasis11">
     <w:name w:val="Sombreado vistoso - Énfasis 11"/>
     <w:hidden/>
     <w:uiPriority w:val="71"/>
     <w:rsid w:val="00221B0C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="HelveticaNeueLT Std" w:eastAsia="Calibri" w:hAnsi="HelveticaNeueLT Std" w:cs="Times New Roman"/>
       <w:noProof/>
@@ -28576,58 +28436,62 @@
     <w:rsid w:val="00221B0C"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jarangelb@uaemex.mx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.47197/retos.v0i35.63355" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22395/csye.v11n21a8" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.6035/ForumRecerca.2014.19.25" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eagumanc@uaemex.mx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0002-4906-5628" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dialnet.unirioja.es/servlet/libro?codigo=510721" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/pdf/805/80511492008.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.filha.com.mx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dialnet.unirioja.es/servlet/articulo?codigo=2486054" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sitios.itesm.mx/va/dide/modelo/libro/capitulos_espanol/pdf/cap_2.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-3958-5272" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.co/scielo.php?script=sci_arttext&amp;pid=S0123-12942009000300008&amp;lng=en&amp;tlng=es" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.co/scielo.php?script=sci_arttext&amp;pid=S0120-34792014000100008&amp;lng=en&amp;tlng=es" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/pdf/447/44713054006.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.org/es/articles/inclusion-en-educacion" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0328-0525" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/ride.v13i25.1370" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aromeroruaemex@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-5012-4216" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ve.scielo.org/scielo.php?script=sci_arttext&amp;pid=S1316-00872010000200005&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unsis.edu.mx/ciiissp/gestionYdesarrollo/gob_elect/acad/2021.El%20uso%20de%20las%20TIC%20en%20la%20educaci%C3%B3n%20superior%20en%20M%C3%A9xico.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/pdf/2810/281021734008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0003-2061-8679" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -28886,70 +28750,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>19</Pages>
-  <Words>7410</Words>
-  <Characters>40759</Characters>
+  <Words>7414</Words>
+  <Characters>40782</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>339</Lines>
   <Paragraphs>96</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>48073</CharactersWithSpaces>
+  <CharactersWithSpaces>48100</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Enid Asvany Guzmán Caballero</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>