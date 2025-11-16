--- v0 (2025-10-07)
+++ v1 (2025-11-16)
@@ -2,53 +2,97 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="66B9184C" w14:textId="054F53A4" w:rsidR="007A05B3" w:rsidRPr="007A05B3" w:rsidRDefault="007A05B3" w:rsidP="007A05B3">
+    <w:p w14:paraId="22CBF45F" w14:textId="18BCFE47" w:rsidR="00C31C8D" w:rsidRDefault="00C31C8D" w:rsidP="00C31C8D">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C31C8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00C31C8D">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/cagi.v11i21.310</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="66B9184C" w14:textId="52EE80B1" w:rsidR="007A05B3" w:rsidRPr="007A05B3" w:rsidRDefault="007A05B3" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DD83488" w14:textId="5AEF1F14" w:rsidR="00412BB4" w:rsidRPr="007A05B3" w:rsidRDefault="00412BB4" w:rsidP="007A05B3">
@@ -289,82 +333,82 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Pedagógica Nacional Unidad 181 Tepic</w:t>
       </w:r>
       <w:r w:rsidR="001C23CF" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>mtrosalvador@upn181.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C23CF" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0003-0261-5722</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="727BCF56" w14:textId="71D6C663" w:rsidR="001C23CF" w:rsidRPr="007A05B3" w:rsidRDefault="00F70747" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -395,72 +439,72 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Pedagógica Nacional Unidad 181 Tepic</w:t>
       </w:r>
       <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>claudia.rodriguez@uan.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0002-5488-4441</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E914BCA" w14:textId="73EE9AB1" w:rsidR="001C23CF" w:rsidRPr="007A05B3" w:rsidRDefault="00F70747" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -515,80 +559,80 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Pedagógica Nacional Unidad 181 Tepic</w:t>
       </w:r>
       <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>rojas.dray@upn181.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001C23CF" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0002-5079-959X</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001C23CF" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D348600" w14:textId="0233593D" w:rsidR="00412BB4" w:rsidRPr="00F70747" w:rsidRDefault="001C23CF" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -938,56 +982,74 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2023    </w:t>
       </w:r>
       <w:r w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Diciembre 2023</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007A05B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Diciembre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A05B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:pict w14:anchorId="08BD33B1">
           <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="510B8B7B" w14:textId="77777777" w:rsidR="007A05B3" w:rsidRPr="00F70747" w:rsidRDefault="007A05B3" w:rsidP="00F70747">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vanish/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13F62452" w14:textId="77777777" w:rsidR="007A05B3" w:rsidRDefault="007A05B3" w:rsidP="00F70747">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8065,51 +8127,51 @@
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ChatGPT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">[Tesis de Maestría, Universidad Nacional de Educación UNAE]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00F70747">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://repositorio.unae.edu.ec/bitstream/56000/3196/1/An%c3%a1lisis%20comparativo%20de%20la%20planificaci%c3%b3n%20de%20clase%20tradicional%20%20y%20%20la%20planificaci%c3%b3n%20asistida%20por%20ChatGPT.pdf.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06F7477A" w14:textId="77777777" w:rsidR="006A0C05" w:rsidRPr="00F70747" w:rsidRDefault="006A0C05" w:rsidP="007A05B3">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
@@ -8123,51 +8185,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EPG Universidad Continental. (2023). Inteligencia artificial en la educación: el rol del docente. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Continental.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00F70747">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://blogposgrado.ucontinental.edu.pe/inteligencia-artificial-educacion-rol-docente</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="577DDA34" w14:textId="77777777" w:rsidR="006A0C05" w:rsidRPr="00F70747" w:rsidRDefault="006A0C05" w:rsidP="007A05B3">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
@@ -8191,51 +8253,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, E. (2021). Inteligencia artificial y sesgos algorítmicos ¿Por qué deberían importarnos? </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Revista NUEVA SOCIEDAD, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(294), 37-36. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00F70747">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://static.nuso.org/media/articles/downloads/1.TC_Ferrante_294.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1228D04A" w14:textId="77777777" w:rsidR="006A0C05" w:rsidRPr="00F70747" w:rsidRDefault="006A0C05" w:rsidP="007A05B3">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
@@ -8249,51 +8311,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Guerra, M. (13 de febrero de 2024). </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Principios éticos de la educación con Inteligencia Artificial (IA). </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Cognición. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00F70747">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://sarrauteducacion.com/2024/02/13/principios-eticos-de-la-educacion-con-inteligencia-artificial-ia/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42CB60BA" w14:textId="77777777" w:rsidR="006A0C05" w:rsidRPr="00F70747" w:rsidRDefault="006A0C05" w:rsidP="007A05B3">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
@@ -8325,51 +8387,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DOCUMENTO PARA DISCUSIÓN </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N°</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> IDB-DP-00776, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00F70747">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://publications.iadb.org/es/publications/spanish/viewer/Usos-y-efectos-de-la-inteligencia-artificial-en-educacion.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0F4AA21B" w14:textId="77777777" w:rsidR="006A0C05" w:rsidRPr="00F70747" w:rsidRDefault="006A0C05" w:rsidP="007A05B3">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
@@ -8395,51 +8457,51 @@
         </w:rPr>
         <w:t xml:space="preserve">LA INTELIGENCIA ARTIFICIAL Y EL ANÁLISIS DE DATOS EDUCATIVOS: UNA OPORTUNIDAD DE TRANSFORMACIÓN. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Corpoeducación</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00F70747">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://corpoeducacion.org.co/2023/07/05/la-inteligencia-artificial-y-en-analisis-de-datos-educativos-una-oportunidad-de-transformacion/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D3993D1" w14:textId="77777777" w:rsidR="006A0C05" w:rsidRPr="00F70747" w:rsidRDefault="006A0C05" w:rsidP="007A05B3">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
@@ -8506,51 +8568,51 @@
         </w:rPr>
         <w:t>, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 123–128. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00F70747">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://redtis.org/index.php/Redtis/article/view/165/147</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64E880A1" w14:textId="77777777" w:rsidR="006A0C05" w:rsidRPr="00F70747" w:rsidRDefault="006A0C05" w:rsidP="007A05B3">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
@@ -8662,51 +8724,51 @@
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Catalyst</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00F70747">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://blog.linclearning.com/es/la-%C3%A9tica-y-privacidad-en-la-educaci%C3%B3n-impulsada-por-la-inteligencia-artificial</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="469B9A2C" w14:textId="77777777" w:rsidR="006A0C05" w:rsidRPr="00F70747" w:rsidRDefault="006A0C05" w:rsidP="007A05B3">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
@@ -8749,51 +8811,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conversation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00F70747">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://theconversation.com/como-aprovechar-la-inteligencia-artificial-para-personalizar-la-educacion-220680</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A766339" w14:textId="77777777" w:rsidR="006A0C05" w:rsidRPr="00F70747" w:rsidRDefault="006A0C05" w:rsidP="007A05B3">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
@@ -8810,51 +8872,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Organización de las Naciones Unidas para la Educación, la Ciencia y la Cultura. (6 de febrero de 2024). </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Recomendación sobre la ética de la inteligencia artificial</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00F70747">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.unesco.org/es/artificial-intelligence/recommendation-ethics</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0AC9685D" w14:textId="77777777" w:rsidR="006A0C05" w:rsidRPr="00F70747" w:rsidRDefault="006A0C05" w:rsidP="00F70747">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BB5656A" w14:textId="77777777" w:rsidR="006A0C05" w:rsidRPr="00F70747" w:rsidRDefault="006A0C05" w:rsidP="00F70747">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
@@ -8867,88 +8929,88 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34E91B6E" w14:textId="77777777" w:rsidR="006A0C05" w:rsidRPr="00F70747" w:rsidRDefault="006A0C05" w:rsidP="00F70747">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AA12FB1" w14:textId="77777777" w:rsidR="006315A5" w:rsidRPr="00F70747" w:rsidRDefault="006315A5" w:rsidP="00F70747">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006315A5" w:rsidRPr="00F70747" w:rsidSect="007A05B3">
-      <w:headerReference w:type="default" r:id="rId23"/>
-      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:headerReference w:type="default" r:id="rId24"/>
+      <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="709" w:right="1701" w:bottom="568" w:left="1701" w:header="284" w:footer="117" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0EC07C7A" w14:textId="77777777" w:rsidR="00955EAA" w:rsidRDefault="00955EAA" w:rsidP="007A05B3">
+    <w:p w14:paraId="3EDE3D38" w14:textId="77777777" w:rsidR="007909BE" w:rsidRDefault="007909BE" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46BD27DB" w14:textId="77777777" w:rsidR="00955EAA" w:rsidRDefault="00955EAA" w:rsidP="007A05B3">
+    <w:p w14:paraId="0B6F48C9" w14:textId="77777777" w:rsidR="007909BE" w:rsidRDefault="007909BE" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8956,135 +9018,151 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="16EDEDB8" w14:textId="2E781A87" w:rsidR="007A05B3" w:rsidRPr="007A05B3" w:rsidRDefault="007A05B3" w:rsidP="007A05B3">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007A05B3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. 11, Núm. 21                  </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="007A05B3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
       </w:rPr>
       <w:t>Enero</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="007A05B3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
       </w:rPr>
-      <w:t xml:space="preserve"> – Junio 2024                         ISSN: 2448 – 6280</w:t>
+      <w:t xml:space="preserve"> – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="007A05B3">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+      </w:rPr>
+      <w:t>Junio</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="007A05B3">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2024                         ISSN: 2448 – 6280</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6EFCEFAF" w14:textId="77777777" w:rsidR="00955EAA" w:rsidRDefault="00955EAA" w:rsidP="007A05B3">
+    <w:p w14:paraId="60E2D13E" w14:textId="77777777" w:rsidR="007909BE" w:rsidRDefault="007909BE" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B1954FD" w14:textId="77777777" w:rsidR="00955EAA" w:rsidRDefault="00955EAA" w:rsidP="007A05B3">
+    <w:p w14:paraId="35789990" w14:textId="77777777" w:rsidR="007909BE" w:rsidRDefault="007909BE" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7885E22B" w14:textId="57ACAB7F" w:rsidR="007A05B3" w:rsidRPr="007A05B3" w:rsidRDefault="007A05B3" w:rsidP="007A05B3">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007A05B3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:i/>
       </w:rPr>
       <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03E06605"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FFCC820"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -10424,91 +10502,92 @@
   <w:num w:numId="6" w16cid:durableId="1638074121">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="631905981">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2046367033">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="508564953">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="264384357">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="778642363">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1221553207">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00412BB4"/>
     <w:rsid w:val="00070361"/>
     <w:rsid w:val="00073752"/>
     <w:rsid w:val="00091B6C"/>
     <w:rsid w:val="000A0B28"/>
     <w:rsid w:val="000A2E5A"/>
     <w:rsid w:val="000B5AD6"/>
     <w:rsid w:val="000D086D"/>
     <w:rsid w:val="000D40C7"/>
     <w:rsid w:val="00101C8E"/>
     <w:rsid w:val="00104054"/>
     <w:rsid w:val="00133D09"/>
     <w:rsid w:val="00166E71"/>
     <w:rsid w:val="00170558"/>
     <w:rsid w:val="001720C0"/>
+    <w:rsid w:val="00185170"/>
     <w:rsid w:val="001914FA"/>
     <w:rsid w:val="001919AC"/>
     <w:rsid w:val="001C23CF"/>
     <w:rsid w:val="001D6450"/>
     <w:rsid w:val="001E3349"/>
     <w:rsid w:val="001F4A5E"/>
     <w:rsid w:val="0022232D"/>
     <w:rsid w:val="00285E97"/>
     <w:rsid w:val="00293FC8"/>
     <w:rsid w:val="00315025"/>
     <w:rsid w:val="00317EDD"/>
     <w:rsid w:val="00344C70"/>
     <w:rsid w:val="00360EC4"/>
     <w:rsid w:val="00362F27"/>
     <w:rsid w:val="003809A1"/>
     <w:rsid w:val="00390D39"/>
     <w:rsid w:val="00394DAD"/>
     <w:rsid w:val="003A3761"/>
     <w:rsid w:val="003E1B71"/>
     <w:rsid w:val="003E4926"/>
     <w:rsid w:val="00400848"/>
     <w:rsid w:val="00406256"/>
     <w:rsid w:val="004126F6"/>
     <w:rsid w:val="00412BB4"/>
     <w:rsid w:val="0042028B"/>
@@ -10522,84 +10601,86 @@
     <w:rsid w:val="00563884"/>
     <w:rsid w:val="00572D89"/>
     <w:rsid w:val="005A770E"/>
     <w:rsid w:val="005F2C8D"/>
     <w:rsid w:val="006236DC"/>
     <w:rsid w:val="006315A5"/>
     <w:rsid w:val="006323A2"/>
     <w:rsid w:val="00636289"/>
     <w:rsid w:val="00636FDB"/>
     <w:rsid w:val="0064443F"/>
     <w:rsid w:val="00653B6E"/>
     <w:rsid w:val="00664B27"/>
     <w:rsid w:val="0067218D"/>
     <w:rsid w:val="00682177"/>
     <w:rsid w:val="006A0C05"/>
     <w:rsid w:val="006A23F5"/>
     <w:rsid w:val="006A3DC2"/>
     <w:rsid w:val="006B26DA"/>
     <w:rsid w:val="006C5B28"/>
     <w:rsid w:val="006F3CD5"/>
     <w:rsid w:val="006F448D"/>
     <w:rsid w:val="006F7C30"/>
     <w:rsid w:val="007071E1"/>
     <w:rsid w:val="00711774"/>
     <w:rsid w:val="007353D4"/>
+    <w:rsid w:val="007909BE"/>
     <w:rsid w:val="007A05B3"/>
     <w:rsid w:val="007D2B02"/>
     <w:rsid w:val="007F767D"/>
     <w:rsid w:val="0080094D"/>
     <w:rsid w:val="00815DD3"/>
     <w:rsid w:val="00873A9B"/>
     <w:rsid w:val="00880FD6"/>
     <w:rsid w:val="008B28A7"/>
     <w:rsid w:val="008D3786"/>
     <w:rsid w:val="009026E2"/>
     <w:rsid w:val="00907DF8"/>
     <w:rsid w:val="00911F93"/>
     <w:rsid w:val="00955EAA"/>
     <w:rsid w:val="009629E4"/>
     <w:rsid w:val="00972AC4"/>
     <w:rsid w:val="00975FA5"/>
     <w:rsid w:val="00977652"/>
     <w:rsid w:val="009819D1"/>
     <w:rsid w:val="009C379F"/>
     <w:rsid w:val="009E29DD"/>
     <w:rsid w:val="009E7DC7"/>
     <w:rsid w:val="009F7404"/>
     <w:rsid w:val="00A23135"/>
     <w:rsid w:val="00A352DE"/>
     <w:rsid w:val="00AE718B"/>
     <w:rsid w:val="00B5322D"/>
     <w:rsid w:val="00B547A5"/>
     <w:rsid w:val="00B920E4"/>
     <w:rsid w:val="00BA6B5E"/>
     <w:rsid w:val="00BC26F0"/>
     <w:rsid w:val="00BC7F12"/>
     <w:rsid w:val="00BD23C9"/>
     <w:rsid w:val="00BD7BB6"/>
     <w:rsid w:val="00C2795F"/>
+    <w:rsid w:val="00C31C8D"/>
     <w:rsid w:val="00C37EF5"/>
     <w:rsid w:val="00C43665"/>
     <w:rsid w:val="00C44DB4"/>
     <w:rsid w:val="00C52C8C"/>
     <w:rsid w:val="00CA0BC8"/>
     <w:rsid w:val="00CD35DE"/>
     <w:rsid w:val="00CD5CB2"/>
     <w:rsid w:val="00CF477C"/>
     <w:rsid w:val="00D022C6"/>
     <w:rsid w:val="00D115F7"/>
     <w:rsid w:val="00D12C88"/>
     <w:rsid w:val="00D31EC1"/>
     <w:rsid w:val="00D75092"/>
     <w:rsid w:val="00D86CFC"/>
     <w:rsid w:val="00DB3046"/>
     <w:rsid w:val="00DC07BA"/>
     <w:rsid w:val="00DF1F23"/>
     <w:rsid w:val="00DF22BA"/>
     <w:rsid w:val="00E1199B"/>
     <w:rsid w:val="00E407A0"/>
     <w:rsid w:val="00E459EE"/>
     <w:rsid w:val="00E65610"/>
     <w:rsid w:val="00E75D48"/>
     <w:rsid w:val="00E7677F"/>
     <w:rsid w:val="00E86C95"/>
@@ -10620,51 +10701,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="127BEC2D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2DA87471-6C86-4E9E-8781-E459B896FCC2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11222,51 +11303,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00412BB4"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -11698,51 +11778,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007A05B3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007A05B3"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1707097">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="135075481">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12770,51 +12850,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2063864060">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0261-5722" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unae.edu.ec/bitstream/56000/3196/1/An%c3%a1lisis%20comparativo%20de%20la%20planificaci%c3%b3n%20de%20clase%20tradicional%20%20y%20%20la%20planificaci%c3%b3n%20asistida%20por%20ChatGPT.pdf.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corpoeducacion.org.co/2023/07/05/la-inteligencia-artificial-y-en-analisis-de-datos-educativos-una-oportunidad-de-transformacion/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theconversation.com/como-aprovechar-la-inteligencia-artificial-para-personalizar-la-educacion-220680" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtrosalvador@upn181.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5079-959X" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.iadb.org/es/publications/spanish/viewer/Usos-y-efectos-de-la-inteligencia-artificial-en-educacion.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sarrauteducacion.com/2024/02/13/principios-eticos-de-la-educacion-con-inteligencia-artificial-ia/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.linclearning.com/es/la-%C3%A9tica-y-privacidad-en-la-educaci%C3%B3n-impulsada-por-la-inteligencia-artificial" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rojas.dray@upn181.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.nuso.org/media/articles/downloads/1.TC_Ferrante_294.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5488-4441" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redtis.org/index.php/Redtis/article/view/165/147" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.rodriguez@uan.edu.mx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogposgrado.ucontinental.edu.pe/inteligencia-artificial-educacion-rol-docente" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.org/es/artificial-intelligence/recommendation-ethics" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtrosalvador@upn181.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5079-959X" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.iadb.org/es/publications/spanish/viewer/Usos-y-efectos-de-la-inteligencia-artificial-en-educacion.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.linclearning.com/es/la-%C3%A9tica-y-privacidad-en-la-educaci%C3%B3n-impulsada-por-la-inteligencia-artificial" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/cagi.v11i21.310" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rojas.dray@upn181.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sarrauteducacion.com/2024/02/13/principios-eticos-de-la-educacion-con-inteligencia-artificial-ia/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.nuso.org/media/articles/downloads/1.TC_Ferrante_294.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redtis.org/index.php/Redtis/article/view/165/147" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5488-4441" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogposgrado.ucontinental.edu.pe/inteligencia-artificial-educacion-rol-docente" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.org/es/artificial-intelligence/recommendation-ethics" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.rodriguez@uan.edu.mx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corpoeducacion.org.co/2023/07/05/la-inteligencia-artificial-y-en-analisis-de-datos-educativos-una-oportunidad-de-transformacion/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0261-5722" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unae.edu.ec/bitstream/56000/3196/1/An%c3%a1lisis%20comparativo%20de%20la%20planificaci%c3%b3n%20de%20clase%20tradicional%20%20y%20%20la%20planificaci%c3%b3n%20asistida%20por%20ChatGPT.pdf.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theconversation.com/como-aprovechar-la-inteligencia-artificial-para-personalizar-la-educacion-220680" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -13073,69 +13153,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>21</Pages>
-  <Words>7616</Words>
-  <Characters>41894</Characters>
+  <Words>7632</Words>
+  <Characters>41980</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>349</Lines>
-  <Paragraphs>98</Paragraphs>
+  <Paragraphs>99</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>49412</CharactersWithSpaces>
+  <CharactersWithSpaces>49513</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Salvador Abisai Jiménez Najar</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>