--- v1 (2025-11-16)
+++ v2 (2026-03-20)
@@ -1,81 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="22CBF45F" w14:textId="18BCFE47" w:rsidR="00C31C8D" w:rsidRDefault="00C31C8D" w:rsidP="00C31C8D">
+    <w:p w14:paraId="22CBF45F" w14:textId="610DBA1A" w:rsidR="00C31C8D" w:rsidRDefault="008E1902" w:rsidP="00C31C8D">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C31C8D">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>DOI: </w:t>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00C31C8D" w:rsidRPr="00C31C8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00C31C8D">
+        <w:r w:rsidR="00C31C8D" w:rsidRPr="00C31C8D">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://doi.org/10.23913/cagi.v11i21.310</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="66B9184C" w14:textId="52EE80B1" w:rsidR="007A05B3" w:rsidRPr="007A05B3" w:rsidRDefault="007A05B3" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
@@ -509,73 +522,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C23CF" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Sandra </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Rojas García</w:t>
+        <w:t xml:space="preserve"> Sandra Yarely Rojas García</w:t>
       </w:r>
       <w:r w:rsidR="001C23CF" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Pedagógica Nacional Unidad 181 Tepic</w:t>
       </w:r>
       <w:r w:rsidR="001C23CF" w:rsidRPr="007A05B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -757,60 +748,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Los hallazgos revelaron una serie de beneficios significativos, incluida la capacidad de la IA para personalizar el aprendizaje, mejorar la eficiencia administrativa y proporcionar retroalimentación inmediata a l</w:t>
       </w:r>
       <w:r w:rsidR="00572D89" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as y l</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">os estudiantes. Sin embargo, también se identificaron desafíos importantes, como la posibilidad de sesgos algorítmicos y preocupaciones sobre la privacidad de los datos. La interpretación de estos hallazgos destaca la necesidad de abordar los desafíos éticos y técnicos de manera proactiva, mediante la implementación de políticas </w:t>
+        <w:t xml:space="preserve">os estudiantes. Sin embargo, también se identificaron </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>y regulaciones claras. Además, se destaca la importancia de educar a educadores y estudiantes sobre el uso responsable de la IA en la educación.</w:t>
+        <w:t>desafíos importantes, como la posibilidad de sesgos algorítmicos y preocupaciones sobre la privacidad de los datos. La interpretación de estos hallazgos destaca la necesidad de abordar los desafíos éticos y técnicos de manera proactiva, mediante la implementación de políticas y regulaciones claras. Además, se destaca la importancia de educar a educadores y estudiantes sobre el uso responsable de la IA en la educación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D646D46" w14:textId="77777777" w:rsidR="009F7404" w:rsidRPr="00F70747" w:rsidRDefault="009F7404" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En consecuencia, se señala que, si se abordan adecuadamente, los beneficios de la IA en la educación pueden ser significativos, lo que lleva a un aprendizaje más efectivo y equitativo para todos los estudiantes. Sin embargo, es esencial proceder con precaución y considerar cuidadosamente las implicaciones éticas y prácticas de su implementación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06A316F5" w14:textId="3577C876" w:rsidR="009F7404" w:rsidRPr="00F70747" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -833,123 +824,164 @@
       <w:r w:rsidR="009F7404" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Inteligencia artificial, privacidad de datos, responsabilidad ética, e</w:t>
       </w:r>
       <w:r w:rsidR="0064443F" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ducación</w:t>
       </w:r>
       <w:r w:rsidR="009F7404" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D8075A3" w14:textId="685D8DD2" w:rsidR="009F7404" w:rsidRPr="00F70747" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
+    <w:p w14:paraId="04E125F8" w14:textId="77777777" w:rsidR="004E150E" w:rsidRDefault="004E150E" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F70747">
+    </w:p>
+    <w:p w14:paraId="4D8075A3" w14:textId="47EA5C3B" w:rsidR="009F7404" w:rsidRPr="00F70747" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39B46BED" w14:textId="3CEBB22B" w:rsidR="009F7404" w:rsidRPr="00F70747" w:rsidRDefault="009F7404" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>This research arises from the growing integration of artificial intelligence (AI) in the educational field and the need to understand its implications. We sought to answer key questions about the potential benefits and ethical and technical challenges associated with the use of AI in education. It was carried out through an exhaustive review of the scientific and popular literature related to the topic. Empirical research, academic articles and government documents were analyzed to understand the extent and nature of AI's influence on education. The findings revealed a number of significant benefits, including AI's ability to personalize learning, improve administrative efficiency, and provide immediate feedback to students. However, important challenges were also identified, such as the possibility of algorithmic biases and data privacy concerns. Interpretation of these findings highlights the need to address ethical and technical challenges proactively, through the implementation of clear policies and regulations. Additionally, the importance of educating educators and students about the responsible use of AI in education is highlighted. Accordingly, it is noted that, if properly addressed, the benefits of AI in education can be significant, leading to more effective and equitable learning for all students. However, it is essential to proceed with caution and carefully consider the ethical and practical implications of its implementation.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vanish/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Principio del formulario</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05EED153" w14:textId="269A55FD" w:rsidR="009F7404" w:rsidRDefault="009F7404" w:rsidP="007A05B3">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00F70747">
+    <w:p w14:paraId="0A533228" w14:textId="77777777" w:rsidR="004E150E" w:rsidRDefault="004E150E" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B85F5A7" w14:textId="77777777" w:rsidR="004E150E" w:rsidRDefault="004E150E" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05EED153" w14:textId="34B7D57D" w:rsidR="009F7404" w:rsidRDefault="009F7404" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Keywords:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E7DC7" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Artificial intelligence, data privacy, ethical responsibility, education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D74C799" w14:textId="77777777" w:rsidR="007A05B3" w:rsidRPr="00277F61" w:rsidRDefault="007A05B3" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -1037,1320 +1069,1309 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:vanish/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13F62452" w14:textId="77777777" w:rsidR="007A05B3" w:rsidRDefault="007A05B3" w:rsidP="00F70747">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A2D4843" w14:textId="77777777" w:rsidR="007A05B3" w:rsidRDefault="007A05B3" w:rsidP="00F70747">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="04A9099C" w14:textId="19FF0883" w:rsidR="00412BB4" w:rsidRPr="004E150E" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E150E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...33 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Introducción</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E25028" w14:textId="4D3C4902" w:rsidR="00412BB4" w:rsidRPr="00F70747" w:rsidRDefault="00412BB4" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>La integración de la inteligencia artificial en la educación</w:t>
+      </w:r>
+      <w:r w:rsidR="00A352DE" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> representa una transformación significativa en la forma en que se enseña y se aprende</w:t>
+      </w:r>
+      <w:r w:rsidR="006236DC" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> socialmente hablando</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Este estudio se propone explorar</w:t>
+      </w:r>
+      <w:r w:rsidR="00907DF8" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la literatura científica y de ella vislumbrar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los alcances técnicos y consideraciones éticas-filosóficas asociadas con el uso de la IA en el ámbito educativo, con el objetivo de proporcionar una comprensión integral de este tema de gran relevancia en la actualidad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFDB02F" w14:textId="5408CB0D" w:rsidR="00CD5CB2" w:rsidRPr="00F70747" w:rsidRDefault="00CD5CB2" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>El crecimiento acelerado de la</w:t>
+      </w:r>
+      <w:r w:rsidR="00A352DE" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha abierto un abanico de posibilidades a escala mundial</w:t>
+      </w:r>
+      <w:r w:rsidR="00907DF8" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00907DF8" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>esde agilizar el proceso de diagnóstico médico hasta fortalecer los lazos humanos a través de plataformas de redes sociales, e incluso optimizar la productividad laboral mediante la automatización de tareas, la IA ha revolucionado diversos aspectos de nuestras vidas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08732AF8" w14:textId="69D22655" w:rsidR="00CD5CB2" w:rsidRPr="00F70747" w:rsidRDefault="00CD5CB2" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No obstante, esta rápida evolución también conlleva dilemas éticos significativos. Los sistemas basados en IA tienen el potencial de perpetuar prejuicios, contribuir a la degradación medioambiental e incluso amenazar los derechos fundamentales de las personas. Estos riesgos éticos se añaden a las disparidades sociales ya existentes, exacerbando las desventajas de grupos históricamente marginados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FCCC91C" w14:textId="3E157FEB" w:rsidR="00CD5CB2" w:rsidRPr="00F70747" w:rsidRDefault="00CD5CB2" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Por ejemplo, los algoritmos de IA pueden reflejar sesgos inherentes a los datos con los que fueron entrenados, lo que puede llevar a decisiones discriminatorias en ámbitos como la contratación laboral o el sistema judicial. Además, la automatización impulsada por la IA podría dejar atrás a trabajadores con habilidades específicas que no son fácilmente sustituibles por tecnología, aumentando las brechas socioeconómicas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505CD5FF" w14:textId="77777777" w:rsidR="004E150E" w:rsidRDefault="004E150E" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21BF5DFF" w14:textId="77777777" w:rsidR="004E150E" w:rsidRDefault="004E150E" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A961343" w14:textId="77777777" w:rsidR="004E150E" w:rsidRDefault="004E150E" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57DD1FF3" w14:textId="4585D701" w:rsidR="00CD5CB2" w:rsidRPr="00F70747" w:rsidRDefault="00CD5CB2" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Introducción</w:t>
-[...20 lines deleted...]
-      <w:r w:rsidR="00A352DE" w:rsidRPr="00F70747">
+        <w:t>En noviembre de 2021, la UNESCO elaboró la primera norma mundial sobre la ética de la IA: la "Recomendación sobre la ética de la inteligencia artificial". Este marco fue adoptado por los 193 Estados miembros.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70DBE7C9" w14:textId="52F85FC7" w:rsidR="00CD5CB2" w:rsidRPr="00F70747" w:rsidRDefault="00CD5CB2" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>La protección de los derechos humanos y la dignidad es la piedra angular de la Recomendación, basada en el avance de principios fundamentales como la transparencia y la equidad, recordando siempre la importancia de la supervisión humana de los sistemas de IA. (</w:t>
+      </w:r>
+      <w:r w:rsidR="00166E71" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organización de las Naciones Unidas para la Educación, la Ciencia y la Cultura [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>UNESCO</w:t>
+      </w:r>
+      <w:r w:rsidR="00166E71" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00315025" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7107F607" w14:textId="0A3870BF" w:rsidR="00CD5CB2" w:rsidRPr="00F70747" w:rsidRDefault="00E1199B" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>En materia de educación</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0BC8" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> representa una transformación significativa en la forma en que se enseña y se aprende</w:t>
-[...68 lines deleted...]
-      <w:r w:rsidR="00907DF8" w:rsidRPr="00F70747">
+        <w:t xml:space="preserve"> esto no es diferente</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0BC8" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> ya que e</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5CB2" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l avance de la inteligencia artificial plantea importantes desafíos y oportunidades desde el punto de vista educativo. Por un lado, la integración de la IA en el ámbito educativo puede mejorar significativamente la experiencia de aprendizaje, personalizando la enseñanza para adaptarse mejor a las necesidades individuales de los estudiantes, proporcionando retroalimentación inmediata y ofreciendo recursos educativos más accesibles y variados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E5A399A" w14:textId="5352562F" w:rsidR="00CD5CB2" w:rsidRPr="00F70747" w:rsidRDefault="00E1199B" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sin embargo, con estas oportunidades, también se hace necesario</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5CB2" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> abordar las implicaciones éticas y sociales de la IA en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dicho contexto</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5CB2" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Por ejemplo, la implementación de algoritmos de IA en sistemas de evaluación y selección académica podría</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> también</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5CB2" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> replicar sesgos existentes en los datos de entrenamiento, perpetuando desigualdades y discriminación. Esto resalta la necesidad de una alfabetización digital y ética robusta entre los educadores y estudiantes para comprender cómo la IA impacta en el aprendizaje y cómo puede ser utilizada de manera responsable y equitativa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AE4915" w14:textId="2549A62E" w:rsidR="00CD5CB2" w:rsidRPr="00F70747" w:rsidRDefault="00E1199B" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5CB2" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a creciente automatización impulsada por la IA también plantea interrogantes sobre el futuro del empleo y las habilidades necesarias en el mercado laboral. En este sentido, las instituciones educativas deben adaptar sus currículos para desarrollar habilidades como el pensamiento crítico, la resolución de problemas, la creatividad y la colaboración, que son menos susceptibles a ser reemplazadas por la automatización. Además, se debe fomentar una comprensión sólida de los principios fundamentales de la IA y la ética digital desde una edad temprana para capacitar a los estudiantes para enfrentar los desafíos éticos y sociales que surgen en un mundo cada vez más digitalizado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23567F29" w14:textId="4F8D5261" w:rsidR="00E1199B" w:rsidRPr="00F70747" w:rsidRDefault="00E1199B" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5CB2" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s esencial que el sistema educativo aborde de manera proactiva el papel de la IA en la educación, no s</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65610" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ó</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD5CB2" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lo para aprovechar sus beneficios, sino también para mitigar sus riesgos y promover un uso ético y equitativo de esta tecnología en beneficio de todos los estudiantes y la sociedad en general.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4A4972" w14:textId="6F9412CD" w:rsidR="00E75D48" w:rsidRPr="00F70747" w:rsidRDefault="00E1199B" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Un agente de cambio que existe en el ámbito educativo y figura como aquel que traduce a una realidad </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD35DE" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>el currículo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> escolar</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD35DE" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es el docente</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD35DE" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> así que al considerar promover un uso ético y equitativo de la tecnología como lo es la IA; también presentará sus propios desafíos y oportunidades que deben ser considerados de manera cuidadosa</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75D48" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dentro de su práctica profesional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1931975E" w14:textId="5D1E4ADD" w:rsidR="00E1199B" w:rsidRPr="00F70747" w:rsidRDefault="00E1199B" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En primer lugar, la integración de la IA en el ámbito educativo puede ofrecer herramientas poderosas para mejorar la enseñanza y el aprendizaje. Los sistemas de IA pueden ayudar a los docentes a analizar grandes cantidades de datos sobre el rendimiento de los estudiantes, identificar áreas de mejora y personalizar las lecciones para adaptarse a las necesidades individuales de cada </w:t>
+      </w:r>
+      <w:r w:rsidR="00E65610" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>estudiante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75D48" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Incluso</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65610" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75D48" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pueden facilitar la tarea de diseñar cursos, estrategias, recursos y metodologías de aprendizaje más actuales e innovadoras. Esto por supuesto, incluye también el uso ético de esta tecnología, ya que el profesor no puede supeditar toda la responsabilidad a una herramienta tecnológica que</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65610" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75D48" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por supuesto</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65610" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75D48" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no está en condiciones de sustituir la esencia de lo que es el ser docente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66BA565A" w14:textId="043C3B2A" w:rsidR="00D31EC1" w:rsidRPr="00F70747" w:rsidRDefault="00D31EC1" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El avance de la inteligencia artificial y el procesamiento de lenguaje natural en los últimos años ha permitido el desarrollo de sistemas de conversación “naturales” tal como el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ChatGPT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, que tienen la capacidad de generar texto natural y sostener conversaciones de manera realista. Este avance tecnológico ha generado nuevas posibilidades en la educación, ofreciendo a los educadores una herramienta potencial para mejorar la planificación de clases y adaptarla a las necesidades individuales de los estudiantes. (Contreras</w:t>
+      </w:r>
+      <w:r w:rsidR="00636FDB" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Riofrío</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2023, p. 27)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C037594" w14:textId="47F7FF03" w:rsidR="00E1199B" w:rsidRPr="00F70747" w:rsidRDefault="00E1199B" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Es fundamental comprender que</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1F23" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los algoritmos de IA pueden</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75D48" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al igual que en los usos mencionados con anterioridad,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estar influenciados por los sesgos presentes en los datos de entrenamiento</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75D48" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de quien o quienes han diseñado el algoritmo de la IA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, lo que puede llevar a resultados injustos o discriminatorios. Por lo tanto, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1F23" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">las y los </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>docente</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1F23" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> debe</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1F23" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ser crítico</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1F23" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al utilizar herramientas de IA en el aula y </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1F23" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prepararse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para intervenir y corregir cualquier sesgo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>que puedan identificar</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1F23" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75D48" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> esto con base en su experiencia, conocimiento del contexto, estilos de aprendizaje y por supuesto</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1F23" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75D48" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en su vinculación </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1F23" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>con cada estudiante</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75D48" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E232BE" w14:textId="7AE90F38" w:rsidR="00E1199B" w:rsidRPr="00F70747" w:rsidRDefault="00E75D48" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1199B" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a automatización impulsada por la IA plantea interrogantes sobre el papel futuro de </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1F23" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">las y </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1199B" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>los docentes. Si bien</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1F23" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1199B" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> es poco probable que la IA reemplace por completo a </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1F23" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>quienes educan</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1199B" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1F23" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sí </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1199B" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">es posible que cambie la naturaleza de su trabajo. </w:t>
+      </w:r>
+      <w:r w:rsidR="006B26DA" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>En este entendido, las y lo</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1199B" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s docentes pueden encontrar que tienen más tiempo para enfocarse en tareas que requieren habilidades humanas únicas, como el apoyo emocional y la tutoría individualizada, mientras que las tareas más rutinarias pueden ser realizadas por sistemas de IA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468639F7" w14:textId="73EF13D2" w:rsidR="00344C70" w:rsidRPr="00F70747" w:rsidRDefault="00664B27" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Por ende</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1199B" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, es crucial que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>quienes ejercen la docencia tengan la preparación</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1199B" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para adaptarse a estos cambios y desarrollar nuevas habilidades para trabajar de manera efectiva junto con la IA. Esto puede incluir habilidades técnicas relacionadas con el uso de herramientas de IA en el aula, así como habilidades blandas como la empatía y la comunicación, que son esenciales para el éxito en un entorno educativo cada vez más tecnológico.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6368A6FB" w14:textId="21396E1F" w:rsidR="00344C70" w:rsidRPr="00F70747" w:rsidRDefault="00344C70" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Otro actor fundamental en el ámbito educativo</w:t>
+      </w:r>
+      <w:r w:rsidR="00664B27" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sin duda es el estudiante, así que es preciso poder analizarlo desde su perspectiva, y es que el avance de la inteligencia artificial (IA) presenta al igual que con el sistema educativo y profesores, su propia serie de oportunidades y desafíos que impactan directamente en su experiencia educativa. Por un lado, la integración de la IA en el ámbito educativo puede ofrecer herramientas y recursos innovadores que faciliten el aprendizaje y permitan una mayor personalización de la enseñanza.</w:t>
+      </w:r>
+      <w:r w:rsidR="00400848" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Y, por otro,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00907DF8" w:rsidRPr="00F70747">
-[...200 lines deleted...]
-      <w:r w:rsidR="00CD5CB2" w:rsidRPr="00F70747">
+      <w:r w:rsidR="00400848" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00664B27" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as alumnas y alumnos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pueden beneficiarse de sistemas de IA que adaptan el contenido y el ritmo de aprendizaje según sus necesidades individuales, proporcionando una experiencia educativa más inclusiva y eficaz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="292ECA85" w14:textId="21EFA7EE" w:rsidR="00344C70" w:rsidRPr="00F70747" w:rsidRDefault="00344C70" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Además, la IA puede abrir nuevas oportunidades de exploración y descubrimiento</w:t>
+      </w:r>
+      <w:r w:rsidR="007F767D" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Con acceso a herramientas de IA, como motores de búsqueda avanzados o sistemas de tutoría virtual, </w:t>
+      </w:r>
+      <w:r w:rsidR="007F767D" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cada estudiante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> puede acceder a una variedad más amplia de información y recursos educativos, lo que les permite profundizar en sus intereses y desarrollar habilidades de investigación y pensamiento crítico.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6600C673" w14:textId="5B0EE14D" w:rsidR="00344C70" w:rsidRPr="00F70747" w:rsidRDefault="00344C70" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sin embargo, l</w:t>
+      </w:r>
+      <w:r w:rsidR="007F767D" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as y lo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s estudiantes también deben ser conscientes de los posibles desafíos y limitaciones asociados con el uso de la IA en la educación. Por ejemplo, es importante entender que los algoritmos de IA pueden estar sesgados o basados en datos incompletos, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>necesidades individuales de los estudiantes, proporcionando retroalimentación inmediata y ofreciendo recursos educativos más accesibles y variados.</w:t>
-[...880 lines deleted...]
-        <w:t>s estudiantes también deben ser conscientes de los posibles desafíos y limitaciones asociados con el uso de la IA en la educación. Por ejemplo, es importante entender que los algoritmos de IA pueden estar sesgados o basados en datos incompletos, lo que podría influir en los resultados de las evaluaciones o recomendaciones educativas. Por lo tanto, es fundamental que los estudiantes desarrollen habilidades de alfabetización digital y crítica para evaluar de manera crítica la información generada por sistemas de IA y comprender cómo pueden influir en su aprendizaje.</w:t>
+        <w:t>lo que podría influir en los resultados de las evaluaciones o recomendaciones educativas. Por lo tanto, es fundamental que los estudiantes desarrollen habilidades de alfabetización digital y crítica para evaluar de manera crítica la información generada por sistemas de IA y comprender cómo pueden influir en su aprendizaje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5132D377" w14:textId="56DDFB75" w:rsidR="00344C70" w:rsidRPr="00F70747" w:rsidRDefault="00344C70" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Además, la automatización impulsada por la IA también plantea preguntas sobre el futuro del empleo y las habilidades necesarias para tener éxito en un mercado laboral cada vez más tecnológico.</w:t>
       </w:r>
       <w:r w:rsidR="007F767D" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2534,88 +2555,88 @@
         </w:rPr>
         <w:t>í</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> solo</w:t>
       </w:r>
       <w:r w:rsidR="00CA0BC8" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ya que es </w:t>
+        <w:t xml:space="preserve"> ya que es necesaria la intervención docente para la programación del algoritmo tomando como base el contexto y conocimiento de los estilos y ritmos de aprendizaje de sus estudiantes, ya que si bien es una herramienta que automatiza procesos, no puede hacerlo por sí misma</w:t>
+      </w:r>
+      <w:r w:rsidR="0080094D" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E907BD9" w14:textId="5EA230C1" w:rsidR="0042028B" w:rsidRPr="00F70747" w:rsidRDefault="0042028B" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La diversidad se manifiesta también en los estilos de aprendizaje.  Algunos estudiantes son aprendices visuales, prefiriendo gráficos, diagramas y recursos multimedia para comprender conceptos complejos. Otros son más kinestésicos y aprenden mejor mediante la práctica activa, mientras que algunos son más inclinados a la teoría y el aprendizaje conceptual. Además, la variedad de objetivos </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>necesaria la intervención docente para la programación del algoritmo tomando como base el contexto y conocimiento de los estilos y ritmos de aprendizaje de sus estudiantes, ya que si bien es una herramienta que automatiza procesos, no puede hacerlo por sí misma</w:t>
-[...27 lines deleted...]
-        <w:t>La diversidad se manifiesta también en los estilos de aprendizaje.  Algunos estudiantes son aprendices visuales, prefiriendo gráficos, diagramas y recursos multimedia para comprender conceptos complejos. Otros son más kinestésicos y aprenden mejor mediante la práctica activa, mientras que algunos son más inclinados a la teoría y el aprendizaje conceptual. Además, la variedad de objetivos educativos es sorprendente. Esta variedad en objetivos se traduce en la necesidad de adaptar la educación para que sea relevante y significativa para cada estudiante. (López</w:t>
+        <w:t>educativos es sorprendente. Esta variedad en objetivos se traduce en la necesidad de adaptar la educación para que sea relevante y significativa para cada estudiante. (López</w:t>
       </w:r>
       <w:r w:rsidR="00911F93" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00977652" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>López</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00977652" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2909,52 +2930,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>su pleno conocimiento de la dinámica áulica.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61135932" w14:textId="77777777" w:rsidR="00636289" w:rsidRPr="00F70747" w:rsidRDefault="0080094D" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">La inteligencia artificial, con su capacidad de procesar grandes volúmenes de información y aprender de ella, permite personalizar la enseñanza y adaptarla a las necesidades individuales de cada estudiante. Mediante algoritmos y modelos predictivos, la inteligencia artificial puede identificar patrones de aprendizaje, detectar fortalezas y debilidades, y proporcionar retroalimentación inmediata y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">La inteligencia artificial, con su capacidad de procesar grandes volúmenes de información y aprender de ella, permite personalizar la enseñanza y adaptarla a las necesidades individuales de cada estudiante. Mediante algoritmos y modelos predictivos, la inteligencia artificial puede identificar patrones de aprendizaje, detectar fortalezas y debilidades, y proporcionar retroalimentación inmediata y personalizada, facilitando la identificación de áreas de mejora y la implementación de estrategias pedagógicas más efectivas. </w:t>
+        <w:t xml:space="preserve">personalizada, facilitando la identificación de áreas de mejora y la implementación de estrategias pedagógicas más efectivas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05AAF9D2" w14:textId="317E9B2A" w:rsidR="0080094D" w:rsidRPr="00F70747" w:rsidRDefault="0080094D" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Por su parte, el análisis de datos educativos permite recopilar y examinar información detallada sobre el desempeño de los y las estudiantes, las metodologías pedagógicas utilizadas y los resultados obtenidos. Además, la aplicación de técnicas analíticas puede ayudar a proporcionar una visión más precisa y completa de la realidad educativa, respaldando la toma de decisiones informadas, la mejora continua y la creación de entornos educativos más eficientes y equitativos. (López, 2023)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CDBFB34" w14:textId="7D637121" w:rsidR="00D115F7" w:rsidRPr="00F70747" w:rsidRDefault="004E70A6" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -3488,76 +3517,76 @@
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, por ta</w:t>
       </w:r>
       <w:r w:rsidR="00362F27" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l razón</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, se podría afirmar que su uso debería extenderse a la mayor cantidad de docentes posibles, tomando en cuenta las bondades y beneficios que puede traer a estos; sin embargo, como toda herramienta</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>se podría afirmar que su uso debería extenderse a la mayor cantidad de docentes posibles, tomando en cuenta las bondades y beneficios que puede traer a estos; sin embargo, como toda herramienta</w:t>
       </w:r>
       <w:r w:rsidR="00362F27" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la eficacia de su uso depende de la manera en que sea utilizada por el </w:t>
-[...8 lines deleted...]
-        <w:t>usuario final, en este caso el enseñante, ya que no s</w:t>
+        <w:t xml:space="preserve"> la eficacia de su uso depende de la manera en que sea utilizada por el usuario final, en este caso el enseñante, ya que no s</w:t>
       </w:r>
       <w:r w:rsidR="00362F27" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ó</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lo debe conocer las ventajas sino también las implicaciones de su uso, por lo cual es necesario también abordar las consideraciones éticas-filosóficas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AC760D8" w14:textId="535A7D87" w:rsidR="004E70A6" w:rsidRPr="00F70747" w:rsidRDefault="004E70A6" w:rsidP="007A05B3">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
@@ -3580,69 +3609,51 @@
     </w:p>
     <w:p w14:paraId="6DDB0A98" w14:textId="22502D50" w:rsidR="004E70A6" w:rsidRPr="00F70747" w:rsidRDefault="004E70A6" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Equidad y sesgos algorítmicos: Existe el riesgo de que los algoritmos de IA reproduzcan y amplifiquen los sesgos presentes en los datos de entrenamiento, lo que podría llevar a resultados injustos o discriminatorios en la evaluación y selección de estudiantes.</w:t>
       </w:r>
       <w:r w:rsidR="000A2E5A" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> De acuerdo con </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (2021):</w:t>
+        <w:t xml:space="preserve"> De acuerdo con Ferrante (2021):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7908E115" w14:textId="0665D6A4" w:rsidR="00461392" w:rsidRPr="00F70747" w:rsidRDefault="000A2E5A" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00461392" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
@@ -3716,69 +3727,51 @@
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>» y masculino a «</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>doctor</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>», palabras que en inglés valen para ambos géneros. (</w:t>
-[...17 lines deleted...]
-        <w:t>, 2021</w:t>
+        <w:t>», palabras que en inglés valen para ambos géneros. (Ferrante, 2021</w:t>
       </w:r>
       <w:r w:rsidR="000A2E5A" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, p. 34</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D05F44D" w14:textId="7013E076" w:rsidR="001914FA" w:rsidRPr="00F70747" w:rsidRDefault="006A23F5" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
@@ -3889,482 +3882,454 @@
         </w:rPr>
         <w:t>articipación</w:t>
       </w:r>
       <w:r w:rsidR="00362F27" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> [BAP]</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DF22BA" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Para </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> Para Morron:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A0777D" w14:textId="4C5AEFA9" w:rsidR="00D12C88" w:rsidRPr="00F70747" w:rsidRDefault="00D12C88" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uno de los principales riesgos de la IA en la educación es el riesgo ético del sesgo algorítmico, que puede llevar a decisiones injustas o discriminatorias basadas en datos. Por ejemplo, si los algoritmos utilizados para seleccionar a los estudiantes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">para un programa de estudio tienen en cuenta características personales no relacionadas con las habilidades y competencias necesarias para ese programa, podrían estar discriminando a ciertos grupos de estudiantes. También es posible que los algoritmos empleados para evaluar a los estudiantes no consideren ciertos aspectos culturales o sociales, lo que resultaría en decisiones injustas o incluso perjudicar a ciertos grupos. </w:t>
+      </w:r>
       <w:r w:rsidR="00DF22BA" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Morron</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2024)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0732580B" w14:textId="055CF92F" w:rsidR="004E70A6" w:rsidRPr="00F70747" w:rsidRDefault="004E70A6" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Privacidad y protección de datos</w:t>
+      </w:r>
+      <w:r w:rsidR="00362F27" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>El uso de IA en el aula implica la recopilación y análisis de datos personales de l</w:t>
+      </w:r>
+      <w:r w:rsidR="00362F27" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as alumnas y alumnos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, lo que plantea preocupaciones sobre la privacidad y la seguridad de la información.</w:t>
+      </w:r>
       <w:r w:rsidR="00DF22BA" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="48A0777D" w14:textId="4C5AEFA9" w:rsidR="00D12C88" w:rsidRPr="00F70747" w:rsidRDefault="00D12C88" w:rsidP="007A05B3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5491C632" w14:textId="77777777" w:rsidR="00D12C88" w:rsidRPr="00F70747" w:rsidRDefault="00D12C88" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Uno de los principales riesgos de la IA en la educación es el riesgo ético del sesgo algorítmico, que puede llevar a decisiones injustas o discriminatorias basadas en datos. Por ejemplo, si los algoritmos utilizados para seleccionar a los estudiantes para un programa de estudio tienen en cuenta características personales no relacionadas con las habilidades y competencias necesarias para ese programa, podrían estar discriminando a ciertos grupos de estudiantes. También es posible que los algoritmos empleados para evaluar a los estudiantes no consideren ciertos aspectos culturales o sociales, lo que resultaría en decisiones injustas o incluso perjudicar a ciertos grupos. </w:t>
+        <w:t>Es importante que los estudiantes, los educadores y los padres comprendan cómo funcionan los algoritmos utilizados en la educación y cómo se toman las decisiones basadas en ellos. Esto es importante para evitar que los estudiantes sean perjudicados o para que no se sientan injustamente tratados. Por lo que es necesario que los educadores y responsables de las políticas educativas trabajen juntos para garantizar que los datos de los estudiantes y maestros se manejen de manera responsable y se respete su privacidad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C661224" w14:textId="4B3C1C4F" w:rsidR="00D12C88" w:rsidRPr="00F70747" w:rsidRDefault="00D12C88" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Esto incluye establecer políticas claras sobre cómo se recopilan, utilizan y comparten sus datos. Estas políticas deben abordar preguntas importantes, como quién tiene acceso a los datos de los estudiantes, cómo se almacenarán estos datos y por cuánto tiempo se conservarán. Así como garantizar que los estudiantes y maestros comprendan sus derechos en cuanto a la privacidad de sus datos, cómo se están administrando los datos de su información privada y cómo se aplican en las herramientas basadas en la IA en el aula para identificar, apoyar y evaluar la experiencia de aprendizaje. (Morr</w:t>
       </w:r>
       <w:r w:rsidR="00DF22BA" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...19 lines deleted...]
-      </w:pPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n, 2024)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316843FC" w14:textId="006D78DD" w:rsidR="004E70A6" w:rsidRPr="00F70747" w:rsidRDefault="004E70A6" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Responsabilidad y transparencia</w:t>
+      </w:r>
+      <w:r w:rsidR="00362F27" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Es importante establecer mecanismos claros de responsabilidad y transparencia en el desarrollo y uso de sistemas de IA en el ámbito educativo, para garantizar que las decisiones tomadas por estos sistemas sean comprensibles y justificables.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50C568FC" w14:textId="0E4DE0B4" w:rsidR="000A0B28" w:rsidRPr="00F70747" w:rsidRDefault="000A0B28" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Transparencia y responsabilidad se refiere a que los procesos de recolección, análisis e informe de datos, así como los procesos correspondientes al establecimiento, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Privacidad y protección de datos</w:t>
-[...31 lines deleted...]
-        <w:t>, lo que plantea preocupaciones sobre la privacidad y la seguridad de la información.</w:t>
+        <w:t xml:space="preserve">seguimiento y control de las normas de </w:t>
       </w:r>
       <w:r w:rsidR="00DF22BA" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>AIDE [</w:t>
+      </w:r>
+      <w:r w:rsidR="003809A1" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uso de la inteligencia artificial en la educación, por sus siglas en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF22BA" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>] deben ser transparentes, accesibles y explicables. Asimismo, debe considerar el consentimiento informado, la propiedad de los datos y sus fines, además de las condiciones de uso de la IA. (Guerra, 2024)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5491C632" w14:textId="77777777" w:rsidR="00D12C88" w:rsidRPr="00F70747" w:rsidRDefault="00D12C88" w:rsidP="007A05B3">
-[...91 lines deleted...]
-      <w:r w:rsidR="00362F27" w:rsidRPr="00F70747">
+    <w:p w14:paraId="3CA5180D" w14:textId="0CD6AEBE" w:rsidR="000A0B28" w:rsidRPr="00F70747" w:rsidRDefault="000A0B28" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La transparencia y la responsabilidad son aspectos cruciales cuando se trata de implementar </w:t>
+      </w:r>
+      <w:r w:rsidR="006323A2" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en la educación </w:t>
+      </w:r>
+      <w:r w:rsidR="006323A2" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AIDE</w:t>
+      </w:r>
+      <w:r w:rsidR="006323A2" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. La transparencia implica que los procesos relacionados con la recolección, el análisis y el informe de datos deben ser claros y comprensibles para todos los involucrados, desde los estudiantes hasta </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2795F" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>quienes educan y quienes administran</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F70747">
-[...51 lines deleted...]
-      <w:r w:rsidRPr="00F70747">
+      <w:r w:rsidR="00B5322D" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-      <w:r w:rsidR="006323A2" w:rsidRPr="00F70747">
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Además, implica que</w:t>
+      </w:r>
+      <w:r w:rsidR="0067218D" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quienes d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esarrollan y utilizan sistemas de </w:t>
+      </w:r>
+      <w:r w:rsidR="0067218D" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IA</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en la educación </w:t>
-[...63 lines deleted...]
-        <w:t>Además, implica que</w:t>
+        <w:t xml:space="preserve"> en educación</w:t>
       </w:r>
       <w:r w:rsidR="0067218D" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> quienes d</w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> deben </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">asumir la responsabilidad de sus acciones y decisiones. Esto implica considerar el consentimiento informado de </w:t>
+        <w:t xml:space="preserve"> deben asumir la responsabilidad de sus acciones y decisiones. Esto implica considerar el consentimiento informado de </w:t>
       </w:r>
       <w:r w:rsidR="0067218D" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>quienes son</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> participantes, asegurarse de que los datos sean utilizados de manera ética y respetuosa y</w:t>
       </w:r>
       <w:r w:rsidR="0067218D" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
@@ -4680,50 +4645,51 @@
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Incrementar la actividad: necesitamos entrar en acción, meternos en zonas incómodas para aprender cosas nuevas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4185DF56" w14:textId="77777777" w:rsidR="003E4926" w:rsidRPr="00F70747" w:rsidRDefault="003E4926" w:rsidP="007A05B3">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
@@ -4780,60 +4746,51 @@
         </w:rPr>
         <w:t>IA</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> indudablemente está transformando la naturaleza del trabajo </w:t>
       </w:r>
       <w:r w:rsidR="000D40C7" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>docente; a</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ntes, el énfasis estaba en la transmisión de conocimientos, pero ahora, con el acceso generalizado a la información a través de internet y la IA, el enfoque se ha desplazado hacia </w:t>
-[...8 lines deleted...]
-        <w:t>habilidades como la facilitación del aprendizaje, la adaptación curricular y la atención personalizada.</w:t>
+        <w:t>ntes, el énfasis estaba en la transmisión de conocimientos, pero ahora, con el acceso generalizado a la información a través de internet y la IA, el enfoque se ha desplazado hacia habilidades como la facilitación del aprendizaje, la adaptación curricular y la atención personalizada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59AA148A" w14:textId="281343F2" w:rsidR="005A770E" w:rsidRPr="00F70747" w:rsidRDefault="005A770E" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El comentario </w:t>
       </w:r>
       <w:r w:rsidR="000D40C7" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5001,373 +4958,417 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sus</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> estudiantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B8E95A9" w14:textId="77777777" w:rsidR="008B28A7" w:rsidRPr="00F70747" w:rsidRDefault="008B28A7" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EB5F6D4" w14:textId="49FB4F87" w:rsidR="00412BB4" w:rsidRPr="00F70747" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
+    <w:p w14:paraId="4E69744B" w14:textId="77777777" w:rsidR="004E150E" w:rsidRDefault="004E150E" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F70747">
+    </w:p>
+    <w:p w14:paraId="7BB94309" w14:textId="77777777" w:rsidR="004E150E" w:rsidRDefault="004E150E" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Materiales y Métodos</w:t>
-[...282 lines deleted...]
-    <w:p w14:paraId="4B8E522C" w14:textId="13A4D86A" w:rsidR="00412BB4" w:rsidRPr="00F70747" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76025FF3" w14:textId="77777777" w:rsidR="004E150E" w:rsidRDefault="004E150E" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F70747">
+    </w:p>
+    <w:p w14:paraId="180299B6" w14:textId="77777777" w:rsidR="004E150E" w:rsidRDefault="004E150E" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EB5F6D4" w14:textId="5427DAD2" w:rsidR="00412BB4" w:rsidRPr="004E150E" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Materiales y Métodos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58778403" w14:textId="5EEBFEE8" w:rsidR="00682177" w:rsidRPr="00F70747" w:rsidRDefault="00682177" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>El método utilizado es exploratorio, ya que es un tema de actualidad</w:t>
+      </w:r>
+      <w:r w:rsidR="001E3349" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del cual, si bien es cierto que existe bibliografía al respecto, el asunto de las IA ha tomado mayor auge en los últimos años por la incorporación de la tecnología de manera directa en la educación (y obligada derivada de la pandemia por SARS-CoV-2) así como por la accesibilidad a estas tecnologías</w:t>
+      </w:r>
+      <w:r w:rsidR="001E3349" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que se ha dado a la sociedad en general.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C10589A" w14:textId="1EE5F005" w:rsidR="00682177" w:rsidRPr="00F70747" w:rsidRDefault="00682177" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>La técnica utilizada para la investigación se basó en la revisión</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB019E" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sistematizada</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de fuentes y referencias relacionadas con el uso de la </w:t>
+      </w:r>
+      <w:r w:rsidR="001E3349" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en el ámbito educativo, po</w:t>
+      </w:r>
+      <w:r w:rsidR="001E3349" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r tal motivo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, para cada uno de los alcances técnicos y consideraciones éticas-filosóficas asociadas con el uso de la IA en la educación, se revisaron fuentes que proporcionaran información detallada y actualizada sobre el tema. Se </w:t>
+      </w:r>
+      <w:r w:rsidR="009E29DD" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>empleó u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>na variedad de recursos, incluyendo artículos académicos, informes de investigación, libros y documentos oficiales de instituciones educativas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A241345" w14:textId="03A170E2" w:rsidR="00682177" w:rsidRPr="00F70747" w:rsidRDefault="00682177" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Además, se tuvo en cuenta la credibilidad y la autoridad de las fuentes seleccionadas, priorizando aquellas provenientes de instituciones académicas, organizaciones educativas reconocidas y publicaciones científicas revisadas por pares</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7BB6" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aunque </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7BB6" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>quien lee</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> podrá encontrar fuentes que no pertenecen a portales arbitrados, dicha información fue verificada con base en las publicaciones de los portales donde fueron consultadas, de tal manera que se conoce quienes fueron los autores de estos artículos, sus publicaciones y trayectoria, evitando obtener información escrita por anónimos o sin poder verificar la autoría. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760D594B" w14:textId="1D660597" w:rsidR="00101C8E" w:rsidRPr="00F70747" w:rsidRDefault="00682177" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>El objetivo fue</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7BB6" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tanto analizar la manera en que la IA se integra en la educación</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7BB6" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saber sobre los alcances técnicos, ético-filosóficos, como proporcionar fuentes variadas que permitieran a l</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7BB6" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as y lo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s lectores profundizar en cada uno de los aspectos abordados en la investigación</w:t>
+      </w:r>
+      <w:r w:rsidR="00101C8E" w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79143FAD" w14:textId="77777777" w:rsidR="00CD35DE" w:rsidRPr="00F70747" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B8E522C" w14:textId="13A4D86A" w:rsidR="00412BB4" w:rsidRPr="004E150E" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E150E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Resultados</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="657B65D7" w14:textId="260EA61D" w:rsidR="00101C8E" w:rsidRPr="00F70747" w:rsidRDefault="00101C8E" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Durante la investigación realizada sobre el uso de la inteligencia artificial (IA) en la educación, se han identificado varios hallazgos significativos que abarcan tanto los aspectos técnicos como las consideraciones éticas</w:t>
       </w:r>
       <w:r w:rsidR="004126F6" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
@@ -5378,50 +5379,51 @@
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>filosóficas asociadas. A continuación, se presentan los resultados obtenidos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49FEE590" w14:textId="77777777" w:rsidR="00101C8E" w:rsidRPr="00F70747" w:rsidRDefault="00101C8E" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Alcances Técnicos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52B993D6" w14:textId="3F651C44" w:rsidR="00101C8E" w:rsidRPr="00F70747" w:rsidRDefault="00101C8E" w:rsidP="007A05B3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Personalización del </w:t>
       </w:r>
@@ -5832,51 +5834,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ilosóficas:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2345793D" w14:textId="5DBD166B" w:rsidR="00101C8E" w:rsidRPr="00F70747" w:rsidRDefault="00101C8E" w:rsidP="007A05B3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Equidad y </w:t>
       </w:r>
       <w:r w:rsidR="00FE6805" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esgos </w:t>
       </w:r>
       <w:r w:rsidR="00FE6805" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
@@ -6007,50 +6008,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s necesario establecer políticas y medidas de seguridad para proteger la información personal y sensible de los estudiantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77884537" w14:textId="52187D4C" w:rsidR="00101C8E" w:rsidRPr="00F70747" w:rsidRDefault="00101C8E" w:rsidP="007A05B3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Responsabilidad y </w:t>
       </w:r>
       <w:r w:rsidR="00FE6805" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ransparencia</w:t>
       </w:r>
       <w:r w:rsidR="00C52C8C" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -6303,115 +6305,114 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, en su totalidad</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40DB164C" w14:textId="77777777" w:rsidR="00CD35DE" w:rsidRPr="00F70747" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="364E47DC" w14:textId="24916979" w:rsidR="00412BB4" w:rsidRPr="00F70747" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
+    <w:p w14:paraId="364E47DC" w14:textId="24916979" w:rsidR="00412BB4" w:rsidRPr="004E150E" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F70747">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E150E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25CFF7D5" w14:textId="6FD6E67F" w:rsidR="00D12C88" w:rsidRPr="00F70747" w:rsidRDefault="00412BB4" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La integración de la IA en la educación presenta oportunidades emocionantes para mejorar la calidad y la accesibilidad de la enseñanza y el aprendizaje</w:t>
       </w:r>
       <w:r w:rsidR="00D12C88" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. En este sentido, es crucial abordar estos desafíos éticos y sociales asociados con la IA para garantizar que su desarrollo y aplicación se realicen de manera equitativa y responsable. Esto implica la implementación de políticas y regulaciones adecuadas, así como un compromiso activo con la inclusión y la diversidad en todos los niveles de la industria de la IA. Además, se necesita una mayor transparencia y rendición de cuentas en la forma en que se desarrollan y utilizan los sistemas de IA para mitigar los riesgos potenciales y maximizar los beneficios para la sociedad en su conjunto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02591AEA" w14:textId="543C9AFB" w:rsidR="009C379F" w:rsidRPr="00F70747" w:rsidRDefault="009C379F" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Los resultados de esta investigación sobre el uso de la</w:t>
       </w:r>
       <w:r w:rsidR="00BD7BB6" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00BD7BB6" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
@@ -6471,51 +6472,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Balance entre beneficios y desafíos</w:t>
       </w:r>
       <w:r w:rsidR="00104054" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Es fundamental analizar y sopesar los beneficios potenciales de la IA en la educación, como la personalización del aprendizaje y la automatización de tareas administrativas, con los desafíos éticos y técnicos identificados, como los sesgos algorítmicos y las preocupaciones sobre la privacidad de los datos.</w:t>
+        <w:t xml:space="preserve"> Es fundamental analizar y sopesar los beneficios potenciales de la IA en la educación, como la personalización del aprendizaje y la automatización de tareas administrativas, con los desafíos éticos y técnicos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>identificados, como los sesgos algorítmicos y las preocupaciones sobre la privacidad de los datos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B3CE7C1" w14:textId="2C267B70" w:rsidR="009C379F" w:rsidRPr="00F70747" w:rsidRDefault="009C379F" w:rsidP="007A05B3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Necesidad de regulación y políticas</w:t>
       </w:r>
       <w:r w:rsidR="006A3DC2" w:rsidRPr="00F70747">
@@ -6744,67 +6754,67 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Finalmente, la discusión podría destacar la necesidad de continuar investigando sobre el impacto de la IA en la educación y cómo abordar de manera efectiva los desafíos éticos y técnicos identificados en esta investigación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="739903B9" w14:textId="77777777" w:rsidR="00CD35DE" w:rsidRPr="00F70747" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12399C92" w14:textId="595053FA" w:rsidR="00412BB4" w:rsidRPr="00F70747" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
+    <w:p w14:paraId="12399C92" w14:textId="595053FA" w:rsidR="00412BB4" w:rsidRPr="004E150E" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F70747">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E150E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Conclusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="663EDD62" w14:textId="49846211" w:rsidR="00873A9B" w:rsidRPr="00F70747" w:rsidRDefault="00394DAD" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>La</w:t>
       </w:r>
       <w:r w:rsidR="00873A9B" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -7231,51 +7241,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Se subraya la importancia de preservar el papel único </w:t>
       </w:r>
       <w:r w:rsidR="00F62196" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">de las y los profesores </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">en el proceso de enseñanza-aprendizaje, incluso en un entorno tecnológico impulsado por la IA. </w:t>
+        <w:t xml:space="preserve">en el proceso de enseñanza-aprendizaje, incluso en un entorno tecnológico impulsado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">por la IA. </w:t>
       </w:r>
       <w:r w:rsidR="00F62196" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Quienes educan</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> deben adaptarse a los cambios y continuar proporcionando apoyo emocional y motivacional a </w:t>
       </w:r>
       <w:r w:rsidR="001F4A5E" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>su</w:t>
       </w:r>
@@ -7286,51 +7305,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s estudiantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E865B5" w14:textId="4E4ED000" w:rsidR="006315A5" w:rsidRPr="00F70747" w:rsidRDefault="006315A5" w:rsidP="007A05B3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Se enfatiza la importancia de garantizar que el uso de la IA en la educación promueva la inclusión y la equidad, asegurando que todos los estudiantes tengan acceso igualitario a oportunidades educativas y que los sistemas de IA no amplíen las brechas existentes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC3A9A4" w14:textId="70211E16" w:rsidR="006315A5" w:rsidRPr="00F70747" w:rsidRDefault="00BD7BB6" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Finalmente</w:t>
       </w:r>
       <w:r w:rsidR="006315A5" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
@@ -7448,69 +7466,69 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="006315A5" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> que se aborden de manera efectiva sus desafíos éticos y filosóficos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="429C975B" w14:textId="77777777" w:rsidR="00CD35DE" w:rsidRPr="00F70747" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01AAA877" w14:textId="3E6D51BE" w:rsidR="00E407A0" w:rsidRPr="00F70747" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
+    <w:p w14:paraId="01AAA877" w14:textId="3E6D51BE" w:rsidR="00E407A0" w:rsidRPr="004E150E" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F70747">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E150E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Futuras Líneas de Investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F8B0EE0" w14:textId="77777777" w:rsidR="00504765" w:rsidRPr="00F70747" w:rsidRDefault="00E407A0" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En el horizonte de la investigación en el ámbito del uso de la</w:t>
       </w:r>
       <w:r w:rsidR="00BD7BB6" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -7589,51 +7607,60 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se enfoca en el desarrollo de herramientas de personalización más avanzadas</w:t>
       </w:r>
       <w:r w:rsidR="00317EDD" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; e</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>sto implica explorar nuevas técnicas y enfoques para mejorar la personalización del aprendizaje mediante la IA. Se busca adaptar los contenidos educativos no solo en función de las habilidades y preferencias individuales, sino también considerando aspectos socioemocionales y culturales.</w:t>
+        <w:t xml:space="preserve">sto implica explorar nuevas técnicas y enfoques para mejorar la personalización del aprendizaje mediante la IA. Se busca adaptar los contenidos educativos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>no solo en función de las habilidades y preferencias individuales, sino también considerando aspectos socioemocionales y culturales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="660A65BA" w14:textId="7643FD3E" w:rsidR="00E407A0" w:rsidRPr="00F70747" w:rsidRDefault="00E407A0" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Un tercer campo de estudio</w:t>
       </w:r>
       <w:r w:rsidR="00317EDD" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7675,51 +7702,50 @@
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bienestar emocional y psicológico. Además, se investigan estrategias para mitigar posibles efectos negativos y promover un entorno de aprendizaje saludable y positivo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37ED8B27" w14:textId="7BA7F387" w:rsidR="00E407A0" w:rsidRPr="00F70747" w:rsidRDefault="00E407A0" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>La ética de la IA en la educación es otro aspecto crucial que requiere atención</w:t>
       </w:r>
       <w:r w:rsidR="003E1B71" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; e</w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sta línea de investigación aborda cuestiones éticas específicas relacionadas con el uso de la IA en la educación, como la transparencia algorítmica, el consentimiento informado de </w:t>
       </w:r>
       <w:r w:rsidR="003E1B71" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">alumnas y alumnos y, </w:t>
@@ -7959,127 +7985,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, por supuesto, sus</w:t>
       </w:r>
       <w:r w:rsidR="00E407A0" w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> áreas de mejora.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71931306" w14:textId="77777777" w:rsidR="00CD35DE" w:rsidRDefault="00CD35DE" w:rsidP="00F70747">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FAFBAC2" w14:textId="77777777" w:rsidR="007A05B3" w:rsidRDefault="007A05B3" w:rsidP="00F70747">
-      <w:pPr>
-[...75 lines deleted...]
-    <w:p w14:paraId="42630942" w14:textId="77777777" w:rsidR="007A05B3" w:rsidRPr="00F70747" w:rsidRDefault="007A05B3" w:rsidP="00F70747">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A86CFBB" w14:textId="4A46FEA0" w:rsidR="00E407A0" w:rsidRPr="00F70747" w:rsidRDefault="00CD35DE" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -8217,67 +8166,57 @@
           </w:rPr>
           <w:t>https://blogposgrado.ucontinental.edu.pe/inteligencia-artificial-educacion-rol-docente</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="577DDA34" w14:textId="77777777" w:rsidR="006A0C05" w:rsidRPr="00F70747" w:rsidRDefault="006A0C05" w:rsidP="007A05B3">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, E. (2021). Inteligencia artificial y sesgos algorítmicos ¿Por qué deberían importarnos? </w:t>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ferrante, E. (2021). Inteligencia artificial y sesgos algorítmicos ¿Por qué deberían importarnos? </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Revista NUEVA SOCIEDAD, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(294), 37-36. </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00F70747">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
@@ -8600,99 +8539,68 @@
           </w:rPr>
           <w:t>https://redtis.org/index.php/Redtis/article/view/165/147</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64E880A1" w14:textId="77777777" w:rsidR="006A0C05" w:rsidRPr="00F70747" w:rsidRDefault="006A0C05" w:rsidP="007A05B3">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, M. (2024). La ética y la privacidad en la educación impulsada por la Inteligencia Artificial. </w:t>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Morron, M. (2024). La ética y la privacidad en la educación impulsada por la Inteligencia Artificial. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">LINC </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">LINC The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learning</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F70747">
@@ -8762,80 +8670,69 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="469B9A2C" w14:textId="77777777" w:rsidR="006A0C05" w:rsidRPr="00F70747" w:rsidRDefault="006A0C05" w:rsidP="007A05B3">
       <w:pPr>
         <w:pStyle w:val="Textocomentario"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Navarro, G. (4 de abril de 2024). </w:t>
       </w:r>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Cómo aprovechar la inteligencia artificial para personalizar la educación. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00F70747">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Conversation</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F70747">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00F70747">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
@@ -8943,61 +8840,61 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006315A5" w:rsidRPr="00F70747" w:rsidSect="007A05B3">
       <w:headerReference w:type="default" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="709" w:right="1701" w:bottom="568" w:left="1701" w:header="284" w:footer="117" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3EDE3D38" w14:textId="77777777" w:rsidR="007909BE" w:rsidRDefault="007909BE" w:rsidP="007A05B3">
+    <w:p w14:paraId="15CAA978" w14:textId="77777777" w:rsidR="00792969" w:rsidRDefault="00792969" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B6F48C9" w14:textId="77777777" w:rsidR="007909BE" w:rsidRDefault="007909BE" w:rsidP="007A05B3">
+    <w:p w14:paraId="553266CA" w14:textId="77777777" w:rsidR="00792969" w:rsidRDefault="00792969" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -9073,89 +8970,144 @@
       <w:t xml:space="preserve"> – </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="007A05B3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
       </w:rPr>
       <w:t>Junio</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="007A05B3">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> 2024                         ISSN: 2448 – 6280</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="60E2D13E" w14:textId="77777777" w:rsidR="007909BE" w:rsidRDefault="007909BE" w:rsidP="007A05B3">
+    <w:p w14:paraId="550EA898" w14:textId="77777777" w:rsidR="00792969" w:rsidRDefault="00792969" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35789990" w14:textId="77777777" w:rsidR="007909BE" w:rsidRDefault="007909BE" w:rsidP="007A05B3">
+    <w:p w14:paraId="3692720A" w14:textId="77777777" w:rsidR="00792969" w:rsidRDefault="00792969" w:rsidP="007A05B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7885E22B" w14:textId="57ACAB7F" w:rsidR="007A05B3" w:rsidRPr="007A05B3" w:rsidRDefault="007A05B3" w:rsidP="007A05B3">
+  <w:p w14:paraId="7885E22B" w14:textId="19B51EBE" w:rsidR="007A05B3" w:rsidRPr="007A05B3" w:rsidRDefault="004E150E" w:rsidP="007A05B3">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007A05B3">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        <w:b/>
-        <w:i/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="546914AC" wp14:editId="019209CF">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>left</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-110951</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6718935" cy="997114"/>
+          <wp:effectExtent l="0" t="0" r="5715" b="0"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21050"/>
+              <wp:lineTo x="21557" y="21050"/>
+              <wp:lineTo x="21557" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="795345055" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="795345055" name="Imagen 795345055"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6718935" cy="997114"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03E06605"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4FFCC820"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
@@ -10573,112 +10525,118 @@
     <w:rsid w:val="001E3349"/>
     <w:rsid w:val="001F4A5E"/>
     <w:rsid w:val="0022232D"/>
     <w:rsid w:val="00285E97"/>
     <w:rsid w:val="00293FC8"/>
     <w:rsid w:val="00315025"/>
     <w:rsid w:val="00317EDD"/>
     <w:rsid w:val="00344C70"/>
     <w:rsid w:val="00360EC4"/>
     <w:rsid w:val="00362F27"/>
     <w:rsid w:val="003809A1"/>
     <w:rsid w:val="00390D39"/>
     <w:rsid w:val="00394DAD"/>
     <w:rsid w:val="003A3761"/>
     <w:rsid w:val="003E1B71"/>
     <w:rsid w:val="003E4926"/>
     <w:rsid w:val="00400848"/>
     <w:rsid w:val="00406256"/>
     <w:rsid w:val="004126F6"/>
     <w:rsid w:val="00412BB4"/>
     <w:rsid w:val="0042028B"/>
     <w:rsid w:val="00435F9A"/>
     <w:rsid w:val="00461392"/>
     <w:rsid w:val="004B07DE"/>
     <w:rsid w:val="004D561C"/>
+    <w:rsid w:val="004E150E"/>
     <w:rsid w:val="004E70A6"/>
     <w:rsid w:val="004F41EE"/>
     <w:rsid w:val="00504765"/>
+    <w:rsid w:val="0052732E"/>
     <w:rsid w:val="00563884"/>
     <w:rsid w:val="00572D89"/>
     <w:rsid w:val="005A770E"/>
     <w:rsid w:val="005F2C8D"/>
     <w:rsid w:val="006236DC"/>
     <w:rsid w:val="006315A5"/>
     <w:rsid w:val="006323A2"/>
     <w:rsid w:val="00636289"/>
     <w:rsid w:val="00636FDB"/>
+    <w:rsid w:val="0064180A"/>
     <w:rsid w:val="0064443F"/>
     <w:rsid w:val="00653B6E"/>
     <w:rsid w:val="00664B27"/>
     <w:rsid w:val="0067218D"/>
     <w:rsid w:val="00682177"/>
     <w:rsid w:val="006A0C05"/>
     <w:rsid w:val="006A23F5"/>
     <w:rsid w:val="006A3DC2"/>
     <w:rsid w:val="006B26DA"/>
     <w:rsid w:val="006C5B28"/>
     <w:rsid w:val="006F3CD5"/>
     <w:rsid w:val="006F448D"/>
     <w:rsid w:val="006F7C30"/>
     <w:rsid w:val="007071E1"/>
     <w:rsid w:val="00711774"/>
     <w:rsid w:val="007353D4"/>
     <w:rsid w:val="007909BE"/>
+    <w:rsid w:val="00792969"/>
     <w:rsid w:val="007A05B3"/>
     <w:rsid w:val="007D2B02"/>
     <w:rsid w:val="007F767D"/>
     <w:rsid w:val="0080094D"/>
     <w:rsid w:val="00815DD3"/>
     <w:rsid w:val="00873A9B"/>
     <w:rsid w:val="00880FD6"/>
     <w:rsid w:val="008B28A7"/>
     <w:rsid w:val="008D3786"/>
+    <w:rsid w:val="008E1902"/>
     <w:rsid w:val="009026E2"/>
     <w:rsid w:val="00907DF8"/>
     <w:rsid w:val="00911F93"/>
     <w:rsid w:val="00955EAA"/>
     <w:rsid w:val="009629E4"/>
     <w:rsid w:val="00972AC4"/>
     <w:rsid w:val="00975FA5"/>
     <w:rsid w:val="00977652"/>
     <w:rsid w:val="009819D1"/>
     <w:rsid w:val="009C379F"/>
     <w:rsid w:val="009E29DD"/>
     <w:rsid w:val="009E7DC7"/>
     <w:rsid w:val="009F7404"/>
     <w:rsid w:val="00A23135"/>
     <w:rsid w:val="00A352DE"/>
     <w:rsid w:val="00AE718B"/>
     <w:rsid w:val="00B5322D"/>
     <w:rsid w:val="00B547A5"/>
     <w:rsid w:val="00B920E4"/>
     <w:rsid w:val="00BA6B5E"/>
     <w:rsid w:val="00BC26F0"/>
     <w:rsid w:val="00BC7F12"/>
     <w:rsid w:val="00BD23C9"/>
     <w:rsid w:val="00BD7BB6"/>
+    <w:rsid w:val="00C14D96"/>
     <w:rsid w:val="00C2795F"/>
     <w:rsid w:val="00C31C8D"/>
     <w:rsid w:val="00C37EF5"/>
     <w:rsid w:val="00C43665"/>
     <w:rsid w:val="00C44DB4"/>
     <w:rsid w:val="00C52C8C"/>
     <w:rsid w:val="00CA0BC8"/>
     <w:rsid w:val="00CD35DE"/>
     <w:rsid w:val="00CD5CB2"/>
     <w:rsid w:val="00CF477C"/>
     <w:rsid w:val="00D022C6"/>
     <w:rsid w:val="00D115F7"/>
     <w:rsid w:val="00D12C88"/>
     <w:rsid w:val="00D31EC1"/>
     <w:rsid w:val="00D75092"/>
     <w:rsid w:val="00D86CFC"/>
     <w:rsid w:val="00DB3046"/>
     <w:rsid w:val="00DC07BA"/>
     <w:rsid w:val="00DF1F23"/>
     <w:rsid w:val="00DF22BA"/>
     <w:rsid w:val="00E1199B"/>
     <w:rsid w:val="00E407A0"/>
     <w:rsid w:val="00E459EE"/>
     <w:rsid w:val="00E65610"/>
     <w:rsid w:val="00E75D48"/>
@@ -12853,50 +12811,54 @@
       </w:divBdr>
     </w:div>
     <w:div w:id="2063864060">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtrosalvador@upn181.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5079-959X" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.iadb.org/es/publications/spanish/viewer/Usos-y-efectos-de-la-inteligencia-artificial-en-educacion.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.linclearning.com/es/la-%C3%A9tica-y-privacidad-en-la-educaci%C3%B3n-impulsada-por-la-inteligencia-artificial" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/cagi.v11i21.310" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rojas.dray@upn181.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sarrauteducacion.com/2024/02/13/principios-eticos-de-la-educacion-con-inteligencia-artificial-ia/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://static.nuso.org/media/articles/downloads/1.TC_Ferrante_294.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://redtis.org/index.php/Redtis/article/view/165/147" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5488-4441" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blogposgrado.ucontinental.edu.pe/inteligencia-artificial-educacion-rol-docente" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.org/es/artificial-intelligence/recommendation-ethics" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:claudia.rodriguez@uan.edu.mx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corpoeducacion.org.co/2023/07/05/la-inteligencia-artificial-y-en-analisis-de-datos-educativos-una-oportunidad-de-transformacion/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0261-5722" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unae.edu.ec/bitstream/56000/3196/1/An%c3%a1lisis%20comparativo%20de%20la%20planificaci%c3%b3n%20de%20clase%20tradicional%20%20y%20%20la%20planificaci%c3%b3n%20asistida%20por%20ChatGPT.pdf.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theconversation.com/como-aprovechar-la-inteligencia-artificial-para-personalizar-la-educacion-220680" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+</file>
+
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
@@ -13152,51 +13114,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
+  <Pages>23</Pages>
   <Words>7632</Words>
   <Characters>41980</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>349</Lines>
   <Paragraphs>99</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>49513</CharactersWithSpaces>