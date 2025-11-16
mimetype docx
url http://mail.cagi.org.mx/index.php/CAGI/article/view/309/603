--- v0 (2025-10-07)
+++ v1 (2025-11-16)
@@ -6,53 +6,88 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="529D8965" w14:textId="358CBDD1" w:rsidR="00BA7679" w:rsidRDefault="00BA7679" w:rsidP="00BA7679">
+    <w:p w14:paraId="01C32C44" w14:textId="48C05FFD" w:rsidR="002657C2" w:rsidRPr="002657C2" w:rsidRDefault="002657C2" w:rsidP="002657C2">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002657C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="002657C2">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/cagi.v11i21.309</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="529D8965" w14:textId="361C966A" w:rsidR="00BA7679" w:rsidRDefault="00BA7679" w:rsidP="00BA7679">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862FC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E0A42B7" w14:textId="24266711" w:rsidR="00B65679" w:rsidRPr="00BA7679" w:rsidRDefault="0068511C" w:rsidP="00BA7679">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -171,102 +206,180 @@
     </w:p>
     <w:p w14:paraId="129F4F46" w14:textId="36E33509" w:rsidR="001A2A1F" w:rsidRPr="00BA7679" w:rsidRDefault="001A2A1F" w:rsidP="00BA7679">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA7679">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Perception of the own revenue strategies of the State of Nayarit, Mexico: Case of the Revenue </w:t>
+        <w:t xml:space="preserve">Perception of the own revenue strategies of the State of Nayarit, Mexico: Case </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA7679">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Collection</w:t>
+        <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA7679">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA7679">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>of</w:t>
+        <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA7679">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA7679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Revenue</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA7679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA7679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Collection</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA7679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BA7679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BA7679">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Tepic, Nayarit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0884A34B" w14:textId="77777777" w:rsidR="00FC1752" w:rsidRPr="00FC1752" w:rsidRDefault="00FC1752" w:rsidP="00FC1752">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24A19666" w14:textId="38129228" w:rsidR="00196A01" w:rsidRPr="00FC1752" w:rsidRDefault="00196A01" w:rsidP="00BA7679">
       <w:pPr>
         <w:pStyle w:val="ANGLES"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -318,66 +431,66 @@
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve">Universidad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA7679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>Autonoma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA7679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Nayarit, México</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1824B8FB" w14:textId="77777777" w:rsidR="00196A01" w:rsidRPr="00FC1752" w:rsidRDefault="00000000" w:rsidP="00BA7679">
+    <w:p w14:paraId="1824B8FB" w14:textId="77777777" w:rsidR="00196A01" w:rsidRPr="00FC1752" w:rsidRDefault="00196A01" w:rsidP="00BA7679">
       <w:pPr>
         <w:pStyle w:val="ANGLES"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00196A01" w:rsidRPr="00BA7679">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00BA7679">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-VE"/>
           </w:rPr>
           <w:t>Ricardo.gomez@uan.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1C268834" w14:textId="1C51F089" w:rsidR="00291B3A" w:rsidRPr="00BA7679" w:rsidRDefault="00196A01" w:rsidP="00BA7679">
       <w:pPr>
         <w:pStyle w:val="ANGLES"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA7679">
@@ -450,89 +563,89 @@
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve">Universidad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA7679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>Autonoma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA7679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Nayarit, México</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C076401" w14:textId="77777777" w:rsidR="00196A01" w:rsidRPr="00BA7679" w:rsidRDefault="00000000" w:rsidP="00BA7679">
+    <w:p w14:paraId="6C076401" w14:textId="77777777" w:rsidR="00196A01" w:rsidRPr="00BA7679" w:rsidRDefault="00196A01" w:rsidP="00BA7679">
       <w:pPr>
         <w:pStyle w:val="ANGLES"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:color w:val="FF0000"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00196A01" w:rsidRPr="00BA7679">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00BA7679">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-VE"/>
           </w:rPr>
           <w:t>Maldonado24@uan.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="72947445" w14:textId="77777777" w:rsidR="00196A01" w:rsidRPr="00BA7679" w:rsidRDefault="00000000" w:rsidP="00BA7679">
+    <w:p w14:paraId="72947445" w14:textId="77777777" w:rsidR="00196A01" w:rsidRPr="00BA7679" w:rsidRDefault="00196A01" w:rsidP="00BA7679">
       <w:pPr>
         <w:pStyle w:val="ANGLES"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00196A01" w:rsidRPr="00BA7679">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00BA7679">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0002-4472-273X</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="34B04D48" w14:textId="77777777" w:rsidR="00FC1752" w:rsidRDefault="00FC1752" w:rsidP="00BA7679">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29190F89" w14:textId="1203BE82" w:rsidR="007023B4" w:rsidRPr="00FC1752" w:rsidRDefault="007023B4" w:rsidP="00BA7679">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
@@ -613,63 +726,63 @@
       <w:r w:rsidRPr="00BA7679">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>arnulfo</w:t>
       </w:r>
       <w:r w:rsidR="00E850FF" w:rsidRPr="00BA7679">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>@uan.edu.mx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="079783E8" w14:textId="73695740" w:rsidR="00196A01" w:rsidRPr="00BA7679" w:rsidRDefault="00000000" w:rsidP="00BA7679">
+    <w:p w14:paraId="079783E8" w14:textId="73695740" w:rsidR="00196A01" w:rsidRPr="00BA7679" w:rsidRDefault="00B20C56" w:rsidP="00BA7679">
       <w:pPr>
         <w:pStyle w:val="ANGLES"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00B20C56" w:rsidRPr="00BA7679">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00BA7679">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://orcid.org/0000-0002-9932-1351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6B9A7E56" w14:textId="77777777" w:rsidR="00FC1752" w:rsidRDefault="00FC1752" w:rsidP="00BA7679">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D46F4B3" w14:textId="6A9184A4" w:rsidR="00B20C56" w:rsidRPr="00FC1752" w:rsidRDefault="00B20C56" w:rsidP="00BA7679">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
@@ -710,95 +823,95 @@
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve">Universidad </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA7679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>Autonoma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA7679">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Nayarit, México</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69978F3B" w14:textId="37FB0D08" w:rsidR="00B20C56" w:rsidRPr="00FC1752" w:rsidRDefault="00000000" w:rsidP="00BA7679">
+    <w:p w14:paraId="69978F3B" w14:textId="37FB0D08" w:rsidR="00B20C56" w:rsidRPr="00FC1752" w:rsidRDefault="00B20C56" w:rsidP="00BA7679">
       <w:pPr>
         <w:pStyle w:val="ANGLES"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00B20C56" w:rsidRPr="00BA7679">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00BA7679">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-VE"/>
           </w:rPr>
           <w:t>hemmaruz@uan.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B20C56" w:rsidRPr="00FC1752">
+      <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B614121" w14:textId="154D702D" w:rsidR="00B20C56" w:rsidRPr="00BA7679" w:rsidRDefault="00000000" w:rsidP="00BA7679">
+    <w:p w14:paraId="7B614121" w14:textId="154D702D" w:rsidR="00B20C56" w:rsidRPr="00BA7679" w:rsidRDefault="00B20C56" w:rsidP="00BA7679">
       <w:pPr>
         <w:pStyle w:val="ANGLES"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00B20C56" w:rsidRPr="00BA7679">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00BA7679">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0000-4566-5004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="57F7B2AE" w14:textId="77777777" w:rsidR="00FC1752" w:rsidRDefault="00FC1752" w:rsidP="00BA7679">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48884AEB" w14:textId="20EDA5A0" w:rsidR="00E850FF" w:rsidRPr="00FC1752" w:rsidRDefault="00B20C56" w:rsidP="00BA7679">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
@@ -879,63 +992,63 @@
       <w:r w:rsidRPr="00BA7679">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>Pedro.salcedo</w:t>
       </w:r>
       <w:r w:rsidR="00E850FF" w:rsidRPr="00BA7679">
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="es-VE"/>
         </w:rPr>
         <w:t>@uan.edu.mx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13A84A02" w14:textId="709850E5" w:rsidR="00E850FF" w:rsidRPr="00BA7679" w:rsidRDefault="00000000" w:rsidP="00BA7679">
+    <w:p w14:paraId="13A84A02" w14:textId="709850E5" w:rsidR="00E850FF" w:rsidRPr="00BA7679" w:rsidRDefault="00E850FF" w:rsidP="00BA7679">
       <w:pPr>
         <w:pStyle w:val="ANGLES"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00E850FF" w:rsidRPr="00BA7679">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00BA7679">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0002-0614-1766</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2C1723D1" w14:textId="77777777" w:rsidR="001A2A1F" w:rsidRDefault="001A2A1F" w:rsidP="0052573A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63762C19" w14:textId="77777777" w:rsidR="00BA7679" w:rsidRDefault="00BA7679" w:rsidP="0052573A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -973,74 +1086,50 @@
     </w:p>
     <w:p w14:paraId="21E5AF00" w14:textId="77777777" w:rsidR="00BA7679" w:rsidRDefault="00BA7679" w:rsidP="0052573A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14DFA514" w14:textId="77777777" w:rsidR="00BA7679" w:rsidRDefault="00BA7679" w:rsidP="0052573A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F9B82BA" w14:textId="77777777" w:rsidR="00BA7679" w:rsidRDefault="00BA7679" w:rsidP="0052573A">
-[...22 lines deleted...]
-    </w:p>
     <w:p w14:paraId="719C72E0" w14:textId="0E8570F1" w:rsidR="00851A64" w:rsidRPr="00FC1752" w:rsidRDefault="001275FC" w:rsidP="0052573A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0818A061" w14:textId="1100B3DE" w:rsidR="00393D19" w:rsidRPr="00FC1752" w:rsidRDefault="00195ADA" w:rsidP="0052573A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -1364,60 +1453,62 @@
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Junio</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Diciembre</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:pict w14:anchorId="670CE088">
           <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="38CAC354" w14:textId="77777777" w:rsidR="00FC1752" w:rsidRDefault="00FC1752" w:rsidP="00FC1752">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="010DF521" w14:textId="77777777" w:rsidR="00FC1752" w:rsidRDefault="00FC1752" w:rsidP="00FC1752">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="582B0FE3" w14:textId="60E29C1C" w:rsidR="001275FC" w:rsidRPr="00FC1752" w:rsidRDefault="001275FC" w:rsidP="0052573A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2241,51 +2332,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>, como se presentan en la figura 1.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1140CC5C" w14:textId="77777777" w:rsidR="00C102D1" w:rsidRPr="00FC1752" w:rsidRDefault="00C102D1" w:rsidP="0052573A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40F8F04E" w14:textId="77777777" w:rsidR="00C102D1" w:rsidRPr="00FC1752" w:rsidRDefault="00C102D1" w:rsidP="0052573A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13F3452E" w14:textId="3BCD0B7F" w:rsidR="00C102D1" w:rsidRPr="00FC1752" w:rsidRDefault="00C102D1" w:rsidP="00024D35">
+    <w:p w14:paraId="13F3452E" w14:textId="6C02C87F" w:rsidR="00C102D1" w:rsidRPr="00FC1752" w:rsidRDefault="00C102D1" w:rsidP="00024D35">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:keepNext/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura </w:t>
       </w:r>
@@ -2306,51 +2397,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Figura \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008D5AF0">
+      <w:r w:rsidR="00D459F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
@@ -2412,51 +2503,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7EF23EFB" wp14:editId="3B98D159">
             <wp:extent cx="5971540" cy="2245766"/>
             <wp:effectExtent l="0" t="0" r="0" b="2540"/>
             <wp:docPr id="137097353" name="Imagen 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="137097353" name="Imagen 137097353"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15">
+                    <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5997824" cy="2255651"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -2594,51 +2685,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>genera</w:t>
       </w:r>
       <w:r w:rsidR="00472F13" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40A424EF" w14:textId="77777777" w:rsidR="00592576" w:rsidRPr="00FC1752" w:rsidRDefault="00592576" w:rsidP="00592576">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63045463" w14:textId="25328328" w:rsidR="00472F13" w:rsidRPr="00FC1752" w:rsidRDefault="00472F13" w:rsidP="00024D35">
+    <w:p w14:paraId="63045463" w14:textId="29AB415E" w:rsidR="00472F13" w:rsidRPr="00FC1752" w:rsidRDefault="00472F13" w:rsidP="00024D35">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:keepNext/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Figura </w:t>
@@ -2660,51 +2751,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Figura \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008D5AF0">
+      <w:r w:rsidR="00D459F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2808,51 +2899,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A043EF1" wp14:editId="75D5E71F">
             <wp:extent cx="5902325" cy="3431263"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:docPr id="2096314096" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2096314096" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId17"/>
                     <a:srcRect l="7843" t="5199" b="5075"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5999660" cy="3487848"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -3048,51 +3139,51 @@
         </w:rPr>
         <w:t xml:space="preserve">que </w:t>
       </w:r>
       <w:r w:rsidR="00185A88" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>mayor captación tendr</w:t>
       </w:r>
       <w:r w:rsidR="0068511C" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>ía.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38EC524F" w14:textId="77777777" w:rsidR="004A5298" w:rsidRPr="00FC1752" w:rsidRDefault="004A5298" w:rsidP="0052573A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="629FC669" w14:textId="04FE49C5" w:rsidR="00185A88" w:rsidRPr="00FC1752" w:rsidRDefault="00185A88" w:rsidP="00024D35">
+    <w:p w14:paraId="629FC669" w14:textId="19ADE548" w:rsidR="00185A88" w:rsidRPr="00FC1752" w:rsidRDefault="00185A88" w:rsidP="00024D35">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:keepNext/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3116,51 +3207,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Tabla \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008D5AF0">
+      <w:r w:rsidR="00D459F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
@@ -3479,60 +3570,82 @@
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6091" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A446683" w14:textId="25A48479" w:rsidR="0095574E" w:rsidRPr="00FC1752" w:rsidRDefault="00711EAD" w:rsidP="0052573A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Ingresos  por</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve">  venta  de  bienes,  </w:t>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FC1752">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>venta  de</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FC1752">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FC1752">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">bienes,  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>prestación</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">  de servicios y otros ingresos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D1DAC92" w14:textId="19E9FDB2" w:rsidR="0095574E" w:rsidRPr="00FC1752" w:rsidRDefault="00711EAD" w:rsidP="0052573A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>9.89</w:t>
             </w:r>
@@ -4197,51 +4310,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00DC7365" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>, respectivamente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C4CB8C5" w14:textId="77777777" w:rsidR="0068511C" w:rsidRPr="00FC1752" w:rsidRDefault="0068511C" w:rsidP="00941850">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="293E5972" w14:textId="2B0856BD" w:rsidR="00635E94" w:rsidRPr="00FC1752" w:rsidRDefault="00635E94" w:rsidP="00024D35">
+    <w:p w14:paraId="293E5972" w14:textId="38261127" w:rsidR="00635E94" w:rsidRPr="00FC1752" w:rsidRDefault="00635E94" w:rsidP="00024D35">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:keepNext/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
@@ -4266,51 +4379,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Tabla \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008D5AF0">
+      <w:r w:rsidR="00D459F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
@@ -4890,51 +5003,51 @@
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="076B786E" w14:textId="77777777" w:rsidR="0068511C" w:rsidRPr="00FC1752" w:rsidRDefault="0068511C" w:rsidP="00024D35">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:keepNext/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43F452DC" w14:textId="3D702D7C" w:rsidR="00635E94" w:rsidRPr="00FC1752" w:rsidRDefault="00635E94" w:rsidP="00024D35">
+    <w:p w14:paraId="43F452DC" w14:textId="1ECA0FEF" w:rsidR="00635E94" w:rsidRPr="00FC1752" w:rsidRDefault="00635E94" w:rsidP="00024D35">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:keepNext/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
@@ -4959,51 +5072,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Tabla \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008D5AF0">
+      <w:r w:rsidR="00D459F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
@@ -5095,51 +5208,50 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Concepto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="515D38F1" w14:textId="77777777" w:rsidR="00DC7365" w:rsidRPr="00FC1752" w:rsidRDefault="00DC7365" w:rsidP="00E145DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Monto a pagar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC1752" w:rsidRPr="00FC1752" w14:paraId="74734324" w14:textId="77777777" w:rsidTr="00AE3B71">
         <w:trPr>
@@ -5169,51 +5281,50 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Reemplacamiendo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> servicio público </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="580FE28E" w14:textId="094C7492" w:rsidR="00DC7365" w:rsidRPr="00FC1752" w:rsidRDefault="00DC7365" w:rsidP="0052573A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007023B4" w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -5243,51 +5354,50 @@
           </w:tcPr>
           <w:p w14:paraId="04E3A8F4" w14:textId="77777777" w:rsidR="00DC7365" w:rsidRPr="00FC1752" w:rsidRDefault="00DC7365" w:rsidP="0052573A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Tarjeta de circulación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2CD54945" w14:textId="031C0F74" w:rsidR="00DC7365" w:rsidRPr="00FC1752" w:rsidRDefault="00DC7365" w:rsidP="0052573A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="007023B4" w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -5317,51 +5427,50 @@
           </w:tcPr>
           <w:p w14:paraId="046DBE96" w14:textId="77777777" w:rsidR="00DC7365" w:rsidRPr="00FC1752" w:rsidRDefault="00DC7365" w:rsidP="0052573A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Verificación vehicular</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0135407C" w14:textId="668993A1" w:rsidR="00DC7365" w:rsidRPr="00FC1752" w:rsidRDefault="00DC7365" w:rsidP="0052573A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007023B4" w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -5390,51 +5499,50 @@
           </w:tcPr>
           <w:p w14:paraId="1DEF8656" w14:textId="77777777" w:rsidR="00DC7365" w:rsidRPr="00FC1752" w:rsidRDefault="00DC7365" w:rsidP="0052573A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Revalidación de permiso de servicio público</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1279" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09015CD9" w14:textId="3416DCCA" w:rsidR="00DC7365" w:rsidRPr="00FC1752" w:rsidRDefault="00DC7365" w:rsidP="0052573A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007023B4" w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC1752">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
@@ -6288,51 +6396,51 @@
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Acceder a la </w:t>
       </w:r>
       <w:r w:rsidR="00E622F6" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>página</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> web de la Secretaría de Administración y Finanzas </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00E622F6" w:rsidRPr="00FC1752">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>www.hacienda-nayarit.gob.mx</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E622F6" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, apartado </w:t>
       </w:r>
       <w:r w:rsidR="00941850" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7136,51 +7244,51 @@
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">De las preguntas realizadas en el instrumento, se menciona el objetivo de cada variable como se presenta en la Tabla </w:t>
       </w:r>
       <w:r w:rsidR="006A119E" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="706A025E" w14:textId="4E017AF6" w:rsidR="00022571" w:rsidRPr="00FC1752" w:rsidRDefault="00022571" w:rsidP="00024D35">
+    <w:p w14:paraId="706A025E" w14:textId="2AD46F2F" w:rsidR="00022571" w:rsidRPr="00FC1752" w:rsidRDefault="00022571" w:rsidP="00024D35">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:keepNext/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
@@ -7205,51 +7313,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Tabla \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008D5AF0">
+      <w:r w:rsidR="00D459F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
@@ -7687,51 +7795,51 @@
         </w:rPr>
         <w:t>figura</w:t>
       </w:r>
       <w:r w:rsidR="00FC015E" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0068511C" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="0071667D" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7583CED4" w14:textId="5A672C53" w:rsidR="00024D35" w:rsidRPr="00FC1752" w:rsidRDefault="00024D35" w:rsidP="00024D35">
+    <w:p w14:paraId="7583CED4" w14:textId="3348811B" w:rsidR="00024D35" w:rsidRPr="00FC1752" w:rsidRDefault="00024D35" w:rsidP="00024D35">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:keepNext/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7755,51 +7863,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Figura \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008D5AF0">
+      <w:r w:rsidR="00D459F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
@@ -7861,93 +7969,93 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:lang w:val="es-ES"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="23B4F6BD" wp14:editId="168B3CB3">
             <wp:extent cx="4350414" cy="2363241"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1746774983" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1746774983" name="Imagen 1746774983"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18">
+                    <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4421734" cy="2401984"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BE63010" w14:textId="547481F3" w:rsidR="00781FBC" w:rsidRPr="00FC1752" w:rsidRDefault="0071667D" w:rsidP="00024D35">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Fuente:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="0056469C" w:rsidRPr="00FC1752">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>https://www.facebook.com/photo?fbid=1647016315473999&amp;set=pcb.1647016402140657&amp;locale=ms_MY</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6EC02BD1" w14:textId="77777777" w:rsidR="00FC015E" w:rsidRPr="00FC1752" w:rsidRDefault="00FC015E" w:rsidP="0052573A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D4BC031" w14:textId="60B2018F" w:rsidR="00E3631A" w:rsidRPr="00FC1752" w:rsidRDefault="00FC015E" w:rsidP="009244E9">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -8021,51 +8129,51 @@
         <w:t>figuera</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E3631A" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0068511C" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24F9918D" w14:textId="77777777" w:rsidR="0056469C" w:rsidRPr="00FC1752" w:rsidRDefault="0056469C" w:rsidP="0052573A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1846C73A" w14:textId="48A6FFE7" w:rsidR="008811D0" w:rsidRPr="00FC1752" w:rsidRDefault="008811D0" w:rsidP="008811D0">
+    <w:p w14:paraId="1846C73A" w14:textId="27343E57" w:rsidR="008811D0" w:rsidRPr="00FC1752" w:rsidRDefault="008811D0" w:rsidP="008811D0">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:keepNext/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8088,51 +8196,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Figura \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008D5AF0">
+      <w:r w:rsidR="00D459F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
@@ -8153,66 +8261,66 @@
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Módulo de información</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43CA5301" w14:textId="77777777" w:rsidR="00FC015E" w:rsidRPr="00FC1752" w:rsidRDefault="00FC015E" w:rsidP="008811D0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60C7E064" wp14:editId="2BE4E455">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="60C7E064" wp14:editId="1928CC8D">
             <wp:extent cx="4378068" cy="2496664"/>
             <wp:effectExtent l="12700" t="12700" r="16510" b="18415"/>
             <wp:docPr id="61" name="Imagen 61"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="61" name="modulo informacion.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId20" cstate="print">
+                    <a:blip r:embed="rId21" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4437613" cy="2530621"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -8391,51 +8499,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> de</w:t>
       </w:r>
       <w:r w:rsidR="00FB4A73" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> débito o crédito, en caso de presentar efectivo, se le proporciona un número de cuenta para que acuda a una institución bancaria señalada</w:t>
       </w:r>
       <w:r w:rsidR="00E145DD" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0953B736" w14:textId="77777777" w:rsidR="00FB4A73" w:rsidRPr="00FC1752" w:rsidRDefault="00FB4A73" w:rsidP="0052573A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DD060AE" w14:textId="564454A2" w:rsidR="008811D0" w:rsidRPr="00FC1752" w:rsidRDefault="008811D0" w:rsidP="008811D0">
+    <w:p w14:paraId="3DD060AE" w14:textId="45C6A60D" w:rsidR="008811D0" w:rsidRPr="00FC1752" w:rsidRDefault="008811D0" w:rsidP="008811D0">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:keepNext/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8460,51 +8568,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Figura \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008D5AF0">
+      <w:r w:rsidR="00D459F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
@@ -8540,51 +8648,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C0B49E7" wp14:editId="281EEC59">
             <wp:extent cx="4233179" cy="1962150"/>
             <wp:effectExtent l="19050" t="19050" r="15240" b="19050"/>
             <wp:docPr id="48" name="Imagen 48"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="48" name="unnamed.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId21">
+                    <a:blip r:embed="rId22">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4238173" cy="1964465"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -8594,51 +8702,51 @@
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E54B77E" w14:textId="53E5FEB5" w:rsidR="00FB4A73" w:rsidRPr="00FC1752" w:rsidRDefault="00FB4A73" w:rsidP="0068511C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Fuente: Fotografía obtenida en instalaciones físicas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76D428AB" w14:textId="77777777" w:rsidR="00FB4A73" w:rsidRPr="00FC1752" w:rsidRDefault="00FB4A73" w:rsidP="0052573A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46851E98" w14:textId="1DF30C18" w:rsidR="008811D0" w:rsidRPr="00FC1752" w:rsidRDefault="008811D0" w:rsidP="008811D0">
+    <w:p w14:paraId="46851E98" w14:textId="1BFF2AEC" w:rsidR="008811D0" w:rsidRPr="00FC1752" w:rsidRDefault="008811D0" w:rsidP="008811D0">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:keepNext/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
@@ -8663,51 +8771,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Figura \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008D5AF0">
+      <w:r w:rsidR="00D459F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
@@ -8743,51 +8851,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58DCE447" wp14:editId="2D2E5442">
             <wp:extent cx="4180507" cy="2006930"/>
             <wp:effectExtent l="19050" t="19050" r="10795" b="12700"/>
             <wp:docPr id="50" name="Imagen 50"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="50" name="caja servicio publico.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId22">
+                    <a:blip r:embed="rId23">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect r="11852"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4203764" cy="2018095"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
@@ -8879,51 +8987,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Departamento de entrega de placas y tarjeta de circulación, donde se verifica la información, una vez correcta la información se entrega las placas asignadas y su tarjeta de circulación, como se muestra en la </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>figura 7</w:t>
       </w:r>
       <w:r w:rsidR="00E145DD" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, recordando que para este trámite, el pago se realiza en línea o instituciones bancarias establecidas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40319EF9" w14:textId="77777777" w:rsidR="00E145DD" w:rsidRPr="00FC1752" w:rsidRDefault="00E145DD" w:rsidP="0052573A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="305FCBC9" w14:textId="77900C77" w:rsidR="008811D0" w:rsidRPr="00FC1752" w:rsidRDefault="008811D0" w:rsidP="008811D0">
+    <w:p w14:paraId="305FCBC9" w14:textId="6752626B" w:rsidR="008811D0" w:rsidRPr="00FC1752" w:rsidRDefault="008811D0" w:rsidP="008811D0">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:keepNext/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -8946,51 +9054,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Figura \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008D5AF0">
+      <w:r w:rsidR="00D459F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
@@ -9026,51 +9134,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13B39AB9" wp14:editId="6C437575">
             <wp:extent cx="4228033" cy="1959429"/>
             <wp:effectExtent l="19050" t="19050" r="20320" b="22225"/>
             <wp:docPr id="51" name="Imagen 51"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="51" name="tarjetas.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId23">
+                    <a:blip r:embed="rId24">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4260323" cy="1974393"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -9119,51 +9227,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Finalmente, </w:t>
       </w:r>
       <w:r w:rsidR="00196A01" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">en la tabla 5, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">se presentan los resultados obtenidos de las variables </w:t>
       </w:r>
       <w:r w:rsidR="00196A01" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>en estudio.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DF49EAD" w14:textId="7C9AAC57" w:rsidR="005D5C9F" w:rsidRPr="00FC1752" w:rsidRDefault="005D5C9F" w:rsidP="00DE234B">
+    <w:p w14:paraId="4DF49EAD" w14:textId="00796901" w:rsidR="005D5C9F" w:rsidRPr="00FC1752" w:rsidRDefault="005D5C9F" w:rsidP="00DE234B">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:keepNext/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -9187,51 +9295,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Tabla \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="008D5AF0">
+      <w:r w:rsidR="00D459F9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:noProof/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
@@ -11102,51 +11210,51 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Latina y el Caribe [CEPAL]. (2021), Panorama Fiscal de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>América</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Latina y el Caribe, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00FC1752">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>https://repositorio.cepal.org/bitstream/handle/11362/46808/1/S2100170_es.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="74E7AC6F" w14:textId="34960E81" w:rsidR="003F303F" w:rsidRPr="00FC1752" w:rsidRDefault="003F303F" w:rsidP="009244E9">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -11162,51 +11270,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">stado de Nayarit. (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Manual de procedimientos: pago de refrendo de permiso de transporte público</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009244E9" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="009244E9" w:rsidRPr="00FC1752">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.hacienda-nayarit.gob.mx/Documentos/procedimientos2013/123.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7A1AFA3A" w14:textId="6D26DB89" w:rsidR="003F303F" w:rsidRPr="00FC1752" w:rsidRDefault="003F303F" w:rsidP="009244E9">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Gobierno del </w:t>
@@ -11245,51 +11353,51 @@
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>https://www.hacienda-nayarit.gob.mx/Documentos/procedimientos2013/124.pdf</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75FDA05D" w14:textId="196D5908" w:rsidR="001751E8" w:rsidRPr="00FC1752" w:rsidRDefault="001751E8" w:rsidP="009244E9">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Gómez Álvarez, R., &amp; Maldonado Bernal, I. (2023). Estudio de caso en trámites de control vehicular particular en la Recaudación de Rentas de Tepic en el Estado de Nayarit. RIDE Revista Iberoamericana Para La Investigación Y El Desarrollo Educativo, 13(26). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00FC1752">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>https://doi.org/10.23913/ride.v13i26.1485</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1DFE18AE" w14:textId="77777777" w:rsidR="001751E8" w:rsidRPr="00FC1752" w:rsidRDefault="001751E8" w:rsidP="009244E9">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -11533,51 +11641,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(2), 166-173.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00FC1752">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://doi.org/10.33936/eca_sinergia.v11i2.2254</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="01A38BB0" w14:textId="61D324B7" w:rsidR="001751E8" w:rsidRPr="00FC1752" w:rsidRDefault="001751E8" w:rsidP="009244E9">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -11692,51 +11800,51 @@
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">ibre y </w:t>
       </w:r>
       <w:r w:rsidR="004C1EF5" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">oberano de Nayarit para el ejercicio fiscal 2022. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="009244E9" w:rsidRPr="00FC1752">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>https://www.hacienda-nayarit.gob.mx/Documentos/leyIngresos2022.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3D338928" w14:textId="62FA584F" w:rsidR="001751E8" w:rsidRPr="00FC1752" w:rsidRDefault="001751E8" w:rsidP="009244E9">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -11794,82 +11902,82 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Peredo, G. (2022). Tributación subnacional en México: Análisis de la situación actual y recomendaciones de política.</w:t>
       </w:r>
       <w:r w:rsidR="009244E9" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F303F" w:rsidRPr="00FC1752">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>https://repositorio.cepal.org/server/api/core/bitstreams/b6ec746c-600d-4117-bc77-d99aa1f393dd/content</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0056469C" w:rsidRPr="00FC1752" w:rsidSect="00BA7679">
-      <w:headerReference w:type="default" r:id="rId29"/>
-      <w:footerReference w:type="default" r:id="rId30"/>
+      <w:headerReference w:type="default" r:id="rId30"/>
+      <w:footerReference w:type="default" r:id="rId31"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="709" w:right="1701" w:bottom="426" w:left="1701" w:header="142" w:footer="108" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30382062" w14:textId="77777777" w:rsidR="004E58D7" w:rsidRDefault="004E58D7" w:rsidP="00BA7679">
+    <w:p w14:paraId="4B42E125" w14:textId="77777777" w:rsidR="00AF4722" w:rsidRDefault="00AF4722" w:rsidP="00BA7679">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3303A9CE" w14:textId="77777777" w:rsidR="004E58D7" w:rsidRDefault="004E58D7" w:rsidP="00BA7679">
+    <w:p w14:paraId="02C5B16F" w14:textId="77777777" w:rsidR="00AF4722" w:rsidRDefault="00AF4722" w:rsidP="00BA7679">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -11887,51 +11995,51 @@
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Batang">
     <w:altName w:val="바탕"/>
     <w:panose1 w:val="02030600000101010101"/>
     <w:charset w:val="81"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="141A88B3" w14:textId="327054BB" w:rsidR="00BA7679" w:rsidRDefault="00BA7679" w:rsidP="00BA7679">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
@@ -11985,109 +12093,129 @@
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">                  </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Enero</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t xml:space="preserve"> – Junio 2024</w:t>
+          <w:t xml:space="preserve"> – </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Junio</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 2024</w:t>
         </w:r>
         <w:r w:rsidRPr="00F44F95">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6CD0E596" w14:textId="77777777" w:rsidR="004E58D7" w:rsidRDefault="004E58D7" w:rsidP="00BA7679">
+    <w:p w14:paraId="2F45050D" w14:textId="77777777" w:rsidR="00AF4722" w:rsidRDefault="00AF4722" w:rsidP="00BA7679">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E080B2D" w14:textId="77777777" w:rsidR="004E58D7" w:rsidRDefault="004E58D7" w:rsidP="00BA7679">
+    <w:p w14:paraId="6A56E0E7" w14:textId="77777777" w:rsidR="00AF4722" w:rsidRDefault="00AF4722" w:rsidP="00BA7679">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="714E0760" w14:textId="64774A74" w:rsidR="00BA7679" w:rsidRDefault="00BA7679" w:rsidP="00BA7679">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01043050"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="39222B28"/>
     <w:lvl w:ilvl="0" w:tplc="080A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="080A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -13035,101 +13163,103 @@
   <w:num w:numId="3" w16cid:durableId="930700953">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2003124446">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1504051607">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="795877559">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="753824484">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="386686061">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1541279607">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001275FC"/>
     <w:rsid w:val="00022571"/>
     <w:rsid w:val="00024D35"/>
     <w:rsid w:val="00042E36"/>
     <w:rsid w:val="000529D7"/>
     <w:rsid w:val="00070AB5"/>
     <w:rsid w:val="00092FF6"/>
     <w:rsid w:val="00093081"/>
     <w:rsid w:val="000A72FE"/>
     <w:rsid w:val="000B4C9F"/>
     <w:rsid w:val="000C686F"/>
     <w:rsid w:val="001275FC"/>
     <w:rsid w:val="00131703"/>
     <w:rsid w:val="00143628"/>
     <w:rsid w:val="00146C16"/>
     <w:rsid w:val="00154A29"/>
     <w:rsid w:val="001751E8"/>
     <w:rsid w:val="00182D8A"/>
     <w:rsid w:val="00185A88"/>
     <w:rsid w:val="00195ADA"/>
     <w:rsid w:val="0019694F"/>
     <w:rsid w:val="00196A01"/>
     <w:rsid w:val="001A2A1F"/>
+    <w:rsid w:val="001B25D0"/>
     <w:rsid w:val="002241FC"/>
     <w:rsid w:val="00264FCE"/>
+    <w:rsid w:val="002657C2"/>
     <w:rsid w:val="00275660"/>
     <w:rsid w:val="00277C09"/>
     <w:rsid w:val="00291B3A"/>
     <w:rsid w:val="002944FB"/>
     <w:rsid w:val="002A780B"/>
     <w:rsid w:val="002D1D3B"/>
     <w:rsid w:val="00305EB7"/>
     <w:rsid w:val="0031171B"/>
     <w:rsid w:val="00311DF4"/>
     <w:rsid w:val="00312B4E"/>
     <w:rsid w:val="00320360"/>
     <w:rsid w:val="00330EC9"/>
     <w:rsid w:val="00345E82"/>
     <w:rsid w:val="00355B6A"/>
     <w:rsid w:val="00371CDF"/>
     <w:rsid w:val="00393D19"/>
     <w:rsid w:val="00397D7D"/>
     <w:rsid w:val="003A4228"/>
     <w:rsid w:val="003B327E"/>
     <w:rsid w:val="003D128D"/>
     <w:rsid w:val="003E4BCD"/>
     <w:rsid w:val="003F0417"/>
     <w:rsid w:val="003F303F"/>
     <w:rsid w:val="004223A2"/>
     <w:rsid w:val="00447B77"/>
@@ -13187,67 +13317,70 @@
     <w:rsid w:val="008C3C25"/>
     <w:rsid w:val="008D5AF0"/>
     <w:rsid w:val="008D5F37"/>
     <w:rsid w:val="009244E9"/>
     <w:rsid w:val="0093042C"/>
     <w:rsid w:val="0093607A"/>
     <w:rsid w:val="00937193"/>
     <w:rsid w:val="00941850"/>
     <w:rsid w:val="0095574E"/>
     <w:rsid w:val="0096505C"/>
     <w:rsid w:val="00970C5E"/>
     <w:rsid w:val="00993AD3"/>
     <w:rsid w:val="0099420F"/>
     <w:rsid w:val="009A1AD0"/>
     <w:rsid w:val="009C643A"/>
     <w:rsid w:val="009D1A20"/>
     <w:rsid w:val="00A11726"/>
     <w:rsid w:val="00A50284"/>
     <w:rsid w:val="00A50777"/>
     <w:rsid w:val="00A53724"/>
     <w:rsid w:val="00A76F91"/>
     <w:rsid w:val="00AA1C1A"/>
     <w:rsid w:val="00AA215D"/>
     <w:rsid w:val="00AB236B"/>
     <w:rsid w:val="00AC5A27"/>
+    <w:rsid w:val="00AF4722"/>
     <w:rsid w:val="00B034C5"/>
     <w:rsid w:val="00B03794"/>
     <w:rsid w:val="00B126A3"/>
     <w:rsid w:val="00B20C56"/>
     <w:rsid w:val="00B220E7"/>
     <w:rsid w:val="00B22F9C"/>
     <w:rsid w:val="00B24145"/>
     <w:rsid w:val="00B446C4"/>
     <w:rsid w:val="00B557B4"/>
     <w:rsid w:val="00B646C6"/>
     <w:rsid w:val="00B65679"/>
     <w:rsid w:val="00B66821"/>
+    <w:rsid w:val="00B703AC"/>
     <w:rsid w:val="00BA7679"/>
     <w:rsid w:val="00BB65D0"/>
     <w:rsid w:val="00C102D1"/>
     <w:rsid w:val="00CE4CC7"/>
     <w:rsid w:val="00D42E73"/>
+    <w:rsid w:val="00D459F9"/>
     <w:rsid w:val="00D70A7D"/>
     <w:rsid w:val="00DB21B3"/>
     <w:rsid w:val="00DB7D07"/>
     <w:rsid w:val="00DC31BD"/>
     <w:rsid w:val="00DC7365"/>
     <w:rsid w:val="00DE234B"/>
     <w:rsid w:val="00DF11FA"/>
     <w:rsid w:val="00DF4B76"/>
     <w:rsid w:val="00E145DD"/>
     <w:rsid w:val="00E17E33"/>
     <w:rsid w:val="00E23970"/>
     <w:rsid w:val="00E3631A"/>
     <w:rsid w:val="00E57B03"/>
     <w:rsid w:val="00E622F6"/>
     <w:rsid w:val="00E850FF"/>
     <w:rsid w:val="00E9408B"/>
     <w:rsid w:val="00EB1E14"/>
     <w:rsid w:val="00EB678F"/>
     <w:rsid w:val="00EB6D93"/>
     <w:rsid w:val="00ED25B9"/>
     <w:rsid w:val="00F13604"/>
     <w:rsid w:val="00F66801"/>
     <w:rsid w:val="00F75BD3"/>
     <w:rsid w:val="00F83789"/>
     <w:rsid w:val="00FA4D8F"/>
@@ -13265,51 +13398,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="24BBD21C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E4BB47B7-7297-F042-A72F-8ACD28BD66FA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13715,51 +13848,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00602D82"/>
     <w:pPr>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="es-ES_tradnl" w:bidi="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
     <w:name w:val="Placeholder Text"/>
@@ -14078,51 +14210,51 @@
     <w:rsid w:val="00BA7679"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BA7679"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="es-MX"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="104157111">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="662465320">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -18243,51 +18375,51 @@
                 <w:div w:id="1651014918">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ricardo.gomez@uan.edu.mx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-4566-5004" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/ride.v13i26.1485" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hemmaruz@uan.edu.mx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hacienda-nayarit.gob.mx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hacienda-nayarit.gob.mx/Documentos/procedimientos2013/123.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.tiff"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0002-9932-1351" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.cepal.org/bitstream/handle/11362/46808/1/S2100170_es.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hacienda-nayarit.gob.mx/Documentos/leyIngresos2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4472-273X" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/photo?fbid=1647016315473999&amp;set=pcb.1647016402140657&amp;locale=ms_MY" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Maldonado24@uan.edu.mx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0614-1766" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33936/eca_sinergia.v11i2.2254" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hemmaruz@uan.edu.mx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hacienda-nayarit.gob.mx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hacienda-nayarit.gob.mx/Documentos/procedimientos2013/123.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0002-9932-1351" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.tiff"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.cepal.org/bitstream/handle/11362/46808/1/S2100170_es.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/photo?fbid=1647016315473999&amp;set=pcb.1647016402140657&amp;locale=ms_MY" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hacienda-nayarit.gob.mx/Documentos/leyIngresos2022.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4472-273X" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0614-1766" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.33936/eca_sinergia.v11i2.2254" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Maldonado24@uan.edu.mx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ricardo.gomez@uan.edu.mx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-4566-5004" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/ride.v13i26.1485" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/cagi.v11i21.309" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -18562,70 +18694,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBBC80DE-5453-9C41-97E7-169F5FDBD0A3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>15</Pages>
-  <Words>3642</Words>
-  <Characters>20035</Characters>
+  <Words>3658</Words>
+  <Characters>20119</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>166</Lines>
+  <Lines>167</Lines>
   <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23630</CharactersWithSpaces>
+  <CharactersWithSpaces>23730</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>!!!</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>