--- v0 (2025-10-07)
+++ v1 (2025-11-16)
@@ -2,272 +2,227 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1B40D521" w14:textId="213D12E8" w:rsidR="00D00A35" w:rsidRDefault="00D00A35" w:rsidP="00D00A35">
-[...1 lines deleted...]
-        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="59B13768" w14:textId="77777777" w:rsidR="00636022" w:rsidRDefault="00636022" w:rsidP="00636022">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C781AF2" w14:textId="06572EF6" w:rsidR="00636022" w:rsidRPr="00636022" w:rsidRDefault="00636022" w:rsidP="00636022">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00636022">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00636022">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+            <w:color w:val="auto"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/cagi.v11i21.308</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1B40D521" w14:textId="11E9ABFF" w:rsidR="00D00A35" w:rsidRDefault="00D00A35" w:rsidP="00636022">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00636022">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Artículos científicos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CEE2039" w14:textId="77777777" w:rsidR="00636022" w:rsidRPr="00636022" w:rsidRDefault="00636022" w:rsidP="00636022">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00862FC9">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="2B4F1646" w14:textId="08991412" w:rsidR="00A20465" w:rsidRPr="00D00A35" w:rsidRDefault="00E32283" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D00A35">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Estrés académico y procrastinación: Revisión documental</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FCFBA7E" w14:textId="64B9ED43" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00D00A35" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E32283" w:rsidRPr="00D00A35">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Academic</w:t>
-[...79 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Academic stress and procrastination: Document review</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6A52D888" w14:textId="77777777" w:rsidR="00F463BA" w:rsidRPr="00EB408E" w:rsidRDefault="00F463BA" w:rsidP="00EB408E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F264496" w14:textId="2A0A5559" w:rsidR="00F430B8" w:rsidRPr="00EB408E" w:rsidRDefault="00F463BA" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Nikell</w:t>
-[...23 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Nikell Esmeralda Zárate Depraect</w:t>
+      </w:r>
       <w:r w:rsidR="00646C67" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EB408E" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7269957F" w14:textId="6981D5D9" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00F430B8" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -293,255 +248,222 @@
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D00A35">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk129875665"/>
       <w:r w:rsidR="00241812" w:rsidRPr="00D00A35">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>nikell.zarate@uas.edu.mx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79C4DB8C" w14:textId="77777777" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00000000" w:rsidP="00D00A35">
+    <w:p w14:paraId="79C4DB8C" w14:textId="77777777" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00F430B8" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00F430B8" w:rsidRPr="00D00A35">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00D00A35">
           <w:t>https://orcid.org/0000-0002-7374</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006C078F" w:rsidRPr="00D00A35">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>-1606</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00F463BA" w:rsidRPr="00D00A35">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55E8B094" w14:textId="77777777" w:rsidR="00F430B8" w:rsidRPr="00EB408E" w:rsidRDefault="00F430B8" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71C0D7D6" w14:textId="2077ABE6" w:rsidR="00F430B8" w:rsidRPr="00EB408E" w:rsidRDefault="00F463BA" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dilcia </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> Zurita Camacho</w:t>
+        <w:t>Dilcia Denyss Zurita Camacho</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FDDA79D" w14:textId="58335CB1" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00F430B8" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D00A35">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Universidad Autónoma de Sinaloa</w:t>
       </w:r>
       <w:r w:rsidR="00EB408E" w:rsidRPr="00D00A35">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="422E5EAB" w14:textId="77777777" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00000000" w:rsidP="00D00A35">
+    <w:p w14:paraId="422E5EAB" w14:textId="77777777" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00F430B8" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00F430B8" w:rsidRPr="00D00A35">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00D00A35">
           <w:rPr>
             <w:color w:val="FF0000"/>
           </w:rPr>
           <w:t>dilciazurita@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="12E13E51" w14:textId="681D76DA" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00000000" w:rsidP="00D00A35">
+    <w:p w14:paraId="12E13E51" w14:textId="681D76DA" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00F430B8" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00F430B8" w:rsidRPr="00D00A35">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00D00A35">
           <w:t>https://orcid.org/0000-0001-7356-2117</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="495EC8F3" w14:textId="77777777" w:rsidR="00F430B8" w:rsidRPr="00EB408E" w:rsidRDefault="00F430B8" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29E539A7" w14:textId="4577D01C" w:rsidR="00BF5E7F" w:rsidRPr="00EB408E" w:rsidRDefault="00BF5E7F" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Paula Flores </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Paula Flores Flores</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="59E18193" w14:textId="6978F30C" w:rsidR="00BF5E7F" w:rsidRPr="00D00A35" w:rsidRDefault="00BF5E7F" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D00A35">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Universidad Autónoma de Sinaloa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="010D93D6" w14:textId="1ABBCD7E" w:rsidR="00BB0A78" w:rsidRPr="00D00A35" w:rsidRDefault="00000000" w:rsidP="00D00A35">
+    <w:p w14:paraId="010D93D6" w14:textId="1ABBCD7E" w:rsidR="00BB0A78" w:rsidRPr="00D00A35" w:rsidRDefault="00067927" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00067927" w:rsidRPr="00D00A35">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00D00A35">
           <w:rPr>
             <w:color w:val="FF0000"/>
           </w:rPr>
           <w:t>paula.flores@uas.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="54369577" w14:textId="4DD7A12B" w:rsidR="00067927" w:rsidRPr="00D00A35" w:rsidRDefault="00EB408E" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="00D00A35">
         <w:t>https://orcid.org/</w:t>
       </w:r>
       <w:r w:rsidR="00067927" w:rsidRPr="00D00A35">
         <w:t>0000-0003-2929-2134</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6870302E" w14:textId="77777777" w:rsidR="00BB0A78" w:rsidRPr="00EB408E" w:rsidRDefault="00BB0A78" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -631,99 +553,83 @@
       <w:r w:rsidR="007D3762" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">en Google académico y Scielo. </w:t>
       </w:r>
       <w:r w:rsidR="007D3762" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Fueron seleccionados 20 artículos de revistas arbitradas e indizadas publicadas entre los años 2024 y 2019.  Y las palabras clave utilizadas fueron: estrés académico, procrastinación, universidad, estudiantes. Las </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>preguntas</w:t>
       </w:r>
       <w:r w:rsidR="007D3762" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de análisis fueron</w:t>
-[...28 lines deleted...]
-        <w:t>existen instrumentos validados internacionalmente de fácil aplicación. Se afirma que los factores causales para estrés académico y procrastinación</w:t>
+        <w:t xml:space="preserve"> de análisis fueron: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ¿cuáles serán los instrumentos que permiten identificar estrés académico y procrastinación en estudiantes universitarios? y ¿cuáles son los factores causales y medidas preventivas de estrés académico y procrastinación?. Con lo analizado, se concluye que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">existen instrumentos validados internacionalmente de fácil aplicación. Se afirma que los </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>factores causales para estrés académico y procrastinación</w:t>
       </w:r>
       <w:r w:rsidR="00BB0A78" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> académica</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> son: desmotivación, desinterés, deficiente capacidad de autorregulación y autocontrol emocional, problemas con la organización del tiempo, pocas horas de descanso y recreación y personalidad con </w:t>
-[...6 lines deleted...]
-        <w:t>tendencia al miedo y ansiedad. Las medidas de prevención se relacionan con el desarrollo de habilidades socioemocionales como: saber comunicar, empatía, autocontrol</w:t>
+        <w:t xml:space="preserve"> son: desmotivación, desinterés, deficiente capacidad de autorregulación y autocontrol emocional, problemas con la organización del tiempo, pocas horas de descanso y recreación y personalidad con tendencia al miedo y ansiedad. Las medidas de prevención se relacionan con el desarrollo de habilidades socioemocionales como: saber comunicar, empatía, autocontrol</w:t>
       </w:r>
       <w:r w:rsidR="00A35B76" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> autoconocimient</w:t>
       </w:r>
       <w:r w:rsidR="00A35B76" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, resiliencia, resolución de problemas y asertividad, tener iniciativa, tolerancia, perseverancia, conciencia social, habilidades de autogestión, responsabilidad, adaptabilidad, liderazgo,</w:t>
       </w:r>
@@ -851,67 +757,51 @@
       <w:r w:rsidR="00450454" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="red"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F05A7CD" w14:textId="0FD4F670" w:rsidR="00B73B60" w:rsidRPr="00EB408E" w:rsidRDefault="00263260" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Academic stress is a state of physical and emotional tension that occurs when the demands of the school context are perceived as impossible to resolve. Academic procrastination is a dysfunctional behavior in which delays are excused or justified and blame is avoided when the subject is faced with an academic task. The present qualitative research corresponds to a documentary review in Google academic and </w:t>
-[...15 lines deleted...]
-        <w:t>. 20 articles were selected from peer-reviewed and indexed journals published between 2024 and 2019. And the keywords used were: academic stress, procrastination, university, students. The analysis questions were: what will be the instruments that allow identifying academic stress and procrastination in university students? And what are the causal factors and preventive measures of academic stress and procrastination? With what has been analyzed, it is concluded that there are internationally validated instruments that are easy to apply. It is stated that the causal factors for academic stress and academic procrastination are: demotivation, disinterest, poor capacity for self-regulation and emotional self-control, problems with time organization, few hours of rest and recreation, and a personality with a tendency toward fear and anxiety. Prevention measures are related to the development of socio-emotional skills such as: knowing how to communicate, empathy, self-control, self-knowledge, resilience, problem solving and assertiveness, having initiative, tolerance, perseverance, social awareness, self-management skills, responsibility, adaptability, leadership, critical thinking, and effectively exercising time management.</w:t>
+        <w:t>Academic stress is a state of physical and emotional tension that occurs when the demands of the school context are perceived as impossible to resolve. Academic procrastination is a dysfunctional behavior in which delays are excused or justified and blame is avoided when the subject is faced with an academic task. The present qualitative research corresponds to a documentary review in Google academic and Scielo. 20 articles were selected from peer-reviewed and indexed journals published between 2024 and 2019. And the keywords used were: academic stress, procrastination, university, students. The analysis questions were: what will be the instruments that allow identifying academic stress and procrastination in university students? And what are the causal factors and preventive measures of academic stress and procrastination? With what has been analyzed, it is concluded that there are internationally validated instruments that are easy to apply. It is stated that the causal factors for academic stress and academic procrastination are: demotivation, disinterest, poor capacity for self-regulation and emotional self-control, problems with time organization, few hours of rest and recreation, and a personality with a tendency toward fear and anxiety. Prevention measures are related to the development of socio-emotional skills such as: knowing how to communicate, empathy, self-control, self-knowledge, resilience, problem solving and assertiveness, having initiative, tolerance, perseverance, social awareness, self-management skills, responsibility, adaptability, leadership, critical thinking, and effectively exercising time management.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7920CBF5" w14:textId="07A92900" w:rsidR="00B73B60" w:rsidRDefault="00B73B60" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -931,129 +821,103 @@
         </w:rPr>
         <w:t>Students, University</w:t>
       </w:r>
       <w:r w:rsidR="009A175D" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77A22AE3" w14:textId="77777777" w:rsidR="00D00A35" w:rsidRPr="00277F61" w:rsidRDefault="00D00A35" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>Enero</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 2023</w:t>
+        <w:t>Enero 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Julio 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:pict w14:anchorId="4AE61436">
           <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C30EE7D" w14:textId="77777777" w:rsidR="00D00A35" w:rsidRDefault="00D00A35" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B028D6F" w14:textId="77777777" w:rsidR="00D00A35" w:rsidRDefault="00D00A35" w:rsidP="00EB408E">
-[...18 lines deleted...]
-    </w:p>
     <w:p w14:paraId="212B0D24" w14:textId="7E1C8A3A" w:rsidR="00B11099" w:rsidRPr="00EB408E" w:rsidRDefault="00B11099" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38D639D0" w14:textId="61717880" w:rsidR="00196BB6" w:rsidRPr="00EB408E" w:rsidRDefault="00C357B7" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>El estrés académico es un estado de tensión física y emocional en estudiantes que se presenta cuando las demandas del contexto escolar son percibidas como una imposibilidad de ser resueltas</w:t>
       </w:r>
       <w:r w:rsidR="00BC1BD2" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -2041,99 +1905,51 @@
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Escala de Procrastinación Académica (EMPA), desarrollados y autorizados para su uso por </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> y Teix</w:t>
+        <w:t>Escala de Procrastinación Académica (EMPA), desarrollados y autorizados para su uso por Geara, Hauck Filho y Teix</w:t>
       </w:r>
       <w:r w:rsidR="002D4F1E" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>eira. (Zepeda et al., 2023)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68CEDE28" w14:textId="6BA1ED39" w:rsidR="00006462" w:rsidRPr="00EB408E" w:rsidRDefault="00006462" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2144,90 +1960,58 @@
       <w:r w:rsidR="00897B9E" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Corrales et al., 2022)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E16A21D" w14:textId="2077038E" w:rsidR="00427D2D" w:rsidRPr="00EB408E" w:rsidRDefault="00427D2D" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">5) Escala de procrastinación de </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> (ATPS)</w:t>
+        <w:t>5) Escala de procrastinación de Tuckman (ATPS)</w:t>
       </w:r>
       <w:r w:rsidR="00A30A72" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, compuesta por 72 ítems, pero se realizó una segunda revisión reduciéndose a 35, más tarde fue adaptada en Argentina por </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> et al., quienes crearon una nueva versión de 15 ítems con formato de respuesta tipo </w:t>
+        <w:t xml:space="preserve">, compuesta por 72 ítems, pero se realizó una segunda revisión reduciéndose a 35, más tarde fue adaptada en Argentina por Furlan et al., quienes crearon una nueva versión de 15 ítems con formato de respuesta tipo </w:t>
       </w:r>
       <w:r w:rsidR="00A30A72" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Likert con 5 opciones desde nunca = 1 hasta siempre = 5. La calificación varía entre 15 y 75 puntos, donde mayor puntuación indica mayor presencia de conductas procrastinadoras.</w:t>
       </w:r>
       <w:r w:rsidR="00A30A72" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00A30A72" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Galindo-Contreras &amp; Olivas-Ugarte, 2022)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7093817C" w14:textId="280AB74C" w:rsidR="0056046D" w:rsidRPr="00EB408E" w:rsidRDefault="00356BF5" w:rsidP="00EB408E">
       <w:pPr>
@@ -2249,65 +2033,51 @@
         <w:t>INSTRUMENTOS PARA MEDIR ESTRÉS ACADÉMICO</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E26ADCF" w14:textId="3978C482" w:rsidR="00356BF5" w:rsidRPr="00EB408E" w:rsidRDefault="00356BF5" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">1) Inventario de estrés académico SISCO: El inventario SISCO fue construido por Barraza en México, consta de 31 ítems distribuidos en cinco dimensiones. (Zamora-Marín &amp; Leiva </w:t>
-[...13 lines deleted...]
-        <w:t>, 2022)</w:t>
+        <w:t>1) Inventario de estrés académico SISCO: El inventario SISCO fue construido por Barraza en México, consta de 31 ítems distribuidos en cinco dimensiones. (Zamora-Marín &amp; Leiva Colos, 2022)</w:t>
       </w:r>
       <w:r w:rsidR="00654CE9" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="691779B4" w14:textId="495EC60A" w:rsidR="00654CE9" w:rsidRPr="00EB408E" w:rsidRDefault="00654CE9" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>2) Cuestionario de estrés académico en la universidad (CEAU), es autoadministrado, consiste en 19 ítems relativos a situaciones potencialmente estresantes en el ámbito universitario, a las que se responde de acuerdo con una escala que va de 1 = nada de estrés a 5 = mucho estrés, por lo que una puntuación elevada, resultado de la suma de los reactivos, representa mayor estrés. Este cuestionario engloba cuatro dimensiones: O</w:t>
@@ -2390,126 +2160,70 @@
         </w:rPr>
         <w:t xml:space="preserve">xpresión y </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00FA2AA2" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>omunicación de ideas propias</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, ítems 17 a 19. La consistencia interna por subescala va de α = 0,7 a α = 0,8.</w:t>
       </w:r>
       <w:r w:rsidR="00D578C0" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> et al., 2021)</w:t>
+        <w:t xml:space="preserve"> (Fouilloux et al., 2021)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53E05808" w14:textId="74B647BA" w:rsidR="00820332" w:rsidRPr="00EB408E" w:rsidRDefault="00820332" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>3) Escala de Estrés Percibido - Versión Corta (</w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> y Gonçalves (2020). </w:t>
+        <w:t xml:space="preserve">3) Escala de Estrés Percibido - Versión Corta (Perceived Stress Scale - PSS - 10): Instrumento compuesto por 10 ítems que corresponden a la frecuencia de eventos recientes y eventos ocurridos hace al menos un mes. Los ítems se dividen en dos factores: percepciones negativas y percepciones positivas. Los ítems se responden en una escala Likert, que va de 0 (Nunca) a 4 (Muy a menudo). La escala fue traducida y validada para el contexto brasileño por Reis et al., citado en Filho y Gonçalves (2020). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7583CADB" w14:textId="1488745E" w:rsidR="000254C7" w:rsidRPr="00EB408E" w:rsidRDefault="008D26DF" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>4) Cuestionario de estrés académico (CEA), validado en población universitaria española compuesto por tres escalas: estresores académicos (E-CEA), respuesta de estrés (R-CEA) y estrategias de afrontamiento (A-CEA). Las respuestas a cada uno de los ítems se realizan sobre una escala tipo Likert de cinco puntos, desde ‘nunca'; (un punto) hasta ‘siempre'; (cinco puntos).</w:t>
       </w:r>
       <w:r w:rsidR="0079057F" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Soto-González et al., 2019) </w:t>
@@ -2825,67 +2539,51 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00331BB9" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Tomar conciencia de lo que es la procrastinación, tener claro que aumenta con la afectividad negativa, que es voluntaria, que es común en personas con rasgos perfeccionistas de la personalidad. Y que la mejor medida de prevención es aprender a mejorar las habilidades de regulación emocional y así reducir el comportamiento procrastinador.</w:t>
       </w:r>
       <w:r w:rsidR="00331BB9" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...15 lines deleted...]
-        <w:t>-Guillén, 2023)</w:t>
+        <w:t xml:space="preserve"> (Bertolín-Guillén, 2023)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="324242B0" w14:textId="041B9FEF" w:rsidR="007B3016" w:rsidRPr="00EB408E" w:rsidRDefault="007B3016" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="003A1F5C" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2949,65 +2647,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="66521D6A" w14:textId="49179F55" w:rsidR="00356BF5" w:rsidRPr="00EB408E" w:rsidRDefault="00356BF5" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Mantener autoestima saludable, ya que, en su defecto es considerada como un predictor de estrés académico. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Zamora-Marín &amp; Leiva </w:t>
-[...13 lines deleted...]
-        <w:t>, 2022)</w:t>
+        <w:t>(Zamora-Marín &amp; Leiva Colos, 2022)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A4864E2" w14:textId="533AEEFF" w:rsidR="00D13ACF" w:rsidRPr="00EB408E" w:rsidRDefault="00D13ACF" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Dentro de las aulas, realizar actividades de “atención plena” es muy recomendable ya que se demuestra que, a mayor número de sesiones de Mindfulness, se disminuye el nivel de estrés en las áreas de reacciones físicas y comportamentales en estudiantes universitarios del área de la salud. (Villarroel-Carrasco &amp; Cruz-Riveros, 2021). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EBF6A6C" w14:textId="6A00DB0B" w:rsidR="000119B6" w:rsidRPr="00EB408E" w:rsidRDefault="00A4301C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
@@ -3125,65 +2809,51 @@
         </w:rPr>
         <w:t>*Desarrollo de Habilidades de Afrontamiento: Enseñar a los estudiantes habilidades efectivas de afrontamiento puede ayudarles a manejar el estrés de manera constructiva. Esto puede incluir técnicas de respiración y relajación, prácticas de mindfulness y meditación, ejercicio regular, establecimiento de límites saludables, y habilidades de resolución de problemas. Al desarrollar un repertorio de estrategias de afrontamiento, los estudiantes pueden elegir las que mejor se adapten a sus necesidades en momentos de estrés.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763F0B12" w14:textId="77777777" w:rsidR="000119B6" w:rsidRPr="00EB408E" w:rsidRDefault="00A4301C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">*Gestión del Tiempo: La gestión efectiva del tiempo es crucial para reducir el estrés académico. Los estudiantes pueden beneficiarse de la creación de horarios de estudio estructurados, la priorización de tareas, la planificación de plazos de entrega y la eliminación de distracciones. Al establecer un equilibrio entre el trabajo académico y el </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">tiempo libre, los estudiantes pueden reducir la sensación de </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> y aumentar su sensación de control sobre su entorno.</w:t>
+        <w:t>tiempo libre, los estudiantes pueden reducir la sensación de abrumamiento y aumentar su sensación de control sobre su entorno.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27A57A7B" w14:textId="77777777" w:rsidR="000119B6" w:rsidRPr="00EB408E" w:rsidRDefault="00A4301C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>*Buscar Apoyo Social y Profesional: Fomentar el apoyo social y buscar ayuda profesional puede ser fundamental para manejar el estrés académico. Los estudiantes pueden buscar el apoyo de amigos, familiares, compañeros de clase, consejeros académicos o servicios de asesoramiento estudiantil. Compartir experiencias y preocupaciones con otros puede proporcionar una sensación de conexión y pertenencia, así como ofrecer diferentes perspectivas y soluciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="621EC0E4" w14:textId="5B88BC1D" w:rsidR="00A4301C" w:rsidRPr="00EB408E" w:rsidRDefault="00A4301C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -3740,65 +3410,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, fracaso</w:t>
       </w:r>
       <w:r w:rsidR="0080574D" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> y abandono escolar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17572870" w14:textId="422542CF" w:rsidR="001D0147" w:rsidRPr="00EB408E" w:rsidRDefault="008567A5" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dentro de los factores causales de estrés académico y procrastinación, es indispensable resaltar: la pereza, falta de motivación, desagrado por lo que están haciendo y mala administración del tiempo. Y como </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Dentro de los factores causales de estrés académico y procrastinación, es indispensable resaltar: la pereza, falta de motivación, desagrado por lo que están haciendo y mala administración del tiempo. Y como prinicipales </w:t>
       </w:r>
       <w:r w:rsidR="00D16E26" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>medidas preventivas</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> cabe mencionar la importancia de realizar actividad física, mantener una autoestima saludable, evitar </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>conductas perfeccionistas,</w:t>
       </w:r>
       <w:r w:rsidR="00406791" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3831,65 +3487,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="006414BC" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>xisten suficientes instrumentos con validez y confiabilidad adecuadas para identificar e</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="006414BC" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">trés académico y </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> en estudiantes universitarios. Sin embargo, más que evaluar su presencia, es</w:t>
+        <w:t>trés académico y procastinación en estudiantes universitarios. Sin embargo, más que evaluar su presencia, es</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> necesario</w:t>
       </w:r>
       <w:r w:rsidR="006414BC" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>proponer</w:t>
       </w:r>
       <w:r w:rsidR="006414BC" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> y aplicar </w:t>
       </w:r>
@@ -4472,861 +4114,320 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43FFBB10" w14:textId="7C03A37C" w:rsidR="00015C94" w:rsidRPr="00EB408E" w:rsidRDefault="00015C94" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk162935322"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Arce Varela, Edwin, Azofeifa-Mora, Christian, Morera-Castro, María, &amp; Rojas-Valverde, Daniel. (2020). Asociación entre estrés académico, composición corporal, actividad física y habilidad emocional en mujeres universitarias. </w:t>
-[...26 lines deleted...]
-      <w:hyperlink r:id="rId11" w:history="1">
+        <w:t xml:space="preserve">Arce Varela, Edwin, Azofeifa-Mora, Christian, Morera-Castro, María, &amp; Rojas-Valverde, Daniel. (2020). Asociación entre estrés académico, composición corporal, actividad física y habilidad emocional en mujeres universitarias. MHSalud , 17 (2), 72-97. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://dx.doi.org/10.15359/mhs.17-2.5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AC98D3D" w14:textId="77777777" w:rsidR="00394AA6" w:rsidRPr="00EB408E" w:rsidRDefault="00394AA6" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ardiles </w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> 28 de diciembre de 2020.https://dx.doi.org/10.29393/ce26-20iera40020 </w:t>
+        <w:t xml:space="preserve">Ardiles Irarrázabal, Rodrigo, Barraza López, René, Koscina Rojas, Ivannia, &amp; Espínola Salas, Nicole. (2020). INTELIGENCIA EMOCIONAL Y SU POTENCIAL PREVENTIVO DE SÍNTOMAS ANSIOSO-DEPRESIVOS Y ESTRÉS EN ESTUDIANTES DE ENFERMERÍA. Ciencia y enfermería, 26, 27. Epub 28 de diciembre de 2020.https://dx.doi.org/10.29393/ce26-20iera40020 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4690B2FC" w14:textId="7E5555CD" w:rsidR="00331BB9" w:rsidRPr="00EB408E" w:rsidRDefault="00331BB9" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...47 lines deleted...]
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bertolín-Guillén, José M.. (2023). Neuro-psicopatología y procrastinación.. Revista chilena de neuro-psiquiatría, 61(2), 212-220. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://dx.doi.org/10.4067/S0717-92272023000200212</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="152B7A69" w14:textId="6DEDCE45" w:rsidR="003A1F5C" w:rsidRPr="00EB408E" w:rsidRDefault="003A1F5C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chávez Parillo, Jesús Roger, Peralta Gómez, Reyna </w:t>
-[...49 lines deleted...]
-      <w:hyperlink r:id="rId13" w:history="1">
+        <w:t xml:space="preserve">Chávez Parillo, Jesús Roger, Peralta Gómez, Reyna Ysmelia, &amp; Rodríguez Marin, Irma Stephani. (2021). Los hábitos de lectura reducen la procrastinación académica en estudiantes de enfermería. Revista Cubana de Enfermería, 37(4), e4436. Epub 10 de febrero de 2022. Recuperado en 02 de abril de 2024, de </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S0864-03192021000400005&amp;lng=es&amp;tlng=es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6146F829" w14:textId="628B4D90" w:rsidR="00E73329" w:rsidRPr="00EB408E" w:rsidRDefault="00E73329" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Córdova</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Gonzales, L. A., Flores Vásquez, M. E., Becerra Flores, S. N., Ortiz Salazar, N. G., Franco Mendoza, J. M., &amp; García </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, R. E. (2024). Compromiso y Procrastinación Académica en Estudiantes de una Universidad Pública de Lima. Revista Científica De Salud Y Desarrollo Humano, 5(1), 208–233. https://doi.org/10.61368/r.s.d.h.v5i1.86 </w:t>
+        <w:t xml:space="preserve"> Gonzales, L. A., Flores Vásquez, M. E., Becerra Flores, S. N., Ortiz Salazar, N. G., Franco Mendoza, J. M., &amp; García Vattam, R. E. (2024). Compromiso y Procrastinación Académica en Estudiantes de una Universidad Pública de Lima. Revista Científica De Salud Y Desarrollo Humano, 5(1), 208–233. https://doi.org/10.61368/r.s.d.h.v5i1.86 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E9C0EF2" w14:textId="59D81D6F" w:rsidR="00897B9E" w:rsidRPr="00EB408E" w:rsidRDefault="00897B9E" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Corrales-Reyes, </w:t>
-[...65 lines deleted...]
-      <w:hyperlink r:id="rId14" w:history="1">
+        <w:t xml:space="preserve">Corrales-Reyes, Ibraín Enrique, Villegas-Maestre, José Daniel, Vitón-Castillo, Adrián Alejandro, Tusell-Hormigó, Diana, Mamani-Benito, Oscar Javier, &amp; Carranza-Esteban, Renzo Felipe. (2022). Validez y confiabilidad de una escala de procrastinación académica en estudiantes cubanos de Estomatología. Revista Cubana de Medicina Militar, 51(3), e1826. Epub 01 de septiembre de 2022. Recuperado en 02 de abril de 2024, de </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S0138-65572022000300002&amp;lng=es&amp;tlng=es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58465929" w14:textId="77777777" w:rsidR="00FC4A92" w:rsidRPr="00EB408E" w:rsidRDefault="00FC4A92" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Delgado-Tenorio, Ariana L., Oyanguren-Casas, </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> 31 de diciembre de 2021.https://dx.doi.org/10.20511/pyr2021.v9n3.1372</w:t>
+        <w:t>Delgado-Tenorio, Ariana L., Oyanguren-Casas, Nayara A., Reyes-González, Ariana A.I., Zegarra, Ángel Ch., &amp; Cueva, Manuel E.. (2021). El rol moderador de la procrastinación sobre la relación entre el estrés académico y bienestar psicológico en estudiantes de pregrado. Propósitos y Representaciones, 9(3), e1372. Epub 31 de diciembre de 2021.https://dx.doi.org/10.20511/pyr2021.v9n3.1372</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FD2D930" w14:textId="57EA72E3" w:rsidR="0077281C" w:rsidRPr="00EB408E" w:rsidRDefault="00CC74DA" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Estrada Araoz, E. G., Farfán-Latorre, M., Lavilla-Condori, W. G., Quispe-</w:t>
-[...17 lines deleted...]
-      <w:hyperlink r:id="rId15" w:history="1">
+        <w:t xml:space="preserve">Estrada Araoz, E. G., Farfán-Latorre, M., Lavilla-Condori, W. G., Quispe-Aquise, J., Lavilla-Condori, M. L., &amp; Mamani-Roque, M. (2024). Estrés académico y cansancio emocional en estudiantes universitarios: Un estudio transversal. Gaceta Médica De Caracas, 132(1). Recuperado a partir de </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="0077281C" w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>http://saber.ucv.ve/ojs/index.php/rev_gmc/article/view/27976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4A8BDAE0" w14:textId="77777777" w:rsidR="0070624D" w:rsidRPr="00EB408E" w:rsidRDefault="0070624D" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk162945619"/>
-      <w:proofErr w:type="spellStart"/>
-[...93 lines deleted...]
-        <w:t xml:space="preserve"> brasileiros. Revista de Psicología (PUCP), 38(1), 65-86. https://dx.doi.org/10.18800/psico.202001.003 </w:t>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Filho, Paulo Roberto Taborda de Souza, &amp; Gonçalves Câmara, Sheila. (2020). Evidências de validade da Escala de Estresse em Estudantes para universitários brasileiros. Revista de Psicología (PUCP), 38(1), 65-86. https://dx.doi.org/10.18800/psico.202001.003 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1093E325" w14:textId="7BE63BAA" w:rsidR="00D578C0" w:rsidRPr="00EB408E" w:rsidRDefault="00D578C0" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Fouilloux</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:proofErr w:type="spellEnd"/>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> 17 de enero de 2022.https://dx.doi.org/10.33588/fem.246.1152</w:t>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, Claudia, Amscheridam-Herrera, Schajrit E, Tafoya, Silvia A, Fouilloux-Morales, Mariana, &amp; Barragán-Pérez, Virginia. (2021). Propiedades psicométricas del cuestionario de estrés académico en la universidad (CEAU) en una muestra de estudiantes de Medicina mexicanos. FEM: Revista de la Fundación Educación Médica, 24(6), 295-302. Epub 17 de enero de 2022.https://dx.doi.org/10.33588/fem.246.1152</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F3F7683" w14:textId="2B0F9A01" w:rsidR="00A30A72" w:rsidRPr="00EB408E" w:rsidRDefault="00A30A72" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Galindo-Contreras, </w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> 22 de abril de 2022.https://dx.doi.org/10.20511/pyr2022.v10n1.1381</w:t>
+        <w:t>Galindo-Contreras, Jhorleny, &amp; Olivas-Ugarte, Lincol Orlando. (2022). Escala de Procrastinación de Tuckman (ATPS): evidencias psicométricas y datos normativos en estudiantes de secundaria de Lima, Perú. Propósitos y Representaciones, 10(1), e1381. Epub 22 de abril de 2022.https://dx.doi.org/10.20511/pyr2022.v10n1.1381</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1085442B" w14:textId="37FAE567" w:rsidR="00CC74DA" w:rsidRPr="00EB408E" w:rsidRDefault="0077281C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">García-Hernández, Y., García-Rojas, J. A., &amp; Martínez-García, M. D. (2024). Estudio comparativo del estrés académico en estudiantes de ingeniería en Gestión </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -5335,626 +4436,338 @@
       <w:r w:rsidR="00CC74DA" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72096A69" w14:textId="4F2D3AB6" w:rsidR="00A05566" w:rsidRPr="00EB408E" w:rsidRDefault="00A05566" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">GARCIA-SERRANO, R. A. M. S. E. S., ROSAS-MANZANO, D. I. A. N. A., EROSA-ROSADO, E. L. I. É. Z. E. R., &amp; VILLASEÑOR-PONCE, M. A. R. G. A. R. I. T. A. (2024). Relación entre el rendimiento académico, la motivación y la procrastinación en universitarios. Revista Electrónica de Psicología de la, 17. Recuperado a partir de: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:anchor="page=17" w:history="1">
+      <w:hyperlink r:id="rId17" w:anchor="page=17" w:history="1">
         <w:r w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.zaragoza.unam.mx/wp-content/2022/Publicaciones/revistas/Rev_Elec_Psico/Vol13_No_24/REP13(24).pdf#page=17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="153236D4" w14:textId="78808F5F" w:rsidR="004A2E1D" w:rsidRPr="00EB408E" w:rsidRDefault="004A2E1D" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk162939606"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Pérez-Ríos</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Rubén, Barrera-Hernández, Laura Fernanda, Echeverría-Castro, Sonia Beatriz, &amp; Sotelo-Castillo, </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> 27 (2), 170-186. https://dx.doi.org/10.15359/ree.27-2.15876</w:t>
+        <w:t>, Rubén, Barrera-Hernández, Laura Fernanda, Echeverría-Castro, Sonia Beatriz, &amp; Sotelo-Castillo, Mirsha Alicia. (2023). Orientación al futuro y morosidad académica como instrumentos de predicción del rendimiento académico en estudiantes de preparatoria y universidad del noroeste de México. Revista Electrónica Educare , 27 (2), 170-186. https://dx.doi.org/10.15359/ree.27-2.15876</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5286D336" w14:textId="77777777" w:rsidR="00C5333D" w:rsidRPr="00EB408E" w:rsidRDefault="00C5333D" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Soto-González, Mercedes, Da Cuña-Carrera, </w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> 2019.https://dx.doi.org/10.33588/fem.211.929 </w:t>
+        <w:t xml:space="preserve">Soto-González, Mercedes, Da Cuña-Carrera, Iria, Gutiérrez-Nieto, Manuel, &amp; Barreira-Salgado, Ángel. (2018). Nivel educativo de los progenitores como factor mediador del estrés académico. FEM: Revista de la Fundación Educación Médica, 21(1), 23-29. Epub 00 de de 2019.https://dx.doi.org/10.33588/fem.211.929 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43BEC2DF" w14:textId="57722F20" w:rsidR="00376FED" w:rsidRPr="00EB408E" w:rsidRDefault="00376FED" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Valero </w:t>
-[...81 lines deleted...]
-      <w:hyperlink r:id="rId17" w:history="1">
+        <w:t xml:space="preserve">Valero Ancco, V. N., Pari Orihuela, M. ., &amp; Díaz Vilcanqui, Y. D. . (2024). Estrategias de Aprendizaje. Editorial Idicap Pacífico, 1–88. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00CE5770" w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://doi.org/10.53595/eip.016.2024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7C84CE51" w14:textId="4CA44D87" w:rsidR="00CE5770" w:rsidRPr="00EB408E" w:rsidRDefault="00CE5770" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk162938530"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Villagómez </w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vacacela, D. C., Moreano Jara, L. J., &amp; </w:t>
-[...17 lines deleted...]
-      <w:hyperlink r:id="rId18" w:history="1">
+        <w:t xml:space="preserve">Vacacela, D. C., Moreano Jara, L. J., &amp; Chavez Contreras, D. M. (2023). Procrastinación académica y dependencia al dispositivo móvil en estudiantes universitarios. Revista Eugenio Espejo, 17(3), 42–51. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://doi.org/10.37135/ee.04.18.05</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="39D0D945" w14:textId="77777777" w:rsidR="00D13ACF" w:rsidRPr="00EB408E" w:rsidRDefault="00D13ACF" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Villarroel-Carrasco, Karla, &amp; Cruz-Riveros, Consuelo. (2021). Relación entre sesiones de atención plena y el nivel de estrés en estudiantes universitarios. Enfermería Global, 20(63), 362-388. </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 02 de agosto de 2021.https://dx.doi.org/10.6018/eglobal.442391 </w:t>
+        <w:t xml:space="preserve">Villarroel-Carrasco, Karla, &amp; Cruz-Riveros, Consuelo. (2021). Relación entre sesiones de atención plena y el nivel de estrés en estudiantes universitarios. Enfermería Global, 20(63), 362-388. Epub 02 de agosto de 2021.https://dx.doi.org/10.6018/eglobal.442391 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EDA3AA8" w14:textId="69B40280" w:rsidR="00356BF5" w:rsidRPr="00EB408E" w:rsidRDefault="00356BF5" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Zamora-Marín, Ana Mabel y Leiva-</w:t>
-[...49 lines deleted...]
-      <w:hyperlink r:id="rId19" w:history="1">
+        <w:t xml:space="preserve">Zamora-Marín, Ana Mabel y Leiva-Colos, Flor Victoria. (2022). Estrés académico y autoestima en estudiantes universitarios de Lima Metropolitana en contexto COVID-19 durante el año 2021. Academo (Asunción) , 9 (2), 127-138. Publicación electrónica del 00 de diciembre de 2022. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://doi.org/10.30545/academo.2022.jul-dic.2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="563F251C" w14:textId="01DEE3EA" w:rsidR="002D4F1E" w:rsidRPr="00EB408E" w:rsidRDefault="002D4F1E" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Zepeda Toro, Pavel </w:t>
-[...31 lines deleted...]
-        <w:t>, Romualdo. (2023). Miedo al éxito y miedo al fracaso: intensidad de los motivos de procrastinación en la elaboración de la disertación y tesis. Calidad en la educación, (58), 5-34. Recuperado en 02 de abril de 2024, de http://www.scielo.cl/scielo.php?script=sci_arttext&amp;pid=S0718-45652023000100005&amp;lng=es&amp;tlng=es.</w:t>
+        <w:t>Zepeda Toro, Pavel Elias, da Silva Sousa, Rayane Camila, Costa, Flaviano, &amp; Douglas Colauto, Romualdo. (2023). Miedo al éxito y miedo al fracaso: intensidad de los motivos de procrastinación en la elaboración de la disertación y tesis. Calidad en la educación, (58), 5-34. Recuperado en 02 de abril de 2024, de http://www.scielo.cl/scielo.php?script=sci_arttext&amp;pid=S0718-45652023000100005&amp;lng=es&amp;tlng=es.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ACE5565" w14:textId="77777777" w:rsidR="00CE5770" w:rsidRPr="00EB408E" w:rsidRDefault="00CE5770" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BB0DD78" w14:textId="77777777" w:rsidR="00A05566" w:rsidRPr="00EB408E" w:rsidRDefault="00A05566" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A05566" w:rsidRPr="00EB408E" w:rsidSect="00D00A35">
-      <w:headerReference w:type="default" r:id="rId20"/>
-      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="567" w:right="1701" w:bottom="567" w:left="1701" w:header="142" w:footer="249" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67035D1E" w14:textId="77777777" w:rsidR="00E348AA" w:rsidRDefault="00E348AA" w:rsidP="00D00A35">
+    <w:p w14:paraId="3EDFF091" w14:textId="77777777" w:rsidR="00A97400" w:rsidRDefault="00A97400" w:rsidP="00D00A35">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45658F3A" w14:textId="77777777" w:rsidR="00E348AA" w:rsidRDefault="00E348AA" w:rsidP="00D00A35">
+    <w:p w14:paraId="59A35986" w14:textId="77777777" w:rsidR="00A97400" w:rsidRDefault="00A97400" w:rsidP="00D00A35">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="686E1FCB" w14:textId="3D0C51A6" w:rsidR="00D00A35" w:rsidRDefault="00D00A35" w:rsidP="00D00A35">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
@@ -5979,147 +4792,127 @@
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="00F44F95">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">, Núm. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>2</w:t>
-[...8 lines deleted...]
-          <w:t>1</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r w:rsidRPr="00F44F95">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">                  </w:t>
         </w:r>
-        <w:proofErr w:type="gramStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>Enero</w:t>
-[...9 lines deleted...]
-          <w:t xml:space="preserve"> – Junio 2024</w:t>
+          <w:t>Enero – Junio 2024</w:t>
         </w:r>
         <w:r w:rsidRPr="00F44F95">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53F6B6DC" w14:textId="77777777" w:rsidR="00E348AA" w:rsidRDefault="00E348AA" w:rsidP="00D00A35">
+    <w:p w14:paraId="79ACD557" w14:textId="77777777" w:rsidR="00A97400" w:rsidRDefault="00A97400" w:rsidP="00D00A35">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21BA0B18" w14:textId="77777777" w:rsidR="00E348AA" w:rsidRDefault="00E348AA" w:rsidP="00D00A35">
+    <w:p w14:paraId="5DC31AC1" w14:textId="77777777" w:rsidR="00A97400" w:rsidRDefault="00A97400" w:rsidP="00D00A35">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A5D2293" w14:textId="06A2FB08" w:rsidR="00D00A35" w:rsidRDefault="00D00A35" w:rsidP="00D00A35">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00F44F95">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:i/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52C52589"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14160756"/>
     <w:lvl w:ilvl="0" w:tplc="B538D474">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6325,89 +5118,89 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1418751639">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="963998115">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A20465"/>
     <w:rsid w:val="000038B7"/>
     <w:rsid w:val="00006462"/>
     <w:rsid w:val="000119B6"/>
     <w:rsid w:val="000135F5"/>
     <w:rsid w:val="00015C94"/>
     <w:rsid w:val="00015DA1"/>
     <w:rsid w:val="000169CA"/>
     <w:rsid w:val="00016BB9"/>
     <w:rsid w:val="000254C7"/>
     <w:rsid w:val="00036E4F"/>
     <w:rsid w:val="0005250B"/>
     <w:rsid w:val="00067927"/>
+    <w:rsid w:val="000724C2"/>
     <w:rsid w:val="000732DF"/>
     <w:rsid w:val="000918A1"/>
     <w:rsid w:val="00093A62"/>
     <w:rsid w:val="00095F37"/>
     <w:rsid w:val="00097897"/>
     <w:rsid w:val="000B2A33"/>
     <w:rsid w:val="000C315C"/>
     <w:rsid w:val="000C7429"/>
     <w:rsid w:val="000D026C"/>
     <w:rsid w:val="000D2B13"/>
     <w:rsid w:val="000D46A0"/>
     <w:rsid w:val="000D54F8"/>
     <w:rsid w:val="000E1494"/>
     <w:rsid w:val="000F0BA5"/>
     <w:rsid w:val="0010045E"/>
     <w:rsid w:val="00105A55"/>
     <w:rsid w:val="00105FF0"/>
     <w:rsid w:val="00127333"/>
     <w:rsid w:val="001274C1"/>
     <w:rsid w:val="00127F96"/>
     <w:rsid w:val="001353C5"/>
     <w:rsid w:val="0015260C"/>
     <w:rsid w:val="00160285"/>
     <w:rsid w:val="00162866"/>
     <w:rsid w:val="00185920"/>
@@ -6485,50 +5278,51 @@
     <w:rsid w:val="004F3DA4"/>
     <w:rsid w:val="004F4C16"/>
     <w:rsid w:val="00503414"/>
     <w:rsid w:val="00505B50"/>
     <w:rsid w:val="00517075"/>
     <w:rsid w:val="00526FC4"/>
     <w:rsid w:val="00531C41"/>
     <w:rsid w:val="0053326F"/>
     <w:rsid w:val="00534D46"/>
     <w:rsid w:val="005378A6"/>
     <w:rsid w:val="00556CB2"/>
     <w:rsid w:val="0056046D"/>
     <w:rsid w:val="0056447D"/>
     <w:rsid w:val="00572C0F"/>
     <w:rsid w:val="00580F80"/>
     <w:rsid w:val="00583E9E"/>
     <w:rsid w:val="00586208"/>
     <w:rsid w:val="005A40AA"/>
     <w:rsid w:val="005A6EE8"/>
     <w:rsid w:val="005B4B1C"/>
     <w:rsid w:val="005E0F1C"/>
     <w:rsid w:val="00603FEF"/>
     <w:rsid w:val="00613ABF"/>
     <w:rsid w:val="00615BA0"/>
     <w:rsid w:val="006255D5"/>
+    <w:rsid w:val="00636022"/>
     <w:rsid w:val="006414BC"/>
     <w:rsid w:val="00646C67"/>
     <w:rsid w:val="00654CE9"/>
     <w:rsid w:val="00670037"/>
     <w:rsid w:val="00674471"/>
     <w:rsid w:val="0067667B"/>
     <w:rsid w:val="00676DAC"/>
     <w:rsid w:val="006821B7"/>
     <w:rsid w:val="006833F3"/>
     <w:rsid w:val="00696AB8"/>
     <w:rsid w:val="006B4DA9"/>
     <w:rsid w:val="006B6534"/>
     <w:rsid w:val="006B757F"/>
     <w:rsid w:val="006B770C"/>
     <w:rsid w:val="006C078F"/>
     <w:rsid w:val="006C50B7"/>
     <w:rsid w:val="006C5146"/>
     <w:rsid w:val="006E3527"/>
     <w:rsid w:val="006E4019"/>
     <w:rsid w:val="006E6BFA"/>
     <w:rsid w:val="006F5190"/>
     <w:rsid w:val="007038FC"/>
     <w:rsid w:val="00705CEB"/>
     <w:rsid w:val="0070624D"/>
     <w:rsid w:val="007142C8"/>
@@ -6578,50 +5372,51 @@
     <w:rsid w:val="0095347F"/>
     <w:rsid w:val="00953B5F"/>
     <w:rsid w:val="0095769A"/>
     <w:rsid w:val="00967915"/>
     <w:rsid w:val="009822F4"/>
     <w:rsid w:val="009A175D"/>
     <w:rsid w:val="009A57F2"/>
     <w:rsid w:val="009B6043"/>
     <w:rsid w:val="009C4840"/>
     <w:rsid w:val="009D5EB7"/>
     <w:rsid w:val="009D6ACB"/>
     <w:rsid w:val="00A02A05"/>
     <w:rsid w:val="00A05566"/>
     <w:rsid w:val="00A079A3"/>
     <w:rsid w:val="00A11D8E"/>
     <w:rsid w:val="00A201B4"/>
     <w:rsid w:val="00A20465"/>
     <w:rsid w:val="00A30A72"/>
     <w:rsid w:val="00A31CB7"/>
     <w:rsid w:val="00A31E08"/>
     <w:rsid w:val="00A35B76"/>
     <w:rsid w:val="00A4301C"/>
     <w:rsid w:val="00A46385"/>
     <w:rsid w:val="00A621B3"/>
     <w:rsid w:val="00A72FE0"/>
+    <w:rsid w:val="00A97400"/>
     <w:rsid w:val="00AB672B"/>
     <w:rsid w:val="00AD32E7"/>
     <w:rsid w:val="00AE038C"/>
     <w:rsid w:val="00AE3A0D"/>
     <w:rsid w:val="00B11099"/>
     <w:rsid w:val="00B11D2A"/>
     <w:rsid w:val="00B22C5D"/>
     <w:rsid w:val="00B36EFA"/>
     <w:rsid w:val="00B415AB"/>
     <w:rsid w:val="00B51AA9"/>
     <w:rsid w:val="00B53356"/>
     <w:rsid w:val="00B61EB6"/>
     <w:rsid w:val="00B6509A"/>
     <w:rsid w:val="00B7069C"/>
     <w:rsid w:val="00B7269A"/>
     <w:rsid w:val="00B73B60"/>
     <w:rsid w:val="00B74AD6"/>
     <w:rsid w:val="00B82ABB"/>
     <w:rsid w:val="00B8397D"/>
     <w:rsid w:val="00BA133F"/>
     <w:rsid w:val="00BB0A78"/>
     <w:rsid w:val="00BB2A8A"/>
     <w:rsid w:val="00BC1BD2"/>
     <w:rsid w:val="00BD171F"/>
     <w:rsid w:val="00BD2797"/>
@@ -6720,51 +5515,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6544923D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B04718ED-8844-4181-88AF-796151C274A8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7171,51 +5966,50 @@
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo4Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B61EB6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textoennegrita">
     <w:name w:val="Strong"/>
@@ -7379,51 +6173,51 @@
     <w:rsid w:val="00D00A35"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D00A35"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="355159051">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="424571925">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7546,51 +6340,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2017003038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dilciazurita@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S0864-03192021000400005&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37135/ee.04.18.05" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7374" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0717-92272023000200212" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.53595/eip.016.2024" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zaragoza.unam.mx/wp-content/2022/Publicaciones/revistas/Rev_Elec_Psico/Vol13_No_24/REP13(24).pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15359/mhs.17-2.5" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://saber.ucv.ve/ojs/index.php/rev_gmc/article/view/27976" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paula.flores@uas.edu.mx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.30545/academo.2022.jul-dic.2" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7356-2117" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S0138-65572022000300002&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7374" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0717-92272023000200212" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.53595/eip.016.2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/cagi.v11i21.308" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15359/mhs.17-2.5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zaragoza.unam.mx/wp-content/2022/Publicaciones/revistas/Rev_Elec_Psico/Vol13_No_24/REP13(24).pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://saber.ucv.ve/ojs/index.php/rev_gmc/article/view/27976" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.30545/academo.2022.jul-dic.2" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paula.flores@uas.edu.mx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S0138-65572022000300002&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7356-2117" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37135/ee.04.18.05" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dilciazurita@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S0864-03192021000400005&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7849,69 +6643,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>4432</Words>
-  <Characters>24377</Characters>
+  <Words>4447</Words>
+  <Characters>24464</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>203</Lines>
   <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28752</CharactersWithSpaces>
+  <CharactersWithSpaces>28854</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>USUARIO</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>