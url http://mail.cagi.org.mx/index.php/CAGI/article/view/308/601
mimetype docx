--- v1 (2025-11-16)
+++ v2 (2026-03-20)
@@ -1,227 +1,304 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="59B13768" w14:textId="77777777" w:rsidR="00636022" w:rsidRDefault="00636022" w:rsidP="00636022">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="4C781AF2" w14:textId="3799EBD8" w:rsidR="00636022" w:rsidRPr="00636022" w:rsidRDefault="00636022" w:rsidP="00636022">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:r w:rsidRPr="00636022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00636022">
+        <w:t>DOI: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D46F5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>DOI: </w:t>
-[...14 lines deleted...]
-      </w:hyperlink>
+        <w:t>https://doi.org/10.23913/cagi.v11i21.308</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1B40D521" w14:textId="11E9ABFF" w:rsidR="00D00A35" w:rsidRDefault="00D00A35" w:rsidP="00636022">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00636022">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CEE2039" w14:textId="77777777" w:rsidR="00636022" w:rsidRPr="00636022" w:rsidRDefault="00636022" w:rsidP="00636022">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B4F1646" w14:textId="08991412" w:rsidR="00A20465" w:rsidRPr="00D00A35" w:rsidRDefault="00E32283" w:rsidP="00D00A35">
+    <w:p w14:paraId="2B4F1646" w14:textId="08991412" w:rsidR="00A20465" w:rsidRDefault="00E32283" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D00A35">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Estrés académico y procrastinación: Revisión documental</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FCFBA7E" w14:textId="64B9ED43" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00D00A35" w:rsidP="00D00A35">
+    <w:p w14:paraId="5EB86C20" w14:textId="77777777" w:rsidR="004E0913" w:rsidRPr="00D00A35" w:rsidRDefault="004E0913" w:rsidP="00D00A35">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FCFBA7E" w14:textId="4E65937D" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00E32283" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D00A35">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E32283" w:rsidRPr="00D00A35">
+        <w:t>Academic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D00A35">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Academic stress and procrastination: Document review</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> stress and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D00A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>procrastination</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D00A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D00A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Document</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D00A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D00A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="6A52D888" w14:textId="77777777" w:rsidR="00F463BA" w:rsidRPr="00EB408E" w:rsidRDefault="00F463BA" w:rsidP="00EB408E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F264496" w14:textId="2A0A5559" w:rsidR="00F430B8" w:rsidRPr="00EB408E" w:rsidRDefault="00F463BA" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Nikell Esmeralda Zárate Depraect</w:t>
+        <w:t>Nikell</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Esmeralda Zárate Depraect</w:t>
       </w:r>
       <w:r w:rsidR="00646C67" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EB408E" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7269957F" w14:textId="6981D5D9" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00F430B8" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
@@ -257,212 +334,245 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk129875665"/>
       <w:r w:rsidR="00241812" w:rsidRPr="00D00A35">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>nikell.zarate@uas.edu.mx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79C4DB8C" w14:textId="77777777" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00F430B8" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00D00A35">
           <w:t>https://orcid.org/0000-0002-7374</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006C078F" w:rsidRPr="00D00A35">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>-1606</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00F463BA" w:rsidRPr="00D00A35">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55E8B094" w14:textId="77777777" w:rsidR="00F430B8" w:rsidRPr="00EB408E" w:rsidRDefault="00F430B8" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71C0D7D6" w14:textId="2077ABE6" w:rsidR="00F430B8" w:rsidRPr="00EB408E" w:rsidRDefault="00F463BA" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Dilcia Denyss Zurita Camacho</w:t>
+        <w:t xml:space="preserve">Dilcia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Denyss</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Zurita Camacho</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FDDA79D" w14:textId="58335CB1" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00F430B8" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D00A35">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Universidad Autónoma de Sinaloa</w:t>
       </w:r>
       <w:r w:rsidR="00EB408E" w:rsidRPr="00D00A35">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="422E5EAB" w14:textId="77777777" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00F430B8" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00D00A35">
           <w:rPr>
             <w:color w:val="FF0000"/>
           </w:rPr>
           <w:t>dilciazurita@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="12E13E51" w14:textId="681D76DA" w:rsidR="00F430B8" w:rsidRPr="00D00A35" w:rsidRDefault="00F430B8" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00D00A35">
           <w:t>https://orcid.org/0000-0001-7356-2117</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="495EC8F3" w14:textId="77777777" w:rsidR="00F430B8" w:rsidRPr="00EB408E" w:rsidRDefault="00F430B8" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29E539A7" w14:textId="4577D01C" w:rsidR="00BF5E7F" w:rsidRPr="00EB408E" w:rsidRDefault="00BF5E7F" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Paula Flores Flores</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Paula Flores </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Flores</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="59E18193" w14:textId="6978F30C" w:rsidR="00BF5E7F" w:rsidRPr="00D00A35" w:rsidRDefault="00BF5E7F" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D00A35">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Universidad Autónoma de Sinaloa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="010D93D6" w14:textId="1ABBCD7E" w:rsidR="00BB0A78" w:rsidRPr="00D00A35" w:rsidRDefault="00067927" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00D00A35">
           <w:rPr>
             <w:color w:val="FF0000"/>
           </w:rPr>
           <w:t>paula.flores@uas.edu.mx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="54369577" w14:textId="4DD7A12B" w:rsidR="00067927" w:rsidRPr="00D00A35" w:rsidRDefault="00EB408E" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r w:rsidRPr="00D00A35">
         <w:t>https://orcid.org/</w:t>
       </w:r>
       <w:r w:rsidR="00067927" w:rsidRPr="00D00A35">
         <w:t>0000-0003-2929-2134</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6870302E" w14:textId="77777777" w:rsidR="00BB0A78" w:rsidRPr="00EB408E" w:rsidRDefault="00BB0A78" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -481,51 +591,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="0053326F" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>esumen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F3CE436" w14:textId="5F2C1D8B" w:rsidR="00406791" w:rsidRPr="00EB408E" w:rsidRDefault="00406791" w:rsidP="00EB408E">
+    <w:p w14:paraId="4F3CE436" w14:textId="53398229" w:rsidR="00406791" w:rsidRPr="00EB408E" w:rsidRDefault="00406791" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">El estrés académico es un estado de tensión física y emocional que se presenta cuando las demandas del contexto escolar son percibidas como una imposibilidad de ser resueltas. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>La procrastinación académica es un comportamiento disfuncional, en el cual se excusan o justifican retrasos y se evita la culpa cuando el sujeto se encuentra frente a una tarea académica.</w:t>
       </w:r>
       <w:r w:rsidR="00BB0A78" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -553,71 +663,88 @@
       <w:r w:rsidR="007D3762" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">en Google académico y Scielo. </w:t>
       </w:r>
       <w:r w:rsidR="007D3762" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Fueron seleccionados 20 artículos de revistas arbitradas e indizadas publicadas entre los años 2024 y 2019.  Y las palabras clave utilizadas fueron: estrés académico, procrastinación, universidad, estudiantes. Las </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>preguntas</w:t>
       </w:r>
       <w:r w:rsidR="007D3762" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de análisis fueron: </w:t>
-[...16 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve"> de análisis fueron:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ¿cuáles serán los instrumentos que permiten identificar estrés académico y procrastinación en estudiantes universitarios? y ¿cuáles son los factores causales y medidas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>factores causales para estrés académico y procrastinación</w:t>
+        <w:t xml:space="preserve">preventivas de estrés académico y </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>procrastinación?.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Con lo analizado, se concluye que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>existen instrumentos validados internacionalmente de fácil aplicación. Se afirma que los factores causales para estrés académico y procrastinación</w:t>
       </w:r>
       <w:r w:rsidR="00BB0A78" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> académica</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> son: desmotivación, desinterés, deficiente capacidad de autorregulación y autocontrol emocional, problemas con la organización del tiempo, pocas horas de descanso y recreación y personalidad con tendencia al miedo y ansiedad. Las medidas de prevención se relacionan con el desarrollo de habilidades socioemocionales como: saber comunicar, empatía, autocontrol</w:t>
       </w:r>
       <w:r w:rsidR="00A35B76" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> autoconocimient</w:t>
       </w:r>
@@ -703,219 +830,233 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Estudiantes, Universidad</w:t>
       </w:r>
       <w:r w:rsidR="009A175D" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2069A468" w14:textId="77777777" w:rsidR="00B74AD6" w:rsidRPr="00EB408E" w:rsidRDefault="00B74AD6" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E4835CA" w14:textId="1523FB3A" w:rsidR="00FA3E11" w:rsidRPr="00EB408E" w:rsidRDefault="00FA3E11" w:rsidP="00EB408E">
+    <w:p w14:paraId="6E4835CA" w14:textId="32EB7994" w:rsidR="00FA3E11" w:rsidRPr="00EB408E" w:rsidRDefault="002F4559" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB408E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Summary</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002A29A0" w:rsidRPr="00EB408E">
+        <w:t>Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F05A7CD" w14:textId="0FD4F670" w:rsidR="00B73B60" w:rsidRPr="00EB408E" w:rsidRDefault="00263260" w:rsidP="00EB408E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Academic stress is a state of physical and emotional tension that occurs when the demands of the school context are perceived as impossible to resolve. Academic procrastination is a dysfunctional behavior in which delays are excused or justified and blame is avoided when the subject is faced with an academic task. The present qualitative research corresponds to a documentary review in Google academic and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Scielo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 20 articles were selected from peer-reviewed and indexed journals published between 2024 and 2019. And the keywords used were: academic stress, procrastination, university, students. The analysis questions were: what will be the instruments that allow identifying academic stress and procrastination in university students? And what are the causal factors and preventive measures of academic stress and procrastination? With what has been analyzed, it is concluded that there are internationally validated instruments that are easy to apply. It is stated that the causal factors for academic stress and academic procrastination are: demotivation, disinterest, poor capacity for self-regulation and emotional self-control, problems with time organization, few hours of rest and recreation, and a personality with a tendency toward fear and anxiety. Prevention measures are related to the development of socio-emotional skills such as: knowing how to communicate, empathy, self-control, self-knowledge, resilience, problem solving and assertiveness, having initiative, tolerance, perseverance, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>social awareness, self-management skills, responsibility, adaptability, leadership, critical thinking, and effectively exercising time management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7920CBF5" w14:textId="07A92900" w:rsidR="00B73B60" w:rsidRDefault="00B73B60" w:rsidP="00EB408E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...44 lines deleted...]
-        </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="009A175D" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Academic stress, Procrastination, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Students, University</w:t>
       </w:r>
       <w:r w:rsidR="009A175D" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77A22AE3" w14:textId="77777777" w:rsidR="00D00A35" w:rsidRPr="00277F61" w:rsidRDefault="00D00A35" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>Enero 2023</w:t>
+        <w:t>Enero</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Julio 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00000000">
         <w:pict w14:anchorId="4AE61436">
           <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C30EE7D" w14:textId="77777777" w:rsidR="00D00A35" w:rsidRDefault="00D00A35" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="212B0D24" w14:textId="7E1C8A3A" w:rsidR="00B11099" w:rsidRPr="00EB408E" w:rsidRDefault="00B11099" w:rsidP="00EB408E">
+    <w:p w14:paraId="212B0D24" w14:textId="7E1C8A3A" w:rsidR="00B11099" w:rsidRPr="002F4559" w:rsidRDefault="00B11099" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EB408E">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4559">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38D639D0" w14:textId="61717880" w:rsidR="00196BB6" w:rsidRPr="00EB408E" w:rsidRDefault="00C357B7" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>El estrés académico es un estado de tensión física y emocional en estudiantes que se presenta cuando las demandas del contexto escolar son percibidas como una imposibilidad de ser resueltas</w:t>
       </w:r>
       <w:r w:rsidR="00BC1BD2" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1142,50 +1283,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Villagómez et al., 2023) </w:t>
       </w:r>
       <w:r w:rsidR="006B4DA9" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>misma que está ausente en la persona que procrastina.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3766A227" w14:textId="24A547D5" w:rsidR="00A31E08" w:rsidRPr="00EB408E" w:rsidRDefault="007B3629" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="0095347F" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>omo consecuencia a lo anterior, puede presentarse: reprobación y deserción</w:t>
       </w:r>
       <w:r w:rsidR="00A31E08" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00CE7170" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>También</w:t>
       </w:r>
       <w:r w:rsidR="006B4DA9" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
@@ -1282,69 +1424,62 @@
         </w:rPr>
         <w:t>tienen buenas características profesionales,</w:t>
       </w:r>
       <w:r w:rsidR="00D05BD9" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> pueden tener </w:t>
       </w:r>
       <w:r w:rsidR="00603FEF" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>problema</w:t>
       </w:r>
       <w:r w:rsidR="00D05BD9" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00603FEF" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de </w:t>
+        <w:t xml:space="preserve"> de organización, haciéndolos desconfiar de sí mismos</w:t>
+      </w:r>
+      <w:r w:rsidR="00D05BD9" w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y procrastinar</w:t>
       </w:r>
       <w:r w:rsidR="00603FEF" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002D4F1E" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">(Alva </w:t>
       </w:r>
       <w:r w:rsidR="006F5190" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>&amp;</w:t>
       </w:r>
       <w:r w:rsidR="002D4F1E" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Zapata citados en Zepeda et al., 2023)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="324A7023" w14:textId="72C493B6" w:rsidR="006B4DA9" w:rsidRPr="00EB408E" w:rsidRDefault="00CA3AAE" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
@@ -1361,82 +1496,90 @@
         </w:rPr>
         <w:t>A fin de cuentas</w:t>
       </w:r>
       <w:r w:rsidR="000D2B13" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> l</w:t>
       </w:r>
       <w:r w:rsidR="006B4DA9" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>a procrastinación académica cumple un rol moderador entre la presencia de estresores y el desarrollo de síntomas asociados al estrés académico. (Delgado-Tenorio et al., 2021)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25DFD6C1" w14:textId="26858583" w:rsidR="00A11D8E" w:rsidRPr="00EB408E" w:rsidRDefault="00D8399E" w:rsidP="00EB408E">
+    <w:p w14:paraId="25DFD6C1" w14:textId="26858583" w:rsidR="00A11D8E" w:rsidRPr="002F4559" w:rsidRDefault="00D8399E" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EB408E">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4559">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Material </w:t>
       </w:r>
-      <w:r w:rsidR="002554C0" w:rsidRPr="00EB408E">
+      <w:r w:rsidR="002554C0" w:rsidRPr="002F4559">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>y Método</w:t>
       </w:r>
-      <w:r w:rsidR="00907D8D" w:rsidRPr="00EB408E">
+      <w:r w:rsidR="00907D8D" w:rsidRPr="002F4559">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24D9404F" w14:textId="4C24D189" w:rsidR="00B11D2A" w:rsidRPr="00EB408E" w:rsidRDefault="00517075" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Revisión documental, </w:t>
       </w:r>
       <w:r w:rsidR="00B11D2A" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1544,51 +1687,51 @@
         </w:rPr>
         <w:t>¿</w:t>
       </w:r>
       <w:r w:rsidR="00B11D2A" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>cuáles s</w:t>
       </w:r>
       <w:r w:rsidR="00AB672B" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
       <w:r w:rsidR="00B11D2A" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> los factores causales y medidas preventivas de estrés académico y procrastinación?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36EE7F1F" w14:textId="710119CE" w:rsidR="004F3DA4" w:rsidRPr="00EB408E" w:rsidRDefault="00BD636B" w:rsidP="00EB408E">
+    <w:p w14:paraId="36EE7F1F" w14:textId="710119CE" w:rsidR="004F3DA4" w:rsidRDefault="00BD636B" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">El diseño metodológico de este estudio es cualitativo de tipo documental que, a través del análisis permite comprender, caracterizar y reflexionar sobre el objeto de estudio. Las unidades de análisis fueron los documentos encontrados en Google académico y Scielo. </w:t>
       </w:r>
       <w:r w:rsidR="00F20422" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Fueron seleccionados 20</w:t>
       </w:r>
       <w:r w:rsidR="00517075" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1666,82 +1809,142 @@
         </w:rPr>
         <w:t xml:space="preserve"> y 2019</w:t>
       </w:r>
       <w:r w:rsidR="000D026C" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="004D0476" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> Y l</w:t>
       </w:r>
       <w:r w:rsidR="000D026C" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>as palabras clave utilizadas fueron: estrés académico, procrastinación, universidad, estudiantes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE3CB72" w14:textId="77777777" w:rsidR="00353791" w:rsidRPr="00EB408E" w:rsidRDefault="00353791" w:rsidP="00EB408E">
+    <w:p w14:paraId="5100BDAF" w14:textId="77777777" w:rsidR="00D46F5A" w:rsidRDefault="00D46F5A" w:rsidP="00EB408E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C9187F0" w14:textId="77777777" w:rsidR="00D46F5A" w:rsidRDefault="00D46F5A" w:rsidP="00EB408E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="253BED95" w14:textId="77777777" w:rsidR="00D46F5A" w:rsidRDefault="00D46F5A" w:rsidP="00EB408E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78C7F6A3" w14:textId="77777777" w:rsidR="00D46F5A" w:rsidRDefault="00D46F5A" w:rsidP="00EB408E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0705A83D" w14:textId="77777777" w:rsidR="00D46F5A" w:rsidRPr="00EB408E" w:rsidRDefault="00D46F5A" w:rsidP="00EB408E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F1249CB" w14:textId="77777777" w:rsidR="00D46F5A" w:rsidRPr="002F4559" w:rsidRDefault="00D46F5A" w:rsidP="00D46F5A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="es-ES"/>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4559">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EB408E">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Resultados</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE3CB72" w14:textId="77777777" w:rsidR="00353791" w:rsidRPr="00EB408E" w:rsidRDefault="00353791" w:rsidP="00EB408E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Resultados</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3D7303FD" w14:textId="2B199759" w:rsidR="00A31E08" w:rsidRPr="00EB408E" w:rsidRDefault="00A31E08" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>INSTRUMENTOS</w:t>
       </w:r>
       <w:r w:rsidR="0023298F" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1905,51 +2108,67 @@
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Escala de Procrastinación Académica (EMPA), desarrollados y autorizados para su uso por Geara, Hauck Filho y Teix</w:t>
+        <w:t xml:space="preserve">Escala de Procrastinación Académica (EMPA), desarrollados y autorizados para su uso por </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Geara</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, Hauck Filho y Teix</w:t>
       </w:r>
       <w:r w:rsidR="002D4F1E" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>eira. (Zepeda et al., 2023)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68CEDE28" w14:textId="6BA1ED39" w:rsidR="00006462" w:rsidRPr="00EB408E" w:rsidRDefault="00006462" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1967,59 +2186,51 @@
     </w:p>
     <w:p w14:paraId="3E16A21D" w14:textId="2077038E" w:rsidR="00427D2D" w:rsidRPr="00EB408E" w:rsidRDefault="00427D2D" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>5) Escala de procrastinación de Tuckman (ATPS)</w:t>
       </w:r>
       <w:r w:rsidR="00A30A72" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, compuesta por 72 ítems, pero se realizó una segunda revisión reduciéndose a 35, más tarde fue adaptada en Argentina por Furlan et al., quienes crearon una nueva versión de 15 ítems con formato de respuesta tipo </w:t>
-[...7 lines deleted...]
-        <w:t>Likert con 5 opciones desde nunca = 1 hasta siempre = 5. La calificación varía entre 15 y 75 puntos, donde mayor puntuación indica mayor presencia de conductas procrastinadoras.</w:t>
+        <w:t>, compuesta por 72 ítems, pero se realizó una segunda revisión reduciéndose a 35, más tarde fue adaptada en Argentina por Furlan et al., quienes crearon una nueva versión de 15 ítems con formato de respuesta tipo Likert con 5 opciones desde nunca = 1 hasta siempre = 5. La calificación varía entre 15 y 75 puntos, donde mayor puntuación indica mayor presencia de conductas procrastinadoras.</w:t>
       </w:r>
       <w:r w:rsidR="00A30A72" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00A30A72" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Galindo-Contreras &amp; Olivas-Ugarte, 2022)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7093817C" w14:textId="280AB74C" w:rsidR="0056046D" w:rsidRPr="00EB408E" w:rsidRDefault="00356BF5" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -2106,51 +2317,58 @@
         </w:rPr>
         <w:t>, reactivos 1 a 7; E</w:t>
       </w:r>
       <w:r w:rsidR="00FA2AA2" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">xpediente y perspectivas de </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00FA2AA2" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>uturo</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>, ítems 8 a 13; D</w:t>
+        <w:t xml:space="preserve">, ítems 8 a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>13; D</w:t>
       </w:r>
       <w:r w:rsidR="00FA2AA2" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">ificultades </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00FA2AA2" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>nterpersonales</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, reactivos 14 a 16; y E</w:t>
       </w:r>
@@ -2160,70 +2378,98 @@
         </w:rPr>
         <w:t xml:space="preserve">xpresión y </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00FA2AA2" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>omunicación de ideas propias</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, ítems 17 a 19. La consistencia interna por subescala va de α = 0,7 a α = 0,8.</w:t>
       </w:r>
       <w:r w:rsidR="00D578C0" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Fouilloux et al., 2021)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D578C0" w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Fouilloux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D578C0" w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et al., 2021)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53E05808" w14:textId="74B647BA" w:rsidR="00820332" w:rsidRPr="00EB408E" w:rsidRDefault="00820332" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">3) Escala de Estrés Percibido - Versión Corta (Perceived Stress Scale - PSS - 10): Instrumento compuesto por 10 ítems que corresponden a la frecuencia de eventos recientes y eventos ocurridos hace al menos un mes. Los ítems se dividen en dos factores: percepciones negativas y percepciones positivas. Los ítems se responden en una escala Likert, que va de 0 (Nunca) a 4 (Muy a menudo). La escala fue traducida y validada para el contexto brasileño por Reis et al., citado en Filho y Gonçalves (2020). </w:t>
+        <w:t>3) Escala de Estrés Percibido - Versión Corta (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Perceived</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Stress Scale - PSS - 10): Instrumento compuesto por 10 ítems que corresponden a la frecuencia de eventos recientes y eventos ocurridos hace al menos un mes. Los ítems se dividen en dos factores: percepciones negativas y percepciones positivas. Los ítems se responden en una escala Likert, que va de 0 (Nunca) a 4 (Muy a menudo). La escala fue traducida y validada para el contexto brasileño por Reis et al., citado en Filho y Gonçalves (2020). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7583CADB" w14:textId="1488745E" w:rsidR="000254C7" w:rsidRPr="00EB408E" w:rsidRDefault="008D26DF" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>4) Cuestionario de estrés académico (CEA), validado en población universitaria española compuesto por tres escalas: estresores académicos (E-CEA), respuesta de estrés (R-CEA) y estrategias de afrontamiento (A-CEA). Las respuestas a cada uno de los ítems se realizan sobre una escala tipo Likert de cinco puntos, desde ‘nunca'; (un punto) hasta ‘siempre'; (cinco puntos).</w:t>
       </w:r>
       <w:r w:rsidR="0079057F" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Soto-González et al., 2019) </w:t>
@@ -2315,51 +2561,50 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Villagómez et al., 2023)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C2D4595" w14:textId="3EA9F9B1" w:rsidR="00726244" w:rsidRPr="00EB408E" w:rsidRDefault="006255D5" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk162939707"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00531C41" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="000918A1" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Ansiedad, cansancio, desmotivación, falta de energía, miedo y el desinterés por parte de los alumnos actúan como barreras para la automotivación y así se empieza</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="000918A1" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -2467,51 +2712,58 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>poco tiempo de descanso</w:t>
       </w:r>
       <w:r w:rsidR="00394AA6" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>personalidad con tendencia a la sintomatología ansiosa</w:t>
       </w:r>
       <w:r w:rsidR="00394AA6" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">, angustia, temor, tristeza, preocupación y activación fisiológica involuntaria, los cuales condicionan a la persona a tener una percepción de escaso control en situaciones de alta sobrecarga emocional. (Ardiles et al., 2020) </w:t>
+        <w:t xml:space="preserve">, angustia, temor, tristeza, preocupación y activación fisiológica </w:t>
+      </w:r>
+      <w:r w:rsidR="00394AA6" w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">involuntaria, los cuales condicionan a la persona a tener una percepción de escaso control en situaciones de alta sobrecarga emocional. (Ardiles et al., 2020) </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="4D2360BC" w14:textId="1E9BF73D" w:rsidR="00A31E08" w:rsidRPr="00EB408E" w:rsidRDefault="00A31E08" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>MEDIDAS PREVENTIVAS</w:t>
       </w:r>
       <w:r w:rsidR="00385F0B" w:rsidRPr="00EB408E">
@@ -2539,51 +2791,67 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00331BB9" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Tomar conciencia de lo que es la procrastinación, tener claro que aumenta con la afectividad negativa, que es voluntaria, que es común en personas con rasgos perfeccionistas de la personalidad. Y que la mejor medida de prevención es aprender a mejorar las habilidades de regulación emocional y así reducir el comportamiento procrastinador.</w:t>
       </w:r>
       <w:r w:rsidR="00331BB9" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Bertolín-Guillén, 2023)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00331BB9" w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Bertolín</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00331BB9" w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>-Guillén, 2023)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="324242B0" w14:textId="041B9FEF" w:rsidR="007B3016" w:rsidRPr="00EB408E" w:rsidRDefault="007B3016" w:rsidP="00EB408E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="003A1F5C" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2684,101 +2952,107 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Dentro de las aulas, realizar actividades de “atención plena” es muy recomendable ya que se demuestra que, a mayor número de sesiones de Mindfulness, se disminuye el nivel de estrés en las áreas de reacciones físicas y comportamentales en estudiantes universitarios del área de la salud. (Villarroel-Carrasco &amp; Cruz-Riveros, 2021). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EBF6A6C" w14:textId="6A00DB0B" w:rsidR="000119B6" w:rsidRPr="00EB408E" w:rsidRDefault="00A4301C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Valero, et al. (2024) en su libro titulado: </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Estrategias de aprendizaje</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> mencionan en el apartado 8.2 el reconocimiento y manejo del estrés académico en la universidad, que en las páginas 74 y 75 a la letra dicen:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B1C9E20" w14:textId="63EAEFD0" w:rsidR="000119B6" w:rsidRPr="00EB408E" w:rsidRDefault="00A4301C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Reconocer y manejar eficazmente el estrés académico es crucial para el bienestar general y el éxito académico de los estudiantes. Aquí se detalla estrategias efectivas para el reconocimiento y manejo del estrés académico en la universidad:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30CED21B" w14:textId="77777777" w:rsidR="000119B6" w:rsidRPr="00EB408E" w:rsidRDefault="00A4301C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>*Conciencia y Reconocimiento: El primer paso para manejar el estrés académico es ser consciente de sus síntomas y reconocer cuándo se está experimentando. Los síntomas comunes de estrés académico pueden incluir ansiedad, irritabilidad, dificultad para concentrarse, insomnio, fatiga y cambios en el apetito. Reconocer estos signos tempranos puede ayudar a los estudiantes a intervenir antes de que el estrés se vuelva abrumador.</w:t>
+        <w:t xml:space="preserve">*Conciencia y Reconocimiento: El primer paso para manejar el estrés académico es ser consciente de sus síntomas y reconocer cuándo se está experimentando. Los síntomas comunes de estrés académico pueden incluir ansiedad, irritabilidad, dificultad para </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>concentrarse, insomnio, fatiga y cambios en el apetito. Reconocer estos signos tempranos puede ayudar a los estudiantes a intervenir antes de que el estrés se vuelva abrumador.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4701DDDF" w14:textId="77777777" w:rsidR="000119B6" w:rsidRPr="00EB408E" w:rsidRDefault="00A4301C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>*Identificación de Causas: Es importante que los estudiantes identifiquen las causas específicas de su estrés académico. Esto puede incluir la presión de las expectativas académicas, la sobrecarga de tareas, los plazos de entrega, la competencia entre pares, la preocupación por el rendimiento académico, entre otros factores. Al comprender las causas subyacentes, los estudiantes pueden abordar de manera más efectiva las fuentes de su estrés.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D3CDA5A" w14:textId="77777777" w:rsidR="000119B6" w:rsidRPr="00EB408E" w:rsidRDefault="00A4301C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2802,122 +3076,140 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>*Desarrollo de Habilidades de Afrontamiento: Enseñar a los estudiantes habilidades efectivas de afrontamiento puede ayudarles a manejar el estrés de manera constructiva. Esto puede incluir técnicas de respiración y relajación, prácticas de mindfulness y meditación, ejercicio regular, establecimiento de límites saludables, y habilidades de resolución de problemas. Al desarrollar un repertorio de estrategias de afrontamiento, los estudiantes pueden elegir las que mejor se adapten a sus necesidades en momentos de estrés.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763F0B12" w14:textId="77777777" w:rsidR="000119B6" w:rsidRPr="00EB408E" w:rsidRDefault="00A4301C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">*Gestión del Tiempo: La gestión efectiva del tiempo es crucial para reducir el estrés académico. Los estudiantes pueden beneficiarse de la creación de horarios de estudio estructurados, la priorización de tareas, la planificación de plazos de entrega y la eliminación de distracciones. Al establecer un equilibrio entre el trabajo académico y el </w:t>
+        <w:t xml:space="preserve">*Gestión del Tiempo: La gestión efectiva del tiempo es crucial para reducir el estrés académico. Los estudiantes pueden beneficiarse de la creación de horarios de estudio estructurados, la priorización de tareas, la planificación de plazos de entrega y la eliminación de distracciones. Al establecer un equilibrio entre el trabajo académico y el tiempo libre, los estudiantes pueden reducir la sensación de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>abrumamiento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y aumentar su sensación de control sobre su entorno.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A57A7B" w14:textId="77777777" w:rsidR="000119B6" w:rsidRPr="00EB408E" w:rsidRDefault="00A4301C" w:rsidP="00EB408E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Buscar Apoyo Social y Profesional: Fomentar el apoyo social y buscar ayuda profesional puede ser fundamental para manejar el estrés académico. Los estudiantes pueden buscar el apoyo de amigos, familiares, compañeros de clase, consejeros académicos o servicios de asesoramiento estudiantil. Compartir experiencias y preocupaciones con </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>tiempo libre, los estudiantes pueden reducir la sensación de abrumamiento y aumentar su sensación de control sobre su entorno.</w:t>
-[...16 lines deleted...]
-        <w:t>*Buscar Apoyo Social y Profesional: Fomentar el apoyo social y buscar ayuda profesional puede ser fundamental para manejar el estrés académico. Los estudiantes pueden buscar el apoyo de amigos, familiares, compañeros de clase, consejeros académicos o servicios de asesoramiento estudiantil. Compartir experiencias y preocupaciones con otros puede proporcionar una sensación de conexión y pertenencia, así como ofrecer diferentes perspectivas y soluciones.</w:t>
+        <w:t>otros puede proporcionar una sensación de conexión y pertenencia, así como ofrecer diferentes perspectivas y soluciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="621EC0E4" w14:textId="5B88BC1D" w:rsidR="00A4301C" w:rsidRPr="00EB408E" w:rsidRDefault="00A4301C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>*Cuidado Personal: Incorporar prácticas de autocuidado en la rutina diaria es esencial para el manejo del estrés académico. Esto puede incluir ejercicio regular, una alimentación balanceada, suficiente descanso y sueño, actividades recreativas que proporcionen placer y distracción, y tiempo para actividades que promuevan la relajación y el bienestar emocional.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40E49CE1" w14:textId="77777777" w:rsidR="00353791" w:rsidRPr="00EB408E" w:rsidRDefault="00353791" w:rsidP="00D00A35">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk130454800"/>
     </w:p>
-    <w:p w14:paraId="6C3B26CB" w14:textId="0700B321" w:rsidR="00191154" w:rsidRPr="00EB408E" w:rsidRDefault="006C078F" w:rsidP="00EB408E">
+    <w:p w14:paraId="6C3B26CB" w14:textId="0700B321" w:rsidR="00191154" w:rsidRPr="002F4559" w:rsidRDefault="006C078F" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EB408E">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4559">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69DB910A" w14:textId="29CCF88B" w:rsidR="0015260C" w:rsidRPr="00EB408E" w:rsidRDefault="0015260C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00953B5F" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3410,128 +3702,150 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, fracaso</w:t>
       </w:r>
       <w:r w:rsidR="0080574D" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> y abandono escolar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17572870" w14:textId="422542CF" w:rsidR="001D0147" w:rsidRPr="00EB408E" w:rsidRDefault="008567A5" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dentro de los factores causales de estrés académico y procrastinación, es indispensable resaltar: la pereza, falta de motivación, desagrado por lo que están haciendo y mala administración del tiempo. Y como prinicipales </w:t>
+        <w:t xml:space="preserve">Dentro de los factores causales de estrés académico y procrastinación, es indispensable resaltar: la pereza, falta de motivación, desagrado por lo que están haciendo y mala administración del tiempo. Y como </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>prinicipales</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D16E26" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>medidas preventivas</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> cabe mencionar la importancia de realizar actividad física, mantener una autoestima saludable, evitar </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> cabe mencionar la importancia de realizar actividad física, mantener una autoestima saludable, evitar conductas perfeccionistas,</w:t>
+      </w:r>
+      <w:r w:rsidR="00406791" w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>plantearse objetivos y metas alcanzables</w:t>
+      </w:r>
+      <w:r w:rsidR="00406791" w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, poner en práctica estrategias de aprendizaje que mejoren habilidades de resolución de problemas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y solicitar ayuda profesional cuando sea necesario.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CED657A" w14:textId="7F16DD80" w:rsidR="001D0147" w:rsidRPr="00EB408E" w:rsidRDefault="001D0147" w:rsidP="00EB408E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>conductas perfeccionistas,</w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="006414BC" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>xisten suficientes instrumentos con validez y confiabilidad adecuadas para identificar e</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="006414BC" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>trés académico y procastinación en estudiantes universitarios. Sin embargo, más que evaluar su presencia, es</w:t>
+        <w:t xml:space="preserve">trés académico y </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006414BC" w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>procastinación</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006414BC" w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en estudiantes universitarios. Sin embargo, más que evaluar su presencia, es</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> necesario</w:t>
       </w:r>
       <w:r w:rsidR="006414BC" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>proponer</w:t>
       </w:r>
       <w:r w:rsidR="006414BC" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> y aplicar </w:t>
       </w:r>
@@ -3652,68 +3966,72 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> universitarios</w:t>
       </w:r>
       <w:r w:rsidR="000E1494" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="55135BDA" w14:textId="77777777" w:rsidR="00D00A35" w:rsidRDefault="00D00A35" w:rsidP="00D00A35">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="504F3450" w14:textId="17CE0144" w:rsidR="00EB14C2" w:rsidRPr="00EB408E" w:rsidRDefault="00EB14C2" w:rsidP="00D00A35">
+    <w:p w14:paraId="504F3450" w14:textId="17CE0144" w:rsidR="00EB14C2" w:rsidRPr="00D46F5A" w:rsidRDefault="00EB14C2" w:rsidP="00D00A35">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EB408E">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D46F5A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Conclusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F84E261" w14:textId="1A12CCF0" w:rsidR="00FA3E11" w:rsidRPr="00EB408E" w:rsidRDefault="00FA3E11" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Finalmente se concluye que</w:t>
       </w:r>
       <w:r w:rsidR="00C30A75" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> sí existen instrumentos validados internacionalmente que son de fácil aplicación </w:t>
@@ -3994,66 +4312,70 @@
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>*Ejercer en todo momento de forma eficaz y eficiente la gestión del tiempo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A4EF111" w14:textId="77777777" w:rsidR="00D00A35" w:rsidRDefault="00D00A35" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53A642CE" w14:textId="62B7A557" w:rsidR="00FE3F69" w:rsidRPr="00EB408E" w:rsidRDefault="00FE3F69" w:rsidP="00EB408E">
+    <w:p w14:paraId="53A642CE" w14:textId="62B7A557" w:rsidR="00FE3F69" w:rsidRPr="00D46F5A" w:rsidRDefault="00FE3F69" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EB408E">
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D46F5A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Futuras líneas de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2909C073" w14:textId="77777777" w:rsidR="00C24880" w:rsidRPr="00EB408E" w:rsidRDefault="00FE3F69" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Continuar realizando investigaciones sobre</w:t>
       </w:r>
       <w:r w:rsidR="00C24880" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> estrés académico y procrastinación en el contexto universitario en el área de la salud ya sea correlacionando las variables o analizándolas de forma aislada.</w:t>
       </w:r>
@@ -4114,603 +4436,1151 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43FFBB10" w14:textId="7C03A37C" w:rsidR="00015C94" w:rsidRPr="00EB408E" w:rsidRDefault="00015C94" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk162935322"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Arce Varela, Edwin, Azofeifa-Mora, Christian, Morera-Castro, María, &amp; Rojas-Valverde, Daniel. (2020). Asociación entre estrés académico, composición corporal, actividad física y habilidad emocional en mujeres universitarias. MHSalud , 17 (2), 72-97. </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId12" w:history="1">
+        <w:t xml:space="preserve">Arce Varela, Edwin, Azofeifa-Mora, Christian, Morera-Castro, María, &amp; Rojas-Valverde, Daniel. (2020). Asociación entre estrés académico, composición corporal, actividad física y habilidad emocional en mujeres universitarias. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>MHSalud</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17 (2), 72-97. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://dx.doi.org/10.15359/mhs.17-2.5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AC98D3D" w14:textId="77777777" w:rsidR="00394AA6" w:rsidRPr="00EB408E" w:rsidRDefault="00394AA6" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ardiles Irarrázabal, Rodrigo, Barraza López, René, Koscina Rojas, Ivannia, &amp; Espínola Salas, Nicole. (2020). INTELIGENCIA EMOCIONAL Y SU POTENCIAL PREVENTIVO DE SÍNTOMAS ANSIOSO-DEPRESIVOS Y ESTRÉS EN ESTUDIANTES DE ENFERMERÍA. Ciencia y enfermería, 26, 27. Epub 28 de diciembre de 2020.https://dx.doi.org/10.29393/ce26-20iera40020 </w:t>
+        <w:t xml:space="preserve">Ardiles </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Irarrázabal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Rodrigo, Barraza López, René, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Koscina</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rojas, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ivannia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, &amp; Espínola Salas, Nicole. (2020). INTELIGENCIA EMOCIONAL Y SU POTENCIAL PREVENTIVO DE SÍNTOMAS ANSIOSO-DEPRESIVOS Y ESTRÉS EN ESTUDIANTES DE ENFERMERÍA. Ciencia y enfermería, 26, 27. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Epub</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28 de diciembre de 2020.https://dx.doi.org/10.29393/ce26-20iera40020 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4690B2FC" w14:textId="7E5555CD" w:rsidR="00331BB9" w:rsidRPr="00EB408E" w:rsidRDefault="00331BB9" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB408E">
-[...6 lines deleted...]
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Bertolín</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Guillén, José </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>M..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2023). Neuro-psicopatología y </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>procrastinación..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Revista chilena de neuro-psiquiatría, 61(2), 212-220. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://dx.doi.org/10.4067/S0717-92272023000200212</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="152B7A69" w14:textId="6DEDCE45" w:rsidR="003A1F5C" w:rsidRPr="00EB408E" w:rsidRDefault="003A1F5C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chávez Parillo, Jesús Roger, Peralta Gómez, Reyna Ysmelia, &amp; Rodríguez Marin, Irma Stephani. (2021). Los hábitos de lectura reducen la procrastinación académica en estudiantes de enfermería. Revista Cubana de Enfermería, 37(4), e4436. Epub 10 de febrero de 2022. Recuperado en 02 de abril de 2024, de </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId14" w:history="1">
+        <w:t xml:space="preserve">Chávez Parillo, Jesús Roger, Peralta Gómez, Reyna Ysmelia, &amp; Rodríguez </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Marin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Irma Stephani. (2021). Los hábitos de lectura reducen la procrastinación académica en estudiantes de enfermería. Revista Cubana de Enfermería, 37(4), e4436. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Epub</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 de febrero de 2022. Recuperado en 02 de abril de 2024, de </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S0864-03192021000400005&amp;lng=es&amp;tlng=es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6146F829" w14:textId="628B4D90" w:rsidR="00E73329" w:rsidRPr="00EB408E" w:rsidRDefault="00E73329" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Córdova</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gonzales, L. A., Flores Vásquez, M. E., Becerra Flores, S. N., Ortiz Salazar, N. G., Franco Mendoza, J. M., &amp; García Vattam, R. E. (2024). Compromiso y Procrastinación Académica en Estudiantes de una Universidad Pública de Lima. Revista Científica De Salud Y Desarrollo Humano, 5(1), 208–233. https://doi.org/10.61368/r.s.d.h.v5i1.86 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E9C0EF2" w14:textId="59D81D6F" w:rsidR="00897B9E" w:rsidRPr="00EB408E" w:rsidRDefault="00897B9E" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:hyperlink r:id="rId15" w:history="1">
+        <w:t xml:space="preserve">Corrales-Reyes, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ibraín</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Enrique, Villegas-Maestre, José Daniel, Vitón-Castillo, Adrián Alejandro, Tusell-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Hormigó</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Diana, Mamani-Benito, Oscar Javier, &amp; Carranza-Esteban, Renzo Felipe. (2022). Validez y confiabilidad de una escala de procrastinación académica en estudiantes cubanos de Estomatología. Revista Cubana de Medicina Militar, 51(3), e1826. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Epub</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 01 de septiembre de 2022. Recuperado en 02 de abril de 2024, de </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S0138-65572022000300002&amp;lng=es&amp;tlng=es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58465929" w14:textId="77777777" w:rsidR="00FC4A92" w:rsidRPr="00EB408E" w:rsidRDefault="00FC4A92" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Delgado-Tenorio, Ariana L., Oyanguren-Casas, Nayara A., Reyes-González, Ariana A.I., Zegarra, Ángel Ch., &amp; Cueva, Manuel E.. (2021). El rol moderador de la procrastinación sobre la relación entre el estrés académico y bienestar psicológico en estudiantes de pregrado. Propósitos y Representaciones, 9(3), e1372. Epub 31 de diciembre de 2021.https://dx.doi.org/10.20511/pyr2021.v9n3.1372</w:t>
+        <w:t xml:space="preserve">Delgado-Tenorio, Ariana L., Oyanguren-Casas, Nayara A., Reyes-González, Ariana A.I., Zegarra, Ángel Ch., &amp; Cueva, Manuel </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>E..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2021). El rol moderador de la procrastinación sobre la relación entre el estrés académico y bienestar psicológico en estudiantes de pregrado. Propósitos y Representaciones, 9(3), e1372. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Epub</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31 de diciembre de 2021.https://dx.doi.org/10.20511/pyr2021.v9n3.1372</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FD2D930" w14:textId="57EA72E3" w:rsidR="0077281C" w:rsidRPr="00EB408E" w:rsidRDefault="00CC74DA" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Estrada Araoz, E. G., Farfán-Latorre, M., Lavilla-Condori, W. G., Quispe-Aquise, J., Lavilla-Condori, M. L., &amp; Mamani-Roque, M. (2024). Estrés académico y cansancio emocional en estudiantes universitarios: Un estudio transversal. Gaceta Médica De Caracas, 132(1). Recuperado a partir de </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="0077281C" w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>http://saber.ucv.ve/ojs/index.php/rev_gmc/article/view/27976</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4A8BDAE0" w14:textId="77777777" w:rsidR="0070624D" w:rsidRPr="00EB408E" w:rsidRDefault="0070624D" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk162945619"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Filho, Paulo Roberto Taborda de Souza, &amp; Gonçalves Câmara, Sheila. (2020). Evidências de validade da Escala de Estresse em Estudantes para universitários brasileiros. Revista de Psicología (PUCP), 38(1), 65-86. https://dx.doi.org/10.18800/psico.202001.003 </w:t>
+        <w:t xml:space="preserve">Filho, Paulo Roberto Taborda de Souza, &amp; Gonçalves Câmara, Sheila. (2020). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Evidências</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de validade da Escala de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Estresse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Estudantes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>universitários</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> brasileiros. Revista de Psicología (PUCP), 38(1), 65-86. https://dx.doi.org/10.18800/psico.202001.003 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1093E325" w14:textId="7BE63BAA" w:rsidR="00D578C0" w:rsidRPr="00EB408E" w:rsidRDefault="00D578C0" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Fouilloux</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="00EB408E">
-[...4 lines deleted...]
-        <w:t>, Claudia, Amscheridam-Herrera, Schajrit E, Tafoya, Silvia A, Fouilloux-Morales, Mariana, &amp; Barragán-Pérez, Virginia. (2021). Propiedades psicométricas del cuestionario de estrés académico en la universidad (CEAU) en una muestra de estudiantes de Medicina mexicanos. FEM: Revista de la Fundación Educación Médica, 24(6), 295-302. Epub 17 de enero de 2022.https://dx.doi.org/10.33588/fem.246.1152</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Claudia, Amscheridam-Herrera, Schajrit E, Tafoya, Silvia A, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Fouilloux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-Morales, Mariana, &amp; Barragán-Pérez, Virginia. (2021). Propiedades psicométricas del cuestionario de estrés académico en la universidad (CEAU) en una muestra de estudiantes de Medicina mexicanos. FEM: Revista de la Fundación Educación </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Médica, 24(6), 295-302. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Epub</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17 de enero de 2022.https://dx.doi.org/10.33588/fem.246.1152</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F3F7683" w14:textId="2B0F9A01" w:rsidR="00A30A72" w:rsidRPr="00EB408E" w:rsidRDefault="00A30A72" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Galindo-Contreras, Jhorleny, &amp; Olivas-Ugarte, Lincol Orlando. (2022). Escala de Procrastinación de Tuckman (ATPS): evidencias psicométricas y datos normativos en estudiantes de secundaria de Lima, Perú. Propósitos y Representaciones, 10(1), e1381. Epub 22 de abril de 2022.https://dx.doi.org/10.20511/pyr2022.v10n1.1381</w:t>
+        <w:t xml:space="preserve">Galindo-Contreras, Jhorleny, &amp; Olivas-Ugarte, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Lincol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Orlando. (2022). Escala de Procrastinación de Tuckman (ATPS): evidencias psicométricas y datos normativos en estudiantes de secundaria de Lima, Perú. Propósitos y Representaciones, 10(1), e1381. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Epub</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22 de abril de 2022.https://dx.doi.org/10.20511/pyr2022.v10n1.1381</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1085442B" w14:textId="37FAE567" w:rsidR="00CC74DA" w:rsidRPr="00EB408E" w:rsidRDefault="0077281C" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">García-Hernández, Y., García-Rojas, J. A., &amp; Martínez-García, M. D. (2024). Estudio comparativo del estrés académico en estudiantes de ingeniería en Gestión </w:t>
-[...7 lines deleted...]
-        <w:t>Empresarial durante la pandemia covid-19. RIDE Revista Iberoamericana Para La Investigación Y El Desarrollo Educativo, 14(28). https://doi.org/10.23913/ride.v14i28.1756</w:t>
+        <w:t>García-Hernández, Y., García-Rojas, J. A., &amp; Martínez-García, M. D. (2024). Estudio comparativo del estrés académico en estudiantes de ingeniería en Gestión Empresarial durante la pandemia covid-19. RIDE Revista Iberoamericana Para La Investigación Y El Desarrollo Educativo, 14(28). https://doi.org/10.23913/ride.v14i28.1756</w:t>
       </w:r>
       <w:r w:rsidR="00CC74DA" w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72096A69" w14:textId="4F2D3AB6" w:rsidR="00A05566" w:rsidRPr="00EB408E" w:rsidRDefault="00A05566" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">GARCIA-SERRANO, R. A. M. S. E. S., ROSAS-MANZANO, D. I. A. N. A., EROSA-ROSADO, E. L. I. É. Z. E. R., &amp; VILLASEÑOR-PONCE, M. A. R. G. A. R. I. T. A. (2024). Relación entre el rendimiento académico, la motivación y la procrastinación en universitarios. Revista Electrónica de Psicología de la, 17. Recuperado a partir de: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:anchor="page=17" w:history="1">
+      <w:hyperlink r:id="rId16" w:anchor="page=17" w:history="1">
         <w:r w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.zaragoza.unam.mx/wp-content/2022/Publicaciones/revistas/Rev_Elec_Psico/Vol13_No_24/REP13(24).pdf#page=17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="153236D4" w14:textId="78808F5F" w:rsidR="004A2E1D" w:rsidRPr="00EB408E" w:rsidRDefault="004A2E1D" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk162939606"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Pérez-Ríos</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>, Rubén, Barrera-Hernández, Laura Fernanda, Echeverría-Castro, Sonia Beatriz, &amp; Sotelo-Castillo, Mirsha Alicia. (2023). Orientación al futuro y morosidad académica como instrumentos de predicción del rendimiento académico en estudiantes de preparatoria y universidad del noroeste de México. Revista Electrónica Educare , 27 (2), 170-186. https://dx.doi.org/10.15359/ree.27-2.15876</w:t>
+        <w:t xml:space="preserve">, Rubén, Barrera-Hernández, Laura Fernanda, Echeverría-Castro, Sonia Beatriz, &amp; Sotelo-Castillo, Mirsha Alicia. (2023). Orientación al futuro y morosidad académica como instrumentos de predicción del rendimiento académico en estudiantes de preparatoria y universidad del noroeste de México. Revista Electrónica </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Educare ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27 (2), 170-186. https://dx.doi.org/10.15359/ree.27-2.15876</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5286D336" w14:textId="77777777" w:rsidR="00C5333D" w:rsidRPr="00EB408E" w:rsidRDefault="00C5333D" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Soto-González, Mercedes, Da Cuña-Carrera, Iria, Gutiérrez-Nieto, Manuel, &amp; Barreira-Salgado, Ángel. (2018). Nivel educativo de los progenitores como factor mediador del estrés académico. FEM: Revista de la Fundación Educación Médica, 21(1), 23-29. Epub 00 de de 2019.https://dx.doi.org/10.33588/fem.211.929 </w:t>
+        <w:t xml:space="preserve">Soto-González, Mercedes, Da Cuña-Carrera, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Iria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Gutiérrez-Nieto, Manuel, &amp; Barreira-Salgado, Ángel. (2018). Nivel educativo de los progenitores como factor mediador del estrés académico. FEM: Revista de la Fundación Educación Médica, 21(1), 23-29. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Epub</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 00 de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019.https://dx.doi.org/10.33588/fem.211.929 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43BEC2DF" w14:textId="57722F20" w:rsidR="00376FED" w:rsidRPr="00EB408E" w:rsidRDefault="00376FED" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Valero Ancco, V. N., Pari Orihuela, M. ., &amp; Díaz Vilcanqui, Y. D. . (2024). Estrategias de Aprendizaje. Editorial Idicap Pacífico, 1–88. </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId18" w:history="1">
+        <w:t xml:space="preserve">Valero Ancco, V. N., Pari Orihuela, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>M. .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, &amp; Díaz Vilcanqui, Y. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>D. .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2024). Estrategias de Aprendizaje. Editorial </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Idicap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pacífico, 1–88. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00CE5770" w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://doi.org/10.53595/eip.016.2024</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7C84CE51" w14:textId="4CA44D87" w:rsidR="00CE5770" w:rsidRPr="00EB408E" w:rsidRDefault="00CE5770" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk162938530"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Villagómez </w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Vacacela, D. C., Moreano Jara, L. J., &amp; Chavez Contreras, D. M. (2023). Procrastinación académica y dependencia al dispositivo móvil en estudiantes universitarios. Revista Eugenio Espejo, 17(3), 42–51. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://doi.org/10.37135/ee.04.18.05</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="39D0D945" w14:textId="77777777" w:rsidR="00D13ACF" w:rsidRPr="00EB408E" w:rsidRDefault="00D13ACF" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Villarroel-Carrasco, Karla, &amp; Cruz-Riveros, Consuelo. (2021). Relación entre sesiones de atención plena y el nivel de estrés en estudiantes universitarios. Enfermería Global, 20(63), 362-388. Epub 02 de agosto de 2021.https://dx.doi.org/10.6018/eglobal.442391 </w:t>
+        <w:t xml:space="preserve">Villarroel-Carrasco, Karla, &amp; Cruz-Riveros, Consuelo. (2021). Relación entre sesiones de atención plena y el nivel de estrés en estudiantes universitarios. Enfermería Global, 20(63), 362-388. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Epub</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 02 de agosto de 2021.https://dx.doi.org/10.6018/eglobal.442391 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EDA3AA8" w14:textId="69B40280" w:rsidR="00356BF5" w:rsidRPr="00EB408E" w:rsidRDefault="00356BF5" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Zamora-Marín, Ana Mabel y Leiva-Colos, Flor Victoria. (2022). Estrés académico y autoestima en estudiantes universitarios de Lima Metropolitana en contexto COVID-19 durante el año 2021. Academo (Asunción) , 9 (2), 127-138. Publicación electrónica del 00 de diciembre de 2022. </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId20" w:history="1">
+        <w:t xml:space="preserve">Zamora-Marín, Ana Mabel y Leiva-Colos, Flor Victoria. (2022). Estrés académico y autoestima en estudiantes universitarios de Lima Metropolitana en contexto COVID-19 durante el año 2021. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Academo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Asunción</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>) ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9 (2), 127-138. Publicación electrónica del 00 de diciembre de 2022. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00EB408E">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://doi.org/10.30545/academo.2022.jul-dic.2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="563F251C" w14:textId="01DEE3EA" w:rsidR="002D4F1E" w:rsidRPr="00EB408E" w:rsidRDefault="002D4F1E" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB408E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Zepeda Toro, Pavel Elias, da Silva Sousa, Rayane Camila, Costa, Flaviano, &amp; Douglas Colauto, Romualdo. (2023). Miedo al éxito y miedo al fracaso: intensidad de los motivos de procrastinación en la elaboración de la disertación y tesis. Calidad en la educación, (58), 5-34. Recuperado en 02 de abril de 2024, de http://www.scielo.cl/scielo.php?script=sci_arttext&amp;pid=S0718-45652023000100005&amp;lng=es&amp;tlng=es.</w:t>
+        <w:t xml:space="preserve">Zepeda Toro, Pavel </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Elias</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB408E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, da Silva Sousa, Rayane Camila, Costa, Flaviano, &amp; Douglas Colauto, Romualdo. (2023). Miedo al éxito y miedo al fracaso: intensidad de los motivos de procrastinación en la elaboración de la disertación y tesis. Calidad en la educación, (58), 5-34. Recuperado en 02 de abril de 2024, de http://www.scielo.cl/scielo.php?script=sci_arttext&amp;pid=S0718-45652023000100005&amp;lng=es&amp;tlng=es.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ACE5565" w14:textId="77777777" w:rsidR="00CE5770" w:rsidRPr="00EB408E" w:rsidRDefault="00CE5770" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BB0DD78" w14:textId="77777777" w:rsidR="00A05566" w:rsidRPr="00EB408E" w:rsidRDefault="00A05566" w:rsidP="00EB408E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A05566" w:rsidRPr="00EB408E" w:rsidSect="00D00A35">
-      <w:headerReference w:type="default" r:id="rId21"/>
-      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="567" w:right="1701" w:bottom="567" w:left="1701" w:header="142" w:footer="249" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3EDFF091" w14:textId="77777777" w:rsidR="00A97400" w:rsidRDefault="00A97400" w:rsidP="00D00A35">
+    <w:p w14:paraId="14601DA3" w14:textId="77777777" w:rsidR="00B76761" w:rsidRDefault="00B76761" w:rsidP="00D00A35">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59A35986" w14:textId="77777777" w:rsidR="00A97400" w:rsidRDefault="00A97400" w:rsidP="00D00A35">
+    <w:p w14:paraId="13CD8B42" w14:textId="77777777" w:rsidR="00B76761" w:rsidRDefault="00B76761" w:rsidP="00D00A35">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4803,109 +5673,198 @@
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">, Núm. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>21</w:t>
         </w:r>
         <w:r w:rsidRPr="00F44F95">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">                  </w:t>
         </w:r>
+        <w:proofErr w:type="gramStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>Enero – Junio 2024</w:t>
+          <w:t>Enero</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> – </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Junio</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 2024</w:t>
         </w:r>
         <w:r w:rsidRPr="00F44F95">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79ACD557" w14:textId="77777777" w:rsidR="00A97400" w:rsidRDefault="00A97400" w:rsidP="00D00A35">
+    <w:p w14:paraId="482C50CF" w14:textId="77777777" w:rsidR="00B76761" w:rsidRDefault="00B76761" w:rsidP="00D00A35">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5DC31AC1" w14:textId="77777777" w:rsidR="00A97400" w:rsidRDefault="00A97400" w:rsidP="00D00A35">
+    <w:p w14:paraId="0CAB9E90" w14:textId="77777777" w:rsidR="00B76761" w:rsidRDefault="00B76761" w:rsidP="00D00A35">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7A5D2293" w14:textId="06A2FB08" w:rsidR="00D00A35" w:rsidRDefault="00D00A35" w:rsidP="00D00A35">
+  <w:p w14:paraId="7A5D2293" w14:textId="00393FEC" w:rsidR="00D00A35" w:rsidRDefault="00D46F5A" w:rsidP="00D00A35">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="00F44F95">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F55EF7E" wp14:editId="5758E8B0">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-955675</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>82550</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7578090" cy="907415"/>
+          <wp:effectExtent l="0" t="0" r="3810" b="6985"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21313"/>
+              <wp:lineTo x="21557" y="21313"/>
+              <wp:lineTo x="21557" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="2099331446" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2099331446" name="Imagen 2099331446"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7578090" cy="907415"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52C52589"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="14160756"/>
     <w:lvl w:ilvl="0" w:tplc="B538D474">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0019" w:tentative="1">
@@ -5120,50 +6079,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1418751639">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="963998115">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A20465"/>
     <w:rsid w:val="000038B7"/>
@@ -5209,91 +6169,93 @@
     <w:rsid w:val="001A355D"/>
     <w:rsid w:val="001B02B4"/>
     <w:rsid w:val="001C37B6"/>
     <w:rsid w:val="001D0147"/>
     <w:rsid w:val="001D6A25"/>
     <w:rsid w:val="001E7C61"/>
     <w:rsid w:val="001F006E"/>
     <w:rsid w:val="00203949"/>
     <w:rsid w:val="00210A38"/>
     <w:rsid w:val="002134F7"/>
     <w:rsid w:val="00215171"/>
     <w:rsid w:val="00232041"/>
     <w:rsid w:val="0023298F"/>
     <w:rsid w:val="00241812"/>
     <w:rsid w:val="00250EC1"/>
     <w:rsid w:val="002554C0"/>
     <w:rsid w:val="00263260"/>
     <w:rsid w:val="0027698F"/>
     <w:rsid w:val="0028165C"/>
     <w:rsid w:val="002A29A0"/>
     <w:rsid w:val="002A2C62"/>
     <w:rsid w:val="002A6479"/>
     <w:rsid w:val="002B7563"/>
     <w:rsid w:val="002D4F1E"/>
     <w:rsid w:val="002E0042"/>
+    <w:rsid w:val="002F4559"/>
     <w:rsid w:val="002F4972"/>
     <w:rsid w:val="00312361"/>
     <w:rsid w:val="00331BB9"/>
     <w:rsid w:val="0034742E"/>
     <w:rsid w:val="00353791"/>
     <w:rsid w:val="0035649A"/>
     <w:rsid w:val="00356BF5"/>
     <w:rsid w:val="00371E47"/>
     <w:rsid w:val="00376FED"/>
     <w:rsid w:val="00385F0B"/>
     <w:rsid w:val="00394AA6"/>
     <w:rsid w:val="0039679C"/>
     <w:rsid w:val="003A0D9F"/>
     <w:rsid w:val="003A1F5C"/>
     <w:rsid w:val="003B2F5A"/>
     <w:rsid w:val="003B3436"/>
     <w:rsid w:val="003D0E95"/>
     <w:rsid w:val="003E3877"/>
     <w:rsid w:val="003E6D98"/>
     <w:rsid w:val="003E7CB2"/>
     <w:rsid w:val="00403BEF"/>
     <w:rsid w:val="00406791"/>
     <w:rsid w:val="00427D2D"/>
     <w:rsid w:val="004323ED"/>
     <w:rsid w:val="00434B37"/>
     <w:rsid w:val="00436FE2"/>
     <w:rsid w:val="00437F46"/>
     <w:rsid w:val="00441AD0"/>
     <w:rsid w:val="00444127"/>
     <w:rsid w:val="00445CCD"/>
     <w:rsid w:val="00450454"/>
     <w:rsid w:val="004559F5"/>
     <w:rsid w:val="0046191C"/>
     <w:rsid w:val="00461B14"/>
     <w:rsid w:val="00480CAE"/>
     <w:rsid w:val="004A2E1D"/>
     <w:rsid w:val="004A4994"/>
     <w:rsid w:val="004A6807"/>
     <w:rsid w:val="004C64B6"/>
     <w:rsid w:val="004D0476"/>
     <w:rsid w:val="004D7723"/>
+    <w:rsid w:val="004E0913"/>
     <w:rsid w:val="004E11E3"/>
     <w:rsid w:val="004E46F6"/>
     <w:rsid w:val="004F1088"/>
     <w:rsid w:val="004F3DA4"/>
     <w:rsid w:val="004F4C16"/>
     <w:rsid w:val="00503414"/>
     <w:rsid w:val="00505B50"/>
     <w:rsid w:val="00517075"/>
     <w:rsid w:val="00526FC4"/>
     <w:rsid w:val="00531C41"/>
     <w:rsid w:val="0053326F"/>
     <w:rsid w:val="00534D46"/>
     <w:rsid w:val="005378A6"/>
     <w:rsid w:val="00556CB2"/>
     <w:rsid w:val="0056046D"/>
     <w:rsid w:val="0056447D"/>
     <w:rsid w:val="00572C0F"/>
     <w:rsid w:val="00580F80"/>
     <w:rsid w:val="00583E9E"/>
     <w:rsid w:val="00586208"/>
     <w:rsid w:val="005A40AA"/>
     <w:rsid w:val="005A6EE8"/>
     <w:rsid w:val="005B4B1C"/>
     <w:rsid w:val="005E0F1C"/>
     <w:rsid w:val="00603FEF"/>
@@ -5374,115 +6336,118 @@
     <w:rsid w:val="0095769A"/>
     <w:rsid w:val="00967915"/>
     <w:rsid w:val="009822F4"/>
     <w:rsid w:val="009A175D"/>
     <w:rsid w:val="009A57F2"/>
     <w:rsid w:val="009B6043"/>
     <w:rsid w:val="009C4840"/>
     <w:rsid w:val="009D5EB7"/>
     <w:rsid w:val="009D6ACB"/>
     <w:rsid w:val="00A02A05"/>
     <w:rsid w:val="00A05566"/>
     <w:rsid w:val="00A079A3"/>
     <w:rsid w:val="00A11D8E"/>
     <w:rsid w:val="00A201B4"/>
     <w:rsid w:val="00A20465"/>
     <w:rsid w:val="00A30A72"/>
     <w:rsid w:val="00A31CB7"/>
     <w:rsid w:val="00A31E08"/>
     <w:rsid w:val="00A35B76"/>
     <w:rsid w:val="00A4301C"/>
     <w:rsid w:val="00A46385"/>
     <w:rsid w:val="00A621B3"/>
     <w:rsid w:val="00A72FE0"/>
     <w:rsid w:val="00A97400"/>
     <w:rsid w:val="00AB672B"/>
+    <w:rsid w:val="00AB7E06"/>
     <w:rsid w:val="00AD32E7"/>
     <w:rsid w:val="00AE038C"/>
     <w:rsid w:val="00AE3A0D"/>
     <w:rsid w:val="00B11099"/>
     <w:rsid w:val="00B11D2A"/>
     <w:rsid w:val="00B22C5D"/>
     <w:rsid w:val="00B36EFA"/>
     <w:rsid w:val="00B415AB"/>
     <w:rsid w:val="00B51AA9"/>
     <w:rsid w:val="00B53356"/>
     <w:rsid w:val="00B61EB6"/>
     <w:rsid w:val="00B6509A"/>
     <w:rsid w:val="00B7069C"/>
     <w:rsid w:val="00B7269A"/>
     <w:rsid w:val="00B73B60"/>
     <w:rsid w:val="00B74AD6"/>
+    <w:rsid w:val="00B76761"/>
     <w:rsid w:val="00B82ABB"/>
     <w:rsid w:val="00B8397D"/>
     <w:rsid w:val="00BA133F"/>
     <w:rsid w:val="00BB0A78"/>
     <w:rsid w:val="00BB2A8A"/>
     <w:rsid w:val="00BC1BD2"/>
     <w:rsid w:val="00BD171F"/>
     <w:rsid w:val="00BD2797"/>
     <w:rsid w:val="00BD636B"/>
     <w:rsid w:val="00BE1C87"/>
     <w:rsid w:val="00BE7689"/>
     <w:rsid w:val="00BF41FA"/>
     <w:rsid w:val="00BF5CD2"/>
     <w:rsid w:val="00BF5E7F"/>
     <w:rsid w:val="00C04A44"/>
     <w:rsid w:val="00C223D2"/>
     <w:rsid w:val="00C2379C"/>
     <w:rsid w:val="00C24880"/>
     <w:rsid w:val="00C265AB"/>
     <w:rsid w:val="00C305A8"/>
     <w:rsid w:val="00C30A75"/>
     <w:rsid w:val="00C3359E"/>
     <w:rsid w:val="00C34151"/>
     <w:rsid w:val="00C357B7"/>
     <w:rsid w:val="00C37D9B"/>
     <w:rsid w:val="00C5333D"/>
     <w:rsid w:val="00C53A93"/>
     <w:rsid w:val="00C6702A"/>
     <w:rsid w:val="00C67255"/>
     <w:rsid w:val="00C7133C"/>
     <w:rsid w:val="00C7579B"/>
     <w:rsid w:val="00C80F2D"/>
     <w:rsid w:val="00C8231A"/>
     <w:rsid w:val="00C95AD0"/>
     <w:rsid w:val="00C976A7"/>
     <w:rsid w:val="00CA1D8D"/>
     <w:rsid w:val="00CA3AAE"/>
     <w:rsid w:val="00CA52BA"/>
     <w:rsid w:val="00CC46BE"/>
     <w:rsid w:val="00CC74DA"/>
     <w:rsid w:val="00CD13F3"/>
     <w:rsid w:val="00CE5770"/>
     <w:rsid w:val="00CE7170"/>
     <w:rsid w:val="00D00A35"/>
     <w:rsid w:val="00D05BD9"/>
     <w:rsid w:val="00D13ACF"/>
     <w:rsid w:val="00D16E26"/>
     <w:rsid w:val="00D31ED3"/>
     <w:rsid w:val="00D36B6B"/>
+    <w:rsid w:val="00D46F5A"/>
     <w:rsid w:val="00D503DA"/>
     <w:rsid w:val="00D578C0"/>
     <w:rsid w:val="00D671D4"/>
     <w:rsid w:val="00D8399E"/>
     <w:rsid w:val="00D93A69"/>
     <w:rsid w:val="00DA202B"/>
     <w:rsid w:val="00DA5E8C"/>
     <w:rsid w:val="00DC197E"/>
     <w:rsid w:val="00DD0E1E"/>
     <w:rsid w:val="00DD1CCD"/>
     <w:rsid w:val="00E13E51"/>
     <w:rsid w:val="00E32283"/>
     <w:rsid w:val="00E348AA"/>
     <w:rsid w:val="00E40C3B"/>
     <w:rsid w:val="00E41EC3"/>
     <w:rsid w:val="00E6163C"/>
     <w:rsid w:val="00E62D6E"/>
     <w:rsid w:val="00E70ADB"/>
     <w:rsid w:val="00E73329"/>
     <w:rsid w:val="00E73C90"/>
     <w:rsid w:val="00E74D2D"/>
     <w:rsid w:val="00E84C31"/>
     <w:rsid w:val="00EA7F86"/>
     <w:rsid w:val="00EB14C2"/>
     <w:rsid w:val="00EB408E"/>
@@ -5989,51 +6954,51 @@
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="002134F7"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00191154"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mencinsinresolver">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
@@ -6340,51 +7305,55 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2017003038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7374" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0717-92272023000200212" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.53595/eip.016.2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/cagi.v11i21.308" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15359/mhs.17-2.5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zaragoza.unam.mx/wp-content/2022/Publicaciones/revistas/Rev_Elec_Psico/Vol13_No_24/REP13(24).pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://saber.ucv.ve/ojs/index.php/rev_gmc/article/view/27976" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.30545/academo.2022.jul-dic.2" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paula.flores@uas.edu.mx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S0138-65572022000300002&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7356-2117" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37135/ee.04.18.05" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dilciazurita@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S0864-03192021000400005&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dilciazurita@gmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S0864-03192021000400005&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.37135/ee.04.18.05" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7374" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0717-92272023000200212" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.53595/eip.016.2024" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zaragoza.unam.mx/wp-content/2022/Publicaciones/revistas/Rev_Elec_Psico/Vol13_No_24/REP13(24).pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15359/mhs.17-2.5" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://saber.ucv.ve/ojs/index.php/rev_gmc/article/view/27976" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paula.flores@uas.edu.mx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.30545/academo.2022.jul-dic.2" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7356-2117" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://scielo.sld.cu/scielo.php?script=sci_arttext&amp;pid=S0138-65572022000300002&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6642,70 +7611,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>24464</Characters>
+  <Pages>14</Pages>
+  <Words>4439</Words>
+  <Characters>24418</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>203</Lines>
   <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28854</CharactersWithSpaces>
+  <CharactersWithSpaces>28800</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>USUARIO</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>