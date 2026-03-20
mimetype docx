--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,54 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="61EA5F87" w14:textId="77777777" w:rsidR="00B426EC" w:rsidRPr="00B426EC" w:rsidRDefault="00B426EC" w:rsidP="00B426EC">
+    <w:p w14:paraId="35DB8F33" w14:textId="4F786BA0" w:rsidR="00E10F96" w:rsidRDefault="00E10F96" w:rsidP="00E10F96">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E10F96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v10i20.307</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61EA5F87" w14:textId="2B7B5794" w:rsidR="00B426EC" w:rsidRPr="00B426EC" w:rsidRDefault="00B426EC" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B426EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55B76C78" w14:textId="1B7CDA8B" w:rsidR="005359C0" w:rsidRDefault="009447A3" w:rsidP="00B426EC">
       <w:pPr>
@@ -170,71 +198,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05449EA0" w14:textId="5C6DBB06" w:rsidR="00C858B3" w:rsidRPr="00B426EC" w:rsidRDefault="00C858B3" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:after="15"/>
         <w:ind w:left="10" w:right="48"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B426EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fabiola </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Rochin Berumen</w:t>
+        <w:t>Fabiola Lydie Rochin Berumen</w:t>
       </w:r>
       <w:r w:rsidR="000F6F6F" w:rsidRPr="00B426EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34860FEE" w14:textId="010A91CE" w:rsidR="00C858B3" w:rsidRPr="00F51AAA" w:rsidRDefault="00C858B3" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:after="13" w:line="266" w:lineRule="auto"/>
         <w:ind w:left="516" w:right="48" w:hanging="516"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F51AAA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -514,63 +522,52 @@
         <w:t>Summary</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="230C8C15" w14:textId="77777777" w:rsidR="00BE212D" w:rsidRPr="00453313" w:rsidRDefault="00BE212D" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">The main objective of this study is to carry out an intervention project to prevent discrimination against women in the state of Zacatecas, focusing specifically on the workplace. According to the results obtained through a qualitative approach to reference search, it was found that 44% of the women surveyed have experienced employment discrimination. Based on these results, it seeks to implement concrete measures, such as awareness and training on gender equality, the promotion </w:t>
-[...9 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">of non-discrimination policies in companies and the search for wage equity. In addition, it is intended to establish strategic alliances with civil society organizations and government entities to strengthen the implementation of these actions. The fundamental purpose is to effectively address the problem of discrimination faced by women in the workplace, promoting a culture of equal opportunities and rights. Through this project, it seeks to generate a positive and lasting change in </w:t>
+        <w:t xml:space="preserve">The main objective of this study is to carry out an intervention project to prevent discrimination against women in the state of Zacatecas, focusing specifically on the workplace. According to the results obtained through a qualitative approach to reference search, it was found that 44% of the women surveyed have experienced employment discrimination. Based on these results, it seeks to implement concrete measures, such as awareness and training on gender equality, the promotion of non-discrimination policies in companies and the search for wage equity. In addition, it is intended to establish strategic alliances with civil society organizations and government entities to strengthen the implementation of these actions. The fundamental purpose is to effectively address the problem of discrimination faced by women in the workplace, promoting a culture of equal opportunities and rights. Through this project, it seeks to generate a positive and lasting change in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Zacatecan</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> society, promoting inclusion and respect for women in the workplace.</w:t>
       </w:r>
@@ -621,79 +618,67 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Enero</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2023</w:t>
+        <w:t xml:space="preserve"> 2023                                </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-        <w:t xml:space="preserve">                            </w:t>
+          <w:b/>
+        </w:rPr>
+        <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">    </w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Julio 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C1ED120" w14:textId="77777777" w:rsidR="008030A2" w:rsidRDefault="008030A2" w:rsidP="008030A2">
+    <w:p w14:paraId="5C1ED120" w14:textId="77777777" w:rsidR="008030A2" w:rsidRDefault="00000000" w:rsidP="008030A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict w14:anchorId="5759DA40">
           <v:rect id="_x0000_i1025" style="width:441.9pt;height:1pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="2378E39B" w14:textId="763445E6" w:rsidR="00A66924" w:rsidRPr="00B426EC" w:rsidRDefault="00A66924" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="242424"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
@@ -1044,51 +1029,62 @@
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Esta brecha salarial de género es una forma de discriminación en el trabajo que afecta a muchas mujeres en el estado. Además, las mujeres en Zacatecas a menudo enfrentan discriminación en el lugar de trabajo debido a su género. Según un estudio realizado por el Instituto Nacional de las Mujeres (INMUJERES), el 44</w:t>
       </w:r>
       <w:r w:rsidR="000F6F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">% de las mujeres en el estado de Zacatecas han experimentado discriminación en el trabajo debido a su género (INMUJERES, 2019). Esto incluye la falta de acceso a oportunidades de empleo, la negación de ascensos y la falta de apoyo para la licencia de maternidad. </w:t>
+        <w:t xml:space="preserve">% de las mujeres en el estado de Zacatecas han experimentado discriminación en el trabajo debido a su género (INMUJERES, 2019). Esto incluye </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">la falta de acceso a oportunidades de empleo, la negación de ascensos y la falta de apoyo para la licencia de maternidad. </w:t>
       </w:r>
       <w:r w:rsidR="000F6F6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>En tal sentido, e</w:t>
       </w:r>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>s importante que se tomen medidas para combatir la discriminación de las mujeres en el trabajo en el estado de Zacatecas. Esto incluye la implementación de políticas y prácticas de igualdad de género en el lugar de trabajo, la promoción de la diversidad y la inclusión, y la capacitación de los empleados sobre la discriminación de género y sus efectos negativos en la economía y la sociedad en general. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0814D400" w14:textId="77777777" w:rsidR="000F6F6F" w:rsidRDefault="000F6F6F" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -1120,51 +1116,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="772B5296" w14:textId="2215C27E" w:rsidR="00C21DC3" w:rsidRPr="00B426EC" w:rsidRDefault="00C21DC3" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="242424"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B426EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="242424"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Método</w:t>
       </w:r>
       <w:r w:rsidR="000F6F6F" w:rsidRPr="00B426EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="242424"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14CBC4A9" w14:textId="77777777" w:rsidR="000F6F6F" w:rsidRDefault="00E55076" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1472,87 +1467,78 @@
         </w:rPr>
         <w:t xml:space="preserve"> e</w:t>
       </w:r>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">n el sector minero, que es una de las principales actividades económicas en el estado de Zacatecas, las mujeres enfrentan barreras para acceder a empleos en este sector debido a los estereotipos de género que asocian la minería con el trabajo masculino y peligroso. Además, las mujeres </w:t>
       </w:r>
       <w:r w:rsidR="00131F1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">de este sector </w:t>
       </w:r>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">enfrentan riesgos como el acoso sexual y la falta de acceso a instalaciones sanitarias adecuadas y seguras (Human </w:t>
+        <w:t xml:space="preserve">enfrentan riesgos como el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">acoso sexual y la falta de acceso a instalaciones sanitarias adecuadas y seguras (Human </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rights</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t>, 2019).</w:t>
+        <w:t xml:space="preserve"> Watch, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E139D5F" w14:textId="3A16C8DB" w:rsidR="00131F1D" w:rsidRDefault="006F46B2" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En el sector de la salud</w:t>
       </w:r>
       <w:r w:rsidR="00131F1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1630,60 +1616,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>enfrentan riesgos como el acoso sexual y la falta de acceso a instalaciones sanitarias adecuadas y seguras (Mujeres en Red, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78E85162" w14:textId="77777777" w:rsidR="00131F1D" w:rsidRDefault="006F46B2" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">En cuanto a la evaluación de medidas preventivas o urgentes para salvaguardar la vida y/o la integridad física o de salud mental, es importante que se implementen protocolos de actuación para prevenir y abordar la discriminación de género en el lugar de trabajo. Estos protocolos deben </w:t>
-[...8 lines deleted...]
-        <w:t>incluir medidas para garantizar la igualdad de oportunidades de empleo, el acceso a salarios justos y la protección contra la di</w:t>
+        <w:t>En cuanto a la evaluación de medidas preventivas o urgentes para salvaguardar la vida y/o la integridad física o de salud mental, es importante que se implementen protocolos de actuación para prevenir y abordar la discriminación de género en el lugar de trabajo. Estos protocolos deben incluir medidas para garantizar la igualdad de oportunidades de empleo, el acceso a salarios justos y la protección contra la di</w:t>
       </w:r>
       <w:r w:rsidR="00C77371" w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>scriminación y el acoso laboral.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B2364BF" w14:textId="77777777" w:rsidR="00131F1D" w:rsidRDefault="006F46B2" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1918,51 +1895,62 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">ha realizado diversos estudios sobre la situación de las mujeres en </w:t>
       </w:r>
       <w:r w:rsidR="00131F1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>el país</w:t>
       </w:r>
       <w:r w:rsidR="00645D09" w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, incluyendo estudios sobre la discriminación de género en el lugar de trabajo en el estado de Zacatecas. En sus informes, </w:t>
+        <w:t xml:space="preserve">, incluyendo estudios sobre la discriminación de género en el lugar de trabajo en el estado de </w:t>
+      </w:r>
+      <w:r w:rsidR="00645D09" w:rsidRPr="00A52DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Zacatecas. En sus informes, </w:t>
       </w:r>
       <w:r w:rsidR="00131F1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:r w:rsidR="00645D09" w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>destaca la persistencia de la discriminación de género en el lugar de trabajo en el estado y la necesidad de implementar políticas públicas para abordar este problema.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30A55F0D" w14:textId="43EB0F42" w:rsidR="00645D09" w:rsidRDefault="00131F1D" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -2209,51 +2197,50 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="533C34E3" w14:textId="20570C3D" w:rsidR="003F6B1F" w:rsidRPr="00B426EC" w:rsidRDefault="003F47C0" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B426EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Argumentos a favor y en contra </w:t>
       </w:r>
       <w:r w:rsidR="004E7DA7" w:rsidRPr="00B426EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">sobre situaciones de violencia y la desigualdad por razones de género </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47C5C706" w14:textId="467D3FC6" w:rsidR="00B87158" w:rsidRPr="00131F1D" w:rsidRDefault="00B87158" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -2338,51 +2325,60 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Algunas personas argumentan que la implementación de políticas públicas para abordar la discriminación de género en el lugar de trabajo puede ser costosa y difícil de implementar. Por ejemplo, algunas empresas pueden argumentar que no tienen los recursos para implementar medidas como la capacitación en igualdad de género o la creación de comités de prevención y atención de la violencia laboral de género.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E41B848" w14:textId="77777777" w:rsidR="00131F1D" w:rsidRDefault="00B87158" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Otros argumentan que la discriminación de género en el lugar de trabajo es un problema que se resolverá naturalmente con el tiempo a medida que la sociedad cambie sus actitudes hacia las mujeres y su papel en la fuerza laboral. Sin embargo, esta perspectiva no tiene en cuenta el hecho de que la discriminación de género en el lugar de trabajo es un problema sistemático y generalizado que requiere medidas concretas para abordarlo.</w:t>
+        <w:t xml:space="preserve">Otros argumentan que la discriminación de género en el lugar de trabajo es un problema que se resolverá naturalmente con el tiempo a medida que la sociedad cambie sus actitudes hacia las mujeres y su papel en la fuerza laboral. Sin embargo, esta perspectiva no tiene en cuenta el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>hecho de que la discriminación de género en el lugar de trabajo es un problema sistemático y generalizado que requiere medidas concretas para abordarlo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5949C6D3" w14:textId="77777777" w:rsidR="00131F1D" w:rsidRDefault="00B87158" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">En cuanto a los datos estadísticos y la evidencia empírica sobre las situaciones de violencia y la desigualdad por razones de género en el estado de Zacatecas, se pueden </w:t>
       </w:r>
       <w:r w:rsidR="00131F1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2626,51 +2622,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69FDD6B6" w14:textId="3CE1EEEE" w:rsidR="00A27C1F" w:rsidRPr="00CB137C" w:rsidRDefault="00A27C1F" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB137C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Resultados y </w:t>
       </w:r>
       <w:r w:rsidR="00131F1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB137C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>iscusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="155263BF" w14:textId="77777777" w:rsidR="00131F1D" w:rsidRDefault="00657094" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
@@ -2820,50 +2815,51 @@
         </w:rPr>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="533E566D" w14:textId="459DA6DD" w:rsidR="00DB26EE" w:rsidRPr="00A52DCC" w:rsidRDefault="008C4C49" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Cuellar</w:t>
       </w:r>
       <w:r w:rsidR="00E47172" w:rsidRPr="00E47172">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Tapia</w:t>
       </w:r>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00131F1D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
@@ -3625,51 +3621,50 @@
         <w:t xml:space="preserve"> medidas para prevenir y abordar el acoso sexual en el lugar de trabajo, incluyendo la creación de comités de prevención y atención del acoso sexual y la capacitación de los empleados sobre el tema (Gobierno del Estado de Zacatecas, 2021).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D2EE879" w14:textId="077A7884" w:rsidR="00D45587" w:rsidRDefault="001D14CA" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Además, la Comisión Estatal de Derechos Humanos de Zacatecas </w:t>
       </w:r>
       <w:r w:rsidR="00E47172" w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>(CEDHZ</w:t>
       </w:r>
       <w:r w:rsidR="00E47172">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00E47172" w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3894,50 +3889,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23ED19A8" w14:textId="396A552A" w:rsidR="0088230F" w:rsidRPr="0088230F" w:rsidRDefault="0088230F" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088230F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Existen varias líneas de investigación que se pueden explorar en relación </w:t>
       </w:r>
       <w:r w:rsidR="00D45587">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>con</w:t>
       </w:r>
       <w:r w:rsidRPr="0088230F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> la discriminación de las mujeres en el ámbito laboral. Algunas de ellas podrían incluir</w:t>
       </w:r>
       <w:r w:rsidR="00D45587">
@@ -4269,51 +4265,50 @@
     <w:p w14:paraId="6D3A251D" w14:textId="3E920AB2" w:rsidR="001D14CA" w:rsidRDefault="00C4411A" w:rsidP="00B426EC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="242424"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B7BFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="242424"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Anexo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BBCAD72" w14:textId="77777777" w:rsidR="00B426EC" w:rsidRPr="00B426EC" w:rsidRDefault="00B426EC" w:rsidP="00B426EC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="242424"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AAEBCD9" w14:textId="4622FCE3" w:rsidR="001D14CA" w:rsidRPr="008B7BFC" w:rsidRDefault="000C3D47" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
@@ -4351,51 +4346,62 @@
     </w:p>
     <w:p w14:paraId="51B110F3" w14:textId="77777777" w:rsidR="00D45587" w:rsidRDefault="004A142E" w:rsidP="00B426EC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>La Ley para la Igualdad entre Mujeres y Hombres del Estado de Zacatecas establece la obligación de las empresas y empleadores de promover la igualdad de género en el lugar de trabajo y prevenir la discriminación de las mujeres (Congreso del Estado de Zacatecas, 2011). Para cumplir con esta ley, se pueden implementar protocolos de actuación que establezcan medidas concretas para prevenir y abordar la discriminación de género en el lugar de trabajo.</w:t>
+        <w:t xml:space="preserve">La Ley para la Igualdad entre Mujeres y Hombres del Estado de Zacatecas establece la obligación de las empresas y empleadores de promover la igualdad de género en el lugar de trabajo y prevenir la discriminación de las mujeres (Congreso del Estado de Zacatecas, 2011). Para cumplir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52DCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>con esta ley, se pueden implementar protocolos de actuación que establezcan medidas concretas para prevenir y abordar la discriminación de género en el lugar de trabajo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07CE5B08" w14:textId="77777777" w:rsidR="00D45587" w:rsidRDefault="004A142E" w:rsidP="00B426EC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="242424"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
@@ -4614,51 +4620,50 @@
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25352D12" w14:textId="1027C0F4" w:rsidR="00F12508" w:rsidRDefault="00F12508" w:rsidP="00B426EC">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Creación de redes de apoyo:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> Se establecerán redes de apoyo para mujeres trabajadoras </w:t>
       </w:r>
       <w:r w:rsidR="00D45587">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">donde </w:t>
       </w:r>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4666,50 +4671,51 @@
         </w:rPr>
         <w:t>se brindará asesoría legal, psicológica y laboral, así como herramientas para enfrentar la discriminación y el acoso en el trabajo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="040ED6D9" w14:textId="6021F940" w:rsidR="00F12508" w:rsidRDefault="00F12508" w:rsidP="00B426EC">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Monitoreo y seguimiento:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A52DCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> Se llevará a cabo un monitoreo constante de la situación laboral de las mujeres en el estado de Zacatecas con el objetivo de identificar posibles casos de discriminación y acoso en el trabajo, y tomar medidas preventivas y correctivas en consecuencia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A34B9AA" w14:textId="77777777" w:rsidR="00D45587" w:rsidRDefault="00F12508" w:rsidP="00B426EC">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
@@ -5593,51 +5599,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E1E35FE" w14:textId="77777777" w:rsidR="002448E3" w:rsidRPr="00B426EC" w:rsidRDefault="002448E3" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B426EC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Referencias </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DE09259" w14:textId="77777777" w:rsidR="00A073AA" w:rsidRPr="001A3B48" w:rsidRDefault="00A073AA" w:rsidP="00A073AA">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A3B48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aguilar Barrera, M. y Gutiérrez Pulido, H. (2017). Desigualdad de género y cambios sociodemográficos en México. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A3B48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6019,73 +6024,51 @@
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Human </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001A3B48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Rights</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001A3B48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> (2019). “Un trabajo peligroso”: Condiciones laborales precarias en la minería de México. </w:t>
+        <w:t xml:space="preserve"> Watch (2019). “Un trabajo peligroso”: Condiciones laborales precarias en la minería de México. </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00B426EC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://www.hrw.org/es/report/2019/04/09/un-trabajo-peligroso/condiciones-laborales-precarias-en-la-mineria-de-mexico</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="421755DF" w14:textId="77777777" w:rsidR="00A073AA" w:rsidRPr="001A3B48" w:rsidRDefault="00A073AA" w:rsidP="00A073AA">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
@@ -6216,50 +6199,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6323E27C" w14:textId="77777777" w:rsidR="00A073AA" w:rsidRPr="001A3B48" w:rsidRDefault="00A073AA" w:rsidP="00A073AA">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A3B48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Instituto Nacional de las Mujeres (INMUJERES) (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="001A3B48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Discriminación laboral por razón de género en México</w:t>
       </w:r>
       <w:r w:rsidRPr="001A3B48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:tooltip="Protegido por Outlook: https://www.gob.mx/inmujeres/articulos/discriminacion-laboral-por-razon-de-genero-en-mexico. Haz clic o pulsa para seguir el vínculo." w:history="1">
@@ -6320,51 +6304,50 @@
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1607DAB4" w14:textId="77777777" w:rsidR="00A073AA" w:rsidRPr="001A3B48" w:rsidRDefault="00A073AA" w:rsidP="00A073AA">
       <w:pPr>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hipervnculo"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A3B48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Organización Internacional del Trabajo (OIT) (2018). </w:t>
       </w:r>
       <w:r w:rsidRPr="001A3B48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Mujeres en el trabajo: Tendencias 2018</w:t>
       </w:r>
       <w:r w:rsidRPr="001A3B48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
@@ -6538,204 +6521,245 @@
     </w:p>
     <w:p w14:paraId="4CD180BC" w14:textId="77777777" w:rsidR="00A073AA" w:rsidRDefault="00A073AA" w:rsidP="00A073AA"/>
     <w:p w14:paraId="18B97595" w14:textId="77777777" w:rsidR="00A073AA" w:rsidRPr="00EF5507" w:rsidRDefault="00A073AA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A073AA" w:rsidRPr="00EF5507" w:rsidSect="00B426EC">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="567" w:right="1418" w:bottom="709" w:left="1418" w:header="142" w:footer="259" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5EC0C746" w14:textId="77777777" w:rsidR="003F4133" w:rsidRDefault="003F4133" w:rsidP="00B426EC">
+    <w:p w14:paraId="423DF062" w14:textId="77777777" w:rsidR="00550B94" w:rsidRDefault="00550B94" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C19135A" w14:textId="77777777" w:rsidR="003F4133" w:rsidRDefault="003F4133" w:rsidP="00B426EC">
+    <w:p w14:paraId="54FB901B" w14:textId="77777777" w:rsidR="00550B94" w:rsidRDefault="00550B94" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="2283AAC5" w14:textId="5E8518C9" w:rsidR="00B426EC" w:rsidRDefault="00B426EC" w:rsidP="00B426EC">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">Vol. 10, Núm. 20                  Julio - </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>Diciembre</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77129E68" w14:textId="77777777" w:rsidR="003F4133" w:rsidRDefault="003F4133" w:rsidP="00B426EC">
+    <w:p w14:paraId="669B93BD" w14:textId="77777777" w:rsidR="00550B94" w:rsidRDefault="00550B94" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50670AC2" w14:textId="77777777" w:rsidR="003F4133" w:rsidRDefault="003F4133" w:rsidP="00B426EC">
+    <w:p w14:paraId="32EAB1E4" w14:textId="77777777" w:rsidR="00550B94" w:rsidRDefault="00550B94" w:rsidP="00B426EC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="585E0CA7" w14:textId="614E3991" w:rsidR="00B426EC" w:rsidRPr="00B426EC" w:rsidRDefault="00B426EC" w:rsidP="00B426EC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0F237B52" w14:textId="7DFA335D" w:rsidR="00E10F96" w:rsidRDefault="00E10F96">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
-      <w:jc w:val="center"/>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-        <w:i/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A926DAA" wp14:editId="21F0A361">
+          <wp:extent cx="6842760" cy="930910"/>
+          <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+          <wp:docPr id="1281635679" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6842760" cy="930910"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E291F19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76A03BAE"/>
     <w:lvl w:ilvl="0" w:tplc="080A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="080A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -6874,51 +6898,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="897864267">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="773356565">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -6960,50 +6984,51 @@
     <w:rsid w:val="00362557"/>
     <w:rsid w:val="00376C45"/>
     <w:rsid w:val="0039005F"/>
     <w:rsid w:val="00393783"/>
     <w:rsid w:val="003C128A"/>
     <w:rsid w:val="003C55EE"/>
     <w:rsid w:val="003F4133"/>
     <w:rsid w:val="003F47C0"/>
     <w:rsid w:val="003F6B1F"/>
     <w:rsid w:val="0041196C"/>
     <w:rsid w:val="00413D58"/>
     <w:rsid w:val="00417D4C"/>
     <w:rsid w:val="00434E35"/>
     <w:rsid w:val="00437433"/>
     <w:rsid w:val="0044416C"/>
     <w:rsid w:val="004503BE"/>
     <w:rsid w:val="00453313"/>
     <w:rsid w:val="00465BFB"/>
     <w:rsid w:val="00472F7B"/>
     <w:rsid w:val="004A142E"/>
     <w:rsid w:val="004C158D"/>
     <w:rsid w:val="004E7DA7"/>
     <w:rsid w:val="00523F13"/>
     <w:rsid w:val="00533B10"/>
     <w:rsid w:val="005359C0"/>
+    <w:rsid w:val="00550B94"/>
     <w:rsid w:val="00560816"/>
     <w:rsid w:val="005719EC"/>
     <w:rsid w:val="0058754E"/>
     <w:rsid w:val="00590586"/>
     <w:rsid w:val="005A7A78"/>
     <w:rsid w:val="005B14FF"/>
     <w:rsid w:val="005B2E12"/>
     <w:rsid w:val="005B4F30"/>
     <w:rsid w:val="0060632B"/>
     <w:rsid w:val="0061096B"/>
     <w:rsid w:val="006160FC"/>
     <w:rsid w:val="00645D09"/>
     <w:rsid w:val="00657094"/>
     <w:rsid w:val="0067408B"/>
     <w:rsid w:val="00695F6E"/>
     <w:rsid w:val="006D56D7"/>
     <w:rsid w:val="006E4B76"/>
     <w:rsid w:val="006F46B2"/>
     <w:rsid w:val="00746D4F"/>
     <w:rsid w:val="007647C4"/>
     <w:rsid w:val="007939FE"/>
     <w:rsid w:val="00794B18"/>
     <w:rsid w:val="007C739D"/>
     <w:rsid w:val="007D370A"/>
     <w:rsid w:val="007D5F7F"/>
@@ -7014,97 +7039,99 @@
     <w:rsid w:val="0088230F"/>
     <w:rsid w:val="00887199"/>
     <w:rsid w:val="0089229A"/>
     <w:rsid w:val="008A6686"/>
     <w:rsid w:val="008B5779"/>
     <w:rsid w:val="008B7BFC"/>
     <w:rsid w:val="008C4C49"/>
     <w:rsid w:val="008F3494"/>
     <w:rsid w:val="0091464C"/>
     <w:rsid w:val="0092044B"/>
     <w:rsid w:val="009447A3"/>
     <w:rsid w:val="0096344E"/>
     <w:rsid w:val="00992F47"/>
     <w:rsid w:val="00995679"/>
     <w:rsid w:val="009A7B98"/>
     <w:rsid w:val="009B0AE1"/>
     <w:rsid w:val="009E558D"/>
     <w:rsid w:val="00A073AA"/>
     <w:rsid w:val="00A11866"/>
     <w:rsid w:val="00A27C1F"/>
     <w:rsid w:val="00A428A0"/>
     <w:rsid w:val="00A44026"/>
     <w:rsid w:val="00A52DCC"/>
     <w:rsid w:val="00A66924"/>
     <w:rsid w:val="00A8662C"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00AA6917"/>
     <w:rsid w:val="00AB4E7A"/>
     <w:rsid w:val="00AC2659"/>
     <w:rsid w:val="00AC343C"/>
     <w:rsid w:val="00AE404B"/>
     <w:rsid w:val="00AF2FB7"/>
     <w:rsid w:val="00AF51B9"/>
     <w:rsid w:val="00B02E20"/>
     <w:rsid w:val="00B426EC"/>
     <w:rsid w:val="00B44823"/>
     <w:rsid w:val="00B752E4"/>
     <w:rsid w:val="00B87158"/>
     <w:rsid w:val="00BA684A"/>
     <w:rsid w:val="00BD0575"/>
     <w:rsid w:val="00BE212D"/>
     <w:rsid w:val="00C07753"/>
     <w:rsid w:val="00C21DC3"/>
     <w:rsid w:val="00C2778C"/>
     <w:rsid w:val="00C3078D"/>
     <w:rsid w:val="00C30D36"/>
     <w:rsid w:val="00C4411A"/>
     <w:rsid w:val="00C53A29"/>
     <w:rsid w:val="00C629CC"/>
     <w:rsid w:val="00C70FEF"/>
     <w:rsid w:val="00C77371"/>
     <w:rsid w:val="00C82D52"/>
     <w:rsid w:val="00C858B3"/>
     <w:rsid w:val="00CA3B41"/>
     <w:rsid w:val="00CB137C"/>
     <w:rsid w:val="00CB1708"/>
     <w:rsid w:val="00CB1AB4"/>
     <w:rsid w:val="00CB26C0"/>
     <w:rsid w:val="00D11254"/>
     <w:rsid w:val="00D2370E"/>
     <w:rsid w:val="00D44EE6"/>
     <w:rsid w:val="00D45587"/>
     <w:rsid w:val="00D51698"/>
     <w:rsid w:val="00D6661B"/>
     <w:rsid w:val="00D8167C"/>
     <w:rsid w:val="00D8420B"/>
     <w:rsid w:val="00DA1C4F"/>
     <w:rsid w:val="00DB26EE"/>
     <w:rsid w:val="00DB2889"/>
     <w:rsid w:val="00DB51CB"/>
     <w:rsid w:val="00DC6457"/>
     <w:rsid w:val="00DC6553"/>
     <w:rsid w:val="00DE6B57"/>
+    <w:rsid w:val="00E10F96"/>
     <w:rsid w:val="00E124B7"/>
     <w:rsid w:val="00E13E3E"/>
     <w:rsid w:val="00E322D1"/>
     <w:rsid w:val="00E47172"/>
     <w:rsid w:val="00E55076"/>
     <w:rsid w:val="00E62A4D"/>
     <w:rsid w:val="00E65186"/>
     <w:rsid w:val="00E6705D"/>
     <w:rsid w:val="00E7208A"/>
     <w:rsid w:val="00E84E85"/>
     <w:rsid w:val="00E913A2"/>
     <w:rsid w:val="00EA49F7"/>
     <w:rsid w:val="00EB1BAB"/>
     <w:rsid w:val="00EB393A"/>
     <w:rsid w:val="00EE2B78"/>
     <w:rsid w:val="00EE54FB"/>
     <w:rsid w:val="00EF5507"/>
     <w:rsid w:val="00F12508"/>
     <w:rsid w:val="00F13AB2"/>
     <w:rsid w:val="00F51AAA"/>
     <w:rsid w:val="00F71712"/>
     <w:rsid w:val="00F74979"/>
     <w:rsid w:val="00F75B56"/>
     <w:rsid w:val="00FA194D"/>
     <w:rsid w:val="00FB5F54"/>
@@ -7119,51 +7146,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="59477127"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D7FEA333-8868-495B-A993-DC2279256E46}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7517,74 +7544,96 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E10F96"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00C07753"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sinespaciado">
     <w:name w:val="No Spacing"/>
@@ -7666,55 +7715,69 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B426EC"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B426EC"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B426EC"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+    <w:name w:val="Título 2 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E10F96"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="169373336">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1884516436">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -8842,50 +8905,54 @@
       </w:divsChild>
     </w:div>
     <w:div w:id="1957105236">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zacatecas.gob.mx/wp-content/uploads/2021/03/Protocolo-para-la-Prevenci%C3%B3n-Atenci%C3%B3n-y-Sanci%C3%B3n-del-Acoso-Sexual-en-el-Estado-de-Zacatecas.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mujeresenred.net/2019/12/30/discriminacion-laboral-de-genero-en-mexico/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://na01.safelinks.protection.outlook.com/?url=https%3A%2F%2Fcedhz.org.mx%2Fguia-para-la-prevencion-y-atencion-de-la-violencia-laboral-de-genero%2F&amp;data=05%7C01%7C%7Cd7adb980795b458f701d08db72ba5b56%7C84df9e7fe9f640afb435aaaaaaaaaaaa%7C1%7C0%7C638229916938644468%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=TmTDuIzIOk6qTUBBGzt5Tlr0Hf4m%2FmC7dTT4EhRFmUU%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://na01.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.gob.mx%2Finmujeres%2Farticulos%2Fdiscriminacion-laboral-por-razon-de-genero-en-mexico&amp;data=05%7C01%7C%7Ceb77f8e11ae54cbbfd3308db72b930bf%7C84df9e7fe9f640afb435aaaaaaaaaaaa%7C1%7C0%7C638229911929565228%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=rSzpiN%2FOBhE9kdaOPLgtKrh0L0QYfqscp8wrwmLw3b0%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://zacatecas.gob.mx/wp-content/uploads/2018/03/Protocolo-para-la-Prevenci%C3%B3n-y-Atenci%C3%B3n-de-la-Violencia-Laboral-de-G%C3%A9nero-en-el-Estado-de-Zacatecas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://na01.safelinks.protection.outlook.com/?url=http%3A%2F%2Fcedoc.inmujeres.gob.mx%2Fdocumentos_download%2FGuia_Protocolos_Hostigamiento_Acoso_Sexual.pdf&amp;data=05%7C01%7C%7C952e19353e4f4698853b08db72bb9386%7C84df9e7fe9f640afb435aaaaaaaaaaaa%7C1%7C0%7C638229922175805075%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=5mcV%2FE3pxOO4%2Bz%2FRPO1t2ne8LGrzneN%2BM9S6NB99BW0%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://na01.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.poderjudicialzacatecas.gob.mx%2Fportal%2F%3Fpage_id%3D4480&amp;data=05%7C01%7C%7Cb8a4e38af1b443e8d4b808db72be3f5c%7C84df9e7fe9f640afb435aaaaaaaaaaaa%7C1%7C0%7C638229933648379224%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=mVy0x4wfZ%2BUCmZJ2Jrhy1PmSgjZiOlFQlb0%2BUG5blHc%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://na01.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.inegi.org.mx%2Fcontenidos%2Fsaladeprensa%2Faproposito%2F2019%2Fmujeresyhombres0.pdf&amp;data=05%7C01%7C%7Ceb77f8e11ae54cbbfd3308db72b930bf%7C84df9e7fe9f640afb435aaaaaaaaaaaa%7C1%7C0%7C638229911929565228%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=FiYrIsGJAUcRBFBXTHYkpnesLaQyZ5VfsrrbZoPE7Lw%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hrw.org/es/report/2019/04/09/un-trabajo-peligroso/condiciones-laborales-precarias-en-la-mineria-de-mexico" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ilo.org/wcmsp5/groups/public/&#8212;dgreports/&#8212;dcomm/documents/publication/wcms_626831.pdf" TargetMode="External"/></Relationships>
 </file>
 
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+</file>
+
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
@@ -9107,70 +9174,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>25669</Characters>
+  <Pages>13</Pages>
+  <Words>4674</Words>
+  <Characters>25707</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>213</Lines>
+  <Lines>214</Lines>
   <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30275</CharactersWithSpaces>
+  <CharactersWithSpaces>30321</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Usuario</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>