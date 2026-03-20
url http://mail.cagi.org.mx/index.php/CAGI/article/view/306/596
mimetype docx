--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,55 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="099D3608" w14:textId="168D749E" w:rsidR="007B10D2" w:rsidRPr="00986154" w:rsidRDefault="001D4ECD" w:rsidP="00986154">
+    <w:p w14:paraId="77C82EC5" w14:textId="34AA12BB" w:rsidR="00B45FD9" w:rsidRDefault="00B45FD9" w:rsidP="00B45FD9">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B45FD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v10i20.306</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="099D3608" w14:textId="5B917F29" w:rsidR="007B10D2" w:rsidRPr="00986154" w:rsidRDefault="001D4ECD" w:rsidP="00986154">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -303,71 +335,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7705BE12" w14:textId="77777777" w:rsidR="007B10D2" w:rsidRPr="00986154" w:rsidRDefault="007B10D2" w:rsidP="00986154">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10206"/>
           <w:tab w:val="left" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00986154">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fani</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> del Carmen Ruiz Díaz</w:t>
+        <w:t>Fani del Carmen Ruiz Díaz</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3259A4A9" w14:textId="77777777" w:rsidR="007B10D2" w:rsidRPr="00986154" w:rsidRDefault="007B10D2" w:rsidP="00986154">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10206"/>
           <w:tab w:val="left" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986154">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="0D0D0D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -399,81 +419,81 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="007B10D2" w:rsidRPr="00986154">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aniruiz792</w:t>
       </w:r>
       <w:r w:rsidR="007B10D2" w:rsidRPr="00986154">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>@gmail.com</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="113EBADD" w14:textId="3B611A7F" w:rsidR="007B10D2" w:rsidRPr="00986154" w:rsidRDefault="00000000" w:rsidP="00986154">
+    <w:p w14:paraId="113EBADD" w14:textId="3B611A7F" w:rsidR="007B10D2" w:rsidRPr="00986154" w:rsidRDefault="007B10D2" w:rsidP="00986154">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10206"/>
           <w:tab w:val="left" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="007B10D2" w:rsidRPr="00986154">
+        <w:r w:rsidRPr="00986154">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://orcid.org/0009-0003-3147-1104</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="007B10D2" w:rsidRPr="00986154">
+      <w:r w:rsidRPr="00986154">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C99B5E9" w14:textId="77777777" w:rsidR="00501A94" w:rsidRPr="00986154" w:rsidRDefault="00501A94" w:rsidP="009B1D36">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10206"/>
           <w:tab w:val="left" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -544,68 +564,68 @@
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986154">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aquinoujat</w:t>
       </w:r>
       <w:r w:rsidRPr="00986154">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">@hotmail.com </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E3427C7" w14:textId="77777777" w:rsidR="009B1D36" w:rsidRPr="00986154" w:rsidRDefault="00000000" w:rsidP="00986154">
+    <w:p w14:paraId="1E3427C7" w14:textId="77777777" w:rsidR="009B1D36" w:rsidRPr="00986154" w:rsidRDefault="009B1D36" w:rsidP="00986154">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10206"/>
           <w:tab w:val="left" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="009B1D36" w:rsidRPr="00986154">
+        <w:r w:rsidRPr="00986154">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:bCs/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0003-4313-6138</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="48090AE0" w14:textId="7DDCE46D" w:rsidR="009B1D36" w:rsidRPr="008970BC" w:rsidRDefault="009B1D36" w:rsidP="009B1D36">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10206"/>
           <w:tab w:val="left" w:pos="10632"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
@@ -1398,73 +1418,82 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The present investigation was carried out in the rural primary school Miguel Hidalgo y Costilla, municipality center Tabasco, where 11 students from the 6th grade of primary and 5 teachers were interviewed. The research was aimed at analyzing the advantages and disadvantages developed by geographical, educational and technological factors during the COVID-19 pandemic. This new educational environment brought into itself a new modality that allowed us to question our different ways of learning and teaching; showing how teacher training affects students because of the lack of knowledge or preparation to be had for the good of future generations. For this </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0018787C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>purpose</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="0018787C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the qualitative paradigm was used, under a constructivist approach, the research was based on an exploratory method that helps to investigate problems of little study preparing for new research, as an instrument of data collection the semi-structured interview.</w:t>
+        <w:t xml:space="preserve"> the qualitative paradigm was used, under a constructivist approach, the research was based on an exploratory method that helps to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0018787C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>investigate problems of little study preparing for new research, as an instrument of data collection the semi-structured interview.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE0C8FA" w14:textId="73DC99AF" w:rsidR="00A232B0" w:rsidRPr="0018787C" w:rsidRDefault="00A232B0" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0018787C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The results obtained were; technological resources are very important for new educational trends, since day by day they are being updated and so is teaching work, therefore, even if there is technology if the student does not have these tools no matter what knowledge they have of them. As conclusions to this work, it was possible to verify that the lack of teacher training in the use of information and communication technologies (ICT) caused difficulties when implementing new learning environments during the pandemic by COVID-19 in the rural primary school Miguel Hidalgo y Costilla.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3184BA97" w14:textId="73C02216" w:rsidR="002E40F8" w:rsidRPr="0018787C" w:rsidRDefault="00714654" w:rsidP="00986154">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986154">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="32"/>
@@ -1775,72 +1804,72 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Debido a esta situación de emergencia sanitaria, la Secretaría de Educación Pública (SEP) optó por utilizar la modalidad virtual para dar continuación a la educación en México, lo cual, en el caso de la escuela primaria rural Miguel Hidalgo y Costilla, tuvo un efecto que se percibió en la disminución del rendimiento académico en los alumnos, ya que se tuvo que pasar a una modalidad virtual, algo totalmente desconocido para profesores y alumnos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="304B1839" w14:textId="77777777" w:rsidR="003F0FC4" w:rsidRDefault="003F0FC4" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00777EB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Por este motivo, una de las principales interrogantes que se plantearon en esta investigación fue la siguiente: ¿cuáles fueron las ventajas y desventajas de los factores geográficos, tecnológicos y educativos en el proceso de enseñanza aprendizaje durante la pandemia por covid-19 en la escuela primaria rural Miguel Hidalgo y Costilla? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BED0BB0" w14:textId="77777777" w:rsidR="003F0FC4" w:rsidRPr="00777EB4" w:rsidRDefault="003F0FC4" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00777EB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Asimismo, para analizar detalladamente la influencia de esos factores, se formularon las siguientes preguntas específicas: ¿de qué manera el factor familiar contribuyó en la implementación de los nuevos entornos de aprendizaje durante la pandemia por covid-19?, ¿cuál fue el resultado que se obtuvo del factor educativo al implementarse nuevos entornos de aprendizaje durante la pandemia por covid-19?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="723F44B2" w14:textId="77777777" w:rsidR="00265569" w:rsidRDefault="00265569" w:rsidP="00986154">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:before="80" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2510,50 +2539,51 @@
     </w:p>
     <w:p w14:paraId="2789513C" w14:textId="41A68EE5" w:rsidR="00C421A9" w:rsidRPr="0018787C" w:rsidRDefault="003F0FC4" w:rsidP="00986154">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="10773"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Entre s</w:t>
       </w:r>
       <w:r w:rsidR="00C421A9" w:rsidRPr="0018787C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">us principales </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>herramientas</w:t>
       </w:r>
       <w:r w:rsidR="00C421A9" w:rsidRPr="0018787C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -2716,62 +2746,51 @@
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0018787C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
-        <w:t xml:space="preserve">La entrevista es una técnica de gran utilidad en la investigación cualitativa para recabar datos; se define como una conversación que se propone un fin determinado </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">distinto al simple hecho de conversar. Es un instrumento técnico que adopta la forma de un diálogo coloquial. Canales la define como </w:t>
+        <w:t xml:space="preserve">La entrevista es una técnica de gran utilidad en la investigación cualitativa para recabar datos; se define como una conversación que se propone un fin determinado distinto al simple hecho de conversar. Es un instrumento técnico que adopta la forma de un diálogo coloquial. Canales la define como </w:t>
       </w:r>
       <w:r w:rsidR="003F0FC4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="0018787C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>la comunicación interpersonal establecida entre el investigador y el sujeto de estudio, a fin de obtener respuestas verbales a las interrogantes planteadas sobre el problema propuesto</w:t>
       </w:r>
       <w:r w:rsidRPr="0018787C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -4622,50 +4641,51 @@
     </w:p>
     <w:p w14:paraId="1148F550" w14:textId="2EACFCF6" w:rsidR="003F064D" w:rsidRPr="003F064D" w:rsidRDefault="003F064D" w:rsidP="00986154">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F064D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Instrumentos de recolección de la información</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60A44FB1" w14:textId="77777777" w:rsidR="00842EBE" w:rsidRDefault="00D77223" w:rsidP="00986154">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4805,61 +4825,51 @@
       <w:r w:rsidRPr="003F064D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> por lo tanto, se llevó a cabo un análisis y reflexión detallad</w:t>
       </w:r>
       <w:r w:rsidR="00842EBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
       <w:r w:rsidRPr="003F064D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        <w:t>en cada una de las preguntas dirigidas a profesores y alumnos. Durante el proceso de análisis se validaron las preguntas</w:t>
+        <w:t xml:space="preserve"> en cada una de las preguntas dirigidas a profesores y alumnos. Durante el proceso de análisis se validaron las preguntas</w:t>
       </w:r>
       <w:r w:rsidR="00842EBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:r w:rsidRPr="003F064D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>se reflexionó acerca de la congruencia que tenía con los objetivos específicos planteados</w:t>
       </w:r>
       <w:r w:rsidR="00842EBE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5696,51 +5706,61 @@
       <w:r w:rsidRPr="007C42B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> como personas activas en la institución y </w:t>
       </w:r>
       <w:r w:rsidR="00F41B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tenían algún </w:t>
       </w:r>
       <w:r w:rsidRPr="007C42B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>conocimiento acerca del uso de las tecnologías</w:t>
+        <w:t xml:space="preserve">conocimiento </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>acerca del uso de las tecnologías</w:t>
       </w:r>
       <w:r w:rsidR="00F41B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="007C42B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tema y objetivo de </w:t>
       </w:r>
       <w:r w:rsidR="00F41B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5996,60 +6016,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B21F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A continuación, se presentan las modificaciones realizadas en el formato de la entrevista como contribución de cada uno de los informantes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, las cuales </w:t>
       </w:r>
       <w:r w:rsidRPr="00B21F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">se reflejan en el </w:t>
-[...8 lines deleted...]
-        <w:t>número de preguntas, en comparación con el formato de entrevista original y las modificaciones realizadas</w:t>
+        <w:t>se reflejan en el número de preguntas, en comparación con el formato de entrevista original y las modificaciones realizadas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ver anexos, t</w:t>
       </w:r>
       <w:r w:rsidRPr="00B21F24">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>abla 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
@@ -6325,51 +6336,60 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00DD7A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> facilitaba el acceso a la plataforma </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD7A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Classroom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DD7A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, que utilizaron durante la pandemia. El otro 50</w:t>
+        <w:t xml:space="preserve">, que utilizaron durante la pandemia. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD7A40">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>El otro 50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD7A40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>% dependía de los teléfonos celulares de sus padres para conectarse, y el crédito disponible en estos dispositivos no siempre era suficiente para dos horas de clases virtuales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C38E8D2" w14:textId="77777777" w:rsidR="00A8515B" w:rsidRPr="00DD7A40" w:rsidRDefault="00A8515B" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -6545,51 +6565,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="021F7475" w14:textId="77777777" w:rsidR="00883961" w:rsidRDefault="00883961" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D63B8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Los hallazgos relacionados con el factor educativo de los alumnos revelan que el 45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D63B8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>% de ellos destacaron que sus principales aprendizajes durante este per</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
@@ -6676,69 +6695,51 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Estos resultados concuerdan con algunas investigaciones extranjeras. Por ejemplo, e</w:t>
       </w:r>
       <w:r w:rsidRPr="00D63B8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">l informe de investigación de </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (2020)</w:t>
+        <w:t>l informe de investigación de Solga (2020)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D63B8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> titulado </w:t>
       </w:r>
       <w:r w:rsidRPr="00D63B8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6752,51 +6753,60 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D63B8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> destaca cómo la crisis educativa durante la pandemia afectó a los estudiantes del norte de Argentina. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Para ellos f</w:t>
       </w:r>
       <w:r w:rsidRPr="00D63B8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ue obligatorio abandonar la educación debido a diversos factores, no solo la falta de conectividad o la nueva forma de trabajo en las aulas, sino también por razones económicas. Muchos de estos alumnos carecían de acceso a internet y computadoras, y contaban con un número limitado de teléfonos celulares. Esto resalta la necesidad urgente de aprender, pero el entorno donde se encontraban no estaba adaptado para satisfacer sus necesidades educativas reales.</w:t>
+        <w:t xml:space="preserve">ue obligatorio abandonar la educación debido a diversos factores, no solo la falta de conectividad o la nueva forma de trabajo en las aulas, sino también por razones económicas. Muchos de estos alumnos carecían de acceso a internet y computadoras, y contaban con un número limitado de teléfonos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D63B8A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>celulares. Esto resalta la necesidad urgente de aprender, pero el entorno donde se encontraban no estaba adaptado para satisfacer sus necesidades educativas reales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1674DF41" w14:textId="77777777" w:rsidR="00883961" w:rsidRPr="00D63B8A" w:rsidRDefault="00883961" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sobre este tema, concuerdo </w:t>
       </w:r>
       <w:r w:rsidRPr="00D63B8A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6902,51 +6912,50 @@
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="50" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0008A107" w14:textId="77777777" w:rsidR="00EA085F" w:rsidRDefault="00EA085F" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE6048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lamentablemente, las escuelas ubicadas en áreas remotas suelen verse más afectadas por la falta de apoyo gubernamental. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7070,51 +7079,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE6048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Las respuestas proporcionadas por los profesores entrevistados respaldan la hipótesis de que la falta de formación docente en el uso de las TIC dificultó la implementación de nuevos entornos de aprendizaje durante la pandemia por covid-19 en la escuela primaria rural Miguel Hidalgo y Costilla. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Estas</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE6048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> respuestas de las profesoras entrevistadas revelan que durante la pandemia por covid-19 no recibieron una preparación docente adecuada para el manejo de las tecnologías y las plataformas utilizadas en las clases virtuales. </w:t>
+        <w:t xml:space="preserve"> respuestas de las profesoras entrevistadas revelan que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE6048">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">durante la pandemia por covid-19 no recibieron una preparación docente adecuada para el manejo de las tecnologías y las plataformas utilizadas en las clases virtuales. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Esto obligó a que, p</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE6048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or iniciativa propia, buscar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
@@ -7209,60 +7227,51 @@
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En definitiva, l</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE6048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">as profesoras subrayan la importancia de la implementación de herramientas tecnológicas como recursos educativos, especialmente en el contexto de las nuevas tendencias educativas. Reconocen que la tecnología evoluciona constantemente, lo que requiere que los docentes actualicen sus conocimientos y habilidades de manera regular. </w:t>
-[...8 lines deleted...]
-        <w:t>La directora también menciona que existen ventajas y desventajas en este proceso de adaptación</w:t>
+        <w:t>as profesoras subrayan la importancia de la implementación de herramientas tecnológicas como recursos educativos, especialmente en el contexto de las nuevas tendencias educativas. Reconocen que la tecnología evoluciona constantemente, lo que requiere que los docentes actualicen sus conocimientos y habilidades de manera regular. La directora también menciona que existen ventajas y desventajas en este proceso de adaptación</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, y que </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE6048">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>el aprendizaje y la enseñanza son desafíos educativos que requieren capacitación continua y adaptación constante.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> En palabras de </w:t>
       </w:r>
@@ -7576,50 +7585,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>De acuerdo con el supuesto planteado, se ha comprobado que la falta de formación docente en el uso de las tecnologías de la información y la comunicación (TIC) provocó dificultades al implementar nuevos entornos de aprendizaje durante la pandemia por covid-19 en la escuela primaria rural Miguel Hidalgo y Costilla. Esta conclusión se fundamenta en la interpretación de los resultados obtenidos, que indican que la problemática radica en la ausencia de intervenciones institucionales que deberían abordar las preocupaciones de los docentes en relación con el tiempo dedicado a su formación y la implementación de entornos virtuales, teniendo en cuenta los honorarios percibidos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50DE913E" w14:textId="77777777" w:rsidR="00763955" w:rsidRDefault="00763955" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Asimismo, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A47251">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>se constató que el 50% de los estudiantes evaluados no tuvo problemas para conectarse a las clases virtuales. Sin embargo, en el ámbito educativo, el 100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A47251">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">% de los alumnos prefiere la modalidad educativa presencial debido a la falta de atención por parte de las maestras y la </w:t>
@@ -7770,60 +7780,51 @@
         </w:rPr>
         <w:t>, pues s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F35420">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e demuestra que las nuevas experiencias en la vida estudiantil, a pesar de los desafíos que presentan, contribuyen al desarrollo de nuevas habilidades, destrezas y competencias. La socialización</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, por tanto, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F35420">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">juega un papel fundamental en la formación del ser humano, ya que </w:t>
-[...8 lines deleted...]
-        <w:t>es a través de ella que aprendemos a convivir en sociedad. Esta preparación diaria es esencial para desenvolverse de manera efectiva en el entorno social.</w:t>
+        <w:t>juega un papel fundamental en la formación del ser humano, ya que es a través de ella que aprendemos a convivir en sociedad. Esta preparación diaria es esencial para desenvolverse de manera efectiva en el entorno social.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DA4C27B" w14:textId="7A059835" w:rsidR="00763955" w:rsidRPr="00F35420" w:rsidRDefault="00763955" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F35420">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reconozco el esfuerzo incansable de las profesoras en su búsqueda constante por proporcionar a sus alumnos las herramientas necesarias para comprender los contenidos educativos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7902,51 +7903,60 @@
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1416"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00350EE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Un </w:t>
       </w:r>
       <w:r w:rsidRPr="00350EE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">docente actual debe estar consciente de que pertenece a una sociedad del conocimiento que exige una cantidad de competencias a desarrollar con los estudiantes para poder ampliar las clases y actividades, logrando cambios precisos, como tener claro que son un ejemplo para seguir, por lo que el trabajar y crear ambientes de aprendizajes significativos augura un involucramiento y desarrollo de competencias dentro y fuera de la escuela </w:t>
+        <w:t xml:space="preserve">docente actual debe estar consciente de que pertenece a una sociedad del conocimiento que exige una cantidad de competencias a desarrollar con los estudiantes para poder ampliar las clases y actividades, logrando cambios precisos, como tener claro que son un ejemplo para seguir, por lo que el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00350EE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">trabajar y crear ambientes de aprendizajes significativos augura un involucramiento y desarrollo de competencias dentro y fuera de la escuela </w:t>
       </w:r>
       <w:r w:rsidR="00763955">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00350EE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p.</w:t>
       </w:r>
       <w:r w:rsidR="00763955">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -8267,51 +8277,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A297210" w14:textId="398ADFF8" w:rsidR="000631CE" w:rsidRDefault="00D67F30" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D67F30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Futuras líneas de investigación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="365328CA" w14:textId="3074A1D5" w:rsidR="00D67F30" w:rsidRDefault="00D67F30" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A partir de esta investigación realizada me gustaría seguir investigando acerca de la preparación docente en el contexto de alumnos </w:t>
       </w:r>
       <w:r w:rsidR="00763955">
         <w:rPr>
@@ -8655,50 +8664,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> porque él es la clave de mi éxito.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B9EDAFA" w14:textId="046A170C" w:rsidR="00D67F30" w:rsidRPr="00D67F30" w:rsidRDefault="00D67F30" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D67F30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A mis padres por ser mi apoyo, por nunca decir no a mi formación académica, por darme los ánimos cuando más los necesitaba</w:t>
       </w:r>
       <w:r w:rsidR="004842FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D67F30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004842FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>G</w:t>
@@ -9193,51 +9203,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EDED4C6" w14:textId="60D155F8" w:rsidR="0017305C" w:rsidRPr="00986154" w:rsidRDefault="00AB0A2E" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986154">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="059593F6" w14:textId="70FEDD9B" w:rsidR="0017305C" w:rsidRPr="002C5344" w:rsidRDefault="0017305C" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C5344">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Amós Comenio, J. (1998). </w:t>
       </w:r>
       <w:r w:rsidR="00CD10DD">
@@ -9402,51 +9411,61 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">http://200.23.113.51/pdf/29905.pdf </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FA47006" w14:textId="77777777" w:rsidR="0017305C" w:rsidRPr="00986154" w:rsidRDefault="0017305C" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00986154">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Díaz Barriga, F. (2005). Principios de diseño instruccional de entornos de aprendizaje apoyados con TIC: un marco de referencia sociocultural y situado. Universidad Nacional Autónoma de México. facultad de psicología. Vol. 20. Pp. 6. </w:t>
+        <w:t xml:space="preserve">Díaz Barriga, F. (2005). Principios de diseño instruccional de entornos de aprendizaje apoyados con TIC: un marco de referencia sociocultural y situado. Universidad </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986154">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Nacional Autónoma de México. facultad de psicología. Vol. 20. Pp. 6. </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00986154">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://investigacion.ilce.edu.mx/tyce/41/art1.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00986154">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="726A75B6" w14:textId="77777777" w:rsidR="0017305C" w:rsidRPr="00986154" w:rsidRDefault="0017305C" w:rsidP="00986154">
       <w:pPr>
         <w:ind w:left="709" w:hanging="709"/>
@@ -9726,69 +9745,58 @@
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="002C5344">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Editoriales Trillas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FCA3CD2" w14:textId="12945386" w:rsidR="0017305C" w:rsidRPr="00986154" w:rsidRDefault="0017305C" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:before="280" w:after="280" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00986154">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Solga</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">, M. (2020). Pandemia, aislamiento y educación: repercusión en las zonas rurales. </w:t>
+        <w:t xml:space="preserve">Solga, M. (2020). Pandemia, aislamiento y educación: repercusión en las zonas rurales. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00986154">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mundosur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00986154">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00CD10DD" w:rsidRPr="00986154">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9819,51 +9827,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A6AF232" w14:textId="2CE94DAE" w:rsidR="00F410F4" w:rsidRPr="000A486E" w:rsidRDefault="000A486E" w:rsidP="000A486E">
       <w:pPr>
         <w:spacing w:before="280" w:after="280" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A486E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Anexos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BF16C2E" w14:textId="00C4DB09" w:rsidR="003F064D" w:rsidRPr="0094404E" w:rsidRDefault="0094404E" w:rsidP="0094404E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0094404E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -10179,51 +10186,61 @@
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>factor geográfico se relacion</w:t>
             </w:r>
             <w:r w:rsidR="0017305C" w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>aron</w:t>
             </w:r>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> con la im</w:t>
+              <w:t xml:space="preserve"> con la </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986154">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>im</w:t>
             </w:r>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">plementación de los nuevos entornos de aprendizaje durante la pandemia por </w:t>
             </w:r>
             <w:r w:rsidR="0017305C" w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>covid-19.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="193B4EF8" w14:textId="77777777" w:rsidR="003F064D" w:rsidRPr="00986154" w:rsidRDefault="003F064D" w:rsidP="00F55800">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
@@ -10386,144 +10403,165 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="000A9593" w14:textId="77777777" w:rsidR="003F064D" w:rsidRPr="00986154" w:rsidRDefault="003F064D" w:rsidP="00F55800">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3118E28C" w14:textId="4F191600" w:rsidR="003F064D" w:rsidRPr="00986154" w:rsidRDefault="003F064D" w:rsidP="00F55800">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>¿Cuál cree que serían las ventajas de trabajar en una comunidad rural? y ¿</w:t>
             </w:r>
             <w:r w:rsidR="0017305C" w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>uáles serían las desventajas?</w:t>
+              <w:t xml:space="preserve">uáles serían las </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986154">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>desventajas?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22B7ECE7" w14:textId="7DA95A0D" w:rsidR="003F064D" w:rsidRPr="00986154" w:rsidRDefault="003F064D" w:rsidP="00F55800">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="471"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Durante la pandemia por </w:t>
             </w:r>
             <w:r w:rsidR="0017305C" w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>covid</w:t>
             </w:r>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>-19 ¿cuál cree que fueron las ventajas de trabajar en una comunidad rural durante la pandemia</w:t>
+              <w:t xml:space="preserve">-19 ¿cuál cree que fueron las ventajas de trabajar en una </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986154">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>comunidad rural durante la pandemia</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05082B72" w14:textId="0FBA4C52" w:rsidR="003F064D" w:rsidRPr="00986154" w:rsidRDefault="003F064D" w:rsidP="00F55800">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="60" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -11886,83 +11924,94 @@
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1401"/>
                 <w:tab w:val="left" w:pos="3026"/>
               </w:tabs>
               <w:spacing w:before="59" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>nuevos entornos de aprendizaje en la institución?</w:t>
+              <w:t xml:space="preserve">nuevos entornos de aprendizaje en la </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986154">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>institución?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="291B807B" w14:textId="493CBE21" w:rsidR="003F064D" w:rsidRPr="00986154" w:rsidRDefault="0017305C" w:rsidP="00F55800">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="62" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>¿</w:t>
             </w:r>
             <w:r w:rsidR="003F064D" w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>La falta de recursos en las</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F1CB33F" w14:textId="0F4E775C" w:rsidR="003F064D" w:rsidRPr="00986154" w:rsidRDefault="0017305C" w:rsidP="00F55800">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2184"/>
               </w:tabs>
               <w:spacing w:before="60" w:line="360" w:lineRule="auto"/>
@@ -12749,51 +12798,50 @@
           <w:p w14:paraId="7A8C062B" w14:textId="590EFFAD" w:rsidR="003F064D" w:rsidRPr="00986154" w:rsidRDefault="003F064D" w:rsidP="00F55800">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Debido a la convivencia que tuvo con sus alumnos durante la pandemia por </w:t>
             </w:r>
             <w:r w:rsidR="0017305C" w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">covid-19, </w:t>
             </w:r>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>¿</w:t>
             </w:r>
             <w:r w:rsidR="0017305C" w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -13863,51 +13911,50 @@
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1655"/>
                 <w:tab w:val="left" w:pos="2987"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>¿Cuáles fueron</w:t>
             </w:r>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> las desventajas del uso de las</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6746916B" w14:textId="77777777" w:rsidR="003F064D" w:rsidRPr="00986154" w:rsidRDefault="003F064D" w:rsidP="00F55800">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
@@ -13917,51 +13964,50 @@
               </w:rPr>
               <w:t>tecnologías?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19459ACD" w14:textId="074AEB18" w:rsidR="003F064D" w:rsidRPr="00986154" w:rsidRDefault="003F064D" w:rsidP="00F55800">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>¿Cuáles fueron las ventajas y desventajas del uso de las TIC?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F064D" w:rsidRPr="00F1520C" w14:paraId="671C1FBA" w14:textId="77777777" w:rsidTr="00F1520C">
         <w:trPr>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="100AF898" w14:textId="77777777" w:rsidR="003F064D" w:rsidRPr="00986154" w:rsidRDefault="003F064D" w:rsidP="00F55800">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="2" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -15161,51 +15207,61 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2A2ED86B" w14:textId="77777777" w:rsidR="0094404E" w:rsidRPr="00986154" w:rsidRDefault="0094404E" w:rsidP="00F55800">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Directora Lorena de la Cruz Méndez</w:t>
+              <w:t xml:space="preserve">Directora Lorena de la Cruz </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986154">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Méndez</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62314009" w14:textId="77777777" w:rsidR="0094404E" w:rsidRPr="00986154" w:rsidRDefault="0094404E" w:rsidP="00F55800">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -15321,51 +15377,61 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="303317EC" w14:textId="5C20B1FA" w:rsidR="0094404E" w:rsidRPr="00986154" w:rsidRDefault="0094404E" w:rsidP="00F55800">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>¿Cómo fue su experiencia como docente durante la pandemia?</w:t>
+              <w:t xml:space="preserve">¿Cómo fue su experiencia como docente durante la </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986154">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>pandemia?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33298CCE" w14:textId="77777777" w:rsidR="0094404E" w:rsidRPr="00986154" w:rsidRDefault="0094404E" w:rsidP="00F55800">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0094404E" w:rsidRPr="00986154" w14:paraId="1D05DC71" w14:textId="77777777" w:rsidTr="00184989">
         <w:trPr>
           <w:trHeight w:val="452"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -16052,84 +16118,95 @@
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidR="0094404E" w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>irectora Lorena de la Cruz Méndez</w:t>
+              <w:t xml:space="preserve">irectora Lorena de la Cruz </w:t>
+            </w:r>
+            <w:r w:rsidR="0094404E" w:rsidRPr="00986154">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Méndez</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3853967D" w14:textId="77777777" w:rsidR="0094404E" w:rsidRPr="00986154" w:rsidRDefault="0094404E" w:rsidP="00F55800">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="79C10CA7" w14:textId="66078AC8" w:rsidR="0094404E" w:rsidRPr="00986154" w:rsidRDefault="002C5344" w:rsidP="00F55800">
             <w:pPr>
               <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -16224,51 +16301,61 @@
             <w:r w:rsidR="0094404E" w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Durante la pandemia </w:t>
             </w:r>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidR="0094404E" w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>uvo alguna capacitación docente que lo ayudará para el uso de nuevas herramientas tecnológicas?</w:t>
+              <w:t xml:space="preserve">uvo alguna capacitación docente que lo ayudará para el uso de nuevas </w:t>
+            </w:r>
+            <w:r w:rsidR="0094404E" w:rsidRPr="00986154">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>herramientas tecnológicas?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0094404E" w:rsidRPr="00986154" w14:paraId="4DC2E406" w14:textId="77777777" w:rsidTr="00184989">
         <w:trPr>
           <w:trHeight w:val="452"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4986C9D3" w14:textId="77777777" w:rsidR="0094404E" w:rsidRPr="00986154" w:rsidRDefault="0094404E" w:rsidP="00F55800">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -18279,84 +18366,95 @@
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ¿</w:t>
             </w:r>
             <w:r w:rsidR="002C5344" w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">n qué momentos habías utilizado la tecnología como medio de aprendizaje? </w:t>
+              <w:t xml:space="preserve">n qué momentos habías utilizado la tecnología como medio de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00986154">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">aprendizaje? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56E3C269" w14:textId="76C86B09" w:rsidR="0094404E" w:rsidRPr="00986154" w:rsidRDefault="0094404E" w:rsidP="00F55800">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Antes de la pandemia</w:t>
             </w:r>
             <w:r w:rsidR="002C5344" w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00986154">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ¿utilizaste alguna herramienta tecnológica como medio de aprendizaje</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AA61659" w14:textId="77777777" w:rsidR="0094404E" w:rsidRPr="00986154" w:rsidRDefault="0094404E" w:rsidP="00F55800">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
@@ -19049,205 +19147,261 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C421A9" w:rsidRPr="00C421A9" w:rsidSect="00986154">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="709" w:right="1701" w:bottom="568" w:left="1701" w:header="142" w:footer="126" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4EED9365" w14:textId="77777777" w:rsidR="00E40204" w:rsidRDefault="00E40204" w:rsidP="00986154">
+    <w:p w14:paraId="428FD3D9" w14:textId="77777777" w:rsidR="00016472" w:rsidRDefault="00016472" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="253C3BAB" w14:textId="77777777" w:rsidR="00E40204" w:rsidRDefault="00E40204" w:rsidP="00986154">
+    <w:p w14:paraId="12C2A642" w14:textId="77777777" w:rsidR="00016472" w:rsidRDefault="00016472" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lato">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="5000ECFF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="67B15948" w14:textId="449397F4" w:rsidR="00986154" w:rsidRPr="00986154" w:rsidRDefault="00986154" w:rsidP="00986154">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:lang w:val="es-MX"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
-          <w:t>Vol. 10, Núm. 20                  Julio - Diciembre 2023                         ISSN: 2448 – 6280</w:t>
+          <w:t xml:space="preserve">Vol. 10, Núm. 20                  Julio - </w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+          </w:rPr>
+          <w:t>Diciembre</w:t>
+        </w:r>
+        <w:proofErr w:type="gramEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:b/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73CAE828" w14:textId="77777777" w:rsidR="00E40204" w:rsidRDefault="00E40204" w:rsidP="00986154">
+    <w:p w14:paraId="25F51F0C" w14:textId="77777777" w:rsidR="00016472" w:rsidRDefault="00016472" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1258A32E" w14:textId="77777777" w:rsidR="00E40204" w:rsidRDefault="00E40204" w:rsidP="00986154">
+    <w:p w14:paraId="7FD9786C" w14:textId="77777777" w:rsidR="00016472" w:rsidRDefault="00016472" w:rsidP="00986154">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4797AA3F" w14:textId="7E38A351" w:rsidR="00986154" w:rsidRPr="00986154" w:rsidRDefault="00986154" w:rsidP="00986154">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="45AD2E20" w14:textId="700F1D52" w:rsidR="00B45FD9" w:rsidRDefault="00B45FD9">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
-      <w:jc w:val="center"/>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-        <w:i/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67697760" wp14:editId="5CF55A8A">
+          <wp:extent cx="6675120" cy="875030"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+          <wp:docPr id="1283858454" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6675120" cy="875030"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D9470B6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6BEE1A7E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -19386,77 +19540,78 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1904481763">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1815441616">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="89"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B10D2"/>
+    <w:rsid w:val="00016472"/>
     <w:rsid w:val="000631CE"/>
     <w:rsid w:val="000A486E"/>
     <w:rsid w:val="000D2236"/>
     <w:rsid w:val="000F2E93"/>
     <w:rsid w:val="0011164A"/>
     <w:rsid w:val="00147955"/>
     <w:rsid w:val="00152B7D"/>
     <w:rsid w:val="0017305C"/>
     <w:rsid w:val="00184989"/>
     <w:rsid w:val="0018787C"/>
     <w:rsid w:val="001A3558"/>
     <w:rsid w:val="001B342F"/>
     <w:rsid w:val="001D4ECD"/>
     <w:rsid w:val="00265569"/>
     <w:rsid w:val="002A159C"/>
     <w:rsid w:val="002B2CF0"/>
     <w:rsid w:val="002C5344"/>
     <w:rsid w:val="002E40F8"/>
     <w:rsid w:val="002E7AB2"/>
     <w:rsid w:val="002F36A7"/>
     <w:rsid w:val="003438A1"/>
     <w:rsid w:val="00350EE4"/>
     <w:rsid w:val="003824D5"/>
     <w:rsid w:val="003E0652"/>
     <w:rsid w:val="003F064D"/>
@@ -19488,53 +19643,55 @@
     <w:rsid w:val="00806953"/>
     <w:rsid w:val="00842EBE"/>
     <w:rsid w:val="00852EAA"/>
     <w:rsid w:val="00883961"/>
     <w:rsid w:val="008A5D19"/>
     <w:rsid w:val="008C5D55"/>
     <w:rsid w:val="008F33A6"/>
     <w:rsid w:val="009016C2"/>
     <w:rsid w:val="00940689"/>
     <w:rsid w:val="0094404E"/>
     <w:rsid w:val="00963A63"/>
     <w:rsid w:val="00963CEE"/>
     <w:rsid w:val="00967B55"/>
     <w:rsid w:val="0098002F"/>
     <w:rsid w:val="00986154"/>
     <w:rsid w:val="00995BAC"/>
     <w:rsid w:val="009B1D36"/>
     <w:rsid w:val="009C1630"/>
     <w:rsid w:val="00A054A0"/>
     <w:rsid w:val="00A232B0"/>
     <w:rsid w:val="00A2786B"/>
     <w:rsid w:val="00A5250C"/>
     <w:rsid w:val="00A53B16"/>
     <w:rsid w:val="00A8515B"/>
     <w:rsid w:val="00A86450"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00A97ACF"/>
     <w:rsid w:val="00AA3D1F"/>
     <w:rsid w:val="00AB0A2E"/>
+    <w:rsid w:val="00B45FD9"/>
     <w:rsid w:val="00BA65EB"/>
     <w:rsid w:val="00BD7767"/>
     <w:rsid w:val="00BE6202"/>
     <w:rsid w:val="00C421A9"/>
     <w:rsid w:val="00CA0422"/>
     <w:rsid w:val="00CB2323"/>
     <w:rsid w:val="00CD10DD"/>
     <w:rsid w:val="00D16AA6"/>
     <w:rsid w:val="00D543FC"/>
     <w:rsid w:val="00D67F30"/>
     <w:rsid w:val="00D77223"/>
     <w:rsid w:val="00D87924"/>
     <w:rsid w:val="00DA03D4"/>
     <w:rsid w:val="00DE5E19"/>
     <w:rsid w:val="00DF582D"/>
     <w:rsid w:val="00E13EE9"/>
     <w:rsid w:val="00E40204"/>
     <w:rsid w:val="00EA085F"/>
     <w:rsid w:val="00EA09AC"/>
     <w:rsid w:val="00EE140A"/>
     <w:rsid w:val="00F1520C"/>
     <w:rsid w:val="00F34E83"/>
     <w:rsid w:val="00F410F4"/>
     <w:rsid w:val="00F41B7F"/>
     <w:rsid w:val="00F6672A"/>
@@ -19549,51 +19706,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5386C5DD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F81592BC-1F59-4AA2-A8A5-7A84B4EA2D5C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -20023,51 +20180,50 @@
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo3Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003F064D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
@@ -20352,51 +20508,51 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00986154"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
       <w:kern w:val="0"/>
       <w:lang w:val="es-ES_tradnl" w:eastAsia="es-MX"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="869610224">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1039548948">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -20428,50 +20584,54 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2034769703">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-3147-1104" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://concreactraul.weebly.com/uploads/2/2/9/5/22958232/investigacin_cualitativa.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://educacion.nexos.com.mx/importancia-de-la-formacion-docente-en-la-actualidad/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scielo.org.mx/scielo.php?script=sci_arttext&amp;pid=S2007-50572013000300009" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://investigacion.ilce.edu.mx/tyce/41/art1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4313-61384" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mundosur.org/pandemia-aislamiento-y-educacion-repercusion-en-las-zonas-rurales/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -20745,70 +20905,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BAC40B5D-4C8F-4525-A2A3-4BE67F6C527D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
-[...1 lines deleted...]
-  <Characters>33483</Characters>
+  <Pages>22</Pages>
+  <Words>6094</Words>
+  <Characters>33522</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>279</Lines>
-  <Paragraphs>78</Paragraphs>
+  <Paragraphs>79</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39492</CharactersWithSpaces>
+  <CharactersWithSpaces>39537</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>fani</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>