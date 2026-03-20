--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,55 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="099D6F12" w14:textId="5D637D5C" w:rsidR="00D465CE" w:rsidRPr="00D465CE" w:rsidRDefault="00D465CE" w:rsidP="00D465CE">
+    <w:p w14:paraId="76B4344A" w14:textId="43BC840A" w:rsidR="00CD63EC" w:rsidRDefault="00CD63EC" w:rsidP="00CD63EC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD63EC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v10i20.305</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="099D6F12" w14:textId="343F2D28" w:rsidR="00D465CE" w:rsidRPr="00D465CE" w:rsidRDefault="00D465CE" w:rsidP="00D465CE">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7229B37C" w14:textId="4AF73AF4" w:rsidR="00F842C7" w:rsidRDefault="00F842C7" w:rsidP="00D465CE">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
@@ -349,51 +371,55 @@
       <w:r w:rsidRPr="0039339E">
         <w:t xml:space="preserve"> las prácticas sociales del lenguaje son la base curricular del campo formativo de lenguajes, pues involucran contenidos complejos y procesos graduales de acuerdo a las características de los estudiantes</w:t>
       </w:r>
       <w:r w:rsidR="000D4B6F">
         <w:t xml:space="preserve">, así como habilidades lingüísticas que les permitan </w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:t>redact</w:t>
       </w:r>
       <w:r w:rsidR="000D4B6F">
         <w:t>ar</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:t xml:space="preserve"> y le</w:t>
       </w:r>
       <w:r w:rsidR="000D4B6F">
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:t xml:space="preserve"> diferentes textos escritos. Para abordar esta problemática, se eligió una metodología cualitativa con un enfoque de investigación acción. Se puso en práctica un plan que contempla cinco acciones con la finalidad de transformar aspectos fundamentales de la práctica docente. En el plan se plantean secuencias didácticas basadas en una práctica social del lenguaje </w:t>
       </w:r>
       <w:r w:rsidR="000D4B6F">
         <w:t xml:space="preserve">donde </w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
-        <w:t>se desarrollan contenidos articulados. Los resultados de la puesta en práctica de este plan de acción dan cuenta de que es posible realizar una práctica docente evitando la fragmentación de contenidos a partir de la articulación de contenidos</w:t>
+        <w:t xml:space="preserve">se desarrollan contenidos articulados. Los resultados de la puesta en práctica de este plan de acción dan cuenta de que es posible realizar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:lastRenderedPageBreak/>
+        <w:t>una práctica docente evitando la fragmentación de contenidos a partir de la articulación de contenidos</w:t>
       </w:r>
       <w:r w:rsidR="000D4B6F">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:t xml:space="preserve"> ya sea por línea temática, por contraste o por complementación. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17A04FCC" w14:textId="7FDA978A" w:rsidR="00F842C7" w:rsidRPr="0039339E" w:rsidRDefault="00F842C7" w:rsidP="006A44B3">
       <w:pPr>
         <w:pStyle w:val="tematicaGeneral"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D465CE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
@@ -495,69 +521,63 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>contents, articulation, social practices, fragmentation, real communicative situations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D0C9481" w14:textId="70B04339" w:rsidR="00D465CE" w:rsidRDefault="00D465CE" w:rsidP="00D465CE">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Enero</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> 2023 </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">   </w:t>
+        <w:t xml:space="preserve"> 2023              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Julio 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="731CEE49" w14:textId="350FD10D" w:rsidR="00D465CE" w:rsidRPr="00D465CE" w:rsidRDefault="00D465CE" w:rsidP="00D465CE">
+    <w:p w14:paraId="731CEE49" w14:textId="350FD10D" w:rsidR="00D465CE" w:rsidRPr="00D465CE" w:rsidRDefault="00000000" w:rsidP="00D465CE">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict w14:anchorId="1F2EAF6C">
           <v:rect id="_x0000_i1025" style="width:441.9pt;height:1pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="6729E863" w14:textId="11A24518" w:rsidR="00F842C7" w:rsidRPr="0039339E" w:rsidRDefault="003C7B75" w:rsidP="00175019">
       <w:pPr>
         <w:pStyle w:val="tematicaGeneral"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
@@ -587,50 +607,51 @@
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:t>el campo formativo de los lenguajes es la fragmentación de los contenidos. En la práctica cotidiana</w:t>
       </w:r>
       <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:t xml:space="preserve"> es sumamente difícil presentar los contenidos de una manera articulada porque venimos de una tradición en la cual </w:t>
       </w:r>
       <w:r w:rsidR="000D4B6F">
         <w:t>estos</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:t xml:space="preserve"> se desarrollan de manera aislada o muy específica. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FC49FCD" w14:textId="4A96448C" w:rsidR="004331A7" w:rsidRPr="0039339E" w:rsidRDefault="004331A7" w:rsidP="004331A7">
       <w:pPr>
         <w:ind w:firstLine="705"/>
       </w:pPr>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>La preocupación por evitar la f</w:t>
       </w:r>
       <w:r w:rsidR="001E002C" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>ragmentación no es un tema actual. C</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>omo lo señala Narváez (2006), los docentes han buscado la manera de superar esa parcelación de contenidos. A finales del siglo XIX</w:t>
       </w:r>
       <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> surgió </w:t>
@@ -747,1150 +768,1130 @@
         </w:rPr>
         <w:t xml:space="preserve"> dejar a un lado las prácticas tradicionales de la enseñanza. Los principales principios de la </w:t>
       </w:r>
       <w:r w:rsidR="000D4B6F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">scuela </w:t>
       </w:r>
       <w:r w:rsidR="000D4B6F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">ueva eran cuatro: acción en los procesos de enseñanza, respeto por la personalidad de los niños, aprendizaje que resultara de situaciones de la vida social de los estudiantes y </w:t>
+        <w:t xml:space="preserve">ueva eran cuatro: acción en los procesos de enseñanza, respeto por la personalidad de los niños, aprendizaje que resultara de situaciones de la vida social de los estudiantes y atención a las características personales de los alumnos. Narváez (2006) menciona que estos principios servían de referencia para algunos métodos que se trabajaron en este movimiento. </w:t>
+      </w:r>
+      <w:r w:rsidR="001E002C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Todos estos planteamientos siguieron </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">como principios generales los ya mencionados, pero de igual manera con sus propios </w:t>
+      </w:r>
+      <w:r w:rsidR="000D4B6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>enfoques</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que los diferenciaban de los demás. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26924539" w14:textId="3F966A04" w:rsidR="00B01BC9" w:rsidRPr="0039339E" w:rsidRDefault="00B01BC9" w:rsidP="00B01BC9">
+      <w:pPr>
+        <w:ind w:firstLine="705"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En la historia se ha tratado de superar una enseñanza de contenidos fragmentados, en la cual se trabaje la integración de los conocimientos. En las escuelas se han planteado diversos métodos o técnicas que logren superar esta fragmentación, una de </w:t>
+      </w:r>
+      <w:r w:rsidR="000D4B6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">las cuales </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>es trabajar los contenidos basándose en las prácticas sociales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="475EB912" w14:textId="0DDE9E79" w:rsidR="004331A7" w:rsidRPr="0039339E" w:rsidRDefault="004331A7" w:rsidP="004331A7">
+      <w:pPr>
+        <w:ind w:firstLine="705"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Para </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk146808644"/>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Lerner</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2001), es importante tomar en cuenta que las prácticas de lectura y escritura son actividades que deben trabajar no solo </w:t>
+      </w:r>
+      <w:r w:rsidR="000D4B6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>procedimental</w:t>
+      </w:r>
+      <w:r w:rsidR="000D4B6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sino también lo conceptual y lo actitudinal para apropiarse de los contenidos. </w:t>
+      </w:r>
+      <w:r w:rsidR="001E002C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Como lo menciona </w:t>
+      </w:r>
+      <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>esta misma autora, se trata de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prácticas indisociables que no se pueden fragmentar</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> porque</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al parcelarlas se puede perder el sentido para los estudiantes</w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>, pues no encontrarían la manera en conectarlas con</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> su vida diaria.</w:t>
+      </w:r>
+      <w:r w:rsidR="000D4B6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17EEC8F3" w14:textId="5BFFBAC5" w:rsidR="004331A7" w:rsidRPr="0039339E" w:rsidRDefault="004331A7" w:rsidP="004331A7">
+      <w:pPr>
+        <w:ind w:firstLine="705"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>os docentes</w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>, por tanto,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tenemos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">que evitar la fragmentación de contenidos y superar </w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enseñanza aislad</w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para lograr que los a</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lumnos reconstruyan su sentido. </w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Para eso, e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s necesario abandonar aquellas actividades mecánicas que no resulten de interés </w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>para</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los alumnos</w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pues los alejar</w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>n de las prácticas de lectura y escritura</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Se trata de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> irlos sumergiendo a situaciones que les produzcan placer, que </w:t>
+      </w:r>
+      <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>les</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> permita formar</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">como </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">escritores y lectores capaces de comunicarse, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>que produzcan sus propios textos</w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no solo copien información, </w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">para </w:t>
+      </w:r>
+      <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>sean autónomos y competentes.</w:t>
+      </w:r>
+      <w:r w:rsidR="000D4B6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E9FCAD9" w14:textId="5A93C8E6" w:rsidR="004331A7" w:rsidRPr="0039339E" w:rsidRDefault="004331A7" w:rsidP="004331A7">
+      <w:pPr>
+        <w:ind w:firstLine="705"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Lerner (2001) señala que al fragmentar los contenidos de las pr</w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cticas sociales de la lectura y escritura hacemos que se pierda su identidad, </w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pues </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">desaparece su objetivo y se </w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>convierte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solo en reproducción que no sirve para comprobar la comprensión de los alumnos en la lengua escrita</w:t>
+      </w:r>
+      <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Si </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bien los contenidos aislados nos permiten tener más control de la </w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">atención a las características personales de los alumnos. Narváez (2006) menciona que estos principios servían de referencia para algunos métodos que se trabajaron en este movimiento. </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">como principios generales los ya mencionados, pero de igual manera con sus propios </w:t>
+        <w:t xml:space="preserve">enseñanza, con </w:t>
+      </w:r>
+      <w:r w:rsidR="00B01BC9" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esta forma de enseñanza </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>no se logra llegar al objetivo de las pr</w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cticas sociales del lenguaje. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1335C5FE" w14:textId="0340F2F0" w:rsidR="004331A7" w:rsidRPr="0039339E" w:rsidRDefault="004331A7" w:rsidP="004331A7">
+      <w:pPr>
+        <w:ind w:firstLine="705"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Durante mucho tiempo los docentes </w:t>
+      </w:r>
+      <w:r w:rsidR="00836294" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hemos planeado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">actividades más breves y esporádicas </w:t>
+      </w:r>
+      <w:r w:rsidR="00836294" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">porque pensamos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>que</w:t>
+      </w:r>
+      <w:r w:rsidR="00836294" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de esta manera </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>se lograba el aprendizaje de los estudiantes</w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>. No obstante,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nemirovsky (2000) </w:t>
+      </w:r>
+      <w:r w:rsidR="00836294" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ha cuestionado este tipo de prácticas al mencionar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">que era casi seguro que no se generaba aprendizaje con las situaciones aisladas y momentáneas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">puesto que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>lo se obtenía la memorización de conceptos que los estudiantes olvidarían con el paso del tiempo</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. De esta manera, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>se</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> generaba ningún interés y para ello</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no tenía ninguna aplicación útil en su vida cotidiana. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F3813FD" w14:textId="66B67296" w:rsidR="009D568D" w:rsidRPr="0039339E" w:rsidRDefault="009D568D" w:rsidP="009D568D">
+      <w:pPr>
+        <w:ind w:firstLine="705"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A inicios del año 2022 se dio a conocer una propuesta del </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>plan y programas de estudio para la educación básica mexicana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>. En este bosquejo o propuesta se menciona que en distintas ocasiones se ha buscado la manera de construir el conocimiento</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, aunque la realidad demuestra que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>se sigue</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atendiendo los contenidos por materias y asignaturas que s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>lo logran fragmentar</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>los</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00957DEE" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t>Secretar</w:t>
+      </w:r>
+      <w:r w:rsidR="00957DEE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t>í</w:t>
+      </w:r>
+      <w:r w:rsidR="00957DEE" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t>a de Educación Pública</w:t>
+      </w:r>
+      <w:r w:rsidR="00957DEE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>SEP</w:t>
+      </w:r>
+      <w:r w:rsidR="00957DEE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>, 2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00957DEE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>). Esta nueva propuesta busca que los estudiantes puedan construir conocimientos sobre la realidad en la que viven</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00836294" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> por ello, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>el nuevo currículo est</w:t>
+      </w:r>
+      <w:r w:rsidR="00836294" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> basado en la diversidad de realidades y reconoce que la comunidad brinda aprendizajes y enseñanzas igual de importantes que los que se producen en la escuela o el aula.</w:t>
       </w:r>
       <w:r w:rsidR="000D4B6F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>enfoques</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="26924539" w14:textId="3F966A04" w:rsidR="00B01BC9" w:rsidRPr="0039339E" w:rsidRDefault="00B01BC9" w:rsidP="00B01BC9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC9603E" w14:textId="0056E48D" w:rsidR="00DB2285" w:rsidRPr="0039339E" w:rsidRDefault="00DB2285" w:rsidP="00DB2285">
       <w:pPr>
         <w:ind w:firstLine="705"/>
-        <w:rPr>
-[...22 lines deleted...]
-    <w:p w14:paraId="475EB912" w14:textId="0DDE9E79" w:rsidR="004331A7" w:rsidRPr="0039339E" w:rsidRDefault="004331A7" w:rsidP="004331A7">
+      </w:pPr>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Las pr</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>cticas sociales del lenguaje son la base de la enseñanza del campo formativo de lenguaje</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6BF3" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>en los programas de la educación actual (SEP, 20</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6BF3" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidR="00957DEE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00836294" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y constituye</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00836294" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enfoque pedagógico que los docentes tienen como guía principal para construir su práctica docente. Los contenidos se basan en </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lectura y escritura con propósitos didácticos y a la vez comunicativos, que requieren de una enseñanza sin parcelación. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494E2873" w14:textId="208A9299" w:rsidR="00BF4BD7" w:rsidRPr="0039339E" w:rsidRDefault="00DB2285" w:rsidP="00836294">
       <w:pPr>
         <w:ind w:firstLine="705"/>
-      </w:pPr>
-[...32 lines deleted...]
-      <w:r w:rsidR="000D4B6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nueva escuela mexicana retoma las prácticas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>sociales del lenguaje (SEP, 2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00957DEE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sino también lo conceptual y lo actitudinal para apropiarse de los contenidos. </w:t>
-[...46 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="17EEC8F3" w14:textId="5BFFBAC5" w:rsidR="004331A7" w:rsidRPr="0039339E" w:rsidRDefault="004331A7" w:rsidP="004331A7">
+      <w:r w:rsidR="00836294" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ya que en </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00836294" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>stas se consideran</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> procesos graduales tomando en cuenta la edad, contexto y desarrollo de los estudiantes. Además</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estas prácticas incluyen diferentes tipos de textos escritos y la oralidad</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dependiendo de los ámbitos y comunidades donde se pongan en práctica. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4BD7" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>En esta propuesta se menciona que estas prácticas variar</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>á</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4BD7" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n dependiendo de los ámbitos y los lugares donde se pongan en desarrollo. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Además</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4BD7" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>, a través de ellas se podrá</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4BD7" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> articular diferentes contenidos</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4BD7" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> como lo son la lectura, oralidad y escritura de </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>diversos</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF4BD7" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tipos de textos.</w:t>
+      </w:r>
+      <w:r w:rsidR="00836294" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468282AB" w14:textId="17FA858B" w:rsidR="004139EA" w:rsidRPr="0039339E" w:rsidRDefault="00184D82" w:rsidP="00911AB6">
       <w:pPr>
         <w:ind w:firstLine="705"/>
-      </w:pPr>
-[...96 lines deleted...]
-      <w:r w:rsidR="00501594">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:val="es"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lo argumentado anteriormente </w:t>
+      </w:r>
+      <w:r w:rsidR="00836294" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">me </w:t>
+      </w:r>
+      <w:r w:rsidR="003157E1" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>ha conducido al planteamiento de la siguiente pregunta fundamental</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="003157E1" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004179E3" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>¿</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35542">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="004179E3" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>ómo establecer las pr</w:t>
+      </w:r>
+      <w:r w:rsidR="00F22361">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
-      <w:r w:rsidRPr="0039339E">
-[...355 lines deleted...]
-      <w:r w:rsidRPr="0039339E">
+      <w:r w:rsidR="004179E3" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cticas sociales del lenguaje como referente </w:t>
+      </w:r>
+      <w:r w:rsidR="00C15159" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ocasiones se ha buscado la manera de construir el conocimiento</w:t>
-[...474 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">para articular </w:t>
       </w:r>
       <w:r w:rsidR="00911AB6" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>los contenidos del campo formativo de lenguajes</w:t>
       </w:r>
       <w:r w:rsidR="008E5F1D" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>, planteando situaciones</w:t>
       </w:r>
       <w:r w:rsidR="00C93FF2" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> comunicativas</w:t>
       </w:r>
       <w:r w:rsidR="008E5F1D" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> reales para los estudiantes</w:t>
@@ -2111,51 +2112,50 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F37C6B3" w14:textId="72AD798A" w:rsidR="00F842C7" w:rsidRPr="0039339E" w:rsidRDefault="00215E0C" w:rsidP="00175019">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB4D60">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Metodología</w:t>
       </w:r>
       <w:r w:rsidR="00120369">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10AEA390" w14:textId="7AE05F21" w:rsidR="001761DD" w:rsidRPr="0039339E" w:rsidRDefault="00D97E0F" w:rsidP="001761DD">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
@@ -2403,309 +2403,294 @@
         </w:rPr>
         <w:t xml:space="preserve">las características de esta metodología que </w:t>
       </w:r>
       <w:r w:rsidR="004D48DC" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>fue</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> útil en este estudio es que es práctica</w:t>
       </w:r>
       <w:r w:rsidR="00F37486">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F37486" w:rsidRPr="00F37486">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>(Zuber-Skerritt, 1992</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4D60">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="000D4722">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> citado </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4D60">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>por</w:t>
+      </w:r>
+      <w:r w:rsidR="000D4722">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Latorre,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4D60">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D4722">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>2005</w:t>
+      </w:r>
       <w:r w:rsidR="00F37486" w:rsidRPr="00F37486">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>Zuber-Skerritt</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>, pues</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4D60">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> además de generar avances en el conocimiento de este tema</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4D60">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7400C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se logrará </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4D60">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>optimizar</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7400C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la práctica docente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> durante el proceso de la investigación</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4D60">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>después de</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4D60">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> él</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00341925" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4D60">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lo que indica que </w:t>
+      </w:r>
+      <w:r w:rsidR="00341925" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">también </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4D60">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se conseguirá </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">una mejora a largo plazo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EBEA036" w14:textId="1A3E8533" w:rsidR="001761DD" w:rsidRPr="0039339E" w:rsidRDefault="00341925" w:rsidP="001761DD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La investigación acción </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4D60">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>exige</w:t>
+      </w:r>
+      <w:r w:rsidR="001761DD" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un proceso de espiral cíclico</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37486">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00F37486" w:rsidRPr="00F37486">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>, 1992</w:t>
+        <w:t>(Kemmis</w:t>
+      </w:r>
+      <w:r w:rsidR="00174580">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y McTaggart</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37486" w:rsidRPr="00F37486">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>, 1988</w:t>
+      </w:r>
+      <w:r w:rsidR="000D4722">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> citado</w:t>
+      </w:r>
+      <w:r w:rsidR="00B26A31">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000D4722">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en Latorre, 2005</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37486" w:rsidRPr="00F37486">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="001761DD" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, en donde se planifica, se pone en acción, se hace una observación de la situación y se reflexiona constantemente. Esto permitirá </w:t>
       </w:r>
       <w:r w:rsidR="00AB4D60">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...85 lines deleted...]
-      <w:r w:rsidR="00AB4D60">
+        <w:t>analizar</w:t>
+      </w:r>
+      <w:r w:rsidR="001761DD" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
-      <w:r w:rsidRPr="0039339E">
-[...66 lines deleted...]
-      </w:r>
       <w:r w:rsidR="001761DD" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un proceso de espiral cíclico</w:t>
-[...73 lines deleted...]
-        <w:t xml:space="preserve"> y reflexi</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>reflexi</w:t>
       </w:r>
       <w:r w:rsidR="00AB4D60">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>onar</w:t>
       </w:r>
       <w:r w:rsidR="001761DD" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> constantemente sobre lo que se está haciendo</w:t>
       </w:r>
       <w:r w:rsidR="00AB4D60">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> para </w:t>
       </w:r>
       <w:r w:rsidR="001761DD" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">volver a replantearse las acciones </w:t>
       </w:r>
@@ -2975,852 +2960,857 @@
       </w:r>
       <w:r w:rsidR="00593E5A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">observar si permiten la vinculación de las actividades. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35C23EC4" w14:textId="10E946B3" w:rsidR="0007489C" w:rsidRPr="0039339E" w:rsidRDefault="00831756" w:rsidP="0007489C">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
+        <w:t xml:space="preserve">a) </w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La primera acción consistió en analizar los planes y programas de estudio para encontrar los puntos de </w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>unión</w:t>
+      </w:r>
+      <w:r w:rsidR="00341925" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>De ese modo, s</w:t>
+      </w:r>
+      <w:r w:rsidR="00617EB3" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>e articularon los contenidos de los programas sintéticos por línea temática, por contraste o por complementación</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Como docente </w:t>
+      </w:r>
+      <w:r w:rsidR="001274BD" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">es necesario </w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tener la habilidad para identificar </w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no solo </w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>los puntos de articulación</w:t>
+      </w:r>
+      <w:r w:rsidR="00341925" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de dichos contenidos</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sino también </w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">los aprendizajes que se puedan reunir en una sola actividad </w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>para unir</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contenidos en una secuencia que puede estar en orden. También </w:t>
+      </w:r>
+      <w:r w:rsidR="001274BD" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>hay que</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contar con la habilidad de articular los contenidos por temática, por complemento o por contraste. El criterio planteado para dar seguimiento a esta acción fue </w:t>
+      </w:r>
+      <w:r w:rsidR="00341925" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>la capacidad</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para identificar la profundidad y la relación de los contenidos</w:t>
+      </w:r>
+      <w:r w:rsidR="00341925" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>. S</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e utilizó como instrumento de evaluación una rúbrica de autoevaluación que </w:t>
+      </w:r>
+      <w:r w:rsidR="00341925" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>proporcionó</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> información acerca de los avances </w:t>
+      </w:r>
+      <w:r w:rsidR="00341925" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>experiment</w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>ados</w:t>
+      </w:r>
+      <w:r w:rsidR="00341925" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> como docente</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sobre la relación de contenidos y la manera en la que se pueden articular.</w:t>
+      </w:r>
+      <w:r w:rsidR="000D4B6F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EEC7E1" w14:textId="58F98445" w:rsidR="0007489C" w:rsidRPr="0039339E" w:rsidRDefault="00831756" w:rsidP="0007489C">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En la segunda acción se estableció la práctica social del lenguaje como referente para el desarrollo de la práctica docente, </w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">para lo cual se tomó </w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en cuenta </w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complejidad. </w:t>
+      </w:r>
+      <w:r w:rsidR="00285D4C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Una vez que se tenían varios contenidos articulados</w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00285D4C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se </w:t>
+      </w:r>
+      <w:r w:rsidR="00666348" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>eligió</w:t>
+      </w:r>
+      <w:r w:rsidR="00285D4C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> una situación </w:t>
+      </w:r>
+      <w:r w:rsidR="00666348" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>comunicativa</w:t>
+      </w:r>
+      <w:r w:rsidR="00285D4C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> real que involucrara el desarrollo de conocimientos</w:t>
+      </w:r>
+      <w:r w:rsidR="00666348" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> orales, escritos y de lectura. C</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omo criterio </w:t>
+      </w:r>
+      <w:r w:rsidR="00341925" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de seguimiento se estableció </w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>si</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e</w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>ra</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> capaz de</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reconoce</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la complejidad de las prácticas sociales </w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">a) </w:t>
+        <w:t xml:space="preserve">del lenguaje. Para esta acción se </w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>usó</w:t>
       </w:r>
       <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">La primera acción consistió en analizar los planes y programas de estudio para encontrar los puntos de </w:t>
+        <w:t xml:space="preserve"> una rúbrica donde </w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>registré</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">como docente </w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">si </w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00593E5A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>unión</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>odía</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00593E5A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>De ese modo, s</w:t>
-[...5 lines deleted...]
-        <w:t>e articularon los contenidos de los programas sintéticos por línea temática, por contraste o por complementación</w:t>
+        <w:t>detectar</w:t>
       </w:r>
       <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Como docente </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">es necesario </w:t>
+        <w:t xml:space="preserve"> algunos aspectos de la práctica social</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de lenguaje</w:t>
       </w:r>
       <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">tener la habilidad para identificar </w:t>
+        <w:t xml:space="preserve"> y si las actividades planteadas se relacionan evitando la fragmentación de contenidos. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E770B69" w14:textId="48A61BC2" w:rsidR="0007489C" w:rsidRPr="0039339E" w:rsidRDefault="00831756" w:rsidP="0007489C">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">c) </w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>Para la tercera acción se buscar</w:t>
+      </w:r>
+      <w:r w:rsidR="00666348" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>n estrategias que perm</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>itieran</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la articul</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>ación de contenidos diferentes relacionados con</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las </w:t>
       </w:r>
       <w:r w:rsidR="00593E5A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">no solo </w:t>
+        <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>los puntos de articulación</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> de dichos contenidos</w:t>
+        <w:t xml:space="preserve">rácticas sociales. En esta </w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fase, </w:t>
       </w:r>
       <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
+        <w:t>el criterio fue si se ten</w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>ía</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>onocimiento para identificar estrategias que articul</w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>aran</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> los contenidos</w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> como instrumento </w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se empleó </w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">una </w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>ista de cotejo sobre la estrategia plante</w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>ada</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a los estudiantes</w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, la cual </w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">proporcionó información sobre los avances que </w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>como docente tengo para i</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>dentificar estrategias que eviten la fragmentación de contenidos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57FD7A9C" w14:textId="11169A04" w:rsidR="0007489C" w:rsidRPr="0039339E" w:rsidRDefault="00831756" w:rsidP="0007489C">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d) </w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Como cuarta acción se desarrolló la secuencia didáctica, buscando que </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD39DC" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fueran </w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>situaciones comunicativas reales al contexto de los estudiantes, sin que se p</w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>erdiera</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el propósito didáctico ni comunicativo de las práctic</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as. Se </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD39DC" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>ificaron</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD39DC" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>diez</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD39DC" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sesiones basadas en el proyecto de leer obras de teatro</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2C7C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00593E5A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">sino también </w:t>
+        <w:t xml:space="preserve">con lo cual se obtuvo </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2C7C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>como producto una lectura dramatizada de un guion teatral que ellos mismos redactaron</w:t>
       </w:r>
       <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">los aprendizajes que se puedan reunir en una sola actividad </w:t>
+        <w:t>. Para dar seguimiento el criterio</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>se planteó</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la habilidad que </w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tengo como docente para el </w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>plantea</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>miento</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de secuencias reales, con sentido para los alumnos</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y en las cuales</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se tome en cuenta el contexto y propósito cultural y didáctico</w:t>
+      </w:r>
+      <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t>. C</w:t>
+      </w:r>
+      <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omo </w:t>
       </w:r>
       <w:r w:rsidR="00593E5A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t>para unir</w:t>
+        <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> contenidos en una secuencia que puede estar en orden. También </w:t>
-[...5 lines deleted...]
-        <w:t>hay que</w:t>
+        <w:t>nstrumento se aplicó una lista de cotejo</w:t>
+      </w:r>
+      <w:r w:rsidR="00593E5A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, así como un </w:t>
       </w:r>
       <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> contar con la habilidad de articular los contenidos por temática, por complemento o por contraste. El criterio planteado para dar seguimiento a esta acción fue </w:t>
-[...68 lines deleted...]
-    <w:p w14:paraId="77EEC7E1" w14:textId="58F98445" w:rsidR="0007489C" w:rsidRPr="0039339E" w:rsidRDefault="00831756" w:rsidP="0007489C">
+        <w:t>diario de campo para evaluar el desarrollo de la secuencia didáctica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="325586BE" w14:textId="2050F8B7" w:rsidR="0007489C" w:rsidRDefault="00831756" w:rsidP="0007489C">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">b) </w:t>
-[...611 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">e) </w:t>
       </w:r>
       <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Para finalizar el plan de acción</w:t>
       </w:r>
       <w:r w:rsidR="002A3E4F" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0007489C" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> se buscó implementar una evaluación formativa, tomando en cuenta contenidos articulados. Cada instrumento de evaluación t</w:t>
       </w:r>
       <w:r w:rsidR="00151E0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>uvo</w:t>
@@ -4078,51 +4068,58 @@
         </w:rPr>
         <w:t>simplemente porque nos parece</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> que se pueden unir. Al explorar el </w:t>
       </w:r>
       <w:r w:rsidR="00151E0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">lan y programas de estudio de la </w:t>
       </w:r>
       <w:r w:rsidR="00151E0D" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">nueva escuela mexicana </w:t>
+        <w:t xml:space="preserve">nueva </w:t>
+      </w:r>
+      <w:r w:rsidR="00151E0D" w:rsidRPr="0039339E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">escuela mexicana </w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">se menciona que los contenidos se pueden relacionar a partir de un mismo vínculo temático, </w:t>
       </w:r>
       <w:r w:rsidR="00151E0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">bien sea </w:t>
       </w:r>
       <w:r w:rsidR="001377A8" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>porque</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> son complementarios o porque son de contraste estableciendo rutas de contenidos articulados. </w:t>
       </w:r>
@@ -4476,51 +4473,50 @@
         </w:rPr>
         <w:t>luego leer e</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>l guion teatral de su libro, pero cambiando esas acotaciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11B3BAA4" w14:textId="3D7F2AA1" w:rsidR="00AE1565" w:rsidRPr="0039339E" w:rsidRDefault="007D2141" w:rsidP="00831756">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Enseguida, los estudiantes r</w:t>
       </w:r>
       <w:r w:rsidR="00AE1565" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00125F22" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>dactaron</w:t>
       </w:r>
       <w:r w:rsidR="00AE1565" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> un guion teatral del cuento que les tocó en la quinta y sexta sesión</w:t>
       </w:r>
       <w:r w:rsidR="00151E0D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">; después </w:t>
@@ -4741,50 +4737,51 @@
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">En la octava sesión los alumnos realizaron la presentación de la lectura dramatizada frente a compañeros de otro grupo y al finalizar los alumnos les dieron algunas recomendaciones para futuras presentaciones. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F50165F" w14:textId="49F404A4" w:rsidR="00831756" w:rsidRPr="0039339E" w:rsidRDefault="00AE1565" w:rsidP="00831756">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Para </w:t>
       </w:r>
       <w:r w:rsidR="00B1265F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>evaluación, en la novena sesión se les pidió que realizaran los créditos del trabajo</w:t>
       </w:r>
       <w:r w:rsidR="00027F3A" w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>. S</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">e pudo observar que </w:t>
@@ -5270,51 +5267,50 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70CC867B" w14:textId="18DF6D2D" w:rsidR="00F842C7" w:rsidRPr="0039339E" w:rsidRDefault="003C7B75" w:rsidP="00175019">
       <w:pPr>
         <w:pStyle w:val="tematicaGeneral"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DE2D708" w14:textId="77777777" w:rsidR="00B1265F" w:rsidRDefault="00AA17E0" w:rsidP="00B1265F">
       <w:pPr>
         <w:pStyle w:val="tematicaGeneral"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0039339E">
         <w:t xml:space="preserve">Como se mencionó anteriormente, un problema que con frecuencia </w:t>
       </w:r>
       <w:r w:rsidR="00CB6187" w:rsidRPr="0039339E">
         <w:t xml:space="preserve">enfrentamos </w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:t xml:space="preserve">los docentes </w:t>
       </w:r>
       <w:r w:rsidR="00CB6187" w:rsidRPr="0039339E">
         <w:t xml:space="preserve">del nivel básico </w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:t>es la fragmentación de contenidos</w:t>
       </w:r>
@@ -5389,50 +5385,51 @@
       </w:r>
       <w:r w:rsidR="00774969" w:rsidRPr="0039339E">
         <w:t>que solo planteaba</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:t xml:space="preserve"> contenidos aislados y solo transmitía conocimiento</w:t>
       </w:r>
       <w:r w:rsidR="00774969" w:rsidRPr="0039339E">
         <w:t xml:space="preserve"> en un sentido que podríamos considerar como tradicional</w:t>
       </w:r>
       <w:r w:rsidR="00B736BC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00774969" w:rsidRPr="0039339E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B3F44DC" w14:textId="0F4A914C" w:rsidR="00AA17E0" w:rsidRPr="00D465CE" w:rsidRDefault="00B1265F" w:rsidP="00B1265F">
       <w:pPr>
         <w:pStyle w:val="tematicaGeneral"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Esto demuestra que a veces r</w:t>
       </w:r>
       <w:r w:rsidR="00AA17E0" w:rsidRPr="0039339E">
         <w:t>esulta difícil para los docentes permitir a los alumnos interactuar con sus compañeros</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00AA17E0" w:rsidRPr="0039339E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00774969" w:rsidRPr="0039339E">
         <w:t xml:space="preserve">en mi caso particular, </w:t>
       </w:r>
       <w:r w:rsidR="00AA17E0" w:rsidRPr="0039339E">
         <w:t>no era consciente de la importancia que tiene que los alumnos se relacionen con los demás</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00AA17E0" w:rsidRPr="00D465CE">
         <w:t>Lerner</w:t>
       </w:r>
       <w:r w:rsidRPr="00D465CE">
         <w:t>,</w:t>
@@ -5739,51 +5736,50 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="668EF78D" w14:textId="15BBBF48" w:rsidR="00B7735E" w:rsidRPr="0039339E" w:rsidRDefault="003C7B75" w:rsidP="00B7735E">
       <w:pPr>
         <w:pStyle w:val="tematicaGeneral"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039339E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Conclusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E329AE" w14:textId="585B45A9" w:rsidR="00B7735E" w:rsidRPr="0039339E" w:rsidRDefault="00B7735E" w:rsidP="00FD7B30">
       <w:pPr>
         <w:pStyle w:val="tematicaGeneral"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0039339E">
         <w:t>Evitar la fragmentación de contenidos en el ámbito de la lengua escrita requiere de cambios y transformaciones de las prácticas docente</w:t>
       </w:r>
       <w:r w:rsidR="0014145C" w:rsidRPr="0039339E">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="001C3D2D" w:rsidRPr="0039339E">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F22361">
         <w:t>Para eso, e</w:t>
       </w:r>
       <w:r w:rsidRPr="0039339E">
         <w:t>s necesario llevar a cabo un conjunto de actividades y una constante reflexión y análisis</w:t>
       </w:r>
@@ -5801,50 +5797,51 @@
       </w:r>
       <w:r w:rsidR="00F22361">
         <w:t xml:space="preserve">porque </w:t>
       </w:r>
       <w:r w:rsidR="00FD7B30" w:rsidRPr="0039339E">
         <w:t xml:space="preserve">son complementarios o </w:t>
       </w:r>
       <w:r w:rsidR="00F22361">
         <w:t xml:space="preserve">porque son </w:t>
       </w:r>
       <w:r w:rsidR="00FD7B30" w:rsidRPr="0039339E">
         <w:t>de contraste.</w:t>
       </w:r>
       <w:r w:rsidR="000D4B6F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C2F32B" w14:textId="7B553640" w:rsidR="00B7735E" w:rsidRPr="0039339E" w:rsidRDefault="00F22361" w:rsidP="00B7735E">
       <w:pPr>
         <w:pStyle w:val="tematicaGeneral"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>En este sentido, l</w:t>
       </w:r>
       <w:r w:rsidR="00B7735E" w:rsidRPr="0039339E">
         <w:t>as pr</w:t>
       </w:r>
       <w:r>
         <w:t>á</w:t>
       </w:r>
       <w:r w:rsidR="00B7735E" w:rsidRPr="0039339E">
         <w:t xml:space="preserve">cticas sociales del lenguaje permiten articular </w:t>
       </w:r>
       <w:r>
         <w:t>temas,</w:t>
       </w:r>
       <w:r w:rsidR="00B7735E" w:rsidRPr="0039339E">
         <w:t xml:space="preserve"> ya que son procesos graduales y no se pueden separar</w:t>
       </w:r>
       <w:r>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00B7735E" w:rsidRPr="0039339E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
@@ -6090,51 +6087,50 @@
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F7AB270" w14:textId="4E3D0412" w:rsidR="00F842C7" w:rsidRPr="00D465CE" w:rsidRDefault="00670F7F" w:rsidP="00175019">
       <w:pPr>
         <w:pStyle w:val="tematicaGeneral"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D465CE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="437E4DDC" w14:textId="77777777" w:rsidR="00957DEE" w:rsidRPr="00D465CE" w:rsidRDefault="00957DEE" w:rsidP="00D465CE">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="705" w:hanging="705"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D465CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t xml:space="preserve">Latorre, A. (2005) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D465CE">
         <w:rPr>
@@ -6151,50 +6147,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t xml:space="preserve"> Graó.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F7DCECE" w14:textId="77777777" w:rsidR="00957DEE" w:rsidRPr="00D465CE" w:rsidRDefault="00957DEE" w:rsidP="00D465CE">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D465CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lerner, D. (2001). </w:t>
       </w:r>
       <w:r w:rsidRPr="00D465CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t>Leer y escribir en la escuela: lo real, lo posible y lo necesario.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D465CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t xml:space="preserve"> SEP. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7873A586" w14:textId="77777777" w:rsidR="00957DEE" w:rsidRPr="00D465CE" w:rsidRDefault="00957DEE" w:rsidP="00D465CE">
       <w:pPr>
@@ -6256,67 +6253,57 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D465CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07A20D14" w14:textId="77777777" w:rsidR="00957DEE" w:rsidRPr="00D465CE" w:rsidRDefault="00957DEE" w:rsidP="00D465CE">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D465CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Nemirovsky</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, M. (2000). </w:t>
+        <w:t xml:space="preserve">Nemirovsky, M. (2000). </w:t>
       </w:r>
       <w:r w:rsidRPr="00D465CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t>Sobre la enseñanza del lenguaje escrito... y temas aledaños.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D465CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t xml:space="preserve"> Paidós Ibérica Ediciones S. A. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EDC746E" w14:textId="77777777" w:rsidR="00957DEE" w:rsidRPr="00D465CE" w:rsidRDefault="00957DEE" w:rsidP="00D465CE">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
@@ -6454,123 +6441,123 @@
       </w:r>
       <w:r w:rsidRPr="00D465CE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es"/>
         </w:rPr>
         <w:t>Morata</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04C45486" w14:textId="77777777" w:rsidR="00D465CE" w:rsidRPr="0039339E" w:rsidRDefault="00D465CE" w:rsidP="003C7B75"/>
     <w:sectPr w:rsidR="00D465CE" w:rsidRPr="0039339E" w:rsidSect="00D465CE">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="567" w:right="1701" w:bottom="426" w:left="1701" w:header="142" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A8A0E1D" w14:textId="77777777" w:rsidR="00623800" w:rsidRDefault="00623800" w:rsidP="00F842C7">
+    <w:p w14:paraId="57C918BC" w14:textId="77777777" w:rsidR="0054603D" w:rsidRDefault="0054603D" w:rsidP="00F842C7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E682BC0" w14:textId="77777777" w:rsidR="00623800" w:rsidRDefault="00623800" w:rsidP="00F842C7">
+    <w:p w14:paraId="5D19E3A2" w14:textId="77777777" w:rsidR="0054603D" w:rsidRDefault="0054603D" w:rsidP="00F842C7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="211ED14C" w14:textId="438DA60E" w:rsidR="00D465CE" w:rsidRDefault="00D465CE" w:rsidP="00D465CE">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
@@ -6582,102 +6569,145 @@
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Diciembre</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="106B5B70" w14:textId="77777777" w:rsidR="00623800" w:rsidRDefault="00623800" w:rsidP="00F842C7">
+    <w:p w14:paraId="5609A80D" w14:textId="77777777" w:rsidR="0054603D" w:rsidRDefault="0054603D" w:rsidP="00F842C7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62654803" w14:textId="77777777" w:rsidR="00623800" w:rsidRDefault="00623800" w:rsidP="00F842C7">
+    <w:p w14:paraId="2A86B18B" w14:textId="77777777" w:rsidR="0054603D" w:rsidRDefault="0054603D" w:rsidP="00F842C7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="130BD34E" w14:textId="1AA6FF83" w:rsidR="00D465CE" w:rsidRPr="00D465CE" w:rsidRDefault="00D465CE" w:rsidP="00D465CE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="130BD34E" w14:textId="0185FAC3" w:rsidR="00D465CE" w:rsidRPr="00D465CE" w:rsidRDefault="00CD63EC" w:rsidP="00D465CE">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55AC4350" wp14:editId="085678A2">
+          <wp:extent cx="6705600" cy="875030"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+          <wp:docPr id="2057538023" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6705600" cy="875030"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C116DFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1CEC0AE8"/>
     <w:lvl w:ilvl="0" w:tplc="080A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1428" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2148" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6754,51 +6784,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7188" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1369987911">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -6867,50 +6897,51 @@
     <w:rsid w:val="003C7B75"/>
     <w:rsid w:val="003D302F"/>
     <w:rsid w:val="003D63F3"/>
     <w:rsid w:val="003D7AC6"/>
     <w:rsid w:val="003E3F1F"/>
     <w:rsid w:val="003E45A8"/>
     <w:rsid w:val="00411D3F"/>
     <w:rsid w:val="004139EA"/>
     <w:rsid w:val="004179E3"/>
     <w:rsid w:val="00423840"/>
     <w:rsid w:val="004331A7"/>
     <w:rsid w:val="0044048B"/>
     <w:rsid w:val="00456411"/>
     <w:rsid w:val="004572A3"/>
     <w:rsid w:val="00487387"/>
     <w:rsid w:val="004928CD"/>
     <w:rsid w:val="004D48DC"/>
     <w:rsid w:val="004D6353"/>
     <w:rsid w:val="004E039C"/>
     <w:rsid w:val="004F2A55"/>
     <w:rsid w:val="004F642B"/>
     <w:rsid w:val="00501594"/>
     <w:rsid w:val="00515D73"/>
     <w:rsid w:val="005212A4"/>
     <w:rsid w:val="00523847"/>
+    <w:rsid w:val="0054603D"/>
     <w:rsid w:val="00591A00"/>
     <w:rsid w:val="00593E5A"/>
     <w:rsid w:val="005B1A20"/>
     <w:rsid w:val="005B6BEA"/>
     <w:rsid w:val="005C30E0"/>
     <w:rsid w:val="005F0FA5"/>
     <w:rsid w:val="0061145E"/>
     <w:rsid w:val="00617EB3"/>
     <w:rsid w:val="00623800"/>
     <w:rsid w:val="00626A6B"/>
     <w:rsid w:val="00632826"/>
     <w:rsid w:val="0063656D"/>
     <w:rsid w:val="00666348"/>
     <w:rsid w:val="00670F7F"/>
     <w:rsid w:val="006A43D1"/>
     <w:rsid w:val="006A44B3"/>
     <w:rsid w:val="00700059"/>
     <w:rsid w:val="00703C04"/>
     <w:rsid w:val="00726F41"/>
     <w:rsid w:val="00727038"/>
     <w:rsid w:val="00733938"/>
     <w:rsid w:val="00733FBC"/>
     <w:rsid w:val="00767442"/>
     <w:rsid w:val="00772F23"/>
     <w:rsid w:val="00774969"/>
@@ -6929,80 +6960,82 @@
     <w:rsid w:val="008832A9"/>
     <w:rsid w:val="00890CB5"/>
     <w:rsid w:val="008D0A29"/>
     <w:rsid w:val="008D20B8"/>
     <w:rsid w:val="008D59ED"/>
     <w:rsid w:val="008E5F1D"/>
     <w:rsid w:val="00900941"/>
     <w:rsid w:val="009073B0"/>
     <w:rsid w:val="00911AB6"/>
     <w:rsid w:val="009359F9"/>
     <w:rsid w:val="009410C6"/>
     <w:rsid w:val="00942BD7"/>
     <w:rsid w:val="00957DEE"/>
     <w:rsid w:val="009B244E"/>
     <w:rsid w:val="009B3FCF"/>
     <w:rsid w:val="009C306A"/>
     <w:rsid w:val="009D33E6"/>
     <w:rsid w:val="009D568D"/>
     <w:rsid w:val="009E4746"/>
     <w:rsid w:val="00A053F2"/>
     <w:rsid w:val="00A1044A"/>
     <w:rsid w:val="00A30122"/>
     <w:rsid w:val="00A50958"/>
     <w:rsid w:val="00A62951"/>
     <w:rsid w:val="00A75B8B"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00AA17E0"/>
     <w:rsid w:val="00AB4D60"/>
     <w:rsid w:val="00AC0973"/>
     <w:rsid w:val="00AE1565"/>
     <w:rsid w:val="00B01BC9"/>
     <w:rsid w:val="00B047C0"/>
     <w:rsid w:val="00B1265F"/>
     <w:rsid w:val="00B22BE6"/>
     <w:rsid w:val="00B26A31"/>
     <w:rsid w:val="00B43876"/>
     <w:rsid w:val="00B736BC"/>
     <w:rsid w:val="00B7735E"/>
     <w:rsid w:val="00B94084"/>
     <w:rsid w:val="00BA0DD5"/>
     <w:rsid w:val="00BA4029"/>
     <w:rsid w:val="00BB1B8B"/>
     <w:rsid w:val="00BC1FB4"/>
     <w:rsid w:val="00BC2CFF"/>
     <w:rsid w:val="00BE190C"/>
     <w:rsid w:val="00BF4BD7"/>
     <w:rsid w:val="00C13993"/>
     <w:rsid w:val="00C15159"/>
     <w:rsid w:val="00C25657"/>
     <w:rsid w:val="00C871E7"/>
     <w:rsid w:val="00C93FF2"/>
     <w:rsid w:val="00CB6187"/>
     <w:rsid w:val="00CC2C7C"/>
     <w:rsid w:val="00CC6C89"/>
     <w:rsid w:val="00CD2AAE"/>
     <w:rsid w:val="00CD405B"/>
+    <w:rsid w:val="00CD63EC"/>
     <w:rsid w:val="00CE0AF9"/>
     <w:rsid w:val="00CE45D4"/>
     <w:rsid w:val="00D105F3"/>
     <w:rsid w:val="00D11D44"/>
     <w:rsid w:val="00D342EA"/>
     <w:rsid w:val="00D35542"/>
     <w:rsid w:val="00D40CA5"/>
     <w:rsid w:val="00D465CE"/>
     <w:rsid w:val="00D7400C"/>
     <w:rsid w:val="00D8150C"/>
     <w:rsid w:val="00D83E6A"/>
     <w:rsid w:val="00D97E0F"/>
     <w:rsid w:val="00DB2285"/>
     <w:rsid w:val="00DD260E"/>
     <w:rsid w:val="00DD4554"/>
     <w:rsid w:val="00DE343E"/>
     <w:rsid w:val="00DF7BCC"/>
     <w:rsid w:val="00E36067"/>
     <w:rsid w:val="00E63842"/>
     <w:rsid w:val="00E7384D"/>
     <w:rsid w:val="00EA1D02"/>
     <w:rsid w:val="00F02060"/>
     <w:rsid w:val="00F044E2"/>
     <w:rsid w:val="00F21051"/>
     <w:rsid w:val="00F22361"/>
@@ -7030,51 +7063,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="37E619DD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FAB2B346-398C-447A-AFBA-6B2C718FA1D5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7441,51 +7474,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F842C7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
@@ -7665,51 +7697,51 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F842C7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F842C7"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Textoennegrita">
+  <w:style w:type="character" w:styleId="Fuerte">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="0082666A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00523847"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
@@ -7783,51 +7815,51 @@
     <w:rsid w:val="00957DEE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
     <w:name w:val="Asunto del comentario Car"/>
     <w:basedOn w:val="TextocomentarioCar"/>
     <w:link w:val="Asuntodelcomentario"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00957DEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="158039864">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="291207829">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7885,50 +7917,54 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1759248801">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8186,76 +8222,76 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>21506</Characters>
+  <Pages>12</Pages>
+  <Words>3875</Words>
+  <Characters>21315</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>537</Lines>
-  <Paragraphs>256</Paragraphs>
+  <Lines>177</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24888</CharactersWithSpaces>
+  <CharactersWithSpaces>25140</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>usuario</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>af5f3d42b96f43131de0e3d9f5359535519391098a95a7edefaa74e57e20ae47</vt:lpwstr>
   </property>