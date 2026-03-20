--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,58 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4B878BAB" w14:textId="00FAB26E" w:rsidR="001D0DF0" w:rsidRPr="001D0DF0" w:rsidRDefault="001D0DF0" w:rsidP="001D0DF0">
+    <w:p w14:paraId="03DAA8FE" w14:textId="77777777" w:rsidR="00116C1E" w:rsidRDefault="00116C1E" w:rsidP="00116C1E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0271DFB4" w14:textId="5DFE67A2" w:rsidR="00116C1E" w:rsidRDefault="00116C1E" w:rsidP="00116C1E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00116C1E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v10i20.304</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B878BAB" w14:textId="510686E5" w:rsidR="001D0DF0" w:rsidRPr="001D0DF0" w:rsidRDefault="001D0DF0" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Artículos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -874,51 +920,62 @@
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>orrelaciones significativas. Las conclusiones evidencian que el 56</w:t>
       </w:r>
       <w:r w:rsidR="00073A6F" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>% de los estudiantes presentan una frecuencia alta en la autorregulación de su aprendizaje. Con una diferencia marginal del 7</w:t>
+        <w:t xml:space="preserve">% de los estudiantes presentan una frecuencia alta en la autorregulación de su aprendizaje. Con una </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>diferencia marginal del 7</w:t>
       </w:r>
       <w:r w:rsidR="00073A6F" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>%, se muestra que estos estudiantes privilegian el logro de su rendimiento académico sobre el logro de sus metas de aprendizaje. Todos ellos alcanzan una efectividad alta en su rendimiento.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B263AE2" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -1059,79 +1116,79 @@
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B77B7ED" w14:textId="5C516CB1" w:rsidR="00A8636F" w:rsidRPr="00A8636F" w:rsidRDefault="00A8636F" w:rsidP="00A8636F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="38"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A8636F" w:rsidRPr="00A8636F" w:rsidSect="00FC5B05">
           <w:headerReference w:type="even" r:id="rId7"/>
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="even" r:id="rId9"/>
           <w:footerReference w:type="default" r:id="rId10"/>
-          <w:footerReference w:type="first" r:id="rId11"/>
+          <w:headerReference w:type="first" r:id="rId11"/>
+          <w:footerReference w:type="first" r:id="rId12"/>
           <w:pgSz w:w="12242" w:h="15842" w:code="1"/>
           <w:pgMar w:top="567" w:right="1276" w:bottom="284" w:left="1134" w:header="142" w:footer="0" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="132EFD72" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="38"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8636F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CBDA77A" w14:textId="77777777" w:rsidR="00A45A24" w:rsidRPr="001D0DF0" w:rsidRDefault="00876DF5" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="38"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Self-regulation of learning is a competence to face the demands of educational reality in higher education in virtual environments. The objective is to analyze the frequency with which the university student is self-regulating their learning, in virtual educational environments, and the relationship with their academic performance. Under a quantitative, nonexperimental, transectional, descriptive design, </w:t>
       </w:r>
@@ -1690,51 +1747,62 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">García-Marcos </w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>et al.</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (2020) señalan que es necesario analizar nuevas herramientas que ayuden a los estudiantes a monitorizar su proceso de aprendizaje, como andamiaje para adquirir habilidades de gestión del tiempo de estudio y completar con éxito las tareas. </w:t>
+        <w:t xml:space="preserve"> (2020) señalan que es necesario analizar nuevas herramientas que ayuden a los estudiantes a monitorizar su proceso de aprendizaje, como andamiaje para adquirir </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">habilidades de gestión del tiempo de estudio y completar con éxito las tareas. </w:t>
       </w:r>
       <w:r w:rsidR="00814710" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Los autores i</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>dentificaron que el aprendizaje</w:t>
       </w:r>
       <w:r w:rsidR="001B3271" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
@@ -1843,61 +1911,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> que se activan de manera cíclica de acuerdo a tres fases de la tarea de aprender: previsión, ejecución y reflexión.</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00814710" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">En tal </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">sentido, </w:t>
+        <w:t xml:space="preserve">En tal sentido, </w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Covarrubias-Apablaza </w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
@@ -3055,51 +3113,62 @@
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> ¿</w:t>
       </w:r>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">on qué frecuencia </w:t>
+        <w:t xml:space="preserve">on qué </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">frecuencia </w:t>
       </w:r>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">el estudiante universitario </w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>está autorregulando su aprendizaje</w:t>
       </w:r>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
@@ -3251,62 +3320,51 @@
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> La autorregulación del aprendizaje que hacen los estudiantes universitarios en entornos educativos virtuales presenta una frecuencia alta en el 80</w:t>
       </w:r>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">% de </w:t>
-[...10 lines deleted...]
-        <w:t>ellos.</w:t>
+        <w:t>% de ellos.</w:t>
       </w:r>
       <w:r w:rsidR="00DE7B5E" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>H2.</w:t>
       </w:r>
       <w:r w:rsidR="00DE7B5E" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4067,64 +4125,52 @@
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> y mejor</w:t>
       </w:r>
       <w:r w:rsidR="003372D0" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">a de </w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>la modalidad virtual, aunque las preferencias de los estudiantes siguen sobre la presencial (</w:t>
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>la modalidad virtual, aunque las preferencias de los estudiantes siguen sobre la presencial (Lytle</w:t>
+      </w:r>
       <w:r w:rsidR="00CE60EF" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:r w:rsidR="00CE60EF" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lundy</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4299,69 +4345,58 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">modelo de distancia transaccional y el modelo de triángulo didáctico </w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00EB40CF" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Barreto, 2020; </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-        <w:t>, 2019).</w:t>
+      <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Dieser, 2019).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="107CEBB0" w14:textId="67BE7BF5" w:rsidR="002B3CB1" w:rsidRPr="001D0DF0" w:rsidRDefault="00170695" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="38"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
@@ -4529,51 +4564,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">En el ámbito de los entornos educativos virtuales con potencial pedagógico y didáctico, hay dos desafíos: </w:t>
+        <w:t xml:space="preserve">En el ámbito de los entornos educativos virtuales con potencial pedagógico y didáctico, hay dos </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">desafíos: </w:t>
       </w:r>
       <w:r w:rsidR="003372D0" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>1) l</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">a educación sin distancia en la virtualidad (Badilla, </w:t>
       </w:r>
       <w:r w:rsidR="00CE60EF" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4728,81 +4773,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="005A6A8D" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2016), </w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Berridi y Martínez (2017) y </w:t>
-[...29 lines deleted...]
-        <w:t>en ambientes virtuales; su fiabilidad estadística cuenta con un alfa de Cronbach (α) de 0.88.</w:t>
+        <w:t>Berridi y Martínez (2017) y Dieser (2019). El primero, recupera información sobre estrategias de autorregulación del aprendizaje en ambientes virtuales; su fiabilidad estadística cuenta con un alfa de Cronbach (α) de 0.88.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="575CCC9C" w14:textId="3B9596FB" w:rsidR="009D65D4" w:rsidRDefault="008C29C6" w:rsidP="00A8636F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="38"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:tab/>
@@ -6115,51 +6130,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="588308FA" w14:textId="39EDCC2A" w:rsidR="00663CCD" w:rsidRPr="001D0DF0" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="38"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Procedimiento de recogida y análisis de datos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35FC330A" w14:textId="77777777" w:rsidR="008E2A27" w:rsidRPr="001D0DF0" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="38" w:firstLine="600"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>El proceso de inves</w:t>
@@ -7080,51 +7094,62 @@
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Para la aplicación a la muestra definitiva, se gestionó la autorización de acceder a la muestra poblacional y se contó con la colaboración de los directores y los coordinadores de los programas académicos. Se cuidaron los aspectos éticos, </w:t>
       </w:r>
       <w:r w:rsidR="005A6A8D" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>por lo que se contó</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> con el consentimiento informado de los participantes.</w:t>
+        <w:t xml:space="preserve"> con el consentimiento informado de </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>los participantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="264915EA" w14:textId="64A06CF7" w:rsidR="009D65D4" w:rsidRPr="001D0DF0" w:rsidRDefault="005A6A8D" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="40" w:firstLine="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Para </w:t>
@@ -7281,51 +7306,50 @@
     </w:p>
     <w:p w14:paraId="45598AD8" w14:textId="79813E95" w:rsidR="000F3065" w:rsidRPr="001D0DF0" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="38"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Resultados</w:t>
       </w:r>
       <w:r w:rsidR="005A6A8D" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17304F4C" w14:textId="09E72CAA" w:rsidR="000F3065" w:rsidRPr="001D0DF0" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="38" w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="32"/>
@@ -8352,51 +8376,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2098C385" wp14:editId="0C8391BD">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>899795</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>6350</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4308475" cy="2105025"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Imagen 1" descr="C:\PTCINV\2023 Carpetas de Trabajo UVP\Convocatorias para publicar\Congreso Internacional CENID 11-13Oct\Ponencia a enviar\Grafica gral autorregulacion.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\PTCINV\2023 Carpetas de Trabajo UVP\Convocatorias para publicar\Congreso Internacional CENID 11-13Oct\Ponencia a enviar\Grafica gral autorregulacion.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12">
+                    <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4308475" cy="2105025"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -8541,50 +8565,51 @@
         </w:rPr>
         <w:t>Fuente: Elaboración propia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07E3A42E" w14:textId="2FB27D19" w:rsidR="009D65D4" w:rsidRDefault="00511F9C" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>En cuanto a los resultados por procesos derivados de las variables de análisis</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
@@ -8733,51 +8758,50 @@
     </w:p>
     <w:p w14:paraId="78EDCF75" w14:textId="6D75E2F9" w:rsidR="009D65D4" w:rsidRPr="001D0DF0" w:rsidRDefault="0068704E" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="40"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabla </w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
@@ -8803,462 +8827,449 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1323"/>
         <w:gridCol w:w="1224"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="1138"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D65D4" w:rsidRPr="00A8636F" w14:paraId="7640910D" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="563CBB55" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Proceso</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72EB8138" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Variables</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4540" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FC93D46" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Frecuencia en porcentajes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D65D4" w:rsidRPr="00A8636F" w14:paraId="73453AFD" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26098BC5" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="009D65D4" w:rsidP="00A8636F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5743DBB5" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="009D65D4" w:rsidP="00A8636F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6150921B" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="-254" w:right="40" w:firstLine="254"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Nunca</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B021077" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>La mayoría de las veces no</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="493E8C55" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Algunas veces sí; algunas veces no</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F9A7051" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>La mayoría de las veces si</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1138" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62D3D2A7" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Siempre</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D65D4" w:rsidRPr="00A8636F" w14:paraId="40DADAC0" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41F4F272" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Cognitivo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D05E70A" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Planificación, monitoreo, control y reflexión sobre su aprendizaje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="167D4C7E" w14:textId="5E9161D1" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -9270,51 +9281,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FEC39F0" w14:textId="466F6FB3" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -9326,51 +9336,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0477A6ED" w14:textId="3C1D08DC" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -9382,51 +9391,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D4B7370" w14:textId="6B1233AF" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -9438,51 +9446,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1138" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5298895F" w14:textId="3455B337" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -9499,114 +9506,111 @@
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D65D4" w:rsidRPr="00A8636F" w14:paraId="37B833BD" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2706DE67" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Motivacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D8EE969" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="009D65D4" w:rsidP="00A8636F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E9D52BB" w14:textId="0A627668" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -9618,51 +9622,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="747BDE38" w14:textId="1F98DD53" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -9674,51 +9677,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F090826" w14:textId="40E9A9CD" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -9730,51 +9732,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="288A72BF" w14:textId="229C8E77" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -9786,51 +9787,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1138" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6260D42A" w14:textId="56C91B86" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -9847,114 +9847,111 @@
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D65D4" w:rsidRPr="00A8636F" w14:paraId="2FC22C71" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30A5A364" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Conductual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D7A02FA" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="009D65D4" w:rsidP="00A8636F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CD10DE2" w14:textId="7E652156" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -9966,51 +9963,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B0E6181" w14:textId="43AEAFBE" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -10022,51 +10018,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21BF79DE" w14:textId="5F23FB0E" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -10078,51 +10073,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49B2F19F" w14:textId="06EF3A4F" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -10134,51 +10128,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1138" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70EC2E89" w14:textId="7C31B5A6" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -10195,114 +10188,111 @@
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D65D4" w:rsidRPr="00A8636F" w14:paraId="14347642" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="472FA977" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Contextual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1224" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A851FD6" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="009D65D4" w:rsidP="00A8636F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="302313E8" w14:textId="08BCCADE" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -10314,51 +10304,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CBF89D7" w14:textId="4DBF6C68" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -10370,51 +10359,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B17DFC9" w14:textId="02634346" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -10426,51 +10414,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DF10454" w14:textId="35187938" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -10482,51 +10469,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1138" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="723FC9FA" w14:textId="1A129692" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="00A8636F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8636F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -10951,430 +10937,408 @@
         <w:jc w:val="center"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="4102"/>
         <w:gridCol w:w="1278"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D65D4" w:rsidRPr="00A8636F" w14:paraId="142DC13F" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AAB28A3" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13430155" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Ítems</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C96E722" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Correlación</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D65D4" w:rsidRPr="00A8636F" w14:paraId="3C0ACE11" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A5B42B6" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Planificación Proceso motivacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A1B1C21" w14:textId="59D288C8" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>C1. Frecuencia con la que establece sus objetivos de aprendizaje diarios o por semana y frecuencia con que lo hace todo el semestre</w:t>
             </w:r>
             <w:r w:rsidR="00BC409B" w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D12F9ED" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>r= 0.75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D65D4" w:rsidRPr="00A8636F" w14:paraId="273265A7" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05903B45" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="009D65D4" w:rsidP="001D0DF0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="093E786C" w14:textId="7CD6516C" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>C2. Frecuencia con la que confía en el valor de sus propias ideas y la frecuencia con la que se siente capaz de aprender de manera autónoma, en los entornos virtuales de aprendizaje</w:t>
             </w:r>
             <w:r w:rsidR="00BC409B" w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C9E7D1C" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>r= 0.64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D65D4" w:rsidRPr="00A8636F" w14:paraId="0626E91E" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53728046" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
-              <w:t>Planificació</w:t>
-[...11 lines deleted...]
-              <w:t>n</w:t>
+              <w:t>Planificación</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AAFD7A4" w14:textId="124C3CCA" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -11386,567 +11350,539 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>onductual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76F0A317" w14:textId="44FE843C" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...12 lines deleted...]
-              <w:t>tiempo, y la frecuencia con la que se organiza para estar al corriente en la entrega de sus tareas</w:t>
+              <w:t>C3. Frecuencia con la que planifica su tiempo, y la frecuencia con la que se organiza para estar al corriente en la entrega de sus tareas</w:t>
             </w:r>
             <w:r w:rsidR="00BC409B" w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08AD9482" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>r= 0.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D65D4" w:rsidRPr="00A8636F" w14:paraId="11DB306C" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DC9C59E" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="009D65D4" w:rsidP="001D0DF0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60AF0E32" w14:textId="7323D021" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>C4. Frecuencia con la que planifica su tiempo y la frecuencia con la que desde el inicio establece sus estrategias de estudio</w:t>
             </w:r>
             <w:r w:rsidR="00BC409B" w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36C07F2A" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>r= 0.67</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D65D4" w:rsidRPr="00A8636F" w14:paraId="27726182" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20DD61A0" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="009D65D4" w:rsidP="001D0DF0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67F6E80D" w14:textId="20649872" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>C5. Frecuencia con la que, al no entender alguna materia, pide ayuda a otro estudiante y la frecuencia con la que, habiendo identificado a los compañeros a los que puede pedir ayuda, les pregunta</w:t>
             </w:r>
             <w:r w:rsidR="00BC409B" w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06312C05" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>r= 0.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D65D4" w:rsidRPr="00A8636F" w14:paraId="32CD8C09" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A1379B6" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="009D65D4" w:rsidP="001D0DF0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="083131E2" w14:textId="1594132C" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>C6. Frecuencia con la que le pide al profesor, en la videoconferencia, que resuelva sus dudas y la frecuencia con la que se da cuenta de que hacer preguntas a su profesor le ayuda</w:t>
             </w:r>
             <w:r w:rsidR="00BC409B" w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62535AC1" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00FC5B05" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>r= 0.67</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0068704E" w:rsidRPr="00A8636F" w14:paraId="0E37DFCC" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1281FAA8" w14:textId="77777777" w:rsidR="0068704E" w:rsidRPr="00FC5B05" w:rsidRDefault="0068704E" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Monitoreo Proceso motivacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F79BA27" w14:textId="3FF9BA1D" w:rsidR="0068704E" w:rsidRPr="00FC5B05" w:rsidRDefault="0068704E" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>C7. Frecuencia con la que se fijó metas de aprendizaje y la frecuencia con la que desde el inicio estableció sus estrategias de estudio</w:t>
             </w:r>
             <w:r w:rsidR="00BC409B" w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BE729B6" w14:textId="77777777" w:rsidR="0068704E" w:rsidRPr="00FC5B05" w:rsidRDefault="0068704E" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -12122,534 +12058,496 @@
         <w:jc w:val="center"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="4102"/>
         <w:gridCol w:w="1278"/>
       </w:tblGrid>
       <w:tr w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w14:paraId="30341270" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7840D639" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A6747B5" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Ítems</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1736E677" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Correlación</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w14:paraId="1F4DB770" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58B416CC" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Monitoreo Proceso motivacional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FDB6E39" w14:textId="398F6584" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>C7. Frecuencia con la que se fijó metas de aprendizaje y la frecuencia con la que desde el inicio estableció sus estrategias de estudio</w:t>
             </w:r>
             <w:r w:rsidR="00BC409B" w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70203993" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>r= 0.63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w14:paraId="1BCC3A30" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0383010F" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monitoreo Proceso </w:t>
-[...11 lines deleted...]
-              <w:t>conductual</w:t>
+              <w:t>Monitoreo Proceso conductual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53CC46DC" w14:textId="37C581EA" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...12 lines deleted...]
-              <w:t>otro estudiante y la frecuencia con la que, habiendo identificado a los compañeros a los que puede pedir ayuda, les pregunta</w:t>
+              <w:t>C8. Frecuencia con la que, al no entender alguna materia, le pide ayuda a otro estudiante y la frecuencia con la que, habiendo identificado a los compañeros a los que puede pedir ayuda, les pregunta</w:t>
             </w:r>
             <w:r w:rsidR="004B0300" w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EC7386B" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>r= 0.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w14:paraId="110993B4" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04E10AB3" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48641E8A" w14:textId="2F15BA83" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>C9. Frecuencia con la que le pide al profesor, en la videoconferencia, que resuelva sus dudas y la frecuencia con la que se da cuenta de que hacer preguntas a su profesor le ayuda</w:t>
             </w:r>
             <w:r w:rsidR="004B0300" w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43F45FBC" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>r= 0.69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w14:paraId="1D055817" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37742327" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -12666,136 +12564,133 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Proceso contextual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B616DE0" w14:textId="0D6B0AB8" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>C10. Frecuencia con la que ve difícil seguir un programa de estudios en la modalidad en línea y la frecuencia con la que se dice a sí mismo que las condiciones de estudiante presencial eran mejores</w:t>
             </w:r>
             <w:r w:rsidR="004B0300" w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03C0F861" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>r= 0.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w14:paraId="476A5CFE" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71111C54" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -12812,243 +12707,237 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Proceso conductual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CB5F474" w14:textId="7851E60B" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>C11. Frecuencia con la que usó herramientas virtuales de la universidad para recibir información y la frecuencia con la que las usó para dar información</w:t>
             </w:r>
             <w:r w:rsidR="004B0300" w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B6FB472" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>r= 0.73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w14:paraId="33EECBBC" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="567E6579" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A07ADB2" w14:textId="78F33971" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>C.12 Frecuencia con la que logró sus metas de aprendizaje como se las planteó y la frecuencia con la que perseveró para lograr las calificaciones que quería</w:t>
             </w:r>
             <w:r w:rsidR="004B0300" w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="239F5E3B" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>r= 0.72</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w14:paraId="4FE6D31C" w14:textId="77777777" w:rsidTr="00FC5B05">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B0ABE04" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -13065,96 +12954,94 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>Proceso contextual</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4102" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CCFE0D1" w14:textId="25EF9139" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>C.13 Frecuencia con la que percibió a la dificultad como una oportunidad para aprender y la frecuencia con la que reconoció que los errores que cometió son fuentes de aprendizaje</w:t>
             </w:r>
             <w:r w:rsidR="004B0300" w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1278" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DF089E4" w14:textId="77777777" w:rsidR="00161B3A" w:rsidRPr="00FC5B05" w:rsidRDefault="00161B3A" w:rsidP="001D0DF0">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:right="40"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5B05">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="231F20"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-MX"/>
@@ -13290,51 +13177,50 @@
     </w:p>
     <w:p w14:paraId="0EBD3D7E" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="001D0DF0" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="38" w:firstLine="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Discusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CECC0CD" w14:textId="4F32162F" w:rsidR="009D65D4" w:rsidRPr="001D0DF0" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
@@ -14732,51 +14618,62 @@
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004B0300" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>En definitiva, l</w:t>
       </w:r>
       <w:r w:rsidR="00DF39E9" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">a pandemia aceleró el crecimiento de la educación a distancia, el uso de los entornos virtuales y las aplicaciones digitales, pero no posibilitó el equilibrio de las asimetrías </w:t>
+        <w:t xml:space="preserve">a pandemia aceleró el crecimiento de la educación a distancia, el uso de los </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF39E9" w:rsidRPr="001D0DF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">entornos virtuales y las aplicaciones digitales, pero no posibilitó el equilibrio de las asimetrías </w:t>
       </w:r>
       <w:r w:rsidR="004B0300" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>ni</w:t>
       </w:r>
       <w:r w:rsidR="00DF39E9" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> las resistencias, desde esta modalidad, en materia de aprendizaje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="387132C8" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRDefault="009D65D4" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -14824,51 +14721,50 @@
     </w:p>
     <w:p w14:paraId="69B6021D" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="001D0DF0" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="40" w:firstLine="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Hipótesis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="067BFC1D" w14:textId="76FF8E10" w:rsidR="00D25262" w:rsidRPr="001D0DF0" w:rsidRDefault="004B0300" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
@@ -16051,51 +15947,62 @@
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> la aplicación con acompañamiento directo</w:t>
       </w:r>
       <w:r w:rsidR="00DF39E9" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">del investigador y </w:t>
+        <w:t xml:space="preserve">del investigador </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:r w:rsidR="00DF39E9" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>del coordinador de licenciatura,</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> durante horarios definidos a través de Zoom. Se tuvo el apoyo de personal capacitado </w:t>
       </w:r>
       <w:r w:rsidR="00DF39E9" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
@@ -16282,51 +16189,50 @@
     </w:p>
     <w:p w14:paraId="2BAA51DB" w14:textId="7BA1FB28" w:rsidR="009D65D4" w:rsidRPr="001D0DF0" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="40" w:firstLine="283"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Aporte </w:t>
       </w:r>
       <w:r w:rsidR="003D0D9D" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">etodológico de la </w:t>
       </w:r>
       <w:r w:rsidR="003D0D9D" w:rsidRPr="001D0DF0">
@@ -17331,51 +17237,50 @@
     </w:p>
     <w:p w14:paraId="463AFA1D" w14:textId="0F9E31AB" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="40" w:firstLine="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8636F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Apartado de futuras líneas de investigación</w:t>
       </w:r>
       <w:r w:rsidR="003D0D9D" w:rsidRPr="00A8636F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F99F2B1" w14:textId="77777777" w:rsidR="007A52CF" w:rsidRPr="001D0DF0" w:rsidRDefault="004A1AB8" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -18245,51 +18150,62 @@
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Las recomendaciones </w:t>
       </w:r>
       <w:r w:rsidR="00EB004B" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>de investigación en relación con</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> los docentes de estudiantes universitarios son</w:t>
+        <w:t xml:space="preserve"> los docentes de estudiantes universitarios </w:t>
+      </w:r>
+      <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>son</w:t>
       </w:r>
       <w:r w:rsidR="003D0D9D" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> las siguientes</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00EB004B" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
@@ -18398,62 +18314,51 @@
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2019)</w:t>
       </w:r>
       <w:r w:rsidR="001F286D" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y 3) que desde las propias </w:t>
-[...10 lines deleted...]
-        <w:t>experiencias de los docentes faciliten a los estudiantes</w:t>
+        <w:t xml:space="preserve"> y 3) que desde las propias experiencias de los docentes faciliten a los estudiantes</w:t>
       </w:r>
       <w:r w:rsidR="00EB004B" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> procesos de control</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="001D0DF0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> sobre sus pensamientos, acciones, emociones y motivaciones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="742A512A" w14:textId="35E0E58E" w:rsidR="00BE08D4" w:rsidRPr="001D0DF0" w:rsidRDefault="00BE08D4" w:rsidP="001D0DF0">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -19049,51 +18954,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D489E5A" w14:textId="77777777" w:rsidR="009D65D4" w:rsidRPr="00A8636F" w:rsidRDefault="00A0685C" w:rsidP="00161B3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A8636F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00161B3A" w:rsidRPr="00A8636F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ef</w:t>
       </w:r>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="00A8636F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:color w:val="231F20"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>erencias</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004A1AB8" w:rsidRPr="00A8636F">
         <w:rPr>
@@ -19534,73 +19438,51 @@
     </w:p>
     <w:p w14:paraId="71F1DF97" w14:textId="77777777" w:rsidR="005451CA" w:rsidRPr="005818EA" w:rsidRDefault="005451CA" w:rsidP="005451CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>Covarrubias-Apablaza, C. G., Acosta-</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">, H. y Mendoza-Lira, M. (2019). Relación de autorregulación del aprendizaje y autoeficacia general con las metas académicas de estudiantes universitarios. </w:t>
+        <w:t xml:space="preserve">Covarrubias-Apablaza, C. G., Acosta-Antognoni, H. y Mendoza-Lira, M. (2019). Relación de autorregulación del aprendizaje y autoeficacia general con las metas académicas de estudiantes universitarios. </w:t>
       </w:r>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Formación Universitaria</w:t>
       </w:r>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -19618,71 +19500,59 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>(6), 103-114. http://dx.doi.org/10.4067/S0718-50062019000600103</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="671B85DC" w14:textId="692D8A60" w:rsidR="005451CA" w:rsidRPr="005818EA" w:rsidRDefault="005451CA" w:rsidP="005451CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>Dieser</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">, M. P. (2019). </w:t>
+        <w:t xml:space="preserve">Dieser, M. P. (2019). </w:t>
       </w:r>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Estrategias de autorregulación del aprendizaje y rendimiento académico en escenarios educativos mediados por tecnologías de la información y la comunicación. Revisión y análisis de experiencias en la educación superior iberoamericana</w:t>
       </w:r>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> (tesis de especialidad). Universidad Nacional de la Plata. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A8636F">
         <w:rPr>
@@ -19924,73 +19794,51 @@
     </w:p>
     <w:p w14:paraId="4BFFBDB7" w14:textId="77777777" w:rsidR="005451CA" w:rsidRPr="005818EA" w:rsidRDefault="005451CA" w:rsidP="005451CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">García, I., Barberá, E. y </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">, M. (2019). Diseño de un sistema de apoyo a la regulación social del aprendizaje en los </w:t>
+        <w:t xml:space="preserve">García, I., Barberá, E. y Maina, M. (2019). Diseño de un sistema de apoyo a la regulación social del aprendizaje en los </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>xMOOC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005818EA">
@@ -20172,51 +20020,62 @@
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Informática</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t>INEGI) (2021). Encuesta para la medición del impacto de Covid-19 en la educación (ECOVID-ED 2020). https://www.inegi.org.mx/investigacion/ecovided/2020/</w:t>
+        <w:t xml:space="preserve">INEGI) (2021). Encuesta para la medición </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005818EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="231F20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>del impacto de Covid-19 en la educación (ECOVID-ED 2020). https://www.inegi.org.mx/investigacion/ecovided/2020/</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76A48798" w14:textId="290E3EDA" w:rsidR="005451CA" w:rsidRPr="00CE60EF" w:rsidRDefault="005451CA" w:rsidP="005451CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE60EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lytle, R. </w:t>
@@ -20297,51 +20156,50 @@
     </w:p>
     <w:p w14:paraId="20F2BF8B" w14:textId="77777777" w:rsidR="005451CA" w:rsidRPr="005818EA" w:rsidRDefault="005451CA" w:rsidP="005451CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Martínez-Sarmiento, L. F. y Gaeta, M. L. (2019). Utilización de la plataforma virtual Moodle para el desarrollo del aprendizaje autorregulado en estudiantes universitarios. </w:t>
       </w:r>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Educar</w:t>
       </w:r>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="005818EA">
@@ -20451,95 +20309,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Viechtbauer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">, W., </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">, D., </w:t>
+        <w:t xml:space="preserve">, W., Smits, L., Kotz, D., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Budé</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">, L., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005818EA">
@@ -20618,140 +20432,140 @@
         </w:rPr>
         <w:t>68</w:t>
       </w:r>
       <w:r w:rsidRPr="005818EA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="231F20"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>, 1375-1379.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001F286D" w:rsidRPr="00A8636F" w:rsidSect="00FC5B05">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12242" w:h="15842" w:code="1"/>
       <w:pgMar w:top="567" w:right="1276" w:bottom="284" w:left="1134" w:header="142" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="321D56B1" w14:textId="77777777" w:rsidR="006A1637" w:rsidRDefault="006A1637">
+    <w:p w14:paraId="59525C20" w14:textId="77777777" w:rsidR="006975C5" w:rsidRDefault="006975C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77DF6E05" w14:textId="77777777" w:rsidR="006A1637" w:rsidRDefault="006A1637">
+    <w:p w14:paraId="2406039C" w14:textId="77777777" w:rsidR="006975C5" w:rsidRDefault="006975C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="21E4B7FC" w14:textId="77777777" w:rsidR="004A1AB8" w:rsidRDefault="004A1AB8">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="1811518618"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="7BD2754E" w14:textId="6B08F466" w:rsidR="004A1AB8" w:rsidRPr="001D0DF0" w:rsidRDefault="001D0DF0" w:rsidP="001D0DF0">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="001D0DF0">
           <w:rPr>
@@ -20767,51 +20581,51 @@
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Diciembre</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="001D0DF0">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="7E5D0988" w14:textId="1FA3B448" w:rsidR="004A1AB8" w:rsidRPr="001D0DF0" w:rsidRDefault="001D0DF0" w:rsidP="001D0DF0">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="001D0DF0">
           <w:rPr>
@@ -20827,127 +20641,117 @@
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Diciembre</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="001D0DF0">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7503A811" w14:textId="77777777" w:rsidR="006A1637" w:rsidRDefault="006A1637">
+    <w:p w14:paraId="45D5F023" w14:textId="77777777" w:rsidR="006975C5" w:rsidRDefault="006975C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="26CB2D68" w14:textId="77777777" w:rsidR="006A1637" w:rsidRDefault="006A1637">
+    <w:p w14:paraId="77BEBDA2" w14:textId="77777777" w:rsidR="006975C5" w:rsidRDefault="006975C5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3B1E8427" w14:textId="77777777" w:rsidR="004A1AB8" w:rsidRDefault="004A1AB8">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2F16E212" w14:textId="2663D89E" w:rsidR="001D0DF0" w:rsidRPr="001D0DF0" w:rsidRDefault="001D0DF0" w:rsidP="001D0DF0">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:lang w:val="es-MX"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:i/>
       </w:rPr>
-      <w:t>Revista</w:t>
-[...8 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">Revista </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:i/>
       </w:rPr>
       <w:t>Electrónica</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:i/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:i/>
@@ -21009,88 +20813,152 @@
       <w:t>Grupos</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:i/>
       </w:rPr>
       <w:t xml:space="preserve"> de </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:b/>
         <w:i/>
       </w:rPr>
       <w:t>Investigación</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="03A9ADBA" w14:textId="646964EA" w:rsidR="00116C1E" w:rsidRDefault="00116C1E">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35B37F2C" wp14:editId="36EA8508">
+          <wp:extent cx="7033260" cy="973455"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="484475359" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7033260" cy="973455"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009D65D4"/>
     <w:rsid w:val="00032DA1"/>
     <w:rsid w:val="00035C53"/>
     <w:rsid w:val="00043D2B"/>
     <w:rsid w:val="00065C6E"/>
     <w:rsid w:val="00073A6F"/>
     <w:rsid w:val="000C1928"/>
     <w:rsid w:val="000C45C2"/>
     <w:rsid w:val="000D3078"/>
     <w:rsid w:val="000F3065"/>
     <w:rsid w:val="00103B2E"/>
+    <w:rsid w:val="00116C1E"/>
     <w:rsid w:val="001233FB"/>
     <w:rsid w:val="00154BD0"/>
     <w:rsid w:val="00161B3A"/>
     <w:rsid w:val="00170695"/>
     <w:rsid w:val="0017534C"/>
     <w:rsid w:val="00182B2A"/>
     <w:rsid w:val="00184322"/>
     <w:rsid w:val="001B3271"/>
     <w:rsid w:val="001D0DF0"/>
     <w:rsid w:val="001F286D"/>
     <w:rsid w:val="00210E6A"/>
     <w:rsid w:val="00212221"/>
     <w:rsid w:val="002150A4"/>
     <w:rsid w:val="00236613"/>
     <w:rsid w:val="002B3CB1"/>
     <w:rsid w:val="002C571E"/>
     <w:rsid w:val="002E644E"/>
     <w:rsid w:val="00303220"/>
     <w:rsid w:val="0033605F"/>
     <w:rsid w:val="003372D0"/>
     <w:rsid w:val="00341BEF"/>
     <w:rsid w:val="00376256"/>
     <w:rsid w:val="00377078"/>
     <w:rsid w:val="00385CA3"/>
     <w:rsid w:val="00395CF8"/>
@@ -21099,81 +20967,83 @@
     <w:rsid w:val="00416E69"/>
     <w:rsid w:val="0042198E"/>
     <w:rsid w:val="0043167E"/>
     <w:rsid w:val="0046003E"/>
     <w:rsid w:val="004631E2"/>
     <w:rsid w:val="004771AD"/>
     <w:rsid w:val="0048474C"/>
     <w:rsid w:val="004A1AB8"/>
     <w:rsid w:val="004B0300"/>
     <w:rsid w:val="004B14DB"/>
     <w:rsid w:val="004B1C03"/>
     <w:rsid w:val="004B6DA4"/>
     <w:rsid w:val="004D66ED"/>
     <w:rsid w:val="004E51A2"/>
     <w:rsid w:val="00511F9C"/>
     <w:rsid w:val="005451CA"/>
     <w:rsid w:val="005776D4"/>
     <w:rsid w:val="005807B0"/>
     <w:rsid w:val="005A6A8D"/>
     <w:rsid w:val="005B320D"/>
     <w:rsid w:val="005F7B69"/>
     <w:rsid w:val="00616966"/>
     <w:rsid w:val="00646E1D"/>
     <w:rsid w:val="00663CCD"/>
     <w:rsid w:val="0068704E"/>
+    <w:rsid w:val="006975C5"/>
     <w:rsid w:val="006A1637"/>
     <w:rsid w:val="006A4EBE"/>
     <w:rsid w:val="006C7DF3"/>
     <w:rsid w:val="006F42A2"/>
     <w:rsid w:val="006F750C"/>
     <w:rsid w:val="00726CE0"/>
     <w:rsid w:val="007713DA"/>
     <w:rsid w:val="0079272B"/>
     <w:rsid w:val="007A52CF"/>
     <w:rsid w:val="007D279F"/>
     <w:rsid w:val="007F2353"/>
     <w:rsid w:val="00814710"/>
     <w:rsid w:val="0087312E"/>
     <w:rsid w:val="00876DF5"/>
     <w:rsid w:val="00880FC4"/>
     <w:rsid w:val="00892A76"/>
     <w:rsid w:val="008C29C6"/>
     <w:rsid w:val="008E2A27"/>
     <w:rsid w:val="008F037C"/>
     <w:rsid w:val="00934AA5"/>
     <w:rsid w:val="009D65D4"/>
     <w:rsid w:val="009F3BE3"/>
     <w:rsid w:val="00A024BC"/>
     <w:rsid w:val="00A0685C"/>
     <w:rsid w:val="00A27A36"/>
     <w:rsid w:val="00A32E57"/>
     <w:rsid w:val="00A45A24"/>
     <w:rsid w:val="00A57B6F"/>
     <w:rsid w:val="00A820CA"/>
     <w:rsid w:val="00A8636F"/>
     <w:rsid w:val="00A87247"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00AB19B5"/>
     <w:rsid w:val="00AC3434"/>
     <w:rsid w:val="00AF35AC"/>
     <w:rsid w:val="00B11DFB"/>
     <w:rsid w:val="00B2565A"/>
     <w:rsid w:val="00B25A9C"/>
     <w:rsid w:val="00B40742"/>
     <w:rsid w:val="00B71B8E"/>
     <w:rsid w:val="00BB4E22"/>
     <w:rsid w:val="00BC409B"/>
     <w:rsid w:val="00BE08D4"/>
     <w:rsid w:val="00C0537F"/>
     <w:rsid w:val="00C17E5F"/>
     <w:rsid w:val="00C3387D"/>
     <w:rsid w:val="00C6244D"/>
     <w:rsid w:val="00CB6EAD"/>
     <w:rsid w:val="00CD2FC0"/>
     <w:rsid w:val="00CE60EF"/>
     <w:rsid w:val="00CE67B6"/>
     <w:rsid w:val="00CF34FE"/>
     <w:rsid w:val="00D0422A"/>
     <w:rsid w:val="00D10DD2"/>
     <w:rsid w:val="00D1695E"/>
     <w:rsid w:val="00D25262"/>
     <w:rsid w:val="00D33FCC"/>
@@ -21203,51 +21073,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="65CCE9F5"/>
   <w15:docId w15:val="{F08AC5FC-5B50-4CFE-B522-27EA16D1EE3C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="es-MX" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -21934,51 +21804,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-MX"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001D0DF0"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="206338845">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="825438732">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -22047,51 +21917,55 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2145611914">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -22335,66 +22209,66 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjm0wvUA9+RWPHj3+Zfl7fusrZ9pg==">CgMxLjAyCGguZ2pkZ3hzMghoLmdqZGd4czgAciExaEluS3ctN3ZCT3BHVUlTeWJiMV95T1VldFpTV0Jjd3o=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>5509</Words>
-  <Characters>32565</Characters>
+  <Words>5864</Words>
+  <Characters>32257</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>814</Lines>
-  <Paragraphs>388</Paragraphs>
+  <Lines>268</Lines>
+  <Paragraphs>76</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37686</CharactersWithSpaces>
+  <CharactersWithSpaces>38045</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>CCE EMPRESARIAL</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>