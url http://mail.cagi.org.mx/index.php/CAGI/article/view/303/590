--- v0 (2025-10-07)
+++ v1 (2026-03-27)
@@ -6,53 +6,91 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="64E46F3B" w14:textId="2A8C0912" w:rsidR="007017E5" w:rsidRDefault="007017E5" w:rsidP="00B26068">
+    <w:p w14:paraId="724147B7" w14:textId="77777777" w:rsidR="00B71FBB" w:rsidRDefault="00B71FBB" w:rsidP="00B71FBB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25AE5294" w14:textId="47E9DFF3" w:rsidR="00B71FBB" w:rsidRDefault="00B71FBB" w:rsidP="00B71FBB">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B71FBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v10i20.303</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E46F3B" w14:textId="286AD65C" w:rsidR="007017E5" w:rsidRDefault="007017E5" w:rsidP="00B26068">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44811BAA" w14:textId="7D313C54" w:rsidR="00C96698" w:rsidRPr="007017E5" w:rsidRDefault="00C96698" w:rsidP="007017E5">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
@@ -771,50 +809,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">valuación formativa, prácticas sociales del lenguaje, multigrado, transformación, práctica docente. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0777C499" w14:textId="439E0966" w:rsidR="00470981" w:rsidRDefault="00470981" w:rsidP="00F97211">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C6D9BDA" w14:textId="77777777" w:rsidR="007017E5" w:rsidRDefault="007017E5" w:rsidP="00F97211">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="059E40B4" w14:textId="77777777" w:rsidR="007017E5" w:rsidRDefault="007017E5" w:rsidP="00F97211">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A9CF273" w14:textId="77777777" w:rsidR="007017E5" w:rsidRPr="00FC19FA" w:rsidRDefault="007017E5" w:rsidP="00F97211">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -822,51 +861,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E445CEB" w14:textId="77777777" w:rsidR="00FF5170" w:rsidRPr="007017E5" w:rsidRDefault="00FF5170" w:rsidP="00FF5170">
       <w:pPr>
         <w:pStyle w:val="tematicaGeneral"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007017E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0407BFFC" w14:textId="7A96368F" w:rsidR="00FF5170" w:rsidRPr="00FC19FA" w:rsidRDefault="00FF5170" w:rsidP="00FF5170">
       <w:pPr>
         <w:pStyle w:val="tematicaGeneral"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">The objective of </w:t>
       </w:r>
@@ -2368,79 +2406,67 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Enero</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2023                       </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> 2023                                                        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Julio 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68550690" w14:textId="049113E5" w:rsidR="007017E5" w:rsidRPr="007F3104" w:rsidRDefault="007017E5" w:rsidP="007017E5">
+    <w:p w14:paraId="68550690" w14:textId="049113E5" w:rsidR="007017E5" w:rsidRPr="007F3104" w:rsidRDefault="00000000" w:rsidP="007017E5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:pict w14:anchorId="4E09D8F4">
           <v:rect id="_x0000_i1025" style="width:441.9pt;height:1pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="59BACA1F" w14:textId="0CEC56AE" w:rsidR="00DE793C" w:rsidRPr="00FC19FA" w:rsidRDefault="00DE793C" w:rsidP="00F97211">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC19FA">
@@ -2670,51 +2696,58 @@
         </w:rPr>
         <w:t xml:space="preserve">avance del programa sintético </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00C06780" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>fase 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00C06780" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> del</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C06780" w:rsidRPr="00FC19FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>del</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">campo formativo de </w:t>
       </w:r>
       <w:r w:rsidR="004C68E6" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">lenguajes, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
@@ -2796,58 +2829,51 @@
         </w:rPr>
         <w:t>considerar la edad, el contexto y desarrollo de aprendizaje de</w:t>
       </w:r>
       <w:r w:rsidR="00D84F8D" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> las niñas y los niños, p</w:t>
       </w:r>
       <w:r w:rsidR="004C68E6" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>artiendo de la cultura y los saber</w:t>
       </w:r>
       <w:r w:rsidR="00C26D20" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>es de la comunidad. Este programa establece que e</w:t>
       </w:r>
       <w:r w:rsidR="004C68E6" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">xiste una estrecha relación entre la oralidad y el empleo de diferentes tipos de textos que pueden ser funcionales para los estudiantes dentro y fuera de la escuela. Para su enseñanza, el docente deberá identificar las </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">prácticas sociales </w:t>
+        <w:t xml:space="preserve">xiste una estrecha relación entre la oralidad y el empleo de diferentes tipos de textos que pueden ser funcionales para los estudiantes dentro y fuera de la escuela. Para su enseñanza, el docente deberá identificar las prácticas sociales </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>esenciales</w:t>
       </w:r>
       <w:r w:rsidR="004C68E6" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> dentro de su contexto </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">con el fin de </w:t>
       </w:r>
       <w:r w:rsidR="004C68E6" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">concretar los contenidos nacionales propuestos. </w:t>
       </w:r>
@@ -3407,50 +3433,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> que la evaluación formativa requiere que los estudiantes asuman el compromiso de lo que significa aprender y reconocer la manera en la que cada uno aprende.</w:t>
       </w:r>
       <w:r w:rsidR="006B07A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="199BEAE9" w14:textId="69C690D4" w:rsidR="00B97664" w:rsidRPr="00FC19FA" w:rsidRDefault="00DC65CC" w:rsidP="00F97211">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">En algunos documentos </w:t>
       </w:r>
       <w:r w:rsidR="009A7580" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">oficiales </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">recientes </w:t>
       </w:r>
       <w:r w:rsidR="00B97664" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(SEP, 2023)</w:t>
       </w:r>
       <w:r w:rsidR="009A7580" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
@@ -3645,58 +3672,51 @@
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
       <w:r w:rsidR="00774C7A" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0043519F" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>autonomía</w:t>
       </w:r>
       <w:r w:rsidR="006D6B72" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00F20485">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Resulta esencial, por ende, </w:t>
+        <w:t xml:space="preserve"> Resulta esencial, por ende, </w:t>
       </w:r>
       <w:r w:rsidR="00DD40C8" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>reconocer que e</w:t>
       </w:r>
       <w:r w:rsidR="00E71307" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>n la práctica docen</w:t>
       </w:r>
       <w:r w:rsidR="00413623" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>te la evaluación formativa tiene</w:t>
       </w:r>
       <w:r w:rsidR="00E71307" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> un papel </w:t>
       </w:r>
@@ -4256,51 +4276,58 @@
         </w:rPr>
         <w:t xml:space="preserve">efectuó </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a través del diario de campo</w:t>
       </w:r>
       <w:r w:rsidR="00233FAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, para lo cual se emplearon </w:t>
       </w:r>
       <w:r w:rsidR="00983F3F" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>escalas de rango</w:t>
       </w:r>
       <w:r w:rsidR="00B1030D" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y estimativas, cuadros de registro, autoevaluación, coevaluación,</w:t>
+        <w:t xml:space="preserve"> y estimativas, cuadros de registro, autoevaluación, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1030D" w:rsidRPr="00FC19FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>coevaluación,</w:t>
       </w:r>
       <w:r w:rsidR="006B07A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B1030D" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>guía de observación y lista de cotejo</w:t>
       </w:r>
       <w:r w:rsidR="00983F3F" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B1030D" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cada uno de los instrumentos antes mencionados se destaca</w:t>
       </w:r>
@@ -4716,51 +4743,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B1461D3" w14:textId="2F8E2B41" w:rsidR="00E23C1E" w:rsidRPr="00FC19FA" w:rsidRDefault="00A0239F" w:rsidP="00F97211">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="705"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007017E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">La investigación acción </w:t>
       </w:r>
       <w:r w:rsidR="00083A73" w:rsidRPr="007017E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:r w:rsidR="00233FAD" w:rsidRPr="007017E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ejecuta</w:t>
       </w:r>
       <w:r w:rsidR="00083A73" w:rsidRPr="007017E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> a partir de un problema detectado en la práctica docente</w:t>
@@ -4884,67 +4910,51 @@
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>esta</w:t>
       </w:r>
       <w:r w:rsidR="002848F6" w:rsidRPr="007017E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> metodología interviene un ciclo de espiral reflexiva</w:t>
       </w:r>
       <w:r w:rsidR="003B24E7" w:rsidRPr="007017E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D5E93" w:rsidRPr="007017E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Kemmis y </w:t>
-[...15 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>(Kemmis y McTaggart,</w:t>
       </w:r>
       <w:r w:rsidR="00233FAD" w:rsidRPr="007017E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003D5E93" w:rsidRPr="007017E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1988),</w:t>
       </w:r>
       <w:r w:rsidR="00E551CD" w:rsidRPr="007017E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00233FAD" w:rsidRPr="007017E5">
         <w:rPr>
@@ -5013,67 +5023,57 @@
       <w:r w:rsidR="00E551CD" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> ciclo. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="273A8B8C" w14:textId="1D3E4CFA" w:rsidR="00A0239F" w:rsidRPr="00FC19FA" w:rsidRDefault="00E23C1E" w:rsidP="00F97211">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="705"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> (1992</w:t>
+      <w:r w:rsidRPr="00FC19FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Shon (1992</w:t>
       </w:r>
       <w:r w:rsidR="00233FAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00CA7147" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> citado </w:t>
       </w:r>
       <w:r w:rsidR="00233FAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>por</w:t>
       </w:r>
@@ -5623,51 +5623,60 @@
         </w:rPr>
         <w:t>). C</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">on las actividades </w:t>
       </w:r>
       <w:r w:rsidR="00D60583">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">propuestas </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">se pretendía mejorar el problema que </w:t>
+        <w:t xml:space="preserve">se pretendía </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC19FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">mejorar el problema que </w:t>
       </w:r>
       <w:r w:rsidR="006278F8" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>se enfrenta a</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>cerca de la</w:t>
       </w:r>
       <w:r w:rsidR="003B24E7" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> puesta en práctica de una </w:t>
       </w:r>
@@ -6161,60 +6170,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> y funcional</w:t>
       </w:r>
       <w:r w:rsidR="00720675" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>idad</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> para el grupo. En el diseño</w:t>
       </w:r>
       <w:r w:rsidR="00EC3024" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de las secuencias </w:t>
-[...8 lines deleted...]
-        <w:t>didácticas</w:t>
+        <w:t xml:space="preserve"> de las secuencias didácticas</w:t>
       </w:r>
       <w:r w:rsidR="008F0E0B" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00EC3024" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007525D9" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">el criterio fue </w:t>
       </w:r>
@@ -6911,51 +6911,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> c</w:t>
       </w:r>
       <w:r w:rsidR="00D60583">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>ontaba</w:t>
       </w:r>
       <w:r w:rsidR="00F01129" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> con las características del tipo de texto que se leyó en reiteradas ocasiones</w:t>
       </w:r>
       <w:r w:rsidR="00086C6F" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> antes de comenzar a producir, además de las características propias que debieron considerar al momento compartir la lectura dramatizada. </w:t>
+        <w:t xml:space="preserve"> antes de comenzar a producir, </w:t>
+      </w:r>
+      <w:r w:rsidR="00086C6F" w:rsidRPr="00FC19FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">además de las características propias que debieron considerar al momento compartir la lectura dramatizada. </w:t>
       </w:r>
       <w:r w:rsidR="00785C8C" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>En esta acción el</w:t>
       </w:r>
       <w:r w:rsidR="00533C89" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C53FE2" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">criterio </w:t>
       </w:r>
@@ -7577,51 +7586,50 @@
         <w:t>El instrumento aplicado fue una guía de observación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07CE6F42" w14:textId="77777777" w:rsidR="00C920EF" w:rsidRDefault="005F1543" w:rsidP="00F97211">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="705"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Como quinta acción </w:t>
       </w:r>
       <w:r w:rsidR="002A1A1A" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>se realizó la lectura dramatizada de las producciones finales de los equipos</w:t>
       </w:r>
       <w:r w:rsidR="0082594E" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>. E</w:t>
       </w:r>
       <w:r w:rsidR="002A1A1A" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>s importante</w:t>
@@ -8248,50 +8256,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> se utilizó</w:t>
       </w:r>
       <w:r w:rsidR="00370715" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> un cuadro de registro</w:t>
       </w:r>
       <w:r w:rsidR="007615BF" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> para </w:t>
       </w:r>
       <w:r w:rsidR="00C920EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>determinar</w:t>
       </w:r>
       <w:r w:rsidR="007615BF" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> la capacidad de proponer actividades que ayuden a </w:t>
       </w:r>
       <w:r w:rsidR="00C920EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>evaluar</w:t>
       </w:r>
       <w:r w:rsidR="001B6F6D" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> formativamente</w:t>
@@ -8764,58 +8773,51 @@
         </w:rPr>
         <w:t>e las se</w:t>
       </w:r>
       <w:r w:rsidR="005830BE" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>siones</w:t>
       </w:r>
       <w:r w:rsidR="007D6AB8" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> didácticas</w:t>
       </w:r>
       <w:r w:rsidR="009654AF" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>. E</w:t>
       </w:r>
       <w:r w:rsidR="00B62814" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">s </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">importante mencionar que para las escuelas multigrado </w:t>
+        <w:t xml:space="preserve">s importante mencionar que para las escuelas multigrado </w:t>
       </w:r>
       <w:r w:rsidR="00590355" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">se carece de material </w:t>
       </w:r>
       <w:r w:rsidR="00C47DB0" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>did</w:t>
       </w:r>
       <w:r w:rsidR="00F75AD3" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">áctico </w:t>
       </w:r>
       <w:r w:rsidR="00B62814" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>específico</w:t>
       </w:r>
@@ -9318,51 +9320,58 @@
         </w:rPr>
         <w:t xml:space="preserve"> el momento de la producción, cada equipo eligió el cuento de su agrado</w:t>
       </w:r>
       <w:r w:rsidR="005674CC" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> o el que más les llam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ó</w:t>
       </w:r>
       <w:r w:rsidR="005674CC" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> la atención</w:t>
       </w:r>
       <w:r w:rsidR="009654AF" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>. Como t</w:t>
+        <w:t xml:space="preserve">. Como </w:t>
+      </w:r>
+      <w:r w:rsidR="009654AF" w:rsidRPr="00FC19FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00F36CCE" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>area</w:t>
       </w:r>
       <w:r w:rsidR="009654AF" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F36CCE" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> se busc</w:t>
       </w:r>
       <w:r w:rsidR="009654AF" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ó</w:t>
       </w:r>
@@ -9760,58 +9769,51 @@
         </w:rPr>
         <w:t>. Al proporcionar el</w:t>
       </w:r>
       <w:r w:rsidR="00AA115E" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> instrumento para autoevaluar la producción en los equipos</w:t>
       </w:r>
       <w:r w:rsidR="00EB4E54" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> y después realizar una coevaluación (cuando los estudiantes se evaluaron entre sí) </w:t>
       </w:r>
       <w:r w:rsidR="00273F4E" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>fueron</w:t>
       </w:r>
       <w:r w:rsidR="009F5EBD" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> adquiriendo la habilidad para discernir lo que va por </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">buen camino y lo que necesitan mejorar. Incluso los instrumentos </w:t>
+        <w:t xml:space="preserve"> adquiriendo la habilidad para discernir lo que va por buen camino y lo que necesitan mejorar. Incluso los instrumentos </w:t>
       </w:r>
       <w:r w:rsidR="003106F9" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">de revisión </w:t>
       </w:r>
       <w:r w:rsidR="009F5EBD" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">les permitieron tener claridad de lo que se buscaba en la producción del tipo de texto, y </w:t>
       </w:r>
       <w:r w:rsidR="003106F9" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>lograron</w:t>
       </w:r>
       <w:r w:rsidR="009F5EBD" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> determinar correcciones oportunas, además de permitir las confrontaciones y discusiones dentro de los equipos.</w:t>
       </w:r>
@@ -10154,50 +10156,51 @@
       <w:r w:rsidR="002429BA" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">también </w:t>
       </w:r>
       <w:r w:rsidR="006A47C6" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">impacto en mi avance para proponer una evaluación formativa en un aula multigrado. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F17066A" w14:textId="6E019F6D" w:rsidR="002C4D09" w:rsidRDefault="0091280D" w:rsidP="00F97211">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Para identificar el avance fue indispensable diseñar instrumentos y criterios para valorar la aplicación del plan de acción diseñado</w:t>
       </w:r>
       <w:r w:rsidR="002429BA" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00852B19" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>A continuación</w:t>
       </w:r>
       <w:r w:rsidR="00E570DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00852B19" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -10258,51 +10261,51 @@
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId8"/>
                     <a:srcRect b="5843"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5832400" cy="1478525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44d8-BBD7-CCE9431645EC}">
-                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns=""/>
+                        <a14:shadowObscured xmlns="" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="112D3BC5" w14:textId="115EBC5B" w:rsidR="00FA2F7F" w:rsidRDefault="00E942B1" w:rsidP="002C4D09">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE63D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Fuente: Elaboració</w:t>
       </w:r>
       <w:r w:rsidR="00444C2F" w:rsidRPr="00BE63D5">
@@ -10383,100 +10386,100 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5374500B" w14:textId="77777777" w:rsidR="007017E5" w:rsidRPr="00BE63D5" w:rsidRDefault="007017E5" w:rsidP="002C4D09">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C4A6F36" w14:textId="27E1E942" w:rsidR="00444C2F" w:rsidRPr="00BE63D5" w:rsidRDefault="00444C2F" w:rsidP="00444C2F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE63D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE63D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Trabajo en pequeños equipos. Pares distantes y pares próximos (Castedo</w:t>
       </w:r>
       <w:r w:rsidR="00E570DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E570DE" w:rsidRPr="00E570DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="00E570DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE63D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, 2011)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5925DBA9" w14:textId="77777777" w:rsidR="00D738E7" w:rsidRPr="00BE63D5" w:rsidRDefault="00D738E7" w:rsidP="00444C2F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE63D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="651057F6" wp14:editId="78039AE9">
             <wp:extent cx="4275001" cy="3206253"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Imagen 3" descr="WhatsApp Image 2023-08-03 at 4.55.16 PM.jpeg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Imagen 3" descr="WhatsApp Image 2023-08-03 at 4.55.16 PM.jpeg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
@@ -10937,51 +10940,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="359DA7A9" w14:textId="77777777" w:rsidR="007017E5" w:rsidRPr="00BE63D5" w:rsidRDefault="007017E5" w:rsidP="0088368C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46F098BC" w14:textId="43D6574D" w:rsidR="0088368C" w:rsidRPr="00BE63D5" w:rsidRDefault="0088368C" w:rsidP="0088368C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE63D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 6.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE63D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Coevaluación entre equipos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="706C1473" w14:textId="5418038B" w:rsidR="00FB0F23" w:rsidRPr="00BE63D5" w:rsidRDefault="0088368C" w:rsidP="0088368C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE63D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="384CDD63" wp14:editId="12B95366">
@@ -11192,51 +11194,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15588ACC" w14:textId="77777777" w:rsidR="007017E5" w:rsidRPr="00BE63D5" w:rsidRDefault="007017E5" w:rsidP="000A3F01">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AF53FE8" w14:textId="4DFB6C7B" w:rsidR="000A3F01" w:rsidRPr="00BE63D5" w:rsidRDefault="000A3F01" w:rsidP="000A3F01">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE63D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 8 y 9.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE63D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Diario de campo. Rediseño de la didáctica de la lengua escrita </w:t>
       </w:r>
       <w:r w:rsidR="00C57C56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(c</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE63D5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>reación propia</w:t>
       </w:r>
       <w:r w:rsidR="00C57C56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>)</w:t>
@@ -11733,50 +11734,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ían</w:t>
       </w:r>
       <w:r w:rsidR="00A3307A" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> los instrumentos para la evaluación de los textos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A65E44B" w14:textId="3D808CFB" w:rsidR="00B07347" w:rsidRPr="00FC19FA" w:rsidRDefault="00C57C56" w:rsidP="00F97211">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Luego de analizar los resultados, se puede indicar que </w:t>
       </w:r>
       <w:r w:rsidR="00943750" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">los estudiantes </w:t>
       </w:r>
       <w:r w:rsidR="00B07347" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">leen y analizan </w:t>
       </w:r>
       <w:r w:rsidR="00FD7722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">las </w:t>
       </w:r>
       <w:r w:rsidR="00B07347" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">características </w:t>
@@ -11841,58 +11843,51 @@
         </w:rPr>
         <w:t>guía el desarrollo de la producción y va determina</w:t>
       </w:r>
       <w:r w:rsidR="00FD7722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00B07347" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r w:rsidR="00FD7722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B07347" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">elementos que considera </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">importantes, por lo </w:t>
+        <w:t xml:space="preserve">elementos que considera importantes, por lo </w:t>
       </w:r>
       <w:r w:rsidR="00FD7722">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
       <w:r w:rsidR="0019271E" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> todos</w:t>
       </w:r>
       <w:r w:rsidR="00B07347" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> los a</w:t>
       </w:r>
       <w:r w:rsidR="0019271E" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>lumnos producen casi lo mismo</w:t>
       </w:r>
@@ -12624,50 +12619,51 @@
       <w:r w:rsidR="00BD66CC" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>proponer estrategias que permitan evaluar desde un enfoque formativo.</w:t>
       </w:r>
       <w:r w:rsidR="006B07A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0867EFE6" w14:textId="540B946D" w:rsidR="000623E5" w:rsidRPr="00FC19FA" w:rsidRDefault="00BD66CC" w:rsidP="00F97211">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E55FA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Sin embargo, p</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ara transformar mi práctica docente es necesario</w:t>
       </w:r>
       <w:r w:rsidR="00943750" w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E55FA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">transformar </w:t>
@@ -12747,58 +12743,51 @@
     </w:p>
     <w:p w14:paraId="7D91B9E1" w14:textId="4B27110A" w:rsidR="00DE793C" w:rsidRPr="00FC19FA" w:rsidRDefault="000623E5" w:rsidP="00F97211">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E55FA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>En este sentido, l</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">os resultados obtenidos después de haber desarrollado el plan de acción en el aula multigrado dan muestra de esa autonomía que los alumnos pueden adquirir en la </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">revisión de sus textos y </w:t>
+        <w:t xml:space="preserve">os resultados obtenidos después de haber desarrollado el plan de acción en el aula multigrado dan muestra de esa autonomía que los alumnos pueden adquirir en la revisión de sus textos y </w:t>
       </w:r>
       <w:r w:rsidR="00E55FA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">la mejora </w:t>
       </w:r>
       <w:r w:rsidR="00E55FA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC19FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> su lectura</w:t>
       </w:r>
@@ -13188,93 +13177,72 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="339DE9C9" w14:textId="00426704" w:rsidR="00A95C43" w:rsidRPr="007017E5" w:rsidRDefault="00DE793C" w:rsidP="007017E5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007017E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63114BB9" w14:textId="1E13A497" w:rsidR="008C04EF" w:rsidRPr="00A84794" w:rsidRDefault="008C04EF" w:rsidP="008C04EF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A84794">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve">Castedo, M., </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, C. y </w:t>
+        <w:t xml:space="preserve">Castedo, M., Briotman, C. y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A84794">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Siede</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00A84794">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. I. (2021). </w:t>
       </w:r>
       <w:r w:rsidRPr="00A84794">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -13365,67 +13333,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2992F4BD" w14:textId="77777777" w:rsidR="008C04EF" w:rsidRPr="00A84794" w:rsidRDefault="008C04EF" w:rsidP="008C04EF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A84794">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Castorina, J., Ferreiro, E., Kohl, M. y Lerner, D. (1996). </w:t>
       </w:r>
       <w:r w:rsidRPr="00A84794">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>Piaget-</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">: contribuciones para replantear el debate. </w:t>
+        <w:t xml:space="preserve">Piaget-Vigotsky: contribuciones para replantear el debate. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A84794">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Paidós Educador.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05C3CC28" w14:textId="77777777" w:rsidR="008C04EF" w:rsidRPr="00A84794" w:rsidRDefault="008C04EF" w:rsidP="008C04EF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A84794">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Latorre, A. (2005). </w:t>
       </w:r>
@@ -13697,70 +13649,70 @@
     <w:p w14:paraId="2EF620B9" w14:textId="77777777" w:rsidR="008C04EF" w:rsidRDefault="008C04EF" w:rsidP="008C04EF"/>
     <w:p w14:paraId="1D2FF1BB" w14:textId="77777777" w:rsidR="002D37C5" w:rsidRPr="00D26F5C" w:rsidRDefault="002D37C5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002D37C5" w:rsidRPr="00D26F5C" w:rsidSect="007017E5">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="709" w:right="1418" w:bottom="568" w:left="1418" w:header="0" w:footer="240" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1AFF962A" w14:textId="77777777" w:rsidR="0069316A" w:rsidRDefault="0069316A" w:rsidP="005B49F1">
+    <w:p w14:paraId="60DBD583" w14:textId="77777777" w:rsidR="00FF460E" w:rsidRDefault="00FF460E" w:rsidP="005B49F1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="146424FC" w14:textId="77777777" w:rsidR="0069316A" w:rsidRDefault="0069316A" w:rsidP="005B49F1">
+    <w:p w14:paraId="10D86228" w14:textId="77777777" w:rsidR="00FF460E" w:rsidRDefault="00FF460E" w:rsidP="005B49F1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
@@ -13772,88 +13724,88 @@
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6619CD7C" w14:textId="77777777" w:rsidR="00D56A46" w:rsidRDefault="00D56A46" w:rsidP="002D37C5">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="5DF6F4CA" w14:textId="77777777" w:rsidR="00D56A46" w:rsidRDefault="00D56A46">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="4D6594A6" w14:textId="0789EC92" w:rsidR="00D56A46" w:rsidRPr="007017E5" w:rsidRDefault="007017E5" w:rsidP="007017E5">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:tabs>
             <w:tab w:val="center" w:pos="4419"/>
             <w:tab w:val="right" w:pos="8838"/>
           </w:tabs>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="007017E5">
@@ -13870,182 +13822,135 @@
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Diciembre</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r w:rsidRPr="007017E5">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="686E75D9" w14:textId="77777777" w:rsidR="0069316A" w:rsidRDefault="0069316A" w:rsidP="005B49F1">
+    <w:p w14:paraId="5C3F982D" w14:textId="77777777" w:rsidR="00FF460E" w:rsidRDefault="00FF460E" w:rsidP="005B49F1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11CF6030" w14:textId="77777777" w:rsidR="0069316A" w:rsidRDefault="0069316A" w:rsidP="005B49F1">
+    <w:p w14:paraId="26104EC5" w14:textId="77777777" w:rsidR="00FF460E" w:rsidRDefault="00FF460E" w:rsidP="005B49F1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0532A54A" w14:textId="5FFBE5EA" w:rsidR="00D56A46" w:rsidRPr="007017E5" w:rsidRDefault="007017E5" w:rsidP="007017E5">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0532A54A" w14:textId="6CF5FE82" w:rsidR="00D56A46" w:rsidRPr="00B71FBB" w:rsidRDefault="00B71FBB" w:rsidP="00B71FBB">
     <w:pPr>
-      <w:jc w:val="center"/>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="OLE_LINK1"/>
-    <w:r w:rsidRPr="007017E5">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...3 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
-[...84 lines deleted...]
-      </mc:AlternateContent>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="305B62A0" wp14:editId="42942205">
+          <wp:extent cx="6911340" cy="930910"/>
+          <wp:effectExtent l="0" t="0" r="3810" b="2540"/>
+          <wp:docPr id="999625082" name="Imagen 2"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6911340" cy="930910"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="0"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30E1575F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D38B9F0"/>
     <w:lvl w:ilvl="0" w:tplc="E57E9066">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="4344E53C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14149,74 +14054,75 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="4992D968" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="450830559">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D26F5C"/>
     <w:rsid w:val="00001B23"/>
     <w:rsid w:val="00004A7E"/>
     <w:rsid w:val="00007040"/>
     <w:rsid w:val="00012392"/>
     <w:rsid w:val="00021165"/>
     <w:rsid w:val="00023374"/>
     <w:rsid w:val="000252DD"/>
     <w:rsid w:val="00025D98"/>
     <w:rsid w:val="00034A38"/>
     <w:rsid w:val="0004373A"/>
     <w:rsid w:val="00045AEB"/>
     <w:rsid w:val="000461EE"/>
     <w:rsid w:val="0005386C"/>
     <w:rsid w:val="00054463"/>
     <w:rsid w:val="00057E00"/>
     <w:rsid w:val="00061609"/>
     <w:rsid w:val="00062010"/>
     <w:rsid w:val="000623E5"/>
     <w:rsid w:val="00062ED9"/>
     <w:rsid w:val="0006339B"/>
     <w:rsid w:val="000633A4"/>
     <w:rsid w:val="00066181"/>
@@ -14624,90 +14530,92 @@
     <w:rsid w:val="009E590B"/>
     <w:rsid w:val="009E7B52"/>
     <w:rsid w:val="009F01A1"/>
     <w:rsid w:val="009F5EBD"/>
     <w:rsid w:val="009F6982"/>
     <w:rsid w:val="00A005EC"/>
     <w:rsid w:val="00A0239F"/>
     <w:rsid w:val="00A0326B"/>
     <w:rsid w:val="00A06DD4"/>
     <w:rsid w:val="00A12C2C"/>
     <w:rsid w:val="00A22FE4"/>
     <w:rsid w:val="00A23B07"/>
     <w:rsid w:val="00A30A1F"/>
     <w:rsid w:val="00A3307A"/>
     <w:rsid w:val="00A33440"/>
     <w:rsid w:val="00A348A2"/>
     <w:rsid w:val="00A36F5A"/>
     <w:rsid w:val="00A5267E"/>
     <w:rsid w:val="00A555DF"/>
     <w:rsid w:val="00A56DF6"/>
     <w:rsid w:val="00A56F3A"/>
     <w:rsid w:val="00A57F7A"/>
     <w:rsid w:val="00A624F5"/>
     <w:rsid w:val="00A67C24"/>
     <w:rsid w:val="00A70856"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00A95C43"/>
     <w:rsid w:val="00A97FFB"/>
     <w:rsid w:val="00AA115E"/>
     <w:rsid w:val="00AB1901"/>
     <w:rsid w:val="00AB3C66"/>
     <w:rsid w:val="00AB785C"/>
     <w:rsid w:val="00AD0453"/>
     <w:rsid w:val="00AD09CC"/>
     <w:rsid w:val="00AD3C80"/>
     <w:rsid w:val="00AE38AB"/>
     <w:rsid w:val="00AF078A"/>
     <w:rsid w:val="00AF1A90"/>
     <w:rsid w:val="00AF5CF5"/>
     <w:rsid w:val="00AF6E2A"/>
     <w:rsid w:val="00B0190D"/>
     <w:rsid w:val="00B02B5F"/>
     <w:rsid w:val="00B043AC"/>
     <w:rsid w:val="00B07347"/>
     <w:rsid w:val="00B1030D"/>
     <w:rsid w:val="00B11BA8"/>
     <w:rsid w:val="00B14189"/>
     <w:rsid w:val="00B14263"/>
     <w:rsid w:val="00B17A21"/>
     <w:rsid w:val="00B2118F"/>
     <w:rsid w:val="00B23331"/>
     <w:rsid w:val="00B23859"/>
     <w:rsid w:val="00B26068"/>
     <w:rsid w:val="00B27266"/>
     <w:rsid w:val="00B33625"/>
     <w:rsid w:val="00B33FB3"/>
     <w:rsid w:val="00B36E01"/>
     <w:rsid w:val="00B41DA8"/>
     <w:rsid w:val="00B432B8"/>
     <w:rsid w:val="00B50F6D"/>
     <w:rsid w:val="00B57558"/>
     <w:rsid w:val="00B626C8"/>
     <w:rsid w:val="00B62814"/>
     <w:rsid w:val="00B648C2"/>
     <w:rsid w:val="00B66FF1"/>
     <w:rsid w:val="00B70B5F"/>
+    <w:rsid w:val="00B71FBB"/>
     <w:rsid w:val="00B742BD"/>
     <w:rsid w:val="00B748D0"/>
     <w:rsid w:val="00B84AA6"/>
     <w:rsid w:val="00B912D8"/>
     <w:rsid w:val="00B918EE"/>
     <w:rsid w:val="00B92203"/>
     <w:rsid w:val="00B957D6"/>
     <w:rsid w:val="00B96467"/>
     <w:rsid w:val="00B96786"/>
     <w:rsid w:val="00B97664"/>
     <w:rsid w:val="00BA491F"/>
     <w:rsid w:val="00BC1B3B"/>
     <w:rsid w:val="00BC7E12"/>
     <w:rsid w:val="00BD45A6"/>
     <w:rsid w:val="00BD66CC"/>
     <w:rsid w:val="00BD7590"/>
     <w:rsid w:val="00BE026B"/>
     <w:rsid w:val="00BE4167"/>
     <w:rsid w:val="00BE47A9"/>
     <w:rsid w:val="00BE63D5"/>
     <w:rsid w:val="00BF2765"/>
     <w:rsid w:val="00BF34B4"/>
     <w:rsid w:val="00BF4F3F"/>
     <w:rsid w:val="00BF56AD"/>
     <w:rsid w:val="00BF5CBD"/>
@@ -14872,84 +14780,85 @@
     <w:rsid w:val="00F75AD3"/>
     <w:rsid w:val="00F81B52"/>
     <w:rsid w:val="00F81E96"/>
     <w:rsid w:val="00F828A7"/>
     <w:rsid w:val="00F82F39"/>
     <w:rsid w:val="00F83584"/>
     <w:rsid w:val="00F8757E"/>
     <w:rsid w:val="00F87ACC"/>
     <w:rsid w:val="00F9242F"/>
     <w:rsid w:val="00F97211"/>
     <w:rsid w:val="00FA2F7F"/>
     <w:rsid w:val="00FA58AE"/>
     <w:rsid w:val="00FA6665"/>
     <w:rsid w:val="00FB0F23"/>
     <w:rsid w:val="00FB45DB"/>
     <w:rsid w:val="00FB63D4"/>
     <w:rsid w:val="00FC19FA"/>
     <w:rsid w:val="00FC6444"/>
     <w:rsid w:val="00FC6D3F"/>
     <w:rsid w:val="00FC6DB3"/>
     <w:rsid w:val="00FD7722"/>
     <w:rsid w:val="00FE38A7"/>
     <w:rsid w:val="00FE3B47"/>
     <w:rsid w:val="00FE7F42"/>
     <w:rsid w:val="00FF21A0"/>
+    <w:rsid w:val="00FF460E"/>
     <w:rsid w:val="00FF5170"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES_tradnl" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5FF6B42F"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{ABFFC6B0-EF63-4FC3-883C-DE584D509C8E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15293,51 +15202,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
@@ -15543,55 +15451,67 @@
     <w:next w:val="Textocomentario"/>
     <w:link w:val="AsuntodelcomentarioCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008C04EF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AsuntodelcomentarioCar">
     <w:name w:val="Asunto del comentario Car"/>
     <w:basedOn w:val="TextocomentarioCar"/>
     <w:link w:val="Asuntodelcomentario"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008C04EF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B71FBB"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="174658761">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="177239095">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15675,50 +15595,54 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2142140543">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16017,70 +15941,70 @@
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D7BFD6C-945C-1D4D-8F33-55C781EE25AB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>26533</Characters>
+  <Pages>17</Pages>
+  <Words>4831</Words>
+  <Characters>26573</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>221</Lines>
   <Paragraphs>62</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>31295</CharactersWithSpaces>
+  <CharactersWithSpaces>31342</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>LETICIA FRAUSTO MARES</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>