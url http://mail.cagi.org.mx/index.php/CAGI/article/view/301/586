--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,57 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4D7DE0E9" w14:textId="1EA19F25" w:rsidR="00BE7935" w:rsidRPr="00BE7935" w:rsidRDefault="00BE7935" w:rsidP="00BE7935">
+    <w:p w14:paraId="6987F8F9" w14:textId="5A3A4DA4" w:rsidR="00D107F0" w:rsidRDefault="00D107F0" w:rsidP="00D107F0">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D107F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>DOI:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00D107F0">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:bCs/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>https://doi.org/10.23913/cagi.v10i20.301</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4D7DE0E9" w14:textId="79666D9C" w:rsidR="00BE7935" w:rsidRPr="00BE7935" w:rsidRDefault="00BE7935" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6095A987" w14:textId="275E79C2" w:rsidR="003D2661" w:rsidRPr="00BE7935" w:rsidRDefault="007838ED" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
@@ -704,79 +751,79 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CCF862A" w14:textId="5CB727DF" w:rsidR="00826BFC" w:rsidRPr="00E76719" w:rsidRDefault="00826BFC" w:rsidP="00907F5E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The implementation of electronic circuits for communication using new materials is enabling the industry to create new products. Glass is a material that can be used to implement low-profile antennas because it has characteristics that </w:t>
+        <w:t xml:space="preserve">The implementation of electronic circuits for communication using new materials is enabling the industry to create new products. Glass is a material that can be used to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">implement low-profile antennas because it has characteristics that </w:t>
       </w:r>
       <w:r w:rsidR="006D5DB0" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>facilitate</w:t>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> its use in vehicles, medical equipment, and radar systems. However, there are challenges that need to be addressed, such as choosing the appropriate antenna structure. The </w:t>
-[...9 lines deleted...]
-        <w:t>objective of this research is to determine the suitable low-profile antenna geometry to be implemented on glass.</w:t>
+        <w:t xml:space="preserve"> its use in vehicles, medical equipment, and radar systems. However, there are challenges that need to be addressed, such as choosing the appropriate antenna structure. The objective of this research is to determine the suitable low-profile antenna geometry to be implemented on glass.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F8FF999" w14:textId="58C34B45" w:rsidR="00A14179" w:rsidRPr="00E76719" w:rsidRDefault="00826BFC" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The antenna will be used in applications that operate in the 2.4 GHz band, and its size should be as small as possible while ensuring adequate performance in radiation pattern and gain. To achieve this purpose, different low-profile antennas were designed, and their performance characteristics were analyzed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47112139" w14:textId="509AC6F1" w:rsidR="006D5DB0" w:rsidRPr="00BE7935" w:rsidRDefault="006E5408" w:rsidP="00BE7935">
@@ -919,79 +966,67 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Enero</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2023</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">    </w:t>
+        <w:t xml:space="preserve"> 2023                        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Julio 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F70BDFA" w14:textId="193DB9E4" w:rsidR="00A14179" w:rsidRPr="00BE7935" w:rsidRDefault="00BE7935" w:rsidP="00BE7935">
+    <w:p w14:paraId="1F70BDFA" w14:textId="193DB9E4" w:rsidR="00A14179" w:rsidRPr="00BE7935" w:rsidRDefault="00000000" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict w14:anchorId="0961F8C1">
           <v:rect id="_x0000_i1025" style="width:441.9pt;height:1pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="2985DF72" w14:textId="7D0EF042" w:rsidR="007838ED" w:rsidRPr="00E76719" w:rsidRDefault="007838ED" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
@@ -1013,61 +1048,59 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35B9CA19" w14:textId="7AA10F18" w:rsidR="00544A08" w:rsidRPr="00E76719" w:rsidRDefault="00544A08" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>El uso de nuevos materiales en la integración de sistemas electrónicos recientemente se estudia con mayor interés (</w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk146437791"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Letz</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00875CD6" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00875CD6" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="00875CD6" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -1293,63 +1326,52 @@
         <w:t xml:space="preserve"> tales </w:t>
       </w:r>
       <w:r w:rsidR="00190D02" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>como la robustez y la facilidad integración para ser fabricadas sobre circuitos impresos</w:t>
       </w:r>
       <w:r w:rsidR="003463F0" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Jordá</w:t>
       </w:r>
       <w:r w:rsidR="00875CD6" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Cascant</w:t>
+      </w:r>
       <w:r w:rsidR="003463F0" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2021)</w:t>
       </w:r>
       <w:r w:rsidR="00190D02" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007D7AA1" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Además, </w:t>
       </w:r>
       <w:r w:rsidR="00190D02" w:rsidRPr="00E76719">
@@ -1463,62 +1485,52 @@
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="00C10171" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2022</w:t>
       </w:r>
       <w:r w:rsidR="007D7AA1" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">; </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>; Youn</w:t>
+      </w:r>
       <w:r w:rsidR="00C10171" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C10171" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="00C10171" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -1615,81 +1627,69 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="009F63FB" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2012) o para dispositivos </w:t>
       </w:r>
       <w:r w:rsidR="007D7AA1" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="009F63FB" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la red 5G (</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> la red 5G (Erdogan</w:t>
+      </w:r>
       <w:r w:rsidR="00C10171" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C10171" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Swaminathan</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009F63FB" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0045501A" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="009F63FB" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>021)</w:t>
       </w:r>
       <w:r w:rsidR="007D7AA1" w:rsidRPr="00E76719">
@@ -1850,50 +1850,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> banda</w:t>
       </w:r>
       <w:r w:rsidR="00742952" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00DA299D" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00742952" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">usadas en </w:t>
       </w:r>
       <w:r w:rsidR="00DA299D" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la red 5G y 6G</w:t>
       </w:r>
       <w:r w:rsidR="007D7AA1" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00DA299D" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2142,51 +2143,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tamaño? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C15DA52" w14:textId="40DF0127" w:rsidR="00B21616" w:rsidRPr="00E76719" w:rsidRDefault="007D7AA1" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00B21616" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ara responder esta </w:t>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>interrogante</w:t>
       </w:r>
       <w:r w:rsidR="00B21616" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se eligieron las siguientes antenas de bajo perfil</w:t>
@@ -2615,69 +2615,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005A64E3" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">y </w:t>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">los datos obtenidos se corroboraron con los resultados que se muestran en diferentes estudios </w:t>
       </w:r>
       <w:r w:rsidR="00DB2C2F" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, 2017; </w:t>
+        <w:t xml:space="preserve">(Letz, 2017; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sprengard</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C10171" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C10171" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -3325,50 +3307,51 @@
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Antena tipo parche</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36971062" w14:textId="2FFAF9B4" w:rsidR="00A45AF9" w:rsidRPr="00E76719" w:rsidRDefault="00A45AF9" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Las antenas impresas de tipo parche, también llamadas antenas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>microstrip</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (microcinta)</w:t>
       </w:r>
       <w:r w:rsidR="00DB2C2F" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3560,51 +3543,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="762252E0" w14:textId="1DD247E0" w:rsidR="00DB2C2F" w:rsidRPr="00E76719" w:rsidRDefault="00DB2C2F" w:rsidP="00BE7935">
       <w:pPr>
         <w:pStyle w:val="Descripcin"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Ref231034812"/>
       <w:bookmarkStart w:id="3" w:name="_Toc235603500"/>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura </w:t>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> SEQ Figura \* ARABIC </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
@@ -3667,51 +3649,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CB11070" wp14:editId="5FD09A89">
             <wp:extent cx="3747259" cy="1572991"/>
             <wp:effectExtent l="19050" t="0" r="5591" b="0"/>
             <wp:docPr id="41" name="Imagen 41" descr="Diagrama&#10;&#10;Descripción generada automáticamente"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="41" name="Imagen 41" descr="Diagrama&#10;&#10;Descripción generada automáticamente"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8"/>
+                    <a:blip r:embed="rId9"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3747382" cy="1573043"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -3845,69 +3827,51 @@
         </w:rPr>
         <w:t>n la banda de 2.4</w:t>
       </w:r>
       <w:r w:rsidR="00DB2C2F" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00180FB8" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GHz</w:t>
       </w:r>
       <w:r w:rsidR="00A45AF9" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> usando las ecuaciones proporcionadas por </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> (2016).</w:t>
+        <w:t xml:space="preserve"> usando las ecuaciones proporcionadas por Balanis (2016).</w:t>
       </w:r>
       <w:r w:rsidR="00180FB8" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A45AF9" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="00180FB8" w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">as </w:t>
       </w:r>
@@ -4130,69 +4094,70 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="687FC37E" w14:textId="17BE28A1" w:rsidR="00022331" w:rsidRPr="00E76719" w:rsidRDefault="000B4770" w:rsidP="00BE7935">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43EC2730" wp14:editId="2245B712">
             <wp:extent cx="4055679" cy="2200275"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="4" name="Imagen 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4060030" cy="2202635"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -4217,51 +4182,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2D9DE724" wp14:editId="63C2BF74">
             <wp:extent cx="5103890" cy="2400300"/>
             <wp:effectExtent l="0" t="0" r="1905" b="0"/>
             <wp:docPr id="5" name="Imagen 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10">
+                    <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5118865" cy="2407343"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -4285,51 +4250,50 @@
     </w:p>
     <w:p w14:paraId="4DDE9B8C" w14:textId="04755B93" w:rsidR="000B4770" w:rsidRPr="00BE7935" w:rsidRDefault="000B4770" w:rsidP="00BE7935">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE7935">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Antena monopolo impreso</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70023095" w14:textId="613E0C1C" w:rsidR="000B4770" w:rsidRPr="00E76719" w:rsidRDefault="00DB2C2F" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>De</w:t>
       </w:r>
       <w:r w:rsidR="000B4770" w:rsidRPr="00E76719">
         <w:rPr>
@@ -4486,69 +4450,70 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Estructura de la antena tipo monopolo</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="150CBA80" w14:textId="2A221667" w:rsidR="00E34EC3" w:rsidRPr="00E76719" w:rsidRDefault="00E34EC3" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70B8A848" wp14:editId="5C019949">
             <wp:extent cx="5257800" cy="2124544"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="716737802" name="Imagen 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5287118" cy="2136391"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -4842,51 +4807,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5BA232FC" wp14:editId="72D5AC07">
             <wp:extent cx="3619500" cy="2736863"/>
             <wp:effectExtent l="0" t="0" r="0" b="6350"/>
             <wp:docPr id="6" name="Imagen 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12">
+                    <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3627167" cy="2742660"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -4917,69 +4882,70 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67D0483C" w14:textId="728FEBF7" w:rsidR="00A8433B" w:rsidRPr="00E76719" w:rsidRDefault="005A6ED2" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F7E84AF" wp14:editId="2E65EE7A">
             <wp:extent cx="4975492" cy="2314575"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="7" name="Imagen 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13">
+                    <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4985625" cy="2319289"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -5417,68 +5383,68 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76F395CB" w14:textId="77777777" w:rsidR="009F5478" w:rsidRPr="00E76719" w:rsidRDefault="009F5478" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F652BAE" wp14:editId="386F5905">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F652BAE" wp14:editId="4290AB2A">
             <wp:extent cx="3148743" cy="1829154"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Imagen 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14" cstate="print">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3160620" cy="1836054"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -5510,51 +5476,50 @@
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3520FC02" w14:textId="71FC6051" w:rsidR="00A8433B" w:rsidRPr="00E76719" w:rsidRDefault="00A8433B" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 6.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Desempeño de la antena lazo plano resonante</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75576740" w14:textId="77777777" w:rsidR="00A8433B" w:rsidRPr="00E76719" w:rsidRDefault="00A8433B" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="471D4970" w14:textId="37A831AD" w:rsidR="00022331" w:rsidRPr="00E76719" w:rsidRDefault="00F25545" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -5570,51 +5535,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3AC26ED8" wp14:editId="2BEDE431">
             <wp:extent cx="3766185" cy="2832631"/>
             <wp:effectExtent l="0" t="0" r="5715" b="6350"/>
             <wp:docPr id="8" name="Imagen 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15">
+                    <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3772982" cy="2837744"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -5638,51 +5603,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4115CC7B" wp14:editId="4A54E0B0">
             <wp:extent cx="5610225" cy="2495550"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="9" name="Imagen 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 8"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16">
+                    <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5610225" cy="2495550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -5839,113 +5804,112 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="029E7979" w14:textId="14A6C4D1" w:rsidR="00A8433B" w:rsidRPr="00E76719" w:rsidRDefault="00A8433B" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 7.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Antena dipolo plano sobre vidrio con entrada tipo guía de onda coplanar</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D8706B5" w14:textId="77777777" w:rsidR="00A8433B" w:rsidRPr="00E76719" w:rsidRDefault="00A8433B" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B40E2C0" w14:textId="5A5123C9" w:rsidR="0059332C" w:rsidRPr="00E76719" w:rsidRDefault="008D1EA4" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2781397A" wp14:editId="14DE8A61">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2781397A" wp14:editId="7A0590CB">
             <wp:extent cx="3600450" cy="2157825"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="11" name="Imagen 11"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 10"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17" cstate="print">
+                    <a:blip r:embed="rId18" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3604521" cy="2160265"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -6053,51 +6017,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E920076" wp14:editId="74BB0960">
             <wp:extent cx="3792940" cy="2790661"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="13" name="Imagen 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 12"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18">
+                    <a:blip r:embed="rId19">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3800444" cy="2796182"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -6135,51 +6099,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33563EDC" wp14:editId="50FDE08A">
             <wp:extent cx="4743450" cy="2158310"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="15" name="Imagen 15"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 14"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19">
+                    <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4751916" cy="2162162"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -7298,51 +7262,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B1C132E" w14:textId="438D9B26" w:rsidR="00045F8E" w:rsidRPr="00907F5E" w:rsidRDefault="002A657E" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00907F5E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Conclusiones</w:t>
       </w:r>
       <w:r w:rsidR="00A8433B" w:rsidRPr="00907F5E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B7DB78D" w14:textId="0C579DD5" w:rsidR="00FC4898" w:rsidRPr="00E76719" w:rsidRDefault="002A657E" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -8012,51 +7975,50 @@
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="737" w:hanging="737"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00907F5E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="35034BFF" w14:textId="3CBB3C99" w:rsidR="00C10171" w:rsidRPr="00E76719" w:rsidRDefault="00C10171" w:rsidP="00C10171">
       <w:pPr>
         <w:pStyle w:val="nova-legacy-e-listitem"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Ammann, M. and John, M. (2005). Optimum design of the printed strip monopole. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -8411,71 +8373,51 @@
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>(8), 6671-6682.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01D305C7" w14:textId="60C7CAC5" w:rsidR="00C10171" w:rsidRPr="00E76719" w:rsidRDefault="00C10171" w:rsidP="00C10171">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="737" w:hanging="737"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jordá </w:t>
-[...19 lines deleted...]
-        <w:t>, R. (2021). </w:t>
+        <w:t>Jordá Cascant, R. (2021). </w:t>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Diseño antenas ranuradas de bajo perfil para aplicaciones 5G/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>IoT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -8800,546 +8742,502 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Letz, M., Engelmann, H., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Lautenschläger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, G., Brune, N., Bai, X., </w:t>
+        <w:t xml:space="preserve">, G., Brune, N., Bai, X., Salski, B. and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Salski</w:t>
+        <w:t>Karpisz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, B. and </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">, T. (2022). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Karpisz</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Special glass for packaging of high frequency electronics.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, T. (2022). </w:t>
+        <w:t xml:space="preserve"> In 2021 51st European Microwave Conference (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>EuMC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>) (pp. 103-106). IEEE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6730104D" w14:textId="77777777" w:rsidR="00C10171" w:rsidRPr="00E76719" w:rsidRDefault="00C10171" w:rsidP="00C10171">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="737" w:hanging="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Lin, C. H., Lai, L. G., Tiong, K. K., Sun, J. S. and Chen, G. Y. (2012). A novel on-glass GPS antenna for handset applications. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Special glass for packaging of high frequency electronics.</w:t>
+        <w:t>Procedia Engineering</w:t>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> In 2021 51st European Microwave Conference (</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>EuMC</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>29</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>) (pp. 103-106). IEEE.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6730104D" w14:textId="77777777" w:rsidR="00C10171" w:rsidRPr="00E76719" w:rsidRDefault="00C10171" w:rsidP="00C10171">
+        <w:t>, 3376-3380.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079EC6AE" w14:textId="0B282D53" w:rsidR="00C10171" w:rsidRPr="00E76719" w:rsidRDefault="00C10171" w:rsidP="00C10171">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="737" w:hanging="737"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Lin, C. H., Lai, L. G., Tiong, K. K., Sun, J. S. and Chen, G. Y. (2012). A novel on-glass GPS antenna for handset applications. </w:t>
+        <w:t>Sprengard</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Jotz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, M., Letz, M., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Parthier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, L., Prince, F., Woehrmann, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>M.,...</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Toepper, M. (2016). Ultra-thin glasses for semiconductor packaging. In </w:t>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Procedia Engineering</w:t>
+        <w:t>International Symposium on Microelectronics</w:t>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>, </w:t>
+        <w:t xml:space="preserve"> (vol. 2016, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nro</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>. 1) (pp. 000293-000298). International Microelectronics Assembly and Packaging Society.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7138AF24" w14:textId="5A6A9ED9" w:rsidR="00C10171" w:rsidRPr="00E76719" w:rsidRDefault="00C10171" w:rsidP="00C10171">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="737" w:hanging="737"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Youn, S., Jang, D., Kyung, K. N. and Choo, H. (2021). </w:t>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>29</w:t>
+        <w:t>Design of a Printed Monopole Antenna with Periodic Patch Director on the Laminated Window Glass for Autonomous Vehicles</w:t>
       </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>, 3376-3380.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="079EC6AE" w14:textId="0B282D53" w:rsidR="00C10171" w:rsidRPr="00E76719" w:rsidRDefault="00C10171" w:rsidP="00C10171">
+        <w:t>. In </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>International Symposium on Antennas and Propagation (ISAP) (pp. 1-2). IEEE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26A3DF2E" w14:textId="77777777" w:rsidR="00C10171" w:rsidRPr="00E76719" w:rsidRDefault="00C10171" w:rsidP="00C10171">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="737" w:hanging="737"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Sprengard</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Zhou, L., Tang, M., Gao, Z., Mao, J., Yue, H. and Tang, Y. (2020). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E76719">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, R., </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Design and fabrication of patch antenna array on quartz glass substrate at 146 GHz.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E76719">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Jotz</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E76719">
+        <w:t xml:space="preserve"> In 2020 international conference on microwave and millimeter wave technology (ICMMT) (pp. 1-3). IEEE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77B5BF26" w14:textId="77777777" w:rsidR="00C10171" w:rsidRPr="00E76719" w:rsidRDefault="00C10171" w:rsidP="00C10171"/>
+    <w:p w14:paraId="2BB0BBF2" w14:textId="77777777" w:rsidR="00875CD6" w:rsidRPr="00E76719" w:rsidRDefault="00875CD6" w:rsidP="00192F2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="737" w:hanging="737"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, M., Letz, M., </w:t>
-[...239 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00875CD6" w:rsidRPr="00E76719" w:rsidSect="00907F5E">
-      <w:headerReference w:type="default" r:id="rId20"/>
-      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="426" w:right="1701" w:bottom="426" w:left="1701" w:header="142" w:footer="117" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00B98CAC" w14:textId="77777777" w:rsidR="006D0C53" w:rsidRDefault="006D0C53" w:rsidP="00BE7935">
+    <w:p w14:paraId="764FC179" w14:textId="77777777" w:rsidR="00832BB2" w:rsidRDefault="00832BB2" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D46F168" w14:textId="77777777" w:rsidR="006D0C53" w:rsidRDefault="006D0C53" w:rsidP="00BE7935">
+    <w:p w14:paraId="5A029435" w14:textId="77777777" w:rsidR="00832BB2" w:rsidRDefault="00832BB2" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -9363,146 +9261,187 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="59D99A63" w14:textId="29A65BB8" w:rsidR="00BE7935" w:rsidRDefault="00BE7935" w:rsidP="00BE7935">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">Vol. 10, Núm. 20                  Julio - </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>Diciembre</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C784079" w14:textId="77777777" w:rsidR="006D0C53" w:rsidRDefault="006D0C53" w:rsidP="00BE7935">
+    <w:p w14:paraId="01F3B556" w14:textId="77777777" w:rsidR="00832BB2" w:rsidRDefault="00832BB2" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="599C2060" w14:textId="77777777" w:rsidR="006D0C53" w:rsidRDefault="006D0C53" w:rsidP="00BE7935">
+    <w:p w14:paraId="40F9B0C6" w14:textId="77777777" w:rsidR="00832BB2" w:rsidRDefault="00832BB2" w:rsidP="00BE7935">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="68D283D0" w14:textId="7C3BF7F0" w:rsidR="00BE7935" w:rsidRPr="00BE7935" w:rsidRDefault="00BE7935" w:rsidP="00BE7935">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="68D283D0" w14:textId="01957DD8" w:rsidR="00BE7935" w:rsidRPr="00D107F0" w:rsidRDefault="00D107F0" w:rsidP="00D107F0">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
-      <w:jc w:val="center"/>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-        <w:i/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6285E225" wp14:editId="0A765E1F">
+          <wp:extent cx="6690360" cy="875030"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+          <wp:docPr id="2128372098" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6690360" cy="875030"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="282133F2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EB5A817E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -9615,73 +9554,74 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1379472488">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007838ED"/>
     <w:rsid w:val="00022331"/>
     <w:rsid w:val="00045F8E"/>
     <w:rsid w:val="000B1406"/>
     <w:rsid w:val="000B4770"/>
     <w:rsid w:val="000E1532"/>
     <w:rsid w:val="00112C40"/>
     <w:rsid w:val="0013583C"/>
     <w:rsid w:val="0014337F"/>
     <w:rsid w:val="001502B7"/>
     <w:rsid w:val="00180344"/>
     <w:rsid w:val="00180FB8"/>
     <w:rsid w:val="00190D02"/>
     <w:rsid w:val="00192671"/>
     <w:rsid w:val="00192F2B"/>
     <w:rsid w:val="001C2CFE"/>
     <w:rsid w:val="001C6A32"/>
     <w:rsid w:val="001E5C18"/>
     <w:rsid w:val="001F193C"/>
     <w:rsid w:val="002131C0"/>
     <w:rsid w:val="00263A4B"/>
     <w:rsid w:val="002A17FE"/>
     <w:rsid w:val="002A657E"/>
@@ -9712,77 +9652,80 @@
     <w:rsid w:val="00565407"/>
     <w:rsid w:val="00570C07"/>
     <w:rsid w:val="0059332C"/>
     <w:rsid w:val="005A64E3"/>
     <w:rsid w:val="005A6ED2"/>
     <w:rsid w:val="0060478E"/>
     <w:rsid w:val="00604B59"/>
     <w:rsid w:val="00614120"/>
     <w:rsid w:val="00633323"/>
     <w:rsid w:val="00664778"/>
     <w:rsid w:val="0067551F"/>
     <w:rsid w:val="006972F4"/>
     <w:rsid w:val="006D0C53"/>
     <w:rsid w:val="006D172D"/>
     <w:rsid w:val="006D5DB0"/>
     <w:rsid w:val="006E5408"/>
     <w:rsid w:val="00705B7A"/>
     <w:rsid w:val="007304A4"/>
     <w:rsid w:val="00742952"/>
     <w:rsid w:val="0076035C"/>
     <w:rsid w:val="00763AF3"/>
     <w:rsid w:val="007838ED"/>
     <w:rsid w:val="00795C31"/>
     <w:rsid w:val="007D7AA1"/>
     <w:rsid w:val="00826BFC"/>
+    <w:rsid w:val="00832BB2"/>
     <w:rsid w:val="00836FCB"/>
     <w:rsid w:val="00841990"/>
     <w:rsid w:val="00875CD6"/>
     <w:rsid w:val="008D1EA4"/>
     <w:rsid w:val="008E2F00"/>
     <w:rsid w:val="00907F5E"/>
     <w:rsid w:val="00942EEE"/>
     <w:rsid w:val="009562A7"/>
     <w:rsid w:val="00956859"/>
     <w:rsid w:val="009B22A7"/>
     <w:rsid w:val="009E406F"/>
     <w:rsid w:val="009F5478"/>
     <w:rsid w:val="009F63FB"/>
     <w:rsid w:val="00A14179"/>
     <w:rsid w:val="00A4499C"/>
     <w:rsid w:val="00A45AF9"/>
     <w:rsid w:val="00A8433B"/>
     <w:rsid w:val="00A85F67"/>
     <w:rsid w:val="00A90F2B"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00AD6A44"/>
     <w:rsid w:val="00AF04E0"/>
     <w:rsid w:val="00B21616"/>
     <w:rsid w:val="00BE7935"/>
     <w:rsid w:val="00C10171"/>
     <w:rsid w:val="00C3453E"/>
     <w:rsid w:val="00C441C0"/>
     <w:rsid w:val="00C55A61"/>
+    <w:rsid w:val="00D107F0"/>
     <w:rsid w:val="00D45B25"/>
     <w:rsid w:val="00D96660"/>
     <w:rsid w:val="00DA299D"/>
     <w:rsid w:val="00DB2C2F"/>
     <w:rsid w:val="00DB5141"/>
     <w:rsid w:val="00DD6F2D"/>
     <w:rsid w:val="00E24373"/>
     <w:rsid w:val="00E34EC3"/>
     <w:rsid w:val="00E44487"/>
     <w:rsid w:val="00E47CC2"/>
     <w:rsid w:val="00E54A0C"/>
     <w:rsid w:val="00E76719"/>
     <w:rsid w:val="00F009F8"/>
     <w:rsid w:val="00F04F1D"/>
     <w:rsid w:val="00F105D1"/>
     <w:rsid w:val="00F25545"/>
     <w:rsid w:val="00F44FB7"/>
     <w:rsid w:val="00FA2A0C"/>
     <w:rsid w:val="00FA3106"/>
     <w:rsid w:val="00FC4898"/>
     <w:rsid w:val="00FD4E34"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
@@ -9790,51 +9733,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="585ED483"/>
   <w15:docId w15:val="{484B668C-1C22-47AF-95FA-6A4E9B56831B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10191,51 +10134,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
@@ -10468,51 +10410,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE7935"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BE7935"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="195043037">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="288512811">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10724,51 +10666,55 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2094009584">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.23913/cagi.v10i20.301" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11086,74 +11032,74 @@
             <b:First>Khantun</b:First>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>Design of Microstrip Antenna for WLAN</b:Title>
     <b:PublicationTitle>Journal of Applied Sciences</b:PublicationTitle>
     <b:Year>2005</b:Year>
     <b:RefOrder>1</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{964CB010-C6E8-4EFA-8CC5-054F90205F71}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>13440</Characters>
+  <Pages>13</Pages>
+  <Words>2433</Words>
+  <Characters>13383</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>336</Lines>
-  <Paragraphs>160</Paragraphs>
+  <Lines>111</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15554</CharactersWithSpaces>
+  <CharactersWithSpaces>15785</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RUIZ PALACIOS, MARIA SUSANA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Docear4Word_StyleTitle">
     <vt:lpwstr>IEEE</vt:lpwstr>
   </property>
 </Properties>
 </file>