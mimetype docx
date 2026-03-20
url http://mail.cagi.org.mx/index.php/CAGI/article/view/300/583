--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,77 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3C16102C" w14:textId="7CC4A4F9" w:rsidR="00491AB8" w:rsidRPr="00491AB8" w:rsidRDefault="00491AB8" w:rsidP="00491AB8">
+    <w:p w14:paraId="6AE00E14" w14:textId="47855C1B" w:rsidR="00E941D1" w:rsidRDefault="00E941D1" w:rsidP="00E941D1">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E941D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v10i20.300</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C16102C" w14:textId="3978D069" w:rsidR="00491AB8" w:rsidRPr="00491AB8" w:rsidRDefault="00491AB8" w:rsidP="00491AB8">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D112DDA" w14:textId="03CAC35A" w:rsidR="003F3C43" w:rsidRDefault="009C5A3A" w:rsidP="00491AB8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
@@ -266,69 +290,51 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59F14BC0" w14:textId="77777777" w:rsidR="00924E15" w:rsidRPr="00491AB8" w:rsidRDefault="003F3C43" w:rsidP="00491AB8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Víctor Hugo </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Ramírez. </w:t>
+        <w:t xml:space="preserve">Víctor Hugo Alzúa Ramírez. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D64D8D1" w14:textId="3416636E" w:rsidR="003F3C43" w:rsidRPr="00924E15" w:rsidRDefault="003F3C43" w:rsidP="00491AB8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Autónoma de Guerrero.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50DEB73F" w14:textId="18CD8D31" w:rsidR="003F3C43" w:rsidRPr="00491AB8" w:rsidRDefault="00924E15" w:rsidP="00491AB8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1026,51 +1032,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="001D6162" w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">n relación </w:t>
       </w:r>
       <w:r w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>con</w:t>
       </w:r>
       <w:r w:rsidR="001D6162" w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> los datos obtenidos</w:t>
+        <w:t xml:space="preserve"> los datos </w:t>
+      </w:r>
+      <w:r w:rsidR="001D6162" w:rsidRPr="00491AB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>obtenidos</w:t>
       </w:r>
       <w:r w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001D6162" w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se encontró que</w:t>
       </w:r>
       <w:r w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D6162" w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1190,58 +1204,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> en el </w:t>
       </w:r>
       <w:r w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="001D6162" w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">ospital el paciente no percibe el trato digno que ofrece el personal de enfermería. Sugerencias. Se sugiere que el </w:t>
       </w:r>
       <w:r w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="001D6162" w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">epartamento </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">de </w:t>
+        <w:t xml:space="preserve">epartamento de </w:t>
       </w:r>
       <w:r w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="001D6162" w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">alidad en </w:t>
       </w:r>
       <w:r w:rsidR="007611E2" w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>coordinación</w:t>
       </w:r>
       <w:r w:rsidR="001D6162" w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> con el </w:t>
       </w:r>
@@ -1502,79 +1509,67 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Recepción:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Enero</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2023 </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">   </w:t>
+        <w:t xml:space="preserve"> 2023                           </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Julio 2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C267B12" w14:textId="15C3D46D" w:rsidR="001D0FED" w:rsidRPr="00FE66A5" w:rsidRDefault="00491AB8" w:rsidP="00FE66A5">
+    <w:p w14:paraId="7C267B12" w14:textId="15C3D46D" w:rsidR="001D0FED" w:rsidRPr="00FE66A5" w:rsidRDefault="00000000" w:rsidP="00FE66A5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict w14:anchorId="03A41E75">
           <v:rect id="_x0000_i1025" style="width:441.9pt;height:1pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidR="001D0FED" w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>INTRODUCCIÓN</w:t>
       </w:r>
       <w:r w:rsidR="00416D3C" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -1592,70 +1587,77 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A nivel mundial, el personal de enfermería desempeña un papel fundamental en las instituciones de salud públicas y privadas, ya que brinda servicios de asistencia que deben ser de calidad en todos los niveles de atención (Ramos </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">., 2017). Esa calidad de asistencia, según la Organización Mundial de la Salud, es el proceso mediante el cual un individuo, ya sea enfermo o sano, recibe una serie de servicios diagnósticos y terapéuticos que tienen en cuenta todos los aspectos tanto de la persona como del servicio médico. El objetivo es lograr los mejores resultados con el mínimo riesgo de efectos iatrogénicos y la máxima satisfacción tanto del paciente como del personal (Salinas, 2016). </w:t>
+        <w:t xml:space="preserve">., 2017). Esa calidad de asistencia, según la Organización Mundial de la Salud, es el proceso mediante el cual un individuo, ya sea enfermo o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">sano, recibe una serie de servicios diagnósticos y terapéuticos que tienen en cuenta todos los aspectos tanto de la persona como del servicio médico. El objetivo es lograr los mejores resultados con el mínimo riesgo de efectos iatrogénicos y la máxima satisfacción tanto del paciente como del personal (Salinas, 2016). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15D6805E" w14:textId="77777777" w:rsidR="003A761A" w:rsidRPr="00924E15" w:rsidRDefault="003A761A" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Por otra parte, en el contexto de la enfermería, la calidad del cuidado se entiende como una atención oportuna, personalizada, humanizada, continua y eficiente con el propósito de satisfacer las necesidades de los pacientes (Moguel </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>., 2016).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="610740DB" w14:textId="77777777" w:rsidR="003A761A" w:rsidRPr="00924E15" w:rsidRDefault="003A761A" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
@@ -1867,78 +1869,78 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El término </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>resultado</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, por su parte, se relaciona con un cambio en el estado de salud actual y futuro del paciente, lo cual puede vincularse con la atención médica recibida. Esto incluye mejoras en la función social, psicológica, así como en aspectos físicos y fisiológicos. Además, abarca las actitudes del paciente (incluyendo su satisfacción), el conocimiento adquirido sobre su salud y cualquier cambio en su comportamiento relacionado con la salud.</w:t>
+        <w:t xml:space="preserve">, por su parte, se relaciona con un cambio en el estado de salud actual y futuro del paciente, lo cual puede vincularse con la atención médica recibida. Esto incluye </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>mejoras en la función social, psicológica, así como en aspectos físicos y fisiológicos. Además, abarca las actitudes del paciente (incluyendo su satisfacción), el conocimiento adquirido sobre su salud y cualquier cambio en su comportamiento relacionado con la salud.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="297CCB52" w14:textId="77777777" w:rsidR="0032643A" w:rsidRPr="00924E15" w:rsidRDefault="0032643A" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A partir de estas tres dimensiones, la percepción del paciente sobre la atención de enfermería que recibe desempeña un papel crucial en la retroalimentación tanto para la profesión como para las instituciones de salud. En tal sentido, la calidad de la atención se ve influenciada por </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">varios factores, entre los que se destacan la interacción con el personal de enfermería, lo cual está relacionado con el indicador </w:t>
+        <w:t xml:space="preserve">A partir de estas tres dimensiones, la percepción del paciente sobre la atención de enfermería que recibe desempeña un papel crucial en la retroalimentación tanto para la profesión como para las instituciones de salud. En tal sentido, la calidad de la atención se ve influenciada por varios factores, entre los que se destacan la interacción con el personal de enfermería, lo cual está relacionado con el indicador </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>trato digno</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01918EC9" w14:textId="77777777" w:rsidR="00084EF1" w:rsidRPr="00924E15" w:rsidRDefault="0032643A" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2573,50 +2575,51 @@
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>médica.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00924E15" w:rsidRPr="00924E15" w14:paraId="2B28BF89" w14:textId="77777777" w:rsidTr="001208B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4489" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="161B8809" w14:textId="3B9CB154" w:rsidR="001D0FED" w:rsidRPr="00924E15" w:rsidRDefault="001208B6" w:rsidP="001264AF">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00924E15">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5.</w:t>
             </w:r>
             <w:r w:rsidR="00084EF1" w:rsidRPr="00924E15">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001D0FED" w:rsidRPr="00924E15">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Seguridad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4975" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="393E6EAD" w14:textId="2A3E3663" w:rsidR="001D0FED" w:rsidRPr="00924E15" w:rsidRDefault="001D0FED" w:rsidP="001264AF">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
@@ -2857,51 +2860,50 @@
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00924E15" w:rsidRPr="00924E15" w14:paraId="12D488B7" w14:textId="77777777" w:rsidTr="001208B6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4489" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68DF4588" w14:textId="7C219BDC" w:rsidR="001D0FED" w:rsidRPr="00924E15" w:rsidRDefault="001208B6" w:rsidP="001264AF">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00924E15">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>9.</w:t>
             </w:r>
             <w:r w:rsidR="00084EF1" w:rsidRPr="00924E15">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001D0FED" w:rsidRPr="00924E15">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Continuidad del cuidado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4975" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="587B7216" w14:textId="41EF4E31" w:rsidR="001D0FED" w:rsidRPr="00924E15" w:rsidRDefault="001D0FED" w:rsidP="001264AF">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
@@ -3507,51 +3509,60 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57EBA77A" w14:textId="009575DD" w:rsidR="00084EF1" w:rsidRPr="00491AB8" w:rsidRDefault="001D0FED" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="50"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Porcentaje de pacientes que se sienten satisfechos con el trato que le proporciona la enfermera(o)</w:t>
+        <w:t xml:space="preserve">Porcentaje de pacientes que se sienten satisfechos con el trato que le proporciona la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>enfermera(o)</w:t>
       </w:r>
       <w:r w:rsidR="00084EF1" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="703D55FE" w14:textId="48BB02F6" w:rsidR="001D0FED" w:rsidRPr="00924E15" w:rsidRDefault="00084EF1" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Con</w:t>
@@ -3730,51 +3741,50 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="211DCDDE" w14:textId="176E96E5" w:rsidR="004F4442" w:rsidRPr="00491AB8" w:rsidRDefault="004F4442" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Material y </w:t>
       </w:r>
       <w:r w:rsidR="00383FA1" w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00491AB8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>étodos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68DAC1A8" w14:textId="77777777" w:rsidR="00383FA1" w:rsidRPr="00924E15" w:rsidRDefault="00383FA1" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
@@ -4144,72 +4154,63 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">los cuales luego fueron </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>procesa</w:t>
       </w:r>
       <w:r w:rsidR="00383FA1" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dos</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> en </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006D0844" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Po</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>wer</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">wer </w:t>
       </w:r>
       <w:r w:rsidR="006D0844" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">oint para </w:t>
       </w:r>
       <w:r w:rsidR="00383FA1" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">graficar </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4380,50 +4381,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Edad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B196D88" w14:textId="69A59AD6" w:rsidR="001D6162" w:rsidRPr="00924E15" w:rsidRDefault="00184209" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="927"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX" w:bidi="ar-SA"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251648000" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="600CD39A" wp14:editId="713246B0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>785495</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>8890</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4295775" cy="1943100"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="39" name="Gráfico 1"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
@@ -4783,51 +4785,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="763A3472" w14:textId="2BC5B560" w:rsidR="001D6162" w:rsidRPr="00924E15" w:rsidRDefault="001D6162" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura</w:t>
       </w:r>
       <w:r w:rsidR="000D197F" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Sexo</w:t>
       </w:r>
@@ -5094,50 +5095,51 @@
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>ivil</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D7C35DF" w14:textId="77777777" w:rsidR="001D6162" w:rsidRPr="00924E15" w:rsidRDefault="006234B3" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX" w:bidi="ar-SA"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04347E39" wp14:editId="0660FF08">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>547370</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>11430</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4991100" cy="2143125"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="9" name="Gráfico 3"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
@@ -5440,51 +5442,50 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E6B5032" w14:textId="1A050027" w:rsidR="001D6162" w:rsidRPr="00924E15" w:rsidRDefault="001D6162" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 4</w:t>
       </w:r>
       <w:r w:rsidR="00C806D0" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C806D0" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Ocupación</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F99C527" w14:textId="5F604C6A" w:rsidR="001D6162" w:rsidRPr="00924E15" w:rsidRDefault="004F4442" w:rsidP="001264AF">
       <w:pPr>
@@ -5694,51 +5695,58 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Fuente: Cuestionario para conocer la “Percepción del usuario del indicador de calidad </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>trato digno</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> proporcionado por el personal de enfermería” (N = 150)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00924E15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>proporcionado por el personal de enfermería” (N = 150)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CDAD089" w14:textId="75170A8A" w:rsidR="00491AB8" w:rsidRDefault="00983603" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="004F4442" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6174,51 +6182,50 @@
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16471DCD" w14:textId="16A23C91" w:rsidR="001D6162" w:rsidRPr="00924E15" w:rsidRDefault="001D6162" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 6</w:t>
       </w:r>
       <w:r w:rsidR="00983603" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00333476" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
@@ -6387,50 +6394,51 @@
         </w:rPr>
         <w:t>trato digno</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> proporcionado por el personal de enfermería” (N = 150)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="476F38CD" w14:textId="1B9779FC" w:rsidR="00491AB8" w:rsidRDefault="001D6162" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="142" w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Se puede observar en </w:t>
       </w:r>
       <w:r w:rsidR="00C85A40" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>la figura</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00983603" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">6 </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>que la mayoría de los pacientes son saludados por la enfermera al momento de recibir atención.</w:t>
@@ -6754,88 +6762,88 @@
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51B0F17D" w14:textId="1058AD91" w:rsidR="001D6162" w:rsidRPr="00924E15" w:rsidRDefault="001D6162" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 8</w:t>
       </w:r>
       <w:r w:rsidR="00C806D0" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Cuando la enfermera(o) se dirige con usted lo hace por</w:t>
       </w:r>
       <w:r w:rsidR="000874F1" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> su nombre</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="336834B7" w14:textId="3E626C4B" w:rsidR="000874F1" w:rsidRPr="00924E15" w:rsidRDefault="00D93F2B" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX" w:bidi="ar-SA"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="705BC440" wp14:editId="3DAFBF44">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1315720</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>6350</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3305175" cy="1973580"/>
             <wp:effectExtent l="0" t="0" r="9525" b="7620"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="6" name="Gráfico 8"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
@@ -7356,51 +7364,50 @@
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DB7DDDD" w14:textId="46603118" w:rsidR="001D6162" w:rsidRPr="00924E15" w:rsidRDefault="001D6162" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Figura 10. </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>La enfermera(o) se interesa por</w:t>
       </w:r>
       <w:r w:rsidR="00983603" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>que su estancia</w:t>
       </w:r>
       <w:r w:rsidR="00983603" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, en lo posible,</w:t>
@@ -7960,51 +7967,50 @@
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="266CF965" w14:textId="4FD189FD" w:rsidR="00F52B1C" w:rsidRPr="00924E15" w:rsidRDefault="00F52B1C" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 12.</w:t>
       </w:r>
       <w:r w:rsidR="00416D3C" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>La enfermera</w:t>
       </w:r>
       <w:r w:rsidR="00C75DFC" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(o)</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -8590,51 +8596,50 @@
         <w:ind w:right="142" w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33680A16" w14:textId="755D1CCF" w:rsidR="001D6162" w:rsidRPr="00924E15" w:rsidRDefault="00F52B1C" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> 14</w:t>
       </w:r>
       <w:r w:rsidR="001D6162" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="001D6162" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Hay continuidad en los cuidados de</w:t>
       </w:r>
       <w:r w:rsidR="002D0953" w:rsidRPr="00924E15">
@@ -9193,51 +9198,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44747B8D" w14:textId="3EEF4FEA" w:rsidR="001D6162" w:rsidRPr="00924E15" w:rsidRDefault="00E05666" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8647"/>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 16</w:t>
       </w:r>
       <w:r w:rsidR="009A1098" w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Percepción del indicador </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9585,50 +9589,51 @@
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>trato digno</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4844E830" w14:textId="77777777" w:rsidR="001D6162" w:rsidRPr="00924E15" w:rsidRDefault="002807FB" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="927"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="es-MX" w:eastAsia="es-MX" w:bidi="ar-SA"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251702272" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F91407C" wp14:editId="1F067965">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1309370</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>22860</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3257550" cy="1504950"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="37" name="Gráfico 17"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId24"/>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
@@ -9910,51 +9915,50 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D5AEB7" w14:textId="4D4CB8E0" w:rsidR="001D6162" w:rsidRPr="001264AF" w:rsidRDefault="001D6162" w:rsidP="001264AF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001264AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00454AF9" w:rsidRPr="001264AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>iscusión</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FBE4B00" w14:textId="77777777" w:rsidR="00917CFD" w:rsidRPr="00924E15" w:rsidRDefault="00917CFD" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
@@ -10032,50 +10036,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Esto indica que el indicador de calidad relacionado con el trato digno está experimentando un declive, lo cual podría deberse a la necesidad de que el personal de enfermería desarrolle una mayor empatía y humanidad en su atención hacia los pacientes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EFFCD4F" w14:textId="77777777" w:rsidR="00F73D53" w:rsidRPr="00924E15" w:rsidRDefault="00F73D53" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>De hecho, la percepción del paciente en relación con el trato digno, como un indicador de calidad en el proceso y resultado, no se ajusta a dicho estándar, a pesar de que la enfermería —como indica Ceballos (2015)— se define como la ciencia del cuidado humanizado en la relación persona a persona (Hernández y Azcona, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26742C63" w14:textId="77777777" w:rsidR="00F73D53" w:rsidRPr="00924E15" w:rsidRDefault="00F73D53" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ahora bien, esta evaluación de la percepción del usuario le permite a la unidad hospitalaria conocer cómo se encuentra el indicador </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -10134,51 +10139,50 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02B1D8ED" w14:textId="6C647045" w:rsidR="001D6162" w:rsidRPr="001264AF" w:rsidRDefault="0077663A" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001264AF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Conclusiones</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3362E926" w14:textId="77777777" w:rsidR="00C70EA9" w:rsidRPr="00924E15" w:rsidRDefault="00C70EA9" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Es importante destacar que el estándar de calificación esperado para el cumplimiento de los criterios establecidos en el indicador </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -10224,50 +10228,51 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> basada en estándares de calidad para garantizar la satisfacción del paciente. Solo de esta manera se puede lograr un alto nivel de calidad en los servicios que se ofrecen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="567D84FF" w14:textId="70A38381" w:rsidR="00C70EA9" w:rsidRPr="00924E15" w:rsidRDefault="00C70EA9" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>En síntesis, desde la perspectiva del usuario, el trato digno por parte de la enfermería se cumple solo parcialmente. Por lo tanto, es fundamental resaltar la necesidad de fortalecer las bases teórico-prácticas de la calidad de la atención en el personal de enfermería.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D41D42B" w14:textId="77777777" w:rsidR="00C70EA9" w:rsidRPr="00924E15" w:rsidRDefault="00C70EA9" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FC74FF4" w14:textId="06FCD974" w:rsidR="001D6162" w:rsidRPr="00924E15" w:rsidRDefault="00C15F30" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -10531,51 +10536,50 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BD23BF6" w14:textId="37B38F7F" w:rsidR="00753904" w:rsidRPr="001264AF" w:rsidRDefault="009F1A36" w:rsidP="001264AF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001264AF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B5332DE" w14:textId="77777777" w:rsidR="00753904" w:rsidRPr="00924E15" w:rsidRDefault="00753904" w:rsidP="00753904">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Álvarez, R., Olivares, R., Cadena, E. y Olvera, J. (2015). </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
@@ -10817,50 +10821,51 @@
         <w:t>15</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 5-35.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DCC15AB" w14:textId="77777777" w:rsidR="00753904" w:rsidRPr="00924E15" w:rsidRDefault="00753904" w:rsidP="00753904">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Comisión Interinstitucional de Enfermería (2015). Evaluación de la calidad de los servicios de Enfermería. </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Indicadores de Salud</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -11389,51 +11394,50 @@
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 14_25</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1702603E" w14:textId="77777777" w:rsidR="00753904" w:rsidRPr="00924E15" w:rsidRDefault="00753904" w:rsidP="00753904">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Sánchez Moreno. (2015). </w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Evaluación y desempeño en calidad de los servicios de enfermería desempeño de salud</w:t>
       </w:r>
       <w:r w:rsidRPr="00924E15">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (89_95). Acantilado. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5132F36E" w14:textId="77777777" w:rsidR="00753904" w:rsidRPr="00924E15" w:rsidRDefault="00753904" w:rsidP="00753904">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="708" w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -11552,138 +11556,138 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DC0C12" w:rsidRPr="00924E15" w:rsidSect="001264AF">
       <w:headerReference w:type="default" r:id="rId29"/>
       <w:footerReference w:type="default" r:id="rId30"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="567" w:right="1418" w:bottom="426" w:left="1418" w:header="142" w:footer="118" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62721D5D" w14:textId="77777777" w:rsidR="002121D2" w:rsidRDefault="002121D2" w:rsidP="001D6162">
+    <w:p w14:paraId="4FF8D03F" w14:textId="77777777" w:rsidR="00402690" w:rsidRDefault="00402690" w:rsidP="001D6162">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F2A0E19" w14:textId="77777777" w:rsidR="002121D2" w:rsidRDefault="002121D2" w:rsidP="001D6162">
+    <w:p w14:paraId="6DFAB9CD" w14:textId="77777777" w:rsidR="00402690" w:rsidRDefault="00402690" w:rsidP="001D6162">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="02A502F1" w14:textId="06703C97" w:rsidR="00491AB8" w:rsidRDefault="00491AB8" w:rsidP="00491AB8">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">Vol. 10, Núm. 20                  Julio - </w:t>
@@ -11691,99 +11695,133 @@
         <w:proofErr w:type="gramStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>Diciembre</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="352167AD" w14:textId="77777777" w:rsidR="002121D2" w:rsidRDefault="002121D2" w:rsidP="001D6162">
+    <w:p w14:paraId="15A0C3B6" w14:textId="77777777" w:rsidR="00402690" w:rsidRDefault="00402690" w:rsidP="001D6162">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FDDE186" w14:textId="77777777" w:rsidR="002121D2" w:rsidRDefault="002121D2" w:rsidP="001D6162">
+    <w:p w14:paraId="128F6935" w14:textId="77777777" w:rsidR="00402690" w:rsidRDefault="00402690" w:rsidP="001D6162">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...19 lines deleted...]
-  <w:p w14:paraId="5988C761" w14:textId="77777777" w:rsidR="000923C8" w:rsidRDefault="000923C8">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="78A7F12B" w14:textId="5A5F0C35" w:rsidR="00E941D1" w:rsidRDefault="00E941D1">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6B0F558B" wp14:editId="647EDD34">
+          <wp:extent cx="6865620" cy="930910"/>
+          <wp:effectExtent l="0" t="0" r="0" b="2540"/>
+          <wp:docPr id="1769933582" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6865620" cy="930910"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03FC0950"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC2AD6EA"/>
     <w:lvl w:ilvl="0" w:tplc="66205370">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:spacing w:val="-33"/>
         <w:w w:val="99"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="80501CA6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -17358,52 +17396,52 @@
   <w:num w:numId="45" w16cid:durableId="1854685074">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="2108187796">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="585844868">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="902103417">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="505756145">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1435321665">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="521668589">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -17437,50 +17475,51 @@
     <w:rsid w:val="001B1852"/>
     <w:rsid w:val="001C322B"/>
     <w:rsid w:val="001D0FED"/>
     <w:rsid w:val="001D19A6"/>
     <w:rsid w:val="001D6162"/>
     <w:rsid w:val="001F1A7D"/>
     <w:rsid w:val="002105E4"/>
     <w:rsid w:val="002121D2"/>
     <w:rsid w:val="002137DE"/>
     <w:rsid w:val="00221F8E"/>
     <w:rsid w:val="002807FB"/>
     <w:rsid w:val="00281CF2"/>
     <w:rsid w:val="0029395E"/>
     <w:rsid w:val="002A7CA5"/>
     <w:rsid w:val="002D0953"/>
     <w:rsid w:val="002F3BC6"/>
     <w:rsid w:val="003139A3"/>
     <w:rsid w:val="0032643A"/>
     <w:rsid w:val="00333476"/>
     <w:rsid w:val="00380946"/>
     <w:rsid w:val="00383FA1"/>
     <w:rsid w:val="0039462F"/>
     <w:rsid w:val="003A761A"/>
     <w:rsid w:val="003E0148"/>
     <w:rsid w:val="003F3C43"/>
+    <w:rsid w:val="00402690"/>
     <w:rsid w:val="00416D3C"/>
     <w:rsid w:val="00454AF9"/>
     <w:rsid w:val="00455207"/>
     <w:rsid w:val="00455E11"/>
     <w:rsid w:val="0046592B"/>
     <w:rsid w:val="00491AB8"/>
     <w:rsid w:val="00492192"/>
     <w:rsid w:val="004A2B28"/>
     <w:rsid w:val="004F4442"/>
     <w:rsid w:val="00500E4A"/>
     <w:rsid w:val="00517F99"/>
     <w:rsid w:val="00531AF0"/>
     <w:rsid w:val="0053558A"/>
     <w:rsid w:val="00570FD8"/>
     <w:rsid w:val="00582BDD"/>
     <w:rsid w:val="00585AEE"/>
     <w:rsid w:val="006234B3"/>
     <w:rsid w:val="0062793C"/>
     <w:rsid w:val="006C1D4E"/>
     <w:rsid w:val="006D0844"/>
     <w:rsid w:val="006D14E3"/>
     <w:rsid w:val="006D279F"/>
     <w:rsid w:val="006E3EC8"/>
     <w:rsid w:val="00746C79"/>
     <w:rsid w:val="00753904"/>
@@ -17495,141 +17534,143 @@
     <w:rsid w:val="00836A02"/>
     <w:rsid w:val="008420EB"/>
     <w:rsid w:val="00853653"/>
     <w:rsid w:val="0088591B"/>
     <w:rsid w:val="008952F0"/>
     <w:rsid w:val="00895328"/>
     <w:rsid w:val="008A6343"/>
     <w:rsid w:val="008B5C3F"/>
     <w:rsid w:val="008D0118"/>
     <w:rsid w:val="008E5223"/>
     <w:rsid w:val="00906166"/>
     <w:rsid w:val="00917CFD"/>
     <w:rsid w:val="00924E15"/>
     <w:rsid w:val="009547DF"/>
     <w:rsid w:val="00983603"/>
     <w:rsid w:val="009A1098"/>
     <w:rsid w:val="009C5A3A"/>
     <w:rsid w:val="009E6C84"/>
     <w:rsid w:val="009F03B2"/>
     <w:rsid w:val="009F1A36"/>
     <w:rsid w:val="00A0352B"/>
     <w:rsid w:val="00A3039B"/>
     <w:rsid w:val="00A475E9"/>
     <w:rsid w:val="00A546E8"/>
     <w:rsid w:val="00A6164A"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00A95D15"/>
     <w:rsid w:val="00AA0732"/>
     <w:rsid w:val="00AD4A97"/>
     <w:rsid w:val="00B25212"/>
     <w:rsid w:val="00B46EBE"/>
     <w:rsid w:val="00B64745"/>
     <w:rsid w:val="00B769EE"/>
     <w:rsid w:val="00BA2B3C"/>
     <w:rsid w:val="00BA6AB1"/>
     <w:rsid w:val="00C06456"/>
     <w:rsid w:val="00C15F30"/>
     <w:rsid w:val="00C32531"/>
     <w:rsid w:val="00C56C96"/>
     <w:rsid w:val="00C70EA9"/>
     <w:rsid w:val="00C75DFC"/>
     <w:rsid w:val="00C806D0"/>
     <w:rsid w:val="00C85A40"/>
     <w:rsid w:val="00CA143A"/>
     <w:rsid w:val="00CF7603"/>
     <w:rsid w:val="00D00657"/>
     <w:rsid w:val="00D1138F"/>
     <w:rsid w:val="00D159A4"/>
     <w:rsid w:val="00D232A1"/>
     <w:rsid w:val="00D3579C"/>
     <w:rsid w:val="00D42A12"/>
     <w:rsid w:val="00D509E3"/>
     <w:rsid w:val="00D56729"/>
     <w:rsid w:val="00D856CC"/>
     <w:rsid w:val="00D93F2B"/>
     <w:rsid w:val="00DA3451"/>
     <w:rsid w:val="00DC0967"/>
     <w:rsid w:val="00DC0C12"/>
     <w:rsid w:val="00DD3A53"/>
     <w:rsid w:val="00DE3837"/>
     <w:rsid w:val="00DF0215"/>
     <w:rsid w:val="00DF4ED8"/>
     <w:rsid w:val="00E00729"/>
     <w:rsid w:val="00E05666"/>
     <w:rsid w:val="00E143B1"/>
     <w:rsid w:val="00E73E08"/>
+    <w:rsid w:val="00E941D1"/>
     <w:rsid w:val="00EB1259"/>
     <w:rsid w:val="00EC5812"/>
     <w:rsid w:val="00ED55F0"/>
     <w:rsid w:val="00F036A1"/>
     <w:rsid w:val="00F40E5A"/>
     <w:rsid w:val="00F52B1C"/>
     <w:rsid w:val="00F61397"/>
     <w:rsid w:val="00F619F7"/>
     <w:rsid w:val="00F67119"/>
     <w:rsid w:val="00F73D53"/>
     <w:rsid w:val="00F80C13"/>
     <w:rsid w:val="00F9705E"/>
     <w:rsid w:val="00FA1B32"/>
     <w:rsid w:val="00FD11CB"/>
     <w:rsid w:val="00FD2BE0"/>
     <w:rsid w:val="00FE2D77"/>
     <w:rsid w:val="00FE66A5"/>
     <w:rsid w:val="00FF3D37"/>
     <w:rsid w:val="00FF4631"/>
     <w:rsid w:val="00FF5DD7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="76202C6B"/>
   <w15:docId w15:val="{4EE55B38-2BD8-46A4-8849-AC1F07310B5A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -18001,54 +18042,76 @@
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="001D6162"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:ind w:left="1610"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES" w:eastAsia="es-ES" w:bidi="es-ES"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E941D1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -18321,55 +18384,69 @@
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdecomentario">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00753904"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+    <w:name w:val="Título 2 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E941D1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="242951503">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="641156998">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -18429,50 +18506,54 @@
       </w:divBdr>
     </w:div>
     <w:div w:id="2050110029">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart6.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart11.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.salud.gob.mx/unidades/cie/cms_cpe/descargas/evaluacion.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart14.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart5.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart10.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.salud.gob.mx/docprog/estrategia_4/cruzada_nal_salud.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart9.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart13.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart17.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart8.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart16.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.salud.gob.mx/dirgrss/foros_y_reuniones/Ponencias" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart12.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart7.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart15.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dged.salud.gob.mx/interior/publi/docu/tratoadecuado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+</file>
+
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet9.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet10.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet11.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet12.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet13.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -18500,51 +18581,51 @@
 </file>
 
 <file path=word/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet4.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet5.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet6.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet7.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet8.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.658981441067095"/>
           <c:y val="3.2679738562091505E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -19491,51 +19572,51 @@
       <a:solidFill>
         <a:schemeClr val="accent5"/>
       </a:solidFill>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart10.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:view3D>
       <c:rotX val="30"/>
       <c:rotY val="0"/>
       <c:depthPercent val="100"/>
       <c:rAngAx val="0"/>
     </c:view3D>
     <c:floor>
       <c:thickness val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
@@ -19996,51 +20077,51 @@
     </a:gradFill>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart11.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Hoja1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>La enfermera (o) le hace sentirse seguroal atenderlo</c:v>
@@ -20426,51 +20507,51 @@
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart12.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Hoja1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>la enfermera (o) le hace sentirse seguroal atenderlo</c:v>
@@ -20856,51 +20937,51 @@
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart13.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.22923046077573636"/>
           <c:y val="0.15547619047619049"/>
           <c:w val="0.37950204141149024"/>
           <c:h val="0.65057492813398321"/>
         </c:manualLayout>
       </c:layout>
       <c:pieChart>
         <c:varyColors val="1"/>
@@ -21263,51 +21344,51 @@
         <a:schemeClr val="bg2"/>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart14.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:view3D>
       <c:rotX val="50"/>
       <c:rotY val="0"/>
       <c:depthPercent val="100"/>
       <c:rAngAx val="0"/>
     </c:view3D>
     <c:floor>
       <c:thickness val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
@@ -21545,51 +21626,51 @@
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart15.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:view3D>
       <c:rotX val="50"/>
       <c:rotY val="0"/>
       <c:depthPercent val="100"/>
       <c:rAngAx val="0"/>
     </c:view3D>
     <c:floor>
       <c:thickness val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
@@ -21899,51 +21980,51 @@
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart16.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.19933198615659767"/>
           <c:y val="1.3345190489932215E-3"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -23099,51 +23180,51 @@
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart17.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Hoja1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>La percepción del indicador del  trato digno</c:v>
@@ -23431,51 +23512,51 @@
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="5.4409540270880775E-2"/>
           <c:y val="0"/>
           <c:w val="0.55981416957026708"/>
           <c:h val="1"/>
         </c:manualLayout>
       </c:layout>
       <c:pieChart>
         <c:varyColors val="1"/>
@@ -23946,51 +24027,51 @@
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.22118110236220473"/>
           <c:y val="7.9744816586921854E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:txPr>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
@@ -24369,51 +24450,51 @@
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Hoja1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Ocupacion</c:v>
@@ -24983,51 +25064,51 @@
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:view3D>
       <c:rotX val="50"/>
       <c:rotY val="0"/>
       <c:depthPercent val="100"/>
       <c:rAngAx val="0"/>
       <c:perspective val="60"/>
     </c:view3D>
     <c:floor>
       <c:thickness val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -25619,51 +25700,51 @@
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Hoja1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>La enfermera lo saluda de forma amable</c:v>
@@ -25928,51 +26009,51 @@
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart7.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
@@ -26325,51 +26406,51 @@
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr>
           <a:solidFill>
             <a:schemeClr val="dk1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart8.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Hoja1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>cuando la enfermera(o) se dirige con usted lo hace por su nombre</c:v>
@@ -26628,51 +26709,51 @@
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="es-MX"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart9.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
-  <c:lang val="es-ES"/>
+  <c:lang val="es-MX"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.22923046077573636"/>
           <c:y val="0.15547619047619049"/>
           <c:w val="0.37950204141149024"/>
           <c:h val="0.65057492813398321"/>
         </c:manualLayout>
       </c:layout>
       <c:pieChart>
         <c:varyColors val="1"/>
@@ -28420,71 +28501,71 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF2E60A9-4450-4B61-8AFB-C587963029A4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>24179</Characters>
+  <Pages>19</Pages>
+  <Words>4356</Words>
+  <Characters>23960</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>604</Lines>
-  <Paragraphs>288</Paragraphs>
+  <Lines>199</Lines>
+  <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27982</CharactersWithSpaces>
+  <CharactersWithSpaces>28260</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Windows User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>