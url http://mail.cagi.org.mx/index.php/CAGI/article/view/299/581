--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,54 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1C522D49" w14:textId="70CD87E4" w:rsidR="008C09D2" w:rsidRPr="008C09D2" w:rsidRDefault="008C09D2" w:rsidP="008C09D2">
+    <w:p w14:paraId="73BA5CE5" w14:textId="55206E21" w:rsidR="00093A71" w:rsidRDefault="00093A71" w:rsidP="00093A71">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00093A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v10i20.299</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C522D49" w14:textId="492D8E56" w:rsidR="008C09D2" w:rsidRPr="008C09D2" w:rsidRDefault="008C09D2" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862FC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D45A5AF" w14:textId="32485784" w:rsidR="00C6072F" w:rsidRPr="008C09D2" w:rsidRDefault="00765846" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
@@ -366,71 +390,71 @@
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C09D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Michoacana de San Nicolás de Hidalgo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24BFD58B" w14:textId="58403BF2" w:rsidR="00BC39B2" w:rsidRPr="008C09D2" w:rsidRDefault="00000000" w:rsidP="008C09D2">
+    <w:p w14:paraId="24BFD58B" w14:textId="58403BF2" w:rsidR="00BC39B2" w:rsidRPr="008C09D2" w:rsidRDefault="00BC39B2" w:rsidP="008C09D2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00BC39B2" w:rsidRPr="008C09D2">
+        <w:r w:rsidRPr="008C09D2">
           <w:rPr>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>1707341C@umich.mx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="43311257" w14:textId="7ADF72C2" w:rsidR="00C02EB1" w:rsidRPr="008C09D2" w:rsidRDefault="00C02EB1" w:rsidP="008C09D2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -471,71 +495,71 @@
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C09D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Universidad Michoacana de San Nicolás de Hidalgo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56B89DA4" w14:textId="57A9CECB" w:rsidR="00BC39B2" w:rsidRPr="008C09D2" w:rsidRDefault="00000000" w:rsidP="008C09D2">
+    <w:p w14:paraId="56B89DA4" w14:textId="57A9CECB" w:rsidR="00BC39B2" w:rsidRPr="008C09D2" w:rsidRDefault="00BC39B2" w:rsidP="008C09D2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00BC39B2" w:rsidRPr="008C09D2">
+        <w:r w:rsidRPr="008C09D2">
           <w:rPr>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>1304215K@umich.mx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0537CCA8" w14:textId="77777777" w:rsidR="00BC39B2" w:rsidRPr="008C09D2" w:rsidRDefault="00BC39B2" w:rsidP="008C09D2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -598,70 +622,70 @@
       <w:r w:rsidRPr="008C09D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Telebachillerato n</w:t>
       </w:r>
       <w:r w:rsidR="00D80B8C" w:rsidRPr="008C09D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ro</w:t>
       </w:r>
       <w:r w:rsidRPr="008C09D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. 7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F4F89ED" w14:textId="678D9E24" w:rsidR="00C02EB1" w:rsidRDefault="00000000" w:rsidP="008C09D2">
+    <w:p w14:paraId="0F4F89ED" w14:textId="678D9E24" w:rsidR="00C02EB1" w:rsidRDefault="00C02EB1" w:rsidP="008C09D2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00C02EB1" w:rsidRPr="008C09D2">
+        <w:r w:rsidRPr="008C09D2">
           <w:rPr>
             <w:color w:val="FF0000"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>jpuga_mendoza@hotmail.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6482558A" w14:textId="77777777" w:rsidR="008C09D2" w:rsidRPr="008C09D2" w:rsidRDefault="008C09D2" w:rsidP="008C09D2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1076,51 +1100,60 @@
         </w:rPr>
         <w:t xml:space="preserve">datos </w:t>
       </w:r>
       <w:r w:rsidR="00D80B8C" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">se usó </w:t>
       </w:r>
       <w:r w:rsidR="003E1D59" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>una ficha de identificación</w:t>
       </w:r>
       <w:r w:rsidR="00D80B8C" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, los cuales después fueron </w:t>
+        <w:t xml:space="preserve">, los cuales después </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80B8C" w:rsidRPr="00475078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">fueron </w:t>
       </w:r>
       <w:r w:rsidR="003E1D59" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>organizaron por categorías</w:t>
       </w:r>
       <w:r w:rsidR="00D80B8C" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; además,</w:t>
       </w:r>
       <w:r w:rsidR="003E1D59" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> se realizaron matrices y se analizaron los </w:t>
       </w:r>
@@ -1220,60 +1253,51 @@
         </w:rPr>
         <w:t>tuvieron un uso limitado de las TIC</w:t>
       </w:r>
       <w:r w:rsidR="00D80B8C" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000A500E" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>De hecho</w:t>
       </w:r>
       <w:r w:rsidR="00D80B8C" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...8 lines deleted...]
-        <w:t>los</w:t>
+        <w:t>, los</w:t>
       </w:r>
       <w:r w:rsidR="00265E3E" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> principal</w:t>
       </w:r>
       <w:r w:rsidR="00D80B8C" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
       <w:r w:rsidR="00265E3E" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> recurso</w:t>
       </w:r>
@@ -1609,71 +1633,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">The research was qualitative. We worked with 12 participants, between 15 and 18 years of age, men and women, students of a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Telebachillerato</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> from a community in the Municipality of Álvaro </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">, Michoacán, Mexico. The data collection techniques were an identification form and the focus group. The data obtained was organized by categories, matrices were made and the data was analyzed at two levels. It was generally found that the online classes were a bad academic and emotional experience for the participants, they had a limited use of ICT, the main resource for the classes was the cell phone, video calls by WhatsApp and sending homework, causing low performance, academic lag and dropout. Therefore, virtual classes did not favor </w:t>
+        <w:t xml:space="preserve"> from a community in the Municipality of Álvaro Obregón, Michoacán, Mexico. The data collection techniques were an identification form and the focus group. The data obtained was organized by categories, matrices were made and the data was analyzed at two levels. It was generally found that the online classes were a bad academic and emotional experience for the participants, they had a limited use of ICT, the main resource for the classes was the cell phone, video calls by WhatsApp and sending homework, causing low performance, academic lag and dropout. Therefore, virtual classes did not favor </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>telebachillerato</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en" w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> students academically. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D309A6E" w14:textId="38AFB351" w:rsidR="000E42B4" w:rsidRDefault="000E42B4" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -1813,53 +1817,53 @@
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Fecha Aceptación:</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Julio 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00277F61">
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00000000">
         <w:pict w14:anchorId="49301926">
-          <v:rect id="_x0000_i1053" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+          <v:rect id="_x0000_i1025" style="width:446.5pt;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="72AA4C84" w14:textId="77777777" w:rsidR="00311CD4" w:rsidRDefault="00311CD4" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A579A73" w14:textId="77777777" w:rsidR="00311CD4" w:rsidRDefault="00311CD4" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
@@ -1929,51 +1933,50 @@
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="515E56CA" w14:textId="50EA0F23" w:rsidR="009A2898" w:rsidRPr="00475078" w:rsidRDefault="009A2898" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="284C6278" w14:textId="26DC581C" w:rsidR="006306D6" w:rsidRPr="00475078" w:rsidRDefault="006306D6" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">El bachillerato </w:t>
       </w:r>
       <w:r w:rsidR="000A500E" w:rsidRPr="00475078">
         <w:rPr>
@@ -2781,51 +2784,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Según el </w:t>
       </w:r>
       <w:r w:rsidR="00B13B69" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Instituto Nacional de Estadística, Geografía e Informática (Inegi) </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(2020), los dispositivos más usados durante las actividades escolares y/o clases a distancia en los estudiantes del nivel medio superior fueron el celular (58.8 %), la computadora portátil (26.5 %), las </w:t>
+        <w:t xml:space="preserve">(2020), los dispositivos más usados durante las actividades escolares y/o clases a distancia en los estudiantes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00475078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">del nivel medio superior fueron el celular (58.8 %), la computadora portátil (26.5 %), las </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tablets</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1.7 %), la computadora de escritorio (1.7 %) y la televisión digital (1.2 %).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="653B8D09" w14:textId="77777777" w:rsidR="00456382" w:rsidRPr="00475078" w:rsidRDefault="00456382" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
@@ -2840,69 +2852,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Por su parte, Núñez </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. (2022) mencionan que los medios tecnológicos más empleados por los docentes durante la pandemia fueron las videoconferencias por WhatsApp, Google </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> y Zoom, y las plataformas de aprendizaje como Moodle y Google </w:t>
+        <w:t xml:space="preserve">. (2022) mencionan que los medios tecnológicos más empleados por los docentes durante la pandemia fueron las videoconferencias por WhatsApp, Google Meet y Zoom, y las plataformas de aprendizaje como Moodle y Google </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Classroom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17C3653A" w14:textId="73F44A56" w:rsidR="00456382" w:rsidRPr="00475078" w:rsidRDefault="00A179FE" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
@@ -2953,51 +2947,50 @@
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2018). </w:t>
       </w:r>
       <w:r w:rsidR="00AD6407" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Este es un </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">sistema </w:t>
       </w:r>
       <w:r w:rsidR="00AD6407" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">que </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">opera generalmente en comunidades marginadas como opción para </w:t>
       </w:r>
       <w:r w:rsidR="00AD6407" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>continuar</w:t>
@@ -3749,62 +3742,52 @@
         </w:rPr>
         <w:t>implementar</w:t>
       </w:r>
       <w:r w:rsidR="00DA28E0" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">las </w:t>
       </w:r>
       <w:r w:rsidR="00DA28E0" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>clases en línea (</w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>clases en línea (Saant</w:t>
+      </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00DA28E0" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eras</w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00DA28E0" w:rsidRPr="00475078">
@@ -3995,50 +3978,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53E2C411" w14:textId="7790A4DC" w:rsidR="00A179FE" w:rsidRPr="00475078" w:rsidRDefault="00765846" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Por todo lo anterior, </w:t>
       </w:r>
       <w:r w:rsidR="00C12627" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">el objetivo de la </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>presente investigación</w:t>
       </w:r>
       <w:r w:rsidR="00C12627" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> fue </w:t>
@@ -4175,51 +4159,50 @@
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B346E3B" w14:textId="5540EA46" w:rsidR="009A2898" w:rsidRPr="00475078" w:rsidRDefault="009A2898" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Materiales y </w:t>
       </w:r>
       <w:r w:rsidR="00C12627" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>étodos</w:t>
       </w:r>
       <w:r w:rsidR="00C12627" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
@@ -5036,51 +5019,60 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00315A66" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>uenta con</w:t>
       </w:r>
       <w:r w:rsidR="00FB5396" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1118 habitantes. Es una de las rancherías más pobladas de todo el municipio </w:t>
+        <w:t xml:space="preserve"> 1118 habitantes. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB5396" w:rsidRPr="00475078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Es una de las rancherías más pobladas de todo el municipio </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00315A66" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ocupa el </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>quinto lugar)</w:t>
       </w:r>
@@ -5486,60 +5478,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03C6BA24" w14:textId="2D767770" w:rsidR="00417986" w:rsidRPr="00475078" w:rsidRDefault="00FB5396" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1416" w:right="1182"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">El telebachillerato Michoacán es una opción de educación en el nivel bachillerato para los jóvenes que viven en poblaciones de alta y muy alta marginación, llevando a cabo las tareas educativas basadas en el aprendizaje autogestión, a fin de formar y orientar a la juventud, en la </w:t>
-[...8 lines deleted...]
-        <w:t>conciencia crítica para comprometerlos en el desarrollo de su comunidad, superando la problemática para lo</w:t>
+        <w:t>El telebachillerato Michoacán es una opción de educación en el nivel bachillerato para los jóvenes que viven en poblaciones de alta y muy alta marginación, llevando a cabo las tareas educativas basadas en el aprendizaje autogestión, a fin de formar y orientar a la juventud, en la conciencia crítica para comprometerlos en el desarrollo de su comunidad, superando la problemática para lo</w:t>
       </w:r>
       <w:r w:rsidR="00417986" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>grar mejores resultados de vida (Dirección General de Telebachillerato, 2020, p</w:t>
       </w:r>
       <w:r w:rsidR="007B0D19" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
       <w:r w:rsidR="00417986" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rr. 1).</w:t>
       </w:r>
@@ -6160,50 +6143,51 @@
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59B77289" w14:textId="77777777" w:rsidR="00E3548E" w:rsidRPr="00311CD4" w:rsidRDefault="00E3548E" w:rsidP="008C09D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Categoría</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DB1D5F2" w14:textId="77777777" w:rsidR="00E3548E" w:rsidRPr="00311CD4" w:rsidRDefault="00E3548E" w:rsidP="008C09D2">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -7161,51 +7145,50 @@
       <w:r w:rsidR="007B0D19" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">En otras palabras, </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">los participantes continuaron con sus estudios </w:t>
       </w:r>
       <w:r w:rsidR="00F0116D" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">en modalidad virtual </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">a pesar </w:t>
       </w:r>
       <w:r w:rsidR="00F0116D" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>de la pandemia</w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8460,51 +8443,61 @@
       <w:r w:rsidR="00EC2004" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> el tercer semestre y </w:t>
       </w:r>
       <w:r w:rsidR="00460C33" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>dos</w:t>
       </w:r>
       <w:r w:rsidR="00EC2004" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> el primer semestre. Al momento del regreso a las clases presenciales, </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC2004" w:rsidRPr="00475078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">el primer semestre. Al momento del regreso a las clases presenciales, </w:t>
       </w:r>
       <w:r w:rsidR="00460C33" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>tres</w:t>
       </w:r>
       <w:r w:rsidR="00EC2004" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> participante</w:t>
       </w:r>
       <w:r w:rsidR="00460C33" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
@@ -9716,51 +9709,50 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1660"/>
         <w:gridCol w:w="800"/>
         <w:gridCol w:w="1185"/>
         <w:gridCol w:w="1365"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="1365"/>
         <w:gridCol w:w="1185"/>
         <w:gridCol w:w="1275"/>
       </w:tblGrid>
       <w:tr w:rsidR="003D46A6" w:rsidRPr="00311CD4" w14:paraId="342E2FEB" w14:textId="77777777" w:rsidTr="00311CD4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1660" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="113C4FE3" w14:textId="77777777" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
@@ -9773,275 +9765,268 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7879B5A0" w14:textId="77777777" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="51D17594" w14:textId="179634F1" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>Sujeto 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6B989EDB" w14:textId="77777777" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>Sujeto 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="59132D92" w14:textId="77777777" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>Sujeto 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4FC8172D" w14:textId="77777777" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>Sujeto 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4A2DEAB8" w14:textId="77777777" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>Sujeto 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E9278B9" w14:textId="77777777" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>Sujeto 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D46A6" w:rsidRPr="00311CD4" w14:paraId="5EF4D5B7" w14:textId="77777777" w:rsidTr="00311CD4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1660" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6AF1149F" w14:textId="3E0BE9A4" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
@@ -10054,236 +10039,230 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F2F65AE" w14:textId="77777777" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3DB11830" w14:textId="7039A9AE" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>6.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4DF9D02A" w14:textId="453671B8" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="03B3B63A" w14:textId="5E7F83C8" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>6.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1365" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="20626FD1" w14:textId="6CB3E4FF" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1185" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7B6866DC" w14:textId="77777777" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6F3F0021" w14:textId="79FB84EC" w:rsidR="003D46A6" w:rsidRPr="00311CD4" w:rsidRDefault="003D46A6" w:rsidP="008C09D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="es-MX"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00311CD4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
@@ -10674,51 +10653,62 @@
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>“No ponía atención, bajé de calificaciones y estuve a punto de reprobar” (</w:t>
       </w:r>
       <w:r w:rsidR="00460C33" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00E03EE4" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t>articipante 1</w:t>
+        <w:t xml:space="preserve">articipante </w:t>
+      </w:r>
+      <w:r w:rsidR="00E03EE4" w:rsidRPr="00475078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00460C33" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E03EE4" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> bajo rendimiento”</w:t>
       </w:r>
       <w:r w:rsidR="00460C33" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
@@ -11759,50 +11749,51 @@
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50808A11" w14:textId="442BF349" w:rsidR="00E3548E" w:rsidRPr="00192C9D" w:rsidRDefault="00D735FD" w:rsidP="00192C9D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00192C9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Categoría 4. Experiencia de las clases virtuales</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DBCA29D" w14:textId="76AE427A" w:rsidR="00D735FD" w:rsidRPr="00475078" w:rsidRDefault="00D735FD" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>En esta categoría se narra la experiencia que tuvieron los estudiantes sobre las clases virtuales</w:t>
       </w:r>
@@ -12355,51 +12346,50 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="491FC293" w14:textId="3D64A69E" w:rsidR="00F40EF1" w:rsidRPr="00475078" w:rsidRDefault="00F40EF1" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>En el caso del participante 4 de bajo rendimiento</w:t>
       </w:r>
       <w:r w:rsidR="00963F19" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> su sentimiento fue de indiferencia porque ya estaba reprobado</w:t>
       </w:r>
       <w:r w:rsidR="00963F19" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -12818,51 +12808,61 @@
       <w:r w:rsidR="00963F19" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>Además</w:t>
       </w:r>
       <w:r w:rsidR="00812905" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="007F449C" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:t xml:space="preserve"> durante la pandemia los profesores se mostraron más estrictos, </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F449C" w:rsidRPr="00475078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="es-MX"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">durante la pandemia los profesores se mostraron más estrictos, </w:t>
       </w:r>
       <w:r w:rsidR="00963F19" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>lo que provocó</w:t>
       </w:r>
       <w:r w:rsidR="007F449C" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> quejas entre los estudiantes</w:t>
       </w:r>
       <w:r w:rsidR="00963F19" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
@@ -13623,51 +13623,50 @@
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="552B8AC5" w14:textId="2EEE0798" w:rsidR="00E03EE4" w:rsidRPr="00192C9D" w:rsidRDefault="005F3373" w:rsidP="00192C9D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00192C9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Subcategoría 4.3 E</w:t>
       </w:r>
       <w:r w:rsidR="00E03EE4" w:rsidRPr="00192C9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>xperiencia de la modalidad virtual</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E6996B" w14:textId="549E41A6" w:rsidR="00E24B95" w:rsidRPr="00475078" w:rsidRDefault="005F3373" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
@@ -13946,50 +13945,51 @@
         </w:rPr>
         <w:t xml:space="preserve">ues para mí no aprendí nada durante la pandemia, no entendía por videollamada”. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AE1E14F" w14:textId="18739E70" w:rsidR="00E24B95" w:rsidRPr="00475078" w:rsidRDefault="005F3373" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Sin embargo</w:t>
       </w:r>
       <w:r w:rsidR="00E24B95" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve"> la ventaja de las clases virtuales fue el manejo del tiempo</w:t>
       </w:r>
       <w:r w:rsidR="0021498A" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -14683,72 +14683,72 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> aunque los estudiantes de alto rendimiento no interrumpieron sus estudios durante la pandemia, su promedio no alcanzó niveles de excelencia (con un promedio de 8.5), lo que refleja el nivel académico general de este grupo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7297BDE3" w14:textId="77777777" w:rsidR="00F911B8" w:rsidRPr="00475078" w:rsidRDefault="00F911B8" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Asimismo, durante las clases virtuales, ambos grupos experimentaron una disminución en la participación en clase, la entrega puntual de trabajos y la asistencia a videollamadas, en parte debido a la falta de conectividad o acceso a dispositivos adecuados. Estas situaciones contribuyeron al rezago y, en algunos casos, a la deserción temporal de los participantes, un fenómeno que coincide con las preocupantes cifras de deserción reportadas por la SEP (2020) en el nivel de bachillerato, donde más de un millón de estudiantes abandonaron sus estudios entre ciclos escolares en 2020.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="425CAB32" w14:textId="02DC2583" w:rsidR="00F911B8" w:rsidRPr="00475078" w:rsidRDefault="00F911B8" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Además, los participantes también se vieron limitados en términos de acceso a dispositivos, ya que la mayoría solo disponía de un teléfono celular para participar en sus clases, situación que concuerda con las estadísticas del I</w:t>
       </w:r>
       <w:r w:rsidR="00B13B69" w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>negi</w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2020), las cuales indican que el celular fue el dispositivo más utilizado en México para la educación en línea durante la pandemia.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78206F35" w14:textId="20E46AE4" w:rsidR="00F911B8" w:rsidRPr="00475078" w:rsidRDefault="00F911B8" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
@@ -14896,109 +14896,91 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>En el ámbito social, los participantes informaron un deterioro en las relaciones tanto entre profesores y alumnos como entre compañeros de clase, pues prevalecieron la mala comunicación, los conflictos, las quejas y la pérdida del contacto físico. Además, se enfrentaron a dificultades de adaptación cuando tuvieron que retornar a la modalidad presencial, sobre todo los estudiantes de nuevo ingreso, pues mencionaron que no conocían en persona a sus compañeros de grupo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D94E4A" w14:textId="77777777" w:rsidR="00B83F84" w:rsidRPr="00475078" w:rsidRDefault="00B83F84" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">La pérdida de socialización entre estudiantes y profesores, junto con la limitación de las interacciones a través de una pantalla de celular y la entrega de trabajos, hizo que los estudiantes no pudieran experimentar completamente la vida del bachillerato. Esto incluye no solo la adquisición de conocimientos, sino también el desarrollo de habilidades sociales, personales y vocacionales (Weiss </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>., 2012).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25D3ECC0" w14:textId="12C2517D" w:rsidR="00783CC1" w:rsidRDefault="00B83F84" w:rsidP="00192C9D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>En el contexto específico del telebachillerato estudiado, las clases virtuales pusieron de manifiesto las carencias en la comunidad, la institución y entre los propios participantes. Las limitaciones para participar en clases en línea tuvieron consecuencias significativas, como el bajo rendimiento académico, la reprobación y la deserción. Esto resultó en lagunas en los conocimientos y agravó aún más la brecha académica y la desigualdad social, lo cual dejó a estos estudiantes en una posición de desventaja (</w:t>
-[...17 lines deleted...]
-        <w:t>-Eras, 2023).</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>En el contexto específico del telebachillerato estudiado, las clases virtuales pusieron de manifiesto las carencias en la comunidad, la institución y entre los propios participantes. Las limitaciones para participar en clases en línea tuvieron consecuencias significativas, como el bajo rendimiento académico, la reprobación y la deserción. Esto resultó en lagunas en los conocimientos y agravó aún más la brecha académica y la desigualdad social, lo cual dejó a estos estudiantes en una posición de desventaja (Saant-Eras, 2023).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D8BC45" w14:textId="77777777" w:rsidR="00192C9D" w:rsidRPr="00192C9D" w:rsidRDefault="00192C9D" w:rsidP="00192C9D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EDE8A8E" w14:textId="637ABC09" w:rsidR="00631F61" w:rsidRPr="00475078" w:rsidRDefault="00596673" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
@@ -15094,60 +15076,60 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Por otra parte, la pandemia también provocó en la población muchos sentimientos y emociones, como tristeza, asombro y apatía, e incluso alegría para algunos porque pudieron disponer de más tiempo para otras actividades. En pocas palabras, esta situación de emergencia sanitaria puso de relieve el impacto psicológico que la pandemia tuvo en ellos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57FF215D" w14:textId="0FBB7E8F" w:rsidR="00631F61" w:rsidRDefault="00076204" w:rsidP="00192C9D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Finalmente, a pesar de vivir en esta era de la tecnología y de haber adquirido habilidades en torno a las clases en línea y en el uso de las TIC —muchas de las cuales siguen siendo relevantes en esta etapa posterior a la pandemia—, los estudiantes del telebachillerato aún enfrentan desafíos </w:t>
+        <w:t xml:space="preserve">Finalmente, a pesar de vivir en esta era de la tecnología y de haber adquirido habilidades en torno a las clases en línea y en el uso de las TIC —muchas de las cuales siguen siendo relevantes en esta etapa posterior a la pandemia—, los estudiantes del telebachillerato aún enfrentan desafíos en el uso y manejo de estos recursos, lo cual los coloca en desventaja en comparación con otros estudiantes de su nivel. Esta limitación es solo una de las muchas que enfrenta el sistema de telebachillerato, lo que subraya la importancia de dar voz a los alumnos y profesores a través de </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>en el uso y manejo de estos recursos, lo cual los coloca en desventaja en comparación con otros estudiantes de su nivel. Esta limitación es solo una de las muchas que enfrenta el sistema de telebachillerato, lo que subraya la importancia de dar voz a los alumnos y profesores a través de investigaciones que puedan informar la implementación de programas de mejora en este sistema. Estos esfuerzos deben dirigirse no solo a elevar la calidad de la educación, sino también a mejorar la calidad de vida en general.</w:t>
+        <w:t>investigaciones que puedan informar la implementación de programas de mejora en este sistema. Estos esfuerzos deben dirigirse no solo a elevar la calidad de la educación, sino también a mejorar la calidad de vida en general.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E6600A0" w14:textId="77777777" w:rsidR="00192C9D" w:rsidRPr="00192C9D" w:rsidRDefault="00192C9D" w:rsidP="00192C9D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36747E6C" w14:textId="66ABD869" w:rsidR="00596673" w:rsidRPr="00192C9D" w:rsidRDefault="00596673" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -15558,71 +15540,71 @@
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EE220A1" w14:textId="44D14CF2" w:rsidR="00596673" w:rsidRPr="00192C9D" w:rsidRDefault="00596673" w:rsidP="008C09D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="44"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00192C9D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35A99B11" w14:textId="77777777" w:rsidR="00B13B69" w:rsidRPr="00475078" w:rsidRDefault="00B13B69" w:rsidP="00B13B69">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Alanís, J. F. (2021). </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Telebachilleratos comunitarios: fraguando desigualdades antes y durante la pandemia.</w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -15736,105 +15718,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Barcala, A., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Poverene</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, L., Torricelli, F., Parra, M., </w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve">, M., Heredia, M., Sánchez, N. y Vila, P. (2022). </w:t>
+        <w:t xml:space="preserve">, L., Torricelli, F., Parra, M., Wilner, A., Micele, C., Corrales, C., Moreno, E., D’Angelo, M., Heredia, M., Sánchez, N. y Vila, P. (2022). </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Infancias y adolescencias: vivencias durante la pandemia por covid-19 en Argentina.</w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -15855,69 +15783,51 @@
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://dx.doi.org/10.11600/rlcsnj.20.2.5416</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="61062803" w14:textId="77777777" w:rsidR="00B13B69" w:rsidRPr="00475078" w:rsidRDefault="00B13B69" w:rsidP="00B13B69">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Brown, G., Gómez, P., </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">, A., Solís, A. y Vargas, C. (2021). Satisfacción con las clases virtuales de adolescentes en Costa Rica. </w:t>
+        <w:t xml:space="preserve">Brown, G., Gómez, P., Pinnock, A., Solís, A. y Vargas, C. (2021). Satisfacción con las clases virtuales de adolescentes en Costa Rica. </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Revista Costarricense de Psicología</w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -16605,67 +16515,57 @@
       </w:hyperlink>
       <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="00475078">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://ciencialatina.org/index.php/cienciala/article/view/3117</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4CC1CAAB" w14:textId="55523566" w:rsidR="00B13B69" w:rsidRPr="00475078" w:rsidRDefault="00B13B69" w:rsidP="00B13B69">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">-Eras, M. (2023). </w:t>
+      <w:r w:rsidRPr="00475078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saant-Eras, M. (2023). </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Podcast sobre las experiencias educativas de estudiantes de bachillerato de la parroquia de Pululahua durante la pandemia de covid-19</w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (tesis de licenciatura). Universidad Iberoamericana del Ecuador de Producción para Medios de Comunicación. </w:t>
       </w:r>
       <w:hyperlink r:id="rId20">
         <w:r w:rsidRPr="00475078">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
@@ -16688,82 +16588,91 @@
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Secretaría de Educación Pública (SEP) (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Principales cifras del Sistema Educativo Nacional 2020-2021.</w:t>
+        <w:t>Principales cifras del Sistema Educativo Nacional 2020-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00475078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2021.</w:t>
       </w:r>
       <w:hyperlink r:id="rId22">
         <w:r w:rsidRPr="00475078">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.planeacion.sep.gob.mx/Doc/estadistica_e_indicadores/principales_cifras/principales_cifras_2020_2021_bolsillo.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3A8ADC9E" w14:textId="77777777" w:rsidR="00B13B69" w:rsidRPr="00475078" w:rsidRDefault="00B13B69" w:rsidP="00B13B69">
       <w:pPr>
         <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Universidad Latina de Costa Rica (2023). </w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">¿Qué son las TIC y para qué sirven? </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00475078">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.ulatina.ac.cr/articulos/que-son-las-tic-y-para-que-sirven</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7C3E6BD1" w14:textId="77777777" w:rsidR="00B13B69" w:rsidRPr="00475078" w:rsidRDefault="00B13B69" w:rsidP="00B13B69">
@@ -16795,252 +16704,289 @@
         <w:t>Jóvenes y bachillerato</w:t>
       </w:r>
       <w:r w:rsidRPr="00475078">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. ANUIES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01BB29A4" w14:textId="77777777" w:rsidR="00B13B69" w:rsidRPr="00475078" w:rsidRDefault="00B13B69" w:rsidP="00B13B69"/>
     <w:sectPr w:rsidR="00B13B69" w:rsidRPr="00475078" w:rsidSect="00311CD4">
       <w:headerReference w:type="default" r:id="rId24"/>
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="568" w:right="1418" w:bottom="426" w:left="1418" w:header="142" w:footer="118" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4EC1415B" w14:textId="77777777" w:rsidR="00EC2EDF" w:rsidRDefault="00EC2EDF" w:rsidP="00311CD4">
+    <w:p w14:paraId="1DB008C7" w14:textId="77777777" w:rsidR="00E102BF" w:rsidRDefault="00E102BF" w:rsidP="00311CD4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64F7D254" w14:textId="77777777" w:rsidR="00EC2EDF" w:rsidRDefault="00EC2EDF" w:rsidP="00311CD4">
+    <w:p w14:paraId="0A13A6BA" w14:textId="77777777" w:rsidR="00E102BF" w:rsidRDefault="00E102BF" w:rsidP="00311CD4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="4ABE385F" w14:textId="75E71A77" w:rsidR="00311CD4" w:rsidRDefault="00311CD4" w:rsidP="00311CD4">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">Vol. 10, Núm. 20                  Julio - </w:t>
         </w:r>
         <w:proofErr w:type="gramStart"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t>Diciembre</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A492227" w14:textId="77777777" w:rsidR="00EC2EDF" w:rsidRDefault="00EC2EDF" w:rsidP="00311CD4">
+    <w:p w14:paraId="105BF94B" w14:textId="77777777" w:rsidR="00E102BF" w:rsidRDefault="00E102BF" w:rsidP="00311CD4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7916BFE2" w14:textId="77777777" w:rsidR="00EC2EDF" w:rsidRDefault="00EC2EDF" w:rsidP="00311CD4">
+    <w:p w14:paraId="056C9F8F" w14:textId="77777777" w:rsidR="00E102BF" w:rsidRDefault="00E102BF" w:rsidP="00311CD4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="75DB2E4E" w14:textId="77777777" w:rsidR="00311CD4" w:rsidRDefault="00311CD4" w:rsidP="00311CD4">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3073E81E" w14:textId="285ABD84" w:rsidR="00093A71" w:rsidRDefault="00093A71">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
-      <w:jc w:val="center"/>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-        <w:i/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="19BE93B8" wp14:editId="5BA0A3DF">
+          <wp:extent cx="6888480" cy="930910"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="2540"/>
+          <wp:docPr id="226614557" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6888480" cy="930910"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009A2898"/>
     <w:rsid w:val="0004483C"/>
     <w:rsid w:val="00076204"/>
     <w:rsid w:val="000804FC"/>
+    <w:rsid w:val="00093A71"/>
     <w:rsid w:val="0009425F"/>
     <w:rsid w:val="000A3318"/>
     <w:rsid w:val="000A500E"/>
     <w:rsid w:val="000C126F"/>
     <w:rsid w:val="000E42B4"/>
     <w:rsid w:val="001511D7"/>
     <w:rsid w:val="00185220"/>
     <w:rsid w:val="001872AB"/>
     <w:rsid w:val="00192C9D"/>
     <w:rsid w:val="0021498A"/>
     <w:rsid w:val="00246434"/>
     <w:rsid w:val="002609C0"/>
     <w:rsid w:val="00265E3E"/>
     <w:rsid w:val="00272AF8"/>
     <w:rsid w:val="002870D6"/>
     <w:rsid w:val="002927FB"/>
     <w:rsid w:val="00302599"/>
     <w:rsid w:val="00311CD4"/>
     <w:rsid w:val="00314D48"/>
     <w:rsid w:val="00315A66"/>
     <w:rsid w:val="003B1E5F"/>
     <w:rsid w:val="003D46A6"/>
     <w:rsid w:val="003E1D59"/>
     <w:rsid w:val="003F314A"/>
     <w:rsid w:val="003F755D"/>
@@ -17071,88 +17017,90 @@
     <w:rsid w:val="00761265"/>
     <w:rsid w:val="00765846"/>
     <w:rsid w:val="00783CC1"/>
     <w:rsid w:val="007B0D19"/>
     <w:rsid w:val="007D6D6D"/>
     <w:rsid w:val="007F449C"/>
     <w:rsid w:val="007F7421"/>
     <w:rsid w:val="00812905"/>
     <w:rsid w:val="0081463E"/>
     <w:rsid w:val="0086686B"/>
     <w:rsid w:val="0088082F"/>
     <w:rsid w:val="008A117A"/>
     <w:rsid w:val="008B0E30"/>
     <w:rsid w:val="008C09D2"/>
     <w:rsid w:val="008C422D"/>
     <w:rsid w:val="008D6439"/>
     <w:rsid w:val="00941BEE"/>
     <w:rsid w:val="00963F19"/>
     <w:rsid w:val="0098076A"/>
     <w:rsid w:val="009A2898"/>
     <w:rsid w:val="00A179FE"/>
     <w:rsid w:val="00A44D67"/>
     <w:rsid w:val="00A65BA8"/>
     <w:rsid w:val="00A65F67"/>
     <w:rsid w:val="00A718D1"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00AA24E3"/>
     <w:rsid w:val="00AA5A6D"/>
     <w:rsid w:val="00AB4926"/>
     <w:rsid w:val="00AD05F3"/>
     <w:rsid w:val="00AD6407"/>
     <w:rsid w:val="00B01985"/>
     <w:rsid w:val="00B12D9C"/>
     <w:rsid w:val="00B13B69"/>
     <w:rsid w:val="00B312F1"/>
     <w:rsid w:val="00B3658B"/>
     <w:rsid w:val="00B83F84"/>
     <w:rsid w:val="00BA1D0B"/>
     <w:rsid w:val="00BC39B2"/>
     <w:rsid w:val="00BD2414"/>
     <w:rsid w:val="00BE0370"/>
     <w:rsid w:val="00C02EB1"/>
     <w:rsid w:val="00C07BE6"/>
     <w:rsid w:val="00C12627"/>
     <w:rsid w:val="00C53419"/>
     <w:rsid w:val="00C6072F"/>
     <w:rsid w:val="00C60AC0"/>
     <w:rsid w:val="00C674EC"/>
     <w:rsid w:val="00C84020"/>
     <w:rsid w:val="00C86DE4"/>
     <w:rsid w:val="00CA33C9"/>
     <w:rsid w:val="00CD4AA3"/>
     <w:rsid w:val="00CF0BC6"/>
     <w:rsid w:val="00D34140"/>
     <w:rsid w:val="00D36266"/>
     <w:rsid w:val="00D3764A"/>
     <w:rsid w:val="00D735FD"/>
     <w:rsid w:val="00D80B8C"/>
     <w:rsid w:val="00DA28E0"/>
     <w:rsid w:val="00DB19B1"/>
     <w:rsid w:val="00DD2212"/>
     <w:rsid w:val="00DD7A0A"/>
     <w:rsid w:val="00E03EE4"/>
     <w:rsid w:val="00E07B47"/>
+    <w:rsid w:val="00E102BF"/>
     <w:rsid w:val="00E24B95"/>
     <w:rsid w:val="00E3548E"/>
     <w:rsid w:val="00E94F7A"/>
     <w:rsid w:val="00EA5AD3"/>
     <w:rsid w:val="00EC2004"/>
     <w:rsid w:val="00EC2EDF"/>
     <w:rsid w:val="00EE79BB"/>
     <w:rsid w:val="00EF0D12"/>
     <w:rsid w:val="00F0116D"/>
     <w:rsid w:val="00F16925"/>
     <w:rsid w:val="00F22E75"/>
     <w:rsid w:val="00F40EF1"/>
     <w:rsid w:val="00F525C7"/>
     <w:rsid w:val="00F546EB"/>
     <w:rsid w:val="00F711C1"/>
     <w:rsid w:val="00F911B8"/>
     <w:rsid w:val="00FB5396"/>
     <w:rsid w:val="00FD3993"/>
     <w:rsid w:val="00FE3FA7"/>
     <w:rsid w:val="00FE5006"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -17160,51 +17108,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="11914609"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{04D8948D-B68F-4E13-969D-20F5371CD7C0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -17586,51 +17534,50 @@
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo2Car"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003E1D59"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodeglobo">
     <w:name w:val="Balloon Text"/>
@@ -17833,55 +17780,67 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00311CD4"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00311CD4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00311CD4"/>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00093A71"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="203371094">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="214316610">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18044,50 +18003,54 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1342702675">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:1304215K@umich.mx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.22544/rcps.v40i02.01" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciencialatina.org/index.php/cienciala/article/view/3117" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unibe.edu.ec/handle/123456789/543" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:1707341C@umich.mx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11600/rlcsnj.20.2.5416" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revista.universidadabierta.edu.mx/2022/12/30/habitos-de-estudio-y-rendimiento-academico-antes-y-despues-de-la-apicacion-de-un-programa-de-intervencion-con-estudiantes-de-nivel-medio-superior/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eumed.net/rev/tlatemoani/index.htm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://repositorio.unibe.edu.ec/handle/123456789/543" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.comie.org.mx/congreso/memoriaelectronica/v16/doc/0426.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inegi.org.mx/contenidos/investigacion/ecovided/2020/doc/ecovid_ed_2020_nota_tecnica.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ulatina.ac.cr/articulos/que-son-las-tic-y-para-que-sirven" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/361516057_Telebachilleratos_Comunitarios_fraguando_desigualdades_antes_y_durante_una_pandemia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ciencialatina.org/index.php/cienciala/article/view/3117" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jpuga_mendoza@hotmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/journal/267/26770144008/html/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.planeacion.sep.gob.mx/Doc/estadistica_e_indicadores/principales_cifras/principales_cifras_2020_2021_bolsillo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -18327,70 +18290,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60D7E7BA-3FE8-49FE-AEC5-ABABB004C52F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>34387</Characters>
+  <Pages>18</Pages>
+  <Words>6192</Words>
+  <Characters>34059</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>859</Lines>
-  <Paragraphs>410</Paragraphs>
+  <Lines>283</Lines>
+  <Paragraphs>80</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39795</CharactersWithSpaces>
+  <CharactersWithSpaces>40171</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>maria del carmen manzo</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>