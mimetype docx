--- v0 (2025-10-07)
+++ v1 (2026-03-20)
@@ -1,54 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3CD22E95" w14:textId="0F8CF6E0" w:rsidR="007C32DE" w:rsidRPr="004067F9" w:rsidRDefault="004067F9" w:rsidP="004067F9">
+    <w:p w14:paraId="4A04DBDB" w14:textId="400E9639" w:rsidR="00C5037B" w:rsidRDefault="00C5037B" w:rsidP="00C5037B">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C5037B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>DOI: https://doi.org/10.23913/cagi.v10i20.298</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD22E95" w14:textId="541F2615" w:rsidR="007C32DE" w:rsidRPr="004067F9" w:rsidRDefault="004067F9" w:rsidP="004067F9">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="es-MX"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862FC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Artículos científicos</w:t>
       </w:r>
       <w:r>
@@ -656,61 +680,52 @@
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="0062247F" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>., 2012</w:t>
       </w:r>
       <w:r w:rsidR="00A83355" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="0062247F" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Li y </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Li y Ahlstrom</w:t>
+      </w:r>
       <w:r w:rsidR="00FA4B40" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0062247F" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 2016)</w:t>
       </w:r>
       <w:r w:rsidR="00FA4B40" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="0062247F" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
@@ -1049,50 +1064,51 @@
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Conclusiones. Se concluye que </w:t>
       </w:r>
       <w:r w:rsidR="00A83355" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">los participantes conciben la </w:t>
       </w:r>
       <w:r w:rsidR="00FA4B40" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>comunicación</w:t>
       </w:r>
       <w:r w:rsidR="00D74588" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> familiar </w:t>
       </w:r>
       <w:r w:rsidR="00A83355" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>como positiva</w:t>
       </w:r>
       <w:r w:rsidR="00FA4B40" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00A83355" w:rsidRPr="004067F9">
         <w:rPr>
@@ -1161,59 +1177,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>En definitiva</w:t>
       </w:r>
       <w:r w:rsidR="00FA4B40" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>, c</w:t>
       </w:r>
       <w:r w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>uanto m</w:t>
       </w:r>
       <w:r w:rsidR="00D74588" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ejor es la comunicación familiar mayor es la </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">satisfacción con la vida, </w:t>
+        <w:t xml:space="preserve">ejor es la comunicación familiar mayor es la satisfacción con la vida, </w:t>
       </w:r>
       <w:r w:rsidR="00FA4B40" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">lo que </w:t>
       </w:r>
       <w:r w:rsidR="00F569A6" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>a su vez otorga</w:t>
       </w:r>
       <w:r w:rsidR="00FA4B40" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D74588" w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1360,50 +1368,51 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> is concluded that the participants conceive family communication as positive, and it also predicts subjective well-being, but not social well-being. The better the family communication, the greater the satisfaction with life, and the greater emotional stability in adolescents.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="626DD458" w14:textId="2F9F0425" w:rsidR="00412F67" w:rsidRPr="001E0821" w:rsidRDefault="00412F67" w:rsidP="00943C59">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004067F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Keywords:</w:t>
       </w:r>
       <w:r w:rsidR="004067F9">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Subjective well-being, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Social</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -1492,51 +1501,50 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32A07E0A" w14:textId="7574E73F" w:rsidR="007B4901" w:rsidRPr="00943C59" w:rsidRDefault="00E0159B" w:rsidP="00943C59">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00943C59">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4026F364" w14:textId="77777777" w:rsidR="00013951" w:rsidRPr="001E0821" w:rsidRDefault="00572C11" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>La adolescencia es un periodo de la vida que</w:t>
       </w:r>
       <w:r w:rsidR="00013951" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, por una parte,</w:t>
       </w:r>
@@ -1567,119 +1575,91 @@
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Posteriormente, surgieron concepciones del bienestar orientadas hacia las cualidades de un ser humano maduro, su autorrealización y su funcionamiento pleno (Ryan y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Deci</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 2001, citados por </w:t>
+        <w:t xml:space="preserve">, 2001, citados por Gutiérrez-Carmona y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Gutiérrez-Carmona</w:t>
+        <w:t>Urzúa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y </w:t>
+        <w:t xml:space="preserve">, 2019). </w:t>
+      </w:r>
+      <w:r w:rsidR="00013951" w:rsidRPr="001E0821">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Por eso</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E0821">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Urzúa</w:t>
+        <w:t>Díaz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 2019). </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (2002) definen el bienestar psicológico como la evaluación que las personas hacen de sus vidas, para lo cual incorpora tanto una dimensión cognitiva como una afectiva. </w:t>
+        <w:t xml:space="preserve"> y Sánchez (2002) definen el bienestar psicológico como la evaluación que las personas hacen de sus vidas, para lo cual incorpora tanto una dimensión cognitiva como una afectiva. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B35DDF3" w14:textId="77777777" w:rsidR="00013951" w:rsidRPr="001E0821" w:rsidRDefault="00572C11" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Ahora bien, aunque los planteamientos anteriores pueden ser acertados, no se puede pensar que el sentimiento de bienestar general se adhiere a una sola teoría, pues también se debe considerar el grado de bienestar percibido por una persona, lo cual constituye un indicador de su salud mental o psicológica. Esta, a su vez, </w:t>
       </w:r>
       <w:r w:rsidR="00013951" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>no se refiere solo a</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
@@ -1702,65 +1682,51 @@
       </w:r>
       <w:r w:rsidR="00013951" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">también </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">abarca una realidad basada en el </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>constructo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de personalidad “saludable” (Fierro y </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, 2007). </w:t>
+        <w:t xml:space="preserve"> de personalidad “saludable” (Fierro y Rando, 2007). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EDF64A4" w14:textId="47A3508E" w:rsidR="00572C11" w:rsidRPr="001E0821" w:rsidRDefault="00572C11" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Por eso, </w:t>
       </w:r>
       <w:r w:rsidR="00013951" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
@@ -1805,134 +1771,114 @@
           <w:iCs/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>., 2018).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B92DCE7" w14:textId="77777777" w:rsidR="00B60F24" w:rsidRPr="001E0821" w:rsidRDefault="00B60F24" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Por eso, tradicionalmente, se ha considerado que el bienestar subjetivo tiene que ver con lo que las personas piensan y sienten acerca de sus vidas, y con las conclusiones afectivas y cognitivas a las que llegan al evaluar su existencia. Esta, por tanto, es una estimación subjetiva y global que las personas hacen de su propia vida (Cuadra y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Florenzano</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, 2003; Tarazona, 2005).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C31366E" w14:textId="77777777" w:rsidR="00B60F24" w:rsidRPr="001E0821" w:rsidRDefault="00B60F24" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sin embargo, una concepción más contemporánea del bienestar se refiere a la capacidad para enfrentar nuevos desafíos, el desarrollo personal y la iniciativa para alcanzar </w:t>
-[...6 lines deleted...]
-        <w:t>objetivos con excelencia. Según esta perspectiva, el concepto de bienestar se vincula con las relaciones interpersonales y sociales, así como con los recursos y el funcionamiento social (Chacón-Cuberos, 2020). Por lo tanto, está directamente relacionado con otra dimensión que ha sido considerada como parte del mismo constructo: el bienestar social.</w:t>
+        <w:t>Sin embargo, una concepción más contemporánea del bienestar se refiere a la capacidad para enfrentar nuevos desafíos, el desarrollo personal y la iniciativa para alcanzar objetivos con excelencia. Según esta perspectiva, el concepto de bienestar se vincula con las relaciones interpersonales y sociales, así como con los recursos y el funcionamiento social (Chacón-Cuberos, 2020). Por lo tanto, está directamente relacionado con otra dimensión que ha sido considerada como parte del mismo constructo: el bienestar social.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2701C964" w14:textId="61250253" w:rsidR="00B60F24" w:rsidRPr="001E0821" w:rsidRDefault="00B60F24" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">El bienestar social surge a partir de las críticas de Keyes (1998) a estas tradiciones, quien destaca la importancia de los determinantes sociales en la salud mental. Esta perspectiva se basa en lo propuesto por Dewey y Durkheim, quienes resaltan que el </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk146360694"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>bienestar social</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> parte del orden social en el cual todas las personas alcanzan logros específicos de acuerdo a su edad, lo que favorece el desarrollo tanto individual como social (</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> parte del orden social en el cual todas las personas alcanzan logros específicos de acuerdo a su edad, lo que favorece el desarrollo tanto individual como social (Actis </w:t>
       </w:r>
       <w:r w:rsidR="00DC7A40" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>i Pasquale, 2017).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DCAD5E9" w14:textId="77777777" w:rsidR="003D69AA" w:rsidRPr="001E0821" w:rsidRDefault="003D69AA" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
@@ -1993,113 +1939,99 @@
           <w:iCs/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>., 2016).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7535A833" w14:textId="77777777" w:rsidR="003D69AA" w:rsidRPr="001E0821" w:rsidRDefault="003D69AA" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Esta disposición emocional se compone de dos dimensiones: umbral de alteración emocional, que describe la sensibilidad para experimentar estados emocionales alterados, y resiliencia emocional, que se refiere al tiempo necesario para recuperarse de una experiencia cargada de emociones negativas (Gracia </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">., 2016; Li y </w:t>
-[...13 lines deleted...]
-        <w:t>, 2016).</w:t>
+        <w:t>., 2016; Li y Ahlstrom, 2016).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04AB9BC3" w14:textId="77777777" w:rsidR="002C6C40" w:rsidRPr="001E0821" w:rsidRDefault="002C6C40" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Como se puede observar, el bienestar es un constructo que abarca no solo aspectos internos y personales, sino también elementos surgidos de la interacción entre el individuo y su entorno social. Por esta razón, es fundamental considerar que diversas variables, como la familia, pueden predecir este bienestar. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46833805" w14:textId="77777777" w:rsidR="002C6C40" w:rsidRPr="001E0821" w:rsidRDefault="002C6C40" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>En efecto, la familia desempeña un papel significativo en la vida de una persona, pues constituye el principal contexto de socialización y el espacio donde el individuo pasa la mayor parte de su existencia, incluso durante la adolescencia, época en la cual suele haber un distanciamiento entre padres e hijos debido a que estos últimos empiezan a buscar su autonomía.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3308E9CA" w14:textId="77777777" w:rsidR="002C6C40" w:rsidRPr="001E0821" w:rsidRDefault="002C6C40" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">En este contexto, la comunicación familiar desempeña un papel fundamental, la cual se refiere al “intercambio de información sobre pensamientos, sentimientos, emociones, actividades y necesidades que puede surgir de forma respetuosa, cordial, afable y empática entre los integrantes de una familia, dependiendo de su historia” (Garrido </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -2299,50 +2231,51 @@
         </w:rPr>
         <w:t>476</w:t>
       </w:r>
       <w:r w:rsidR="00FA4B40" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">adolescentes </w:t>
       </w:r>
       <w:r w:rsidR="008E107B" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">de secundarias públicas ubicadas en la periferia de la </w:t>
       </w:r>
       <w:r w:rsidR="00721CB3" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="008E107B" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>iudad de Morelia, Michoacán,</w:t>
       </w:r>
       <w:r w:rsidR="00FA4B40" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>con edad promedio de 1</w:t>
       </w:r>
       <w:r w:rsidR="004218FE" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>3.2</w:t>
@@ -2485,51 +2418,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="430B8D6C" w14:textId="77777777" w:rsidR="005D10D2" w:rsidRPr="00943C59" w:rsidRDefault="005D10D2" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00943C59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Instrumentos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D3D3E54" w14:textId="7593F11E" w:rsidR="005D10D2" w:rsidRPr="001E0821" w:rsidRDefault="002D346C" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Para </w:t>
       </w:r>
       <w:r w:rsidR="00BD41CE" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
@@ -3034,65 +2966,51 @@
       </w:r>
       <w:r w:rsidR="00BA4018" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidR="00BA4018" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009B474E" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00BA4018" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">2012) validada por Li y </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (2016)</w:t>
+        <w:t>2012) validada por Li y Ahlstrom (2016)</w:t>
       </w:r>
       <w:r w:rsidR="00721CB3" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009B474E" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00721CB3" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Esta cuenta con </w:t>
       </w:r>
       <w:r w:rsidR="00BA4018" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>dos dimensiones:</w:t>
       </w:r>
@@ -3232,51 +3150,58 @@
         </w:rPr>
         <w:t>esiliencia emocional</w:t>
       </w:r>
       <w:r w:rsidR="00721CB3" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, y está constituida por </w:t>
       </w:r>
       <w:r w:rsidR="00BA4018" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">seis ítems que miden si </w:t>
       </w:r>
       <w:r w:rsidR="00236422" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">es rápida </w:t>
       </w:r>
       <w:r w:rsidR="00BA4018" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">la recuperación tras experimentar emociones negativas. La escala de respuesta es tipo Likert de 1 a 6 (totalmente en desacuerdo/totalmente de acuerdo). El coeficiente </w:t>
+        <w:t xml:space="preserve">la recuperación tras experimentar emociones negativas. La escala de respuesta es tipo </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA4018" w:rsidRPr="001E0821">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Likert de 1 a 6 (totalmente en desacuerdo/totalmente de acuerdo). El coeficiente </w:t>
       </w:r>
       <w:r w:rsidR="00236422" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00BA4018" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00236422" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00BA4018" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">a de Cronbach de esta dimensión </w:t>
       </w:r>
@@ -3746,58 +3671,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Keyes, 1998). </w:t>
       </w:r>
       <w:r w:rsidR="00236422" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Esta m</w:t>
       </w:r>
       <w:r w:rsidR="00E0030D" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ide el bienestar que condensa las tradiciones existentes</w:t>
       </w:r>
       <w:r w:rsidR="00236422" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, es decir, </w:t>
       </w:r>
       <w:r w:rsidR="00E0030D" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">da cuenta de los elementos de la </w:t>
-[...6 lines deleted...]
-        <w:t>salud mental que provienen del mundo social en el cual está</w:t>
+        <w:t>da cuenta de los elementos de la salud mental que provienen del mundo social en el cual está</w:t>
       </w:r>
       <w:r w:rsidR="00236422" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00E0030D" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00236422" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">insertos </w:t>
       </w:r>
       <w:r w:rsidR="00E0030D" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">los individuos. </w:t>
       </w:r>
@@ -4208,50 +4126,51 @@
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00152556" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">abla 1). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0001CAE4" w14:textId="4B2A7479" w:rsidR="006468A2" w:rsidRPr="00943C59" w:rsidRDefault="00943C59" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00943C59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabla 1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00943C59">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t>Distribución de comunicación familiar por niveles</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1617"/>
         <w:gridCol w:w="1089"/>
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="1145"/>
         <w:gridCol w:w="1094"/>
         <w:gridCol w:w="1084"/>
         <w:gridCol w:w="1116"/>
@@ -4918,731 +4837,706 @@
     </w:p>
     <w:p w14:paraId="0D605F6C" w14:textId="453971D9" w:rsidR="00867A1B" w:rsidRPr="001E0821" w:rsidRDefault="00867A1B" w:rsidP="00867A1B">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabla 2. </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t>Resumen del modelo de regresión lineal para las dimensiones de bienestar a nivel personal</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8139" w:type="dxa"/>
         <w:tblInd w:w="426" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="874"/>
         <w:gridCol w:w="1087"/>
         <w:gridCol w:w="1225"/>
         <w:gridCol w:w="1410"/>
       </w:tblGrid>
       <w:tr w:rsidR="001E0821" w:rsidRPr="001E0821" w14:paraId="5DF03E64" w14:textId="77777777" w:rsidTr="00943C59">
         <w:trPr>
           <w:trHeight w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D0B255C" w14:textId="77777777" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FA50F63" w14:textId="77777777" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Modelo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="874" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A4C486B" w14:textId="77777777" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B8309A9" w14:textId="77777777" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1225" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D167B99" w14:textId="77777777" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>R corregida</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6290894D" w14:textId="77777777" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Error de la estimación</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E0821" w:rsidRPr="001E0821" w14:paraId="54DE4052" w14:textId="77777777" w:rsidTr="00943C59">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64965FFD" w14:textId="2AA808E6" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Bienestar subjetivo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77ED48B2" w14:textId="77777777" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="874" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="650AC20F" w14:textId="7B4D0385" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="002758F6" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>470</w:t>
             </w:r>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68C39AC7" w14:textId="1E2D6509" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.2</w:t>
             </w:r>
             <w:r w:rsidR="002758F6" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1225" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3315C2A0" w14:textId="1EDC6150" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.2</w:t>
             </w:r>
             <w:r w:rsidR="00877028" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64D8310A" w14:textId="7E4C7857" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="002758F6" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>6.015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E0821" w:rsidRPr="001E0821" w14:paraId="30EA658B" w14:textId="77777777" w:rsidTr="00943C59">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D567502" w14:textId="2919E0A0" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Umbral </w:t>
             </w:r>
             <w:r w:rsidR="000810E3" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">alteración </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="000810E3" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>emoc</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="000810E3" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28D3CB29" w14:textId="77777777" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="874" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60259A11" w14:textId="36E7BE50" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00877028" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>260</w:t>
             </w:r>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D946488" w14:textId="7D0064AF" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00877028" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>068</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1225" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60E16D87" w14:textId="16A1C5A3" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00877028" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>065</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4333AFC1" w14:textId="36D63A6C" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00877028" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>3.607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E0821" w:rsidRPr="001E0821" w14:paraId="2ECB447D" w14:textId="77777777" w:rsidTr="00943C59">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="624563E9" w14:textId="0D5E7949" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="000810E3" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Resiliencia emocional</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B16D3C3" w14:textId="77777777" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="874" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55C6ABD1" w14:textId="2D0FC251" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00877028" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>261</w:t>
             </w:r>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41BA51CF" w14:textId="7B40ECF4" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00877028" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>068</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1225" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23E146B8" w14:textId="7DB370E9" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00877028" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>065</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1462D67D" w14:textId="77FF6C2A" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00877028" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>5.42</w:t>
             </w:r>
             <w:r w:rsidR="00C243F9" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -5762,959 +5656,924 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2188"/>
         <w:gridCol w:w="1031"/>
         <w:gridCol w:w="1062"/>
         <w:gridCol w:w="1087"/>
         <w:gridCol w:w="1225"/>
         <w:gridCol w:w="1410"/>
       </w:tblGrid>
       <w:tr w:rsidR="001E0821" w:rsidRPr="00943C59" w14:paraId="17B04D40" w14:textId="77777777" w:rsidTr="00943C59">
         <w:trPr>
           <w:trHeight w:val="651"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="636016B1" w14:textId="77777777" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78537331" w14:textId="77777777" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Modelo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1062" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34771869" w14:textId="77777777" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57F0467D" w14:textId="77777777" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1225" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37CD1B27" w14:textId="77777777" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>R corregida</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="529776AB" w14:textId="77777777" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Error de la estimación</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E0821" w:rsidRPr="00943C59" w14:paraId="2D1706C9" w14:textId="77777777" w:rsidTr="00943C59">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61903C88" w14:textId="4860439C" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="00565A48" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Integración</w:t>
             </w:r>
             <w:r w:rsidR="001112B4" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> social</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="756F14A8" w14:textId="77777777" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1062" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41785669" w14:textId="7F19D0E3" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00BC3CB6" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>316</w:t>
             </w:r>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4097CAD8" w14:textId="6556C8BB" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00BC3CB6" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1225" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A4D8C00" w14:textId="175A8E4C" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00BC3CB6" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C009313" w14:textId="05858A15" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="00BC3CB6" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>3.285</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E0821" w:rsidRPr="00943C59" w14:paraId="5BB6AB72" w14:textId="77777777" w:rsidTr="00943C59">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00C179A6" w14:textId="1B351E6D" w:rsidR="00565A48" w:rsidRPr="00943C59" w:rsidRDefault="00565A48" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Aceptación social</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19647AFF" w14:textId="77777777" w:rsidR="00565A48" w:rsidRPr="00943C59" w:rsidRDefault="00565A48" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1062" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3ECF4A20" w14:textId="0BDE6A4C" w:rsidR="00565A48" w:rsidRPr="00943C59" w:rsidRDefault="00CD3256" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.210</w:t>
             </w:r>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="315B8987" w14:textId="66C2822B" w:rsidR="00565A48" w:rsidRPr="00943C59" w:rsidRDefault="00CD3256" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.044</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1225" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FB7BE63" w14:textId="50FCFA00" w:rsidR="00565A48" w:rsidRPr="00943C59" w:rsidRDefault="00CD3256" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.041</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="670F943C" w14:textId="7E7A78AF" w:rsidR="00565A48" w:rsidRPr="00943C59" w:rsidRDefault="00CD3256" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>4.063</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E0821" w:rsidRPr="00943C59" w14:paraId="4C490672" w14:textId="77777777" w:rsidTr="00943C59">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="676C206A" w14:textId="69C81EC9" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Contribución social</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A2462B7" w14:textId="77777777" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1062" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20EBE903" w14:textId="04F24923" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00E168B1" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>179</w:t>
             </w:r>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1556EC76" w14:textId="50A14D3E" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00E168B1" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1225" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42BA3293" w14:textId="4F3CF661" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00E168B1" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>029</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C3304B8" w14:textId="6DD02476" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="00E168B1" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>2.557</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E0821" w:rsidRPr="00943C59" w14:paraId="39B1CE29" w14:textId="77777777" w:rsidTr="00943C59">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28892A24" w14:textId="3D51FA6F" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Actualización social</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3122820B" w14:textId="77777777" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1062" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13E3A71B" w14:textId="1B082954" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0090132B" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>097</w:t>
             </w:r>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F8E78BF" w14:textId="51131D40" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0090132B" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1225" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37BB0B3B" w14:textId="1A4B2941" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0090132B" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DAABA17" w14:textId="0EE94AE9" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="0090132B" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>1.908</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E0821" w:rsidRPr="00943C59" w14:paraId="5B9F1F55" w14:textId="77777777" w:rsidTr="00943C59">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2188" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="753ED182" w14:textId="0D014001" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Coherencia social</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1031" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05F86789" w14:textId="77777777" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1062" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25A89743" w14:textId="65DD3529" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00A32A08" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>235</w:t>
             </w:r>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FBFAA6C" w14:textId="1F1D3230" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00A32A08" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>055</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1225" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06F9DD36" w14:textId="11D8B88D" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001112B4" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="001306B6" w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>052</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1410" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3AA80A47" w14:textId="58ED04BE" w:rsidR="001112B4" w:rsidRPr="00943C59" w:rsidRDefault="001306B6" w:rsidP="00943C59">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00943C59">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>2.690</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0281DC0B" w14:textId="71952B79" w:rsidR="00372025" w:rsidRPr="00943C59" w:rsidRDefault="00372025" w:rsidP="00943C59">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
@@ -7909,51 +7768,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C855C2D" w14:textId="532E2754" w:rsidR="00867A1B" w:rsidRPr="00943C59" w:rsidRDefault="00867A1B" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Tabla 5. </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Estimación del modelo aplicado a bienestar social</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8112" w:type="dxa"/>
         <w:tblInd w:w="279" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
@@ -9484,51 +9342,58 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F457E" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>emocional</w:t>
       </w:r>
       <w:r w:rsidR="00824434" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> mantiene correlaciones positivas pequeñas</w:t>
       </w:r>
       <w:r w:rsidR="009F457E" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00824434" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> y con bienestar social las correlaciones </w:t>
+        <w:t xml:space="preserve"> y con bienestar social las </w:t>
+      </w:r>
+      <w:r w:rsidR="00824434" w:rsidRPr="001E0821">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">correlaciones </w:t>
       </w:r>
       <w:r w:rsidR="009F457E" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>positivas</w:t>
       </w:r>
       <w:r w:rsidR="00824434" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> y pequeñas se presentan solo </w:t>
       </w:r>
       <w:r w:rsidR="009F457E" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidR="00824434" w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> algunas de sus dimensiones </w:t>
       </w:r>
@@ -10429,51 +10294,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5391F21D" w14:textId="3A2883BB" w:rsidR="008B31E4" w:rsidRPr="00DF4E16" w:rsidRDefault="00A5155C" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="OLE_LINK4"/>
       <w:r w:rsidRPr="00DF4E16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Discusión</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="69F23C6B" w14:textId="77777777" w:rsidR="00483212" w:rsidRPr="001E0821" w:rsidRDefault="00483212" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Los hallazgos muestran que, en general, los adolescentes tienen una percepción positiva de la comunicación familiar, pues la mayoría la califica en niveles medio-altos, con una inclinación hacia el nivel alto. Este hallazgo fue poco esperado, dado que la adolescencia es una etapa caracterizada por cambios significativos y la búsqueda de independencia de la familia. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D04B9CE" w14:textId="77777777" w:rsidR="00483212" w:rsidRPr="001E0821" w:rsidRDefault="00483212" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
@@ -10496,50 +10360,51 @@
           <w:iCs/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2019). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0958BAA7" w14:textId="77777777" w:rsidR="00483212" w:rsidRPr="001E0821" w:rsidRDefault="00483212" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>En cuanto al impacto predictivo de la comunicación familiar en el bienestar general, llama la atención que esta solo influye significativamente en el bienestar subjetivo, y no en el bienestar social.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21EDCC17" w14:textId="77777777" w:rsidR="00483212" w:rsidRPr="001E0821" w:rsidRDefault="00483212" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Al respecto, Gómez-Bustamante y Cogollo (2010, citados por Montoya y Corona, 2021) han demostrado que una familia funcional es un fuerte predictor del bienestar subjetivo, lo que reduce el riesgo de que los adolescentes desarrollen psicopatologías en etapas posteriores de sus vidas. La familia, como núcleo básico por excelencia, desempeña un papel fundamental en el desarrollo de sus miembros, pues a través de ella las personas adquieren modos característicos de enfrentar la vida y aprenden pautas de comportamiento adaptativas (Morales y Díaz, 2020).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ABB5D1B" w14:textId="77777777" w:rsidR="00483212" w:rsidRPr="001E0821" w:rsidRDefault="00483212" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
@@ -10547,89 +10412,89 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Aun así, es interesante destacar que, según los datos recabados en el presente estudio, la comunicación familiar no parece tener una influencia clara sobre el bienestar social. Esto resulta llamativo, ya que podría esperarse que la forma en que un adolescente percibe la relación de su familia con el mundo exterior y su rol en la sociedad afectaría su bienestar social. Esto incluiría la percepción de la aceptación por parte de otros, la comprensión del dinamismo social y el sentimiento de integración social. Los resultados, por tanto, sugieren la necesidad de una investigación más profunda en este ámbito. Además, existe la premisa de que la familia influye en el comportamiento social de sus miembros, lo cual no se confirma con los datos obtenidos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A17E14D" w14:textId="77777777" w:rsidR="00DC2779" w:rsidRPr="001E0821" w:rsidRDefault="00DC2779" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">En torno a la influencia de la comunicación familiar en la estabilidad emocional, los resultados indican que, aunque existe una influencia, esta es menos significativa en comparación con la que se observa en el bienestar subjetivo. Al respecto, varios estudios han </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">señalado que la combinación adecuada de implicación y establecimiento de límites en el hogar facilita el desarrollo de habilidades de autorregulación en los hijos, lo que les permite actuar de manera competente. Este logro se debe a un intercambio efectivo de ideas y a una expresión respetuosa de sentimientos en la familia. Además, fomentar el diálogo positivo entre padres e hijos contribuye al desarrollo de competencias cognitivas y sociales en estos últimos, lo que a su vez les ayuda a mejorar su autocontrol y, por ende, sus procesos de adaptación (Larraz </w:t>
+        <w:t xml:space="preserve">En torno a la influencia de la comunicación familiar en la estabilidad emocional, los resultados indican que, aunque existe una influencia, esta es menos significativa en comparación con la que se observa en el bienestar subjetivo. Al respecto, varios estudios han señalado que la combinación adecuada de implicación y establecimiento de límites en el hogar facilita el desarrollo de habilidades de autorregulación en los hijos, lo que les permite actuar de manera competente. Este logro se debe a un intercambio efectivo de ideas y a una expresión respetuosa de sentimientos en la familia. Además, fomentar el diálogo positivo entre padres e hijos contribuye al desarrollo de competencias cognitivas y sociales en estos últimos, lo que a su vez les ayuda a mejorar su autocontrol y, por ende, sus procesos de adaptación (Larraz </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>et al</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>., 2020).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="712B0B01" w14:textId="77777777" w:rsidR="00DC2779" w:rsidRPr="001E0821" w:rsidRDefault="00DC2779" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Por último, para tender las limitaciones de este estudio, se sugiere ampliar la muestra para incluir a diferentes áreas geográficas de la ciudad y del estado, lo que permitiría obtener una comprensión más precisa de las características y particularidades de los participantes. También sería beneficioso incorporar otras variables que podrían arrojar luz sobre el comportamiento del bienestar social y profundizar en la comprensión de las variables involucradas en su variabilidad. </w:t>
+        <w:t xml:space="preserve">Por último, para tender las limitaciones de este estudio, se sugiere ampliar la muestra para incluir a diferentes áreas geográficas de la ciudad y del estado, lo que permitiría obtener una comprensión más precisa de las características y particularidades de los participantes. También sería beneficioso incorporar otras variables que podrían arrojar luz sobre el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E0821">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">comportamiento del bienestar social y profundizar en la comprensión de las variables involucradas en su variabilidad. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B5222DF" w14:textId="77777777" w:rsidR="00DC2779" w:rsidRPr="001E0821" w:rsidRDefault="00DC2779" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>En cuanto a las futuras líneas de investigación, se plantea la necesidad de llevar a cabo un estudio utilizando una metodología mixta para analizar de manera exhaustiva el impacto de la familia, no solo desde la perspectiva de la comunicación, sino también desde diversos fenómenos que ocurren en su interior. Además, es esencial definir estrategias de prevención como enfoque para abordar el fenómeno en cuestión, centrándose en los factores protectores de la familia que promuevan el ajuste psicológico de los adolescentes con el objetivo de fomentar un desarrollo positivo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AADED13" w14:textId="77777777" w:rsidR="00431E5F" w:rsidRPr="001E0821" w:rsidRDefault="00431E5F" w:rsidP="00943C59">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -10862,76 +10727,70 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32301922" w14:textId="68A2435B" w:rsidR="00DC7A40" w:rsidRPr="00DF4E16" w:rsidRDefault="00487584" w:rsidP="00DF4E16">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF4E16">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Referencias</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4E16">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A41004B" w14:textId="77777777" w:rsidR="00DC7A40" w:rsidRPr="001E0821" w:rsidRDefault="00DC7A40" w:rsidP="00DC7A40">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> di Pasquale, E. (2017). Las dimensiones constitutivas del bienestar social: una propuesta conceptual.</w:t>
+      <w:r w:rsidRPr="001E0821">
+        <w:t>Actis di Pasquale, E. (2017). Las dimensiones constitutivas del bienestar social: una propuesta conceptual.</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Trabajo y Sociedad</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:t xml:space="preserve">, (29), 493-515. </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="001E0821">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>http://www.scielo.org.ar/scielo.php?script=sci_arttext&amp;pid=S1514-68712017000200025&amp;lng=es&amp;tlng=es</w:t>
         </w:r>
@@ -10976,50 +10835,51 @@
         </w:rPr>
         <w:t>psicométricas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la escala breve de bienestar subjetivo en la escuela para adolescentes (BASWBSS) en una muestra de adolescentes chilenos. </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Revista Iberoamericana de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Diagnóstico</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Evaluación</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
@@ -11247,270 +11107,212 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22FE2E62" w14:textId="77777777" w:rsidR="00DC7A40" w:rsidRPr="001E0821" w:rsidRDefault="00DC7A40" w:rsidP="00DC7A40">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Díaz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">, G. y </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, M. (2002). El bienestar subjetivo: actualidad y perspectiva. </w:t>
+        <w:t xml:space="preserve">, G. y Sánchez, M. (2002). El bienestar subjetivo: actualidad y perspectiva. </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Revista Cubana de Medicina General Integral, 17</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(6), 572-579.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C462C90" w14:textId="77777777" w:rsidR="00DC7A40" w:rsidRPr="001E0821" w:rsidRDefault="00DC7A40" w:rsidP="00DC7A40">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
-        <w:t xml:space="preserve">Fierro, A. y </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> de bienestar personal: características psicométricas. </w:t>
+        <w:t xml:space="preserve">Fierro, A. y Rando, B. (2007). Escala Eudemon de bienestar personal: características psicométricas. </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Anuario de Psicología, 38</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:t xml:space="preserve">(3), 401-412. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B28444F" w14:textId="77777777" w:rsidR="00DC7A40" w:rsidRPr="001E0821" w:rsidRDefault="00DC7A40" w:rsidP="00DC7A40">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:t xml:space="preserve">Garrido, A., Reyes, M., Navarro, N., Ortega, P. y Nabor, M. (2019). Comunicación familiar en estudiantes universitarios. </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Enseñanza e Investigación en Psicología, 1</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:t xml:space="preserve">(2), 252-261. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52D18D26" w14:textId="77777777" w:rsidR="00DC7A40" w:rsidRPr="001E0821" w:rsidRDefault="00DC7A40" w:rsidP="00DC7A40">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">González-Forteza, C., Hermosillo, A., </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">-Muro, M., Peralta, R. y Wagner, F. (2015). Depresión en adolescentes. Un problema oculto para la salud pública y la práctica clínica. </w:t>
+        <w:t xml:space="preserve">González-Forteza, C., Hermosillo, A., Vacio-Muro, M., Peralta, R. y Wagner, F. (2015). Depresión en adolescentes. Un problema oculto para la salud pública y la práctica clínica. </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Boletín Médico del Hospital Infantil de México, 72</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:iCs/>
         </w:rPr>
         <w:t>(2),</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 149-155. </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="001E0821">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>http://www.scielo.org.mx/pdf/bmim/v72n2/1665-1146-bmim-72-02-00149.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C20CDC9" w14:textId="77777777" w:rsidR="00DC7A40" w:rsidRPr="001E0821" w:rsidRDefault="00DC7A40" w:rsidP="00DC7A40">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
-        <w:t>Gracia, E., Vidal-</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, N. y Martínez-Tur, V. (2016). Análisis de las características de estabilidad emocional en hombres y mujeres. </w:t>
+        <w:t xml:space="preserve">Gracia, E., Vidal-Sellés, N. y Martínez-Tur, V. (2016). Análisis de las características de estabilidad emocional en hombres y mujeres. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Psychologica</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>, 59</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:t xml:space="preserve">(2), 137-147. </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="001E0821">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/10.14195/1647-8606_59_2_8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E0821">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21836FD6" w14:textId="77777777" w:rsidR="00DC7A40" w:rsidRPr="001E0821" w:rsidRDefault="00DC7A40" w:rsidP="00DC7A40">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, A. y </w:t>
+      <w:r w:rsidRPr="001E0821">
+        <w:t xml:space="preserve">Gutiérrez-Carmona, A. y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:t>Urzúa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E0821">
         <w:t xml:space="preserve">, A. (2019) ¿Los valores culturales afectan el bienestar humano? Evidencias desde los reportes de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:t>investigación</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E0821">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Universitas</w:t>
       </w:r>
@@ -11546,65 +11348,51 @@
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>https://doi.org/10.11144/Javeriana.upsy18-1.vcab</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E0821">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A663A16" w14:textId="77777777" w:rsidR="00DC7A40" w:rsidRPr="001E0821" w:rsidRDefault="00DC7A40" w:rsidP="00DC7A40">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Larraz, N., </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, E., </w:t>
+        <w:t xml:space="preserve">Larraz, N., Urbon, E., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Antoñanzas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, J. y </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Salavera</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
@@ -11640,50 +11428,51 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ECF338F" w14:textId="77777777" w:rsidR="00DC7A40" w:rsidRPr="001E0821" w:rsidRDefault="00DC7A40" w:rsidP="00DC7A40">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Li, Y. and Ahlstrom, D. (2016). Emotional stability: A new construct and its implications for individual behavior in organizations. </w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Asia Pacific Journal of Management, 33</w:t>
       </w:r>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1-28. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E0821">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>doi</w:t>
@@ -11775,111 +11564,111 @@
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2F540FA2" w14:textId="77777777" w:rsidR="00DC7A40" w:rsidRPr="001E0821" w:rsidRDefault="00DC7A40" w:rsidP="00891F9F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DC7A40" w:rsidRPr="001E0821" w:rsidSect="00943C59">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="851" w:right="1701" w:bottom="568" w:left="1701" w:header="284" w:footer="117" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5276CDCC" w14:textId="77777777" w:rsidR="001055C7" w:rsidRDefault="001055C7" w:rsidP="004067F9">
+    <w:p w14:paraId="6D6B6F5A" w14:textId="77777777" w:rsidR="00BD682C" w:rsidRDefault="00BD682C" w:rsidP="004067F9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="572505A9" w14:textId="77777777" w:rsidR="001055C7" w:rsidRDefault="001055C7" w:rsidP="004067F9">
+    <w:p w14:paraId="6E2A34CC" w14:textId="77777777" w:rsidR="00BD682C" w:rsidRDefault="00BD682C" w:rsidP="004067F9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:id w:val="181709762"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="31DB480B" w14:textId="2CA106ED" w:rsidR="004067F9" w:rsidRPr="004067F9" w:rsidRDefault="004067F9" w:rsidP="004067F9">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
@@ -11891,96 +11680,133 @@
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Diciembre</w:t>
         </w:r>
         <w:proofErr w:type="gramEnd"/>
         <w:r>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve"> 2023                         ISSN: 2448 – 6280</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="76F59D0A" w14:textId="77777777" w:rsidR="001055C7" w:rsidRDefault="001055C7" w:rsidP="004067F9">
+    <w:p w14:paraId="2E34F988" w14:textId="77777777" w:rsidR="00BD682C" w:rsidRDefault="00BD682C" w:rsidP="004067F9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73F29829" w14:textId="77777777" w:rsidR="001055C7" w:rsidRDefault="001055C7" w:rsidP="004067F9">
+    <w:p w14:paraId="0F09960E" w14:textId="77777777" w:rsidR="00BD682C" w:rsidRDefault="00BD682C" w:rsidP="004067F9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4663E308" w14:textId="423CAC0B" w:rsidR="004067F9" w:rsidRPr="004067F9" w:rsidRDefault="004067F9" w:rsidP="004067F9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="144A939E" w14:textId="4FF04EB1" w:rsidR="00C5037B" w:rsidRDefault="00C5037B">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
-      <w:jc w:val="center"/>
-[...4 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:noProof/>
       </w:rPr>
-      <w:t>Revista Electrónica sobre Cuerpos Académicos y Grupos de Investigación</w:t>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="79F266D4" wp14:editId="3F59DFFA">
+          <wp:extent cx="6644640" cy="875030"/>
+          <wp:effectExtent l="0" t="0" r="3810" b="1270"/>
+          <wp:docPr id="940637987" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6644640" cy="875030"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45260926"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B456B974"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1776" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2496" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -12217,51 +12043,51 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7536" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1819377616">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="736365229">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="337270421">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -12428,77 +12254,80 @@
     <w:rsid w:val="00922131"/>
     <w:rsid w:val="00924A30"/>
     <w:rsid w:val="00931BC5"/>
     <w:rsid w:val="00943C59"/>
     <w:rsid w:val="009574EA"/>
     <w:rsid w:val="00962EA4"/>
     <w:rsid w:val="00975054"/>
     <w:rsid w:val="0098174A"/>
     <w:rsid w:val="00993685"/>
     <w:rsid w:val="009A1C71"/>
     <w:rsid w:val="009B3E76"/>
     <w:rsid w:val="009B474E"/>
     <w:rsid w:val="009E3527"/>
     <w:rsid w:val="009F457E"/>
     <w:rsid w:val="009F5C36"/>
     <w:rsid w:val="00A174EC"/>
     <w:rsid w:val="00A218E7"/>
     <w:rsid w:val="00A25FF4"/>
     <w:rsid w:val="00A32A08"/>
     <w:rsid w:val="00A46621"/>
     <w:rsid w:val="00A5155C"/>
     <w:rsid w:val="00A51AF1"/>
     <w:rsid w:val="00A823F7"/>
     <w:rsid w:val="00A83355"/>
     <w:rsid w:val="00A86E35"/>
+    <w:rsid w:val="00A94B61"/>
     <w:rsid w:val="00AA145F"/>
     <w:rsid w:val="00AA7595"/>
     <w:rsid w:val="00AB66D5"/>
     <w:rsid w:val="00AC3978"/>
     <w:rsid w:val="00AD06A9"/>
     <w:rsid w:val="00AD11EF"/>
     <w:rsid w:val="00AD1616"/>
     <w:rsid w:val="00AD163F"/>
     <w:rsid w:val="00AE558F"/>
     <w:rsid w:val="00B06F62"/>
     <w:rsid w:val="00B315D1"/>
     <w:rsid w:val="00B35865"/>
     <w:rsid w:val="00B40EFD"/>
     <w:rsid w:val="00B53BB7"/>
     <w:rsid w:val="00B551E0"/>
     <w:rsid w:val="00B5618D"/>
     <w:rsid w:val="00B60F24"/>
     <w:rsid w:val="00B73DDB"/>
     <w:rsid w:val="00B9262F"/>
     <w:rsid w:val="00BA4018"/>
     <w:rsid w:val="00BC3CB6"/>
     <w:rsid w:val="00BD0EDE"/>
     <w:rsid w:val="00BD41CE"/>
+    <w:rsid w:val="00BD682C"/>
     <w:rsid w:val="00BE73B0"/>
     <w:rsid w:val="00BF5792"/>
     <w:rsid w:val="00C02636"/>
     <w:rsid w:val="00C243F9"/>
+    <w:rsid w:val="00C5037B"/>
     <w:rsid w:val="00C57673"/>
     <w:rsid w:val="00CC0230"/>
     <w:rsid w:val="00CD276C"/>
     <w:rsid w:val="00CD3256"/>
     <w:rsid w:val="00CE1A9E"/>
     <w:rsid w:val="00CE43DF"/>
     <w:rsid w:val="00D32522"/>
     <w:rsid w:val="00D371CA"/>
     <w:rsid w:val="00D44C9B"/>
     <w:rsid w:val="00D501B2"/>
     <w:rsid w:val="00D74588"/>
     <w:rsid w:val="00D74D7C"/>
     <w:rsid w:val="00D8343C"/>
     <w:rsid w:val="00D85BB9"/>
     <w:rsid w:val="00D8721D"/>
     <w:rsid w:val="00DA1843"/>
     <w:rsid w:val="00DB12B4"/>
     <w:rsid w:val="00DC2779"/>
     <w:rsid w:val="00DC7A40"/>
     <w:rsid w:val="00DD2DEC"/>
     <w:rsid w:val="00DE0761"/>
     <w:rsid w:val="00DF4E16"/>
     <w:rsid w:val="00E0030D"/>
     <w:rsid w:val="00E0159B"/>
     <w:rsid w:val="00E168B1"/>
@@ -12537,51 +12366,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-MX"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3BAD6753"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3373ED2E-BD58-CB44-9B77-ACB1A262E4D7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12936,51 +12765,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
@@ -13148,51 +12976,51 @@
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004067F9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004067F9"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="181095160">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1347248218">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -13805,50 +13633,54 @@
       </w:divsChild>
     </w:div>
     <w:div w:id="1947077358">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.redalyc.org/journal/4596/459657523006/459657523006.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11144/Javeriana.upsy18-1.vcab" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.ar/scielo.php?script=sci_arttext&amp;pid=S1514-68712017000200025&amp;lng=es&amp;tlng=es" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.14195/1647-8606_59_2_8" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.scielo.org.mx/pdf/bmim/v72n2/1665-1146-bmim-72-02-00149.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cagi.org.mx/index.php/CAGI/article/view/225" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5354/0719-0581.2003.17380" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.24320/redie.2020.22.e03.2184" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ojs.ual.es/ojs/index.php/KASP/article/view/4247/4235" TargetMode="External"/></Relationships>
 </file>
 
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+</file>
+
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
@@ -14104,71 +13936,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>23837</Characters>
+  <Pages>14</Pages>
+  <Words>4340</Words>
+  <Characters>23876</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>198</Lines>
   <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28114</CharactersWithSpaces>
+  <CharactersWithSpaces>28160</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>marisol morales rodriguez</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>